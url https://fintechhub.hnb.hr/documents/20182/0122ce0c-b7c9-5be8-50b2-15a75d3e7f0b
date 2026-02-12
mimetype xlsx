--- v2 (2026-01-23)
+++ v3 (2026-02-12)
@@ -5,51 +5,51 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\261\MOST\Agregirana bilanca DMFI i Biltenske tablice\Biltenske tablice HRV serija od 12.2010\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1DB86D0E-5C52-48AA-A77F-A0267C4D62BA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8A3AB2B8-B96F-4B77-8E9C-9451BC082C5E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{65A7640D-B32D-4293-92CE-8CF63427B643}"/>
   </bookViews>
   <sheets>
     <sheet name="EUR" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
@@ -583,51 +583,79 @@
     </xf>
     <xf numFmtId="165" fontId="5" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="5" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="165" fontId="1" fillId="0" borderId="0" xfId="4" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
   </cellXfs>
   <cellStyles count="5">
     <cellStyle name="Naslov 1 2" xfId="1" xr:uid="{D472D6FE-17C8-42AB-8E64-681BAA92C91F}"/>
     <cellStyle name="Naslov 2 2" xfId="2" xr:uid="{286E588E-B4F6-4976-9B0C-A21FCF026D08}"/>
     <cellStyle name="Normalno" xfId="0" builtinId="0"/>
     <cellStyle name="Normalno 3" xfId="4" xr:uid="{6258285D-1E76-EA4F-87F6-4B658F54B38C}"/>
     <cellStyle name="Zaglavlje" xfId="3" xr:uid="{399C6E4E-6902-4657-BB6B-4D86A5E6E6A2}"/>
   </cellStyles>
-  <dxfs count="130">
+  <dxfs count="134">
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FF00B050"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FF00B050"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FF00B050"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FF00B050"/>
+        </patternFill>
+      </fill>
+    </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FF00B050"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FF00B050"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FF00B050"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FF00B050"/>
@@ -1812,74 +1840,74 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{427BAE26-CEC2-48B7-ACE6-5526BCFCF1E9}">
-  <dimension ref="B2:FZ26"/>
+  <dimension ref="B2:GA26"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.85546875" style="2" customWidth="1"/>
     <col min="2" max="2" width="77.140625" style="2" bestFit="1" customWidth="1"/>
     <col min="3" max="16384" width="8.85546875" style="2"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:182" s="1" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="2:183" s="1" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B2" s="15" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="14" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="2:182" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2"/>
-[...1 lines deleted...]
-    <row r="6" spans="2:182" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="2:183" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="5" spans="2:183" s="3" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="6" spans="2:183" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B6" s="4"/>
       <c r="C6" s="5">
         <v>40543</v>
       </c>
       <c r="D6" s="5">
         <v>40574</v>
       </c>
       <c r="E6" s="5">
         <v>40602</v>
       </c>
       <c r="F6" s="5">
         <v>40633</v>
       </c>
       <c r="G6" s="5">
         <v>40663</v>
       </c>
       <c r="H6" s="5">
         <v>40694</v>
       </c>
       <c r="I6" s="5">
         <v>40724</v>
       </c>
       <c r="J6" s="5">
         <v>40755</v>
       </c>
@@ -2377,52 +2405,55 @@
       </c>
       <c r="FS6" s="5">
         <v>45777</v>
       </c>
       <c r="FT6" s="5">
         <v>45808</v>
       </c>
       <c r="FU6" s="5">
         <v>45838</v>
       </c>
       <c r="FV6" s="5">
         <v>45869</v>
       </c>
       <c r="FW6" s="5">
         <v>45900</v>
       </c>
       <c r="FX6" s="5">
         <v>45930</v>
       </c>
       <c r="FY6" s="5">
         <v>45961</v>
       </c>
       <c r="FZ6" s="5">
         <v>45991</v>
       </c>
+      <c r="GA6" s="5">
+        <v>46022</v>
+      </c>
     </row>
-    <row r="7" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B7" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C7" s="7"/>
       <c r="D7" s="7"/>
       <c r="E7" s="7"/>
       <c r="F7" s="7"/>
       <c r="G7" s="7"/>
       <c r="H7" s="7"/>
       <c r="I7" s="7"/>
       <c r="J7" s="7"/>
       <c r="K7" s="7"/>
       <c r="L7" s="7"/>
       <c r="M7" s="7"/>
       <c r="N7" s="7"/>
       <c r="O7" s="7"/>
       <c r="P7" s="7"/>
       <c r="Q7" s="7"/>
       <c r="R7" s="7"/>
       <c r="S7" s="7"/>
       <c r="T7" s="7"/>
       <c r="U7" s="7"/>
       <c r="V7" s="7"/>
       <c r="W7" s="7"/>
       <c r="X7" s="7"/>
@@ -2562,52 +2593,53 @@
       <c r="FB7" s="7"/>
       <c r="FC7" s="7"/>
       <c r="FD7" s="7"/>
       <c r="FE7" s="7"/>
       <c r="FF7" s="7"/>
       <c r="FG7" s="7"/>
       <c r="FH7" s="7"/>
       <c r="FI7" s="7"/>
       <c r="FJ7" s="7"/>
       <c r="FK7" s="7"/>
       <c r="FL7" s="7"/>
       <c r="FM7" s="7"/>
       <c r="FN7" s="7"/>
       <c r="FO7" s="7"/>
       <c r="FP7" s="7"/>
       <c r="FQ7" s="7"/>
       <c r="FR7" s="7"/>
       <c r="FS7" s="7"/>
       <c r="FT7" s="7"/>
       <c r="FU7" s="7"/>
       <c r="FV7" s="7"/>
       <c r="FW7" s="7"/>
       <c r="FX7" s="7"/>
       <c r="FY7" s="7"/>
       <c r="FZ7" s="7"/>
+      <c r="GA7" s="7"/>
     </row>
-    <row r="8" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B8" s="7" t="s">
         <v>5</v>
       </c>
       <c r="C8" s="8">
         <v>16809.776440329999</v>
       </c>
       <c r="D8" s="8">
         <v>16302.61021671</v>
       </c>
       <c r="E8" s="8">
         <v>16245.46109871</v>
       </c>
       <c r="F8" s="8">
         <v>16333.125827990001</v>
       </c>
       <c r="G8" s="8">
         <v>16071.94012042</v>
       </c>
       <c r="H8" s="8">
         <v>16356.889235750001</v>
       </c>
       <c r="I8" s="8">
         <v>16375.306832769998</v>
       </c>
       <c r="J8" s="8">
@@ -3107,52 +3139,55 @@
       </c>
       <c r="FS8" s="8">
         <v>43894.637667679999</v>
       </c>
       <c r="FT8" s="8">
         <v>45182.788890650001</v>
       </c>
       <c r="FU8" s="8">
         <v>46074.655339500001</v>
       </c>
       <c r="FV8" s="8">
         <v>47034.865862169994</v>
       </c>
       <c r="FW8" s="8">
         <v>47874.062733400002</v>
       </c>
       <c r="FX8" s="8">
         <v>47985.508462170001</v>
       </c>
       <c r="FY8" s="8">
         <v>48808.776209520001</v>
       </c>
       <c r="FZ8" s="8">
         <v>48927.961673210004</v>
       </c>
+      <c r="GA8" s="8">
+        <v>48084.67632128</v>
+      </c>
     </row>
-    <row r="9" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="9" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B9" s="7" t="s">
         <v>6</v>
       </c>
       <c r="C9" s="8">
         <v>40270.437523090004</v>
       </c>
       <c r="D9" s="8">
         <v>40218.159418129995</v>
       </c>
       <c r="E9" s="8">
         <v>40415.576658049999</v>
       </c>
       <c r="F9" s="8">
         <v>41174.404225139995</v>
       </c>
       <c r="G9" s="8">
         <v>41280.676404819998</v>
       </c>
       <c r="H9" s="8">
         <v>41884.420499319996</v>
       </c>
       <c r="I9" s="8">
         <v>41677.049835619997</v>
       </c>
       <c r="J9" s="8">
@@ -3652,52 +3687,55 @@
       </c>
       <c r="FS9" s="8">
         <v>60550.948700929999</v>
       </c>
       <c r="FT9" s="8">
         <v>61016.606048189991</v>
       </c>
       <c r="FU9" s="8">
         <v>61883.08291949</v>
       </c>
       <c r="FV9" s="8">
         <v>62871.387341430003</v>
       </c>
       <c r="FW9" s="8">
         <v>62830.23712613</v>
       </c>
       <c r="FX9" s="8">
         <v>63192.100936460003</v>
       </c>
       <c r="FY9" s="8">
         <v>63952.1879052</v>
       </c>
       <c r="FZ9" s="8">
         <v>64673.182945050008</v>
       </c>
+      <c r="GA9" s="8">
+        <v>64681.774338259995</v>
+      </c>
     </row>
-    <row r="10" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="10" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="9" t="s">
         <v>7</v>
       </c>
       <c r="C10" s="8">
         <v>7580.2744613700006</v>
       </c>
       <c r="D10" s="8">
         <v>7693.8310885000001</v>
       </c>
       <c r="E10" s="8">
         <v>7735.8898144200002</v>
       </c>
       <c r="F10" s="8">
         <v>8512.0818213899984</v>
       </c>
       <c r="G10" s="8">
         <v>8406.9160123700003</v>
       </c>
       <c r="H10" s="8">
         <v>8443.4029304699998</v>
       </c>
       <c r="I10" s="8">
         <v>8345.2401831999996</v>
       </c>
       <c r="J10" s="8">
@@ -4197,52 +4235,55 @@
       </c>
       <c r="FS10" s="8">
         <v>16627.03174554</v>
       </c>
       <c r="FT10" s="8">
         <v>16525.594034469999</v>
       </c>
       <c r="FU10" s="8">
         <v>16721.724417630001</v>
       </c>
       <c r="FV10" s="8">
         <v>17261.65899856</v>
       </c>
       <c r="FW10" s="8">
         <v>17269.963924719999</v>
       </c>
       <c r="FX10" s="8">
         <v>17255.473238450002</v>
       </c>
       <c r="FY10" s="8">
         <v>17289.984348869999</v>
       </c>
       <c r="FZ10" s="8">
         <v>17449.58399417</v>
       </c>
+      <c r="GA10" s="8">
+        <v>17403.669835920002</v>
+      </c>
     </row>
-    <row r="11" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="11" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="9" t="s">
         <v>8</v>
       </c>
       <c r="C11" s="8">
         <v>448.13242981999997</v>
       </c>
       <c r="D11" s="8">
         <v>461.53937538000002</v>
       </c>
       <c r="E11" s="8">
         <v>460.63954264</v>
       </c>
       <c r="F11" s="8">
         <v>460.75095776000006</v>
       </c>
       <c r="G11" s="8">
         <v>443.86900897999999</v>
       </c>
       <c r="H11" s="8">
         <v>444.71325618000003</v>
       </c>
       <c r="I11" s="8">
         <v>439.61265458999998</v>
       </c>
       <c r="J11" s="8">
@@ -4742,52 +4783,55 @@
       </c>
       <c r="FS11" s="8">
         <v>816.84760213000004</v>
       </c>
       <c r="FT11" s="8">
         <v>843.58467800999995</v>
       </c>
       <c r="FU11" s="8">
         <v>855.51089877999993</v>
       </c>
       <c r="FV11" s="8">
         <v>856.78986966000002</v>
       </c>
       <c r="FW11" s="8">
         <v>857.51268044999995</v>
       </c>
       <c r="FX11" s="8">
         <v>853.64495090999992</v>
       </c>
       <c r="FY11" s="8">
         <v>875.0676034999999</v>
       </c>
       <c r="FZ11" s="8">
         <v>887.71709697999995</v>
       </c>
+      <c r="GA11" s="8">
+        <v>942.64116289999993</v>
+      </c>
     </row>
-    <row r="12" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="12" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="9" t="s">
         <v>9</v>
       </c>
       <c r="C12" s="8">
         <v>32242.030631900005</v>
       </c>
       <c r="D12" s="8">
         <v>32062.788954249998</v>
       </c>
       <c r="E12" s="8">
         <v>32219.047300989998</v>
       </c>
       <c r="F12" s="8">
         <v>32201.571445990001</v>
       </c>
       <c r="G12" s="8">
         <v>32429.89138347</v>
       </c>
       <c r="H12" s="8">
         <v>32996.304312669999</v>
       </c>
       <c r="I12" s="8">
         <v>32892.196997829997</v>
       </c>
       <c r="J12" s="8">
@@ -5287,52 +5331,55 @@
       </c>
       <c r="FS12" s="8">
         <v>43107.069353259998</v>
       </c>
       <c r="FT12" s="8">
         <v>43647.427335709996</v>
       </c>
       <c r="FU12" s="8">
         <v>44305.847603079994</v>
       </c>
       <c r="FV12" s="8">
         <v>44752.938473210001</v>
       </c>
       <c r="FW12" s="8">
         <v>44702.760520960001</v>
       </c>
       <c r="FX12" s="8">
         <v>45082.982747100003</v>
       </c>
       <c r="FY12" s="8">
         <v>45787.135952830002</v>
       </c>
       <c r="FZ12" s="8">
         <v>46335.881853900006</v>
       </c>
+      <c r="GA12" s="8">
+        <v>46335.463339439993</v>
+      </c>
     </row>
-    <row r="13" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="13" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B13" s="7" t="s">
         <v>10</v>
       </c>
       <c r="C13" s="8">
         <v>2456.9904602500001</v>
       </c>
       <c r="D13" s="8">
         <v>2454.33495511</v>
       </c>
       <c r="E13" s="8">
         <v>2417.56245786</v>
       </c>
       <c r="F13" s="8">
         <v>2380.13696437</v>
       </c>
       <c r="G13" s="8">
         <v>2475.6736655600002</v>
       </c>
       <c r="H13" s="8">
         <v>2486.1023345499998</v>
       </c>
       <c r="I13" s="8">
         <v>2584.3945888200001</v>
       </c>
       <c r="J13" s="8">
@@ -5832,52 +5879,55 @@
       </c>
       <c r="FS13" s="8">
         <v>4242.2334089099995</v>
       </c>
       <c r="FT13" s="8">
         <v>4328.3145404200004</v>
       </c>
       <c r="FU13" s="8">
         <v>4609.2556257099995</v>
       </c>
       <c r="FV13" s="8">
         <v>4460.8295685200001</v>
       </c>
       <c r="FW13" s="8">
         <v>4605.91043739</v>
       </c>
       <c r="FX13" s="8">
         <v>4410.9114669600003</v>
       </c>
       <c r="FY13" s="8">
         <v>4485.4255793000002</v>
       </c>
       <c r="FZ13" s="8">
         <v>4558.9142709300004</v>
       </c>
+      <c r="GA13" s="8">
+        <v>5209.8912241600001</v>
+      </c>
     </row>
-    <row r="14" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="14" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="10" t="s">
         <v>17</v>
       </c>
       <c r="C14" s="11">
         <v>59537.204423670002</v>
       </c>
       <c r="D14" s="11">
         <v>58975.104589949988</v>
       </c>
       <c r="E14" s="11">
         <v>59078.600214620004</v>
       </c>
       <c r="F14" s="11">
         <v>59887.667017499996</v>
       </c>
       <c r="G14" s="11">
         <v>59828.290190799999</v>
       </c>
       <c r="H14" s="11">
         <v>60727.412069619997</v>
       </c>
       <c r="I14" s="11">
         <v>60636.751257210002</v>
       </c>
       <c r="J14" s="11">
@@ -6377,52 +6427,55 @@
       </c>
       <c r="FS14" s="11">
         <v>108687.81977752001</v>
       </c>
       <c r="FT14" s="11">
         <v>110527.70947926</v>
       </c>
       <c r="FU14" s="11">
         <v>112566.99388469999</v>
       </c>
       <c r="FV14" s="11">
         <v>114367.08277212</v>
       </c>
       <c r="FW14" s="11">
         <v>115310.21029692001</v>
       </c>
       <c r="FX14" s="11">
         <v>115588.52086559001</v>
       </c>
       <c r="FY14" s="11">
         <v>117246.38969402001</v>
       </c>
       <c r="FZ14" s="11">
         <v>118160.05888919001</v>
       </c>
+      <c r="GA14" s="11">
+        <v>117976.34188369999</v>
+      </c>
     </row>
-    <row r="15" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="15" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B15" s="6" t="s">
         <v>3</v>
       </c>
       <c r="C15" s="7"/>
       <c r="D15" s="7"/>
       <c r="E15" s="7"/>
       <c r="F15" s="7"/>
       <c r="G15" s="7"/>
       <c r="H15" s="7"/>
       <c r="I15" s="7"/>
       <c r="J15" s="7"/>
       <c r="K15" s="7"/>
       <c r="L15" s="7"/>
       <c r="M15" s="7"/>
       <c r="N15" s="7"/>
       <c r="O15" s="7"/>
       <c r="P15" s="7"/>
       <c r="Q15" s="7"/>
       <c r="R15" s="7"/>
       <c r="S15" s="7"/>
       <c r="T15" s="7"/>
       <c r="U15" s="7"/>
       <c r="V15" s="7"/>
       <c r="W15" s="7"/>
       <c r="X15" s="7"/>
@@ -6562,52 +6615,53 @@
       <c r="FB15" s="7"/>
       <c r="FC15" s="7"/>
       <c r="FD15" s="7"/>
       <c r="FE15" s="7"/>
       <c r="FF15" s="7"/>
       <c r="FG15" s="7"/>
       <c r="FH15" s="7"/>
       <c r="FI15" s="7"/>
       <c r="FJ15" s="7"/>
       <c r="FK15" s="7"/>
       <c r="FL15" s="7"/>
       <c r="FM15" s="7"/>
       <c r="FN15" s="7"/>
       <c r="FO15" s="7"/>
       <c r="FP15" s="7"/>
       <c r="FQ15" s="7"/>
       <c r="FR15" s="7"/>
       <c r="FS15" s="7"/>
       <c r="FT15" s="7"/>
       <c r="FU15" s="7"/>
       <c r="FV15" s="7"/>
       <c r="FW15" s="7"/>
       <c r="FX15" s="7"/>
       <c r="FY15" s="7"/>
       <c r="FZ15" s="7"/>
+      <c r="GA15" s="7"/>
     </row>
-    <row r="16" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="16" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="7" t="s">
         <v>21</v>
       </c>
       <c r="C16" s="8">
         <v>2563.0714446799998</v>
       </c>
       <c r="D16" s="8">
         <v>2481.19849974</v>
       </c>
       <c r="E16" s="8">
         <v>2488.9715188099999</v>
       </c>
       <c r="F16" s="8">
         <v>2468.9240487900001</v>
       </c>
       <c r="G16" s="8">
         <v>2588.4626710100001</v>
       </c>
       <c r="H16" s="8">
         <v>2612.62891683</v>
       </c>
       <c r="I16" s="8">
         <v>2839.0520474099999</v>
       </c>
       <c r="J16" s="8">
@@ -7107,52 +7161,55 @@
       </c>
       <c r="FS16" s="8">
         <v>11417.950976820001</v>
       </c>
       <c r="FT16" s="8">
         <v>11441.652265999999</v>
       </c>
       <c r="FU16" s="8">
         <v>11485.003947880001</v>
       </c>
       <c r="FV16" s="8">
         <v>11539.758177240001</v>
       </c>
       <c r="FW16" s="8">
         <v>11542.619160210001</v>
       </c>
       <c r="FX16" s="8">
         <v>11524.833501569999</v>
       </c>
       <c r="FY16" s="8">
         <v>11539.323421290001</v>
       </c>
       <c r="FZ16" s="8">
         <v>11563.795632720001</v>
       </c>
+      <c r="GA16" s="8">
+        <v>11740.117797319999</v>
+      </c>
     </row>
-    <row r="17" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="17" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B17" s="7" t="s">
         <v>11</v>
       </c>
       <c r="C17" s="8">
         <v>11252.239484690001</v>
       </c>
       <c r="D17" s="8">
         <v>11149.12525293</v>
       </c>
       <c r="E17" s="8">
         <v>11366.694012639999</v>
       </c>
       <c r="F17" s="8">
         <v>11740.704923949999</v>
       </c>
       <c r="G17" s="8">
         <v>11894.062422540001</v>
       </c>
       <c r="H17" s="8">
         <v>12557.90460414</v>
       </c>
       <c r="I17" s="8">
         <v>12448.775304270001</v>
       </c>
       <c r="J17" s="8">
@@ -7652,52 +7709,55 @@
       </c>
       <c r="FS17" s="8">
         <v>11215.32053049</v>
       </c>
       <c r="FT17" s="8">
         <v>12702.688744409999</v>
       </c>
       <c r="FU17" s="8">
         <v>13796.91526561</v>
       </c>
       <c r="FV17" s="8">
         <v>13588.466558749999</v>
       </c>
       <c r="FW17" s="8">
         <v>12494.529628079999</v>
       </c>
       <c r="FX17" s="8">
         <v>11385.96683442</v>
       </c>
       <c r="FY17" s="8">
         <v>13002.70882383</v>
       </c>
       <c r="FZ17" s="8">
         <v>14471.475367129999</v>
       </c>
+      <c r="GA17" s="8">
+        <v>14068.50960028</v>
+      </c>
     </row>
-    <row r="18" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="18" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B18" s="7" t="s">
         <v>12</v>
       </c>
       <c r="C18" s="8">
         <v>32795.949290259996</v>
       </c>
       <c r="D18" s="8">
         <v>32431.840195090008</v>
       </c>
       <c r="E18" s="8">
         <v>32211.119978349998</v>
       </c>
       <c r="F18" s="8">
         <v>32738.285089749996</v>
       </c>
       <c r="G18" s="8">
         <v>32239.567314459997</v>
       </c>
       <c r="H18" s="8">
         <v>32155.915579460001</v>
       </c>
       <c r="I18" s="8">
         <v>31931.532025709999</v>
       </c>
       <c r="J18" s="8">
@@ -8197,52 +8257,55 @@
       </c>
       <c r="FS18" s="8">
         <v>68454.695315959994</v>
       </c>
       <c r="FT18" s="8">
         <v>68315.829440749993</v>
       </c>
       <c r="FU18" s="8">
         <v>69238.409152390013</v>
       </c>
       <c r="FV18" s="8">
         <v>71127.929229989997</v>
       </c>
       <c r="FW18" s="8">
         <v>72860.503412899998</v>
       </c>
       <c r="FX18" s="8">
         <v>74026.264094759987</v>
       </c>
       <c r="FY18" s="8">
         <v>73653.430335770012</v>
       </c>
       <c r="FZ18" s="8">
         <v>73670.540530800004</v>
       </c>
+      <c r="GA18" s="8">
+        <v>73199.330761999998</v>
+      </c>
     </row>
-    <row r="19" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="19" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B19" s="9" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="8">
         <v>3808.7491942899997</v>
       </c>
       <c r="D19" s="8">
         <v>3582.9428083299999</v>
       </c>
       <c r="E19" s="8">
         <v>3343.84940611</v>
       </c>
       <c r="F19" s="8">
         <v>4199.2927415100003</v>
       </c>
       <c r="G19" s="8">
         <v>3931.7334224300002</v>
       </c>
       <c r="H19" s="8">
         <v>3741.17608028</v>
       </c>
       <c r="I19" s="8">
         <v>3455.1897861699995</v>
       </c>
       <c r="J19" s="8">
@@ -8742,52 +8805,55 @@
       </c>
       <c r="FS19" s="8">
         <v>7533.9614791599997</v>
       </c>
       <c r="FT19" s="8">
         <v>6830.7382799099996</v>
       </c>
       <c r="FU19" s="8">
         <v>6888.9722454099992</v>
       </c>
       <c r="FV19" s="8">
         <v>7354.7990538100003</v>
       </c>
       <c r="FW19" s="8">
         <v>7754.1347866099995</v>
       </c>
       <c r="FX19" s="8">
         <v>8940.4011926799994</v>
       </c>
       <c r="FY19" s="8">
         <v>8155.3077186300015</v>
       </c>
       <c r="FZ19" s="8">
         <v>8067.4878702999995</v>
       </c>
+      <c r="GA19" s="8">
+        <v>7534.1129695</v>
+      </c>
     </row>
-    <row r="20" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="20" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="9" t="s">
         <v>19</v>
       </c>
       <c r="C20" s="8">
         <v>28987.200095969994</v>
       </c>
       <c r="D20" s="8">
         <v>28848.897386760007</v>
       </c>
       <c r="E20" s="8">
         <v>28867.270572239999</v>
       </c>
       <c r="F20" s="8">
         <v>28538.992348239997</v>
       </c>
       <c r="G20" s="8">
         <v>28307.833892029998</v>
       </c>
       <c r="H20" s="8">
         <v>28414.739499179999</v>
       </c>
       <c r="I20" s="8">
         <v>28476.342239540001</v>
       </c>
       <c r="J20" s="8">
@@ -9287,52 +9353,55 @@
       </c>
       <c r="FS20" s="8">
         <v>60920.733836799998</v>
       </c>
       <c r="FT20" s="8">
         <v>61485.091160839991</v>
       </c>
       <c r="FU20" s="8">
         <v>62349.436906980009</v>
       </c>
       <c r="FV20" s="8">
         <v>63773.130176179999</v>
       </c>
       <c r="FW20" s="8">
         <v>65106.368626290001</v>
       </c>
       <c r="FX20" s="8">
         <v>65085.862902079993</v>
       </c>
       <c r="FY20" s="8">
         <v>65498.122617140005</v>
       </c>
       <c r="FZ20" s="8">
         <v>65603.052660500005</v>
       </c>
+      <c r="GA20" s="8">
+        <v>65665.2177925</v>
+      </c>
     </row>
-    <row r="21" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="21" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="7" t="s">
         <v>14</v>
       </c>
       <c r="C21" s="8">
         <v>31.718004359999998</v>
       </c>
       <c r="D21" s="8">
         <v>31.717092829999999</v>
       </c>
       <c r="E21" s="8">
         <v>26.536254100000001</v>
       </c>
       <c r="F21" s="8">
         <v>26.536289970000002</v>
       </c>
       <c r="G21" s="8">
         <v>26.544561680000001</v>
       </c>
       <c r="H21" s="8">
         <v>26.544561680000001</v>
       </c>
       <c r="I21" s="8">
         <v>26.544561680000001</v>
       </c>
       <c r="J21" s="8">
@@ -9832,52 +9901,55 @@
       </c>
       <c r="FS21" s="8">
         <v>854.54191452999999</v>
       </c>
       <c r="FT21" s="8">
         <v>1172.64320821</v>
       </c>
       <c r="FU21" s="8">
         <v>1172.5276639399999</v>
       </c>
       <c r="FV21" s="8">
         <v>1172.3248499400001</v>
       </c>
       <c r="FW21" s="8">
         <v>1172.1244357199998</v>
       </c>
       <c r="FX21" s="8">
         <v>1453.3699520600001</v>
       </c>
       <c r="FY21" s="8">
         <v>1453.2709248599999</v>
       </c>
       <c r="FZ21" s="8">
         <v>1452.86521268</v>
       </c>
+      <c r="GA21" s="8">
+        <v>1452.8856123</v>
+      </c>
     </row>
-    <row r="22" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="22" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B22" s="7" t="s">
         <v>15</v>
       </c>
       <c r="C22" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D22" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E22" s="8" t="s">
         <v>20</v>
       </c>
       <c r="F22" s="8" t="s">
         <v>20</v>
       </c>
       <c r="G22" s="8" t="s">
         <v>20</v>
       </c>
       <c r="H22" s="8" t="s">
         <v>20</v>
       </c>
       <c r="I22" s="8" t="s">
         <v>20</v>
       </c>
       <c r="J22" s="8" t="s">
@@ -10377,52 +10449,55 @@
       </c>
       <c r="FS22" s="8">
         <v>965.19609202999993</v>
       </c>
       <c r="FT22" s="8">
         <v>998.90531894999992</v>
       </c>
       <c r="FU22" s="8">
         <v>1105.2932417300001</v>
       </c>
       <c r="FV22" s="8">
         <v>1126.0767103799999</v>
       </c>
       <c r="FW22" s="8">
         <v>1157.29851487</v>
       </c>
       <c r="FX22" s="8">
         <v>1189.7267070300002</v>
       </c>
       <c r="FY22" s="8">
         <v>1218.0314537699999</v>
       </c>
       <c r="FZ22" s="8">
         <v>1294.0281871099999</v>
       </c>
+      <c r="GA22" s="8">
+        <v>1311.7823913</v>
+      </c>
     </row>
-    <row r="23" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="23" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="7" t="s">
         <v>16</v>
       </c>
       <c r="C23" s="8">
         <v>12894.22621479</v>
       </c>
       <c r="D23" s="8">
         <v>12881.223544690003</v>
       </c>
       <c r="E23" s="8">
         <v>12985.278468480001</v>
       </c>
       <c r="F23" s="8">
         <v>12913.216672269999</v>
       </c>
       <c r="G23" s="8">
         <v>13079.653237220002</v>
       </c>
       <c r="H23" s="8">
         <v>13374.42234915</v>
       </c>
       <c r="I23" s="8">
         <v>13390.851264119998</v>
       </c>
       <c r="J23" s="8">
@@ -10922,52 +10997,55 @@
       </c>
       <c r="FS23" s="8">
         <v>15780.114954420003</v>
       </c>
       <c r="FT23" s="8">
         <v>15895.99050889</v>
       </c>
       <c r="FU23" s="8">
         <v>15768.844620179998</v>
       </c>
       <c r="FV23" s="8">
         <v>15812.5272534</v>
       </c>
       <c r="FW23" s="8">
         <v>16083.135153040002</v>
       </c>
       <c r="FX23" s="8">
         <v>16008.359782569998</v>
       </c>
       <c r="FY23" s="8">
         <v>16379.624734100002</v>
       </c>
       <c r="FZ23" s="8">
         <v>15707.35395821</v>
       </c>
+      <c r="GA23" s="8">
+        <v>16203.715721069997</v>
+      </c>
     </row>
-    <row r="24" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="24" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B24" s="12" t="s">
         <v>18</v>
       </c>
       <c r="C24" s="13">
         <v>59537.204438779998</v>
       </c>
       <c r="D24" s="13">
         <v>58975.104585280009</v>
       </c>
       <c r="E24" s="13">
         <v>59078.600232379998</v>
       </c>
       <c r="F24" s="13">
         <v>59887.667024729992</v>
       </c>
       <c r="G24" s="13">
         <v>59828.290206909995</v>
       </c>
       <c r="H24" s="13">
         <v>60727.41601126</v>
       </c>
       <c r="I24" s="13">
         <v>60636.755203189998</v>
       </c>
       <c r="J24" s="13">
@@ -11467,701 +11545,724 @@
       </c>
       <c r="FS24" s="13">
         <v>108687.81978424999</v>
       </c>
       <c r="FT24" s="13">
         <v>110527.70948721</v>
       </c>
       <c r="FU24" s="13">
         <v>112566.99389173</v>
       </c>
       <c r="FV24" s="13">
         <v>114367.08277969999</v>
       </c>
       <c r="FW24" s="13">
         <v>115310.21030481999</v>
       </c>
       <c r="FX24" s="13">
         <v>115588.52087240999</v>
       </c>
       <c r="FY24" s="13">
         <v>117246.38969362002</v>
       </c>
       <c r="FZ24" s="13">
         <v>118160.05888865002</v>
       </c>
+      <c r="GA24" s="13">
+        <v>117976.34188427</v>
+      </c>
     </row>
-    <row r="26" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="26" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B26" s="16"/>
     </row>
   </sheetData>
   <conditionalFormatting sqref="ER8">
+    <cfRule type="cellIs" dxfId="133" priority="159" operator="equal">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="ER9:ER13">
+    <cfRule type="cellIs" dxfId="132" priority="158" operator="equal">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="ER16:ER23">
+    <cfRule type="cellIs" dxfId="131" priority="157" operator="equal">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="ES8">
+    <cfRule type="cellIs" dxfId="130" priority="156" operator="equal">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="ES9:ES13">
     <cfRule type="cellIs" dxfId="129" priority="155" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="ER9:ER13">
+  <conditionalFormatting sqref="ES16:ES23 ET22:EZ22">
     <cfRule type="cellIs" dxfId="128" priority="154" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="ER16:ER23">
-[...18 lines deleted...]
-  </conditionalFormatting>
   <conditionalFormatting sqref="ET8">
-    <cfRule type="cellIs" dxfId="123" priority="146" operator="equal">
+    <cfRule type="cellIs" dxfId="127" priority="150" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="ET9:ET13">
-    <cfRule type="cellIs" dxfId="122" priority="145" operator="equal">
+    <cfRule type="cellIs" dxfId="126" priority="149" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="ET16:ET21 ET23">
-    <cfRule type="cellIs" dxfId="121" priority="144" operator="equal">
+    <cfRule type="cellIs" dxfId="125" priority="148" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="EU8">
-    <cfRule type="cellIs" dxfId="120" priority="142" operator="equal">
+    <cfRule type="cellIs" dxfId="124" priority="146" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="EU9:EU13">
-    <cfRule type="cellIs" dxfId="119" priority="141" operator="equal">
+    <cfRule type="cellIs" dxfId="123" priority="145" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="EU16:EU21 EU23">
-    <cfRule type="cellIs" dxfId="118" priority="140" operator="equal">
+    <cfRule type="cellIs" dxfId="122" priority="144" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="EV8">
-    <cfRule type="cellIs" dxfId="117" priority="138" operator="equal">
+    <cfRule type="cellIs" dxfId="121" priority="142" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="EV9:EV13">
-    <cfRule type="cellIs" dxfId="116" priority="137" operator="equal">
+    <cfRule type="cellIs" dxfId="120" priority="141" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="EV16:EV21 EV23">
-    <cfRule type="cellIs" dxfId="115" priority="136" operator="equal">
+    <cfRule type="cellIs" dxfId="119" priority="140" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="EW8">
+    <cfRule type="cellIs" dxfId="118" priority="138" operator="equal">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="EW9:EW13">
+    <cfRule type="cellIs" dxfId="117" priority="137" operator="equal">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="EW16:EW21 EW23">
+    <cfRule type="cellIs" dxfId="116" priority="136" operator="equal">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="C8:EQ8">
+    <cfRule type="cellIs" dxfId="115" priority="135" operator="equal">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="C9:EQ13">
     <cfRule type="cellIs" dxfId="114" priority="134" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="EW9:EW13">
+  <conditionalFormatting sqref="C16:EQ23">
     <cfRule type="cellIs" dxfId="113" priority="133" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="EW16:EW21 EW23">
-[...18 lines deleted...]
-  </conditionalFormatting>
   <conditionalFormatting sqref="EX8">
-    <cfRule type="cellIs" dxfId="108" priority="127" operator="equal">
+    <cfRule type="cellIs" dxfId="112" priority="131" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="EX9:EX13">
-    <cfRule type="cellIs" dxfId="107" priority="126" operator="equal">
+    <cfRule type="cellIs" dxfId="111" priority="130" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="EX16:EX21 EX23">
-    <cfRule type="cellIs" dxfId="106" priority="125" operator="equal">
+    <cfRule type="cellIs" dxfId="110" priority="129" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="EY8">
-    <cfRule type="cellIs" dxfId="105" priority="123" operator="equal">
+    <cfRule type="cellIs" dxfId="109" priority="127" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="EY9:EY13">
-    <cfRule type="cellIs" dxfId="104" priority="122" operator="equal">
+    <cfRule type="cellIs" dxfId="108" priority="126" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="EY16:EY21 EY23">
-    <cfRule type="cellIs" dxfId="103" priority="121" operator="equal">
+    <cfRule type="cellIs" dxfId="107" priority="125" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="EZ8">
+    <cfRule type="cellIs" dxfId="106" priority="123" operator="equal">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="EZ9:EZ13">
+    <cfRule type="cellIs" dxfId="105" priority="122" operator="equal">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="EZ16:EZ21 EZ23">
+    <cfRule type="cellIs" dxfId="104" priority="121" operator="equal">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="FA22">
+    <cfRule type="cellIs" dxfId="103" priority="120" operator="equal">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="FA8">
     <cfRule type="cellIs" dxfId="102" priority="119" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="EZ9:EZ13">
+  <conditionalFormatting sqref="FA9:FA13">
     <cfRule type="cellIs" dxfId="101" priority="118" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="EZ16:EZ21 EZ23">
+  <conditionalFormatting sqref="FA16:FA21 FA23">
     <cfRule type="cellIs" dxfId="100" priority="117" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FA22">
+  <conditionalFormatting sqref="FB22">
     <cfRule type="cellIs" dxfId="99" priority="116" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FA8">
+  <conditionalFormatting sqref="FB8">
     <cfRule type="cellIs" dxfId="98" priority="115" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FA9:FA13">
+  <conditionalFormatting sqref="FB9:FB13">
     <cfRule type="cellIs" dxfId="97" priority="114" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FA16:FA21 FA23">
+  <conditionalFormatting sqref="FB16:FB21 FB23">
     <cfRule type="cellIs" dxfId="96" priority="113" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FB22">
+  <conditionalFormatting sqref="FC22">
     <cfRule type="cellIs" dxfId="95" priority="112" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FB8">
+  <conditionalFormatting sqref="FC8">
     <cfRule type="cellIs" dxfId="94" priority="111" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FB9:FB13">
+  <conditionalFormatting sqref="FC9:FC13">
     <cfRule type="cellIs" dxfId="93" priority="110" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FB16:FB21 FB23">
+  <conditionalFormatting sqref="FC16:FC21 FC23">
     <cfRule type="cellIs" dxfId="92" priority="109" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FC22">
+  <conditionalFormatting sqref="FD22">
     <cfRule type="cellIs" dxfId="91" priority="108" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FC8">
+  <conditionalFormatting sqref="FD8">
     <cfRule type="cellIs" dxfId="90" priority="107" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FC9:FC13">
+  <conditionalFormatting sqref="FD9:FD13">
     <cfRule type="cellIs" dxfId="89" priority="106" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FC16:FC21 FC23">
+  <conditionalFormatting sqref="FD16:FD21 FD23">
     <cfRule type="cellIs" dxfId="88" priority="105" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FD22">
+  <conditionalFormatting sqref="FE22">
     <cfRule type="cellIs" dxfId="87" priority="104" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FD8">
+  <conditionalFormatting sqref="FE8">
     <cfRule type="cellIs" dxfId="86" priority="103" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FD9:FD13">
+  <conditionalFormatting sqref="FE9:FE13">
     <cfRule type="cellIs" dxfId="85" priority="102" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FD16:FD21 FD23">
+  <conditionalFormatting sqref="FE16:FE21 FE23">
     <cfRule type="cellIs" dxfId="84" priority="101" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FE22">
+  <conditionalFormatting sqref="FF22">
     <cfRule type="cellIs" dxfId="83" priority="100" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FE8">
+  <conditionalFormatting sqref="FF8">
     <cfRule type="cellIs" dxfId="82" priority="99" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FE9:FE13">
+  <conditionalFormatting sqref="FF9:FF13">
     <cfRule type="cellIs" dxfId="81" priority="98" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FE16:FE21 FE23">
+  <conditionalFormatting sqref="FF16:FF21 FF23">
     <cfRule type="cellIs" dxfId="80" priority="97" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FF22">
+  <conditionalFormatting sqref="FG22">
     <cfRule type="cellIs" dxfId="79" priority="96" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FF8">
+  <conditionalFormatting sqref="FG8">
     <cfRule type="cellIs" dxfId="78" priority="95" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FF9:FF13">
+  <conditionalFormatting sqref="FG9:FG13">
     <cfRule type="cellIs" dxfId="77" priority="94" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FF16:FF21 FF23">
+  <conditionalFormatting sqref="FG16:FG21 FG23">
     <cfRule type="cellIs" dxfId="76" priority="93" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FG22">
-[...18 lines deleted...]
-  </conditionalFormatting>
   <conditionalFormatting sqref="FH22">
-    <cfRule type="cellIs" dxfId="71" priority="84" operator="equal">
+    <cfRule type="cellIs" dxfId="75" priority="88" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FH8">
-    <cfRule type="cellIs" dxfId="70" priority="83" operator="equal">
+    <cfRule type="cellIs" dxfId="74" priority="87" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FH9:FH13">
-    <cfRule type="cellIs" dxfId="69" priority="82" operator="equal">
+    <cfRule type="cellIs" dxfId="73" priority="86" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FH16:FH21 FH23">
-    <cfRule type="cellIs" dxfId="68" priority="81" operator="equal">
+    <cfRule type="cellIs" dxfId="72" priority="85" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FK22">
-    <cfRule type="cellIs" dxfId="67" priority="72" operator="equal">
+    <cfRule type="cellIs" dxfId="71" priority="76" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FK8">
-    <cfRule type="cellIs" dxfId="66" priority="71" operator="equal">
+    <cfRule type="cellIs" dxfId="70" priority="75" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FK9:FK13">
-    <cfRule type="cellIs" dxfId="65" priority="70" operator="equal">
+    <cfRule type="cellIs" dxfId="69" priority="74" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FK16:FK21 FK23">
-    <cfRule type="cellIs" dxfId="64" priority="69" operator="equal">
+    <cfRule type="cellIs" dxfId="68" priority="73" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FI22:FJ22">
+    <cfRule type="cellIs" dxfId="67" priority="68" operator="equal">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="FI8:FJ8">
+    <cfRule type="cellIs" dxfId="66" priority="67" operator="equal">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="FI9:FJ13">
+    <cfRule type="cellIs" dxfId="65" priority="66" operator="equal">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="FI16:FJ21 FI23:FJ23">
+    <cfRule type="cellIs" dxfId="64" priority="65" operator="equal">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="FL22">
     <cfRule type="cellIs" dxfId="63" priority="64" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FI8:FJ8">
+  <conditionalFormatting sqref="FL8">
     <cfRule type="cellIs" dxfId="62" priority="63" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FI9:FJ13">
+  <conditionalFormatting sqref="FL9:FL13">
     <cfRule type="cellIs" dxfId="61" priority="62" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FI16:FJ21 FI23:FJ23">
+  <conditionalFormatting sqref="FL16:FL21 FL23">
     <cfRule type="cellIs" dxfId="60" priority="61" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FL22">
+  <conditionalFormatting sqref="FM22">
     <cfRule type="cellIs" dxfId="59" priority="60" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FL8">
+  <conditionalFormatting sqref="FM8">
     <cfRule type="cellIs" dxfId="58" priority="59" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FL9:FL13">
+  <conditionalFormatting sqref="FM9:FM13">
     <cfRule type="cellIs" dxfId="57" priority="58" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FL16:FL21 FL23">
+  <conditionalFormatting sqref="FM16:FM21 FM23">
     <cfRule type="cellIs" dxfId="56" priority="57" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FM22">
+  <conditionalFormatting sqref="FN22">
     <cfRule type="cellIs" dxfId="55" priority="56" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FM8">
+  <conditionalFormatting sqref="FN8">
     <cfRule type="cellIs" dxfId="54" priority="55" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FM9:FM13">
+  <conditionalFormatting sqref="FN9:FN13">
     <cfRule type="cellIs" dxfId="53" priority="54" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FM16:FM21 FM23">
+  <conditionalFormatting sqref="FN16:FN21 FN23">
     <cfRule type="cellIs" dxfId="52" priority="53" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FN22">
+  <conditionalFormatting sqref="FO22">
     <cfRule type="cellIs" dxfId="51" priority="52" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FN8">
+  <conditionalFormatting sqref="FO8">
     <cfRule type="cellIs" dxfId="50" priority="51" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FN9:FN13">
+  <conditionalFormatting sqref="FO9:FO13">
     <cfRule type="cellIs" dxfId="49" priority="50" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FN16:FN21 FN23">
+  <conditionalFormatting sqref="FO16:FO21 FO23">
     <cfRule type="cellIs" dxfId="48" priority="49" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FO22">
+  <conditionalFormatting sqref="FP22">
     <cfRule type="cellIs" dxfId="47" priority="48" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FO8">
+  <conditionalFormatting sqref="FP8">
     <cfRule type="cellIs" dxfId="46" priority="47" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FO9:FO13">
+  <conditionalFormatting sqref="FP9:FP13">
     <cfRule type="cellIs" dxfId="45" priority="46" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FO16:FO21 FO23">
+  <conditionalFormatting sqref="FP16:FP21 FP23">
     <cfRule type="cellIs" dxfId="44" priority="45" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FP22">
+  <conditionalFormatting sqref="FQ22">
     <cfRule type="cellIs" dxfId="43" priority="44" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FP8">
+  <conditionalFormatting sqref="FQ8">
     <cfRule type="cellIs" dxfId="42" priority="43" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FP9:FP13">
+  <conditionalFormatting sqref="FQ9:FQ13">
     <cfRule type="cellIs" dxfId="41" priority="42" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FP16:FP21 FP23">
+  <conditionalFormatting sqref="FQ16:FQ21 FQ23">
     <cfRule type="cellIs" dxfId="40" priority="41" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FQ22">
+  <conditionalFormatting sqref="FR22">
     <cfRule type="cellIs" dxfId="39" priority="40" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FQ8">
+  <conditionalFormatting sqref="FR8">
     <cfRule type="cellIs" dxfId="38" priority="39" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FQ9:FQ13">
+  <conditionalFormatting sqref="FR9:FR13">
     <cfRule type="cellIs" dxfId="37" priority="38" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FQ16:FQ21 FQ23">
+  <conditionalFormatting sqref="FR16:FR21 FR23">
     <cfRule type="cellIs" dxfId="36" priority="37" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FR22">
+  <conditionalFormatting sqref="FS22">
     <cfRule type="cellIs" dxfId="35" priority="36" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FR8">
+  <conditionalFormatting sqref="FS8">
     <cfRule type="cellIs" dxfId="34" priority="35" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FR9:FR13">
+  <conditionalFormatting sqref="FS9:FS13">
     <cfRule type="cellIs" dxfId="33" priority="34" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FR16:FR21 FR23">
+  <conditionalFormatting sqref="FS16:FS21 FS23">
     <cfRule type="cellIs" dxfId="32" priority="33" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FS22">
+  <conditionalFormatting sqref="FT22">
     <cfRule type="cellIs" dxfId="31" priority="32" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FS8">
+  <conditionalFormatting sqref="FT8">
     <cfRule type="cellIs" dxfId="30" priority="31" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FS9:FS13">
+  <conditionalFormatting sqref="FT9:FT13">
     <cfRule type="cellIs" dxfId="29" priority="30" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FS16:FS21 FS23">
+  <conditionalFormatting sqref="FT16:FT21 FT23">
     <cfRule type="cellIs" dxfId="28" priority="29" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FT22">
+  <conditionalFormatting sqref="FU22">
     <cfRule type="cellIs" dxfId="27" priority="28" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FT8">
+  <conditionalFormatting sqref="FU8">
     <cfRule type="cellIs" dxfId="26" priority="27" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FT9:FT13">
+  <conditionalFormatting sqref="FU9:FU13">
     <cfRule type="cellIs" dxfId="25" priority="26" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FT16:FT21 FT23">
+  <conditionalFormatting sqref="FU16:FU21 FU23">
     <cfRule type="cellIs" dxfId="24" priority="25" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FU22">
+  <conditionalFormatting sqref="FV22">
     <cfRule type="cellIs" dxfId="23" priority="24" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FU8">
+  <conditionalFormatting sqref="FV8">
     <cfRule type="cellIs" dxfId="22" priority="23" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FU9:FU13">
+  <conditionalFormatting sqref="FV9:FV13">
     <cfRule type="cellIs" dxfId="21" priority="22" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FU16:FU21 FU23">
+  <conditionalFormatting sqref="FV16:FV21 FV23">
     <cfRule type="cellIs" dxfId="20" priority="21" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FV22">
+  <conditionalFormatting sqref="FW22">
     <cfRule type="cellIs" dxfId="19" priority="20" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FV8">
+  <conditionalFormatting sqref="FW8">
     <cfRule type="cellIs" dxfId="18" priority="19" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FV9:FV13">
+  <conditionalFormatting sqref="FW9:FW13">
     <cfRule type="cellIs" dxfId="17" priority="18" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FV16:FV21 FV23">
+  <conditionalFormatting sqref="FW16:FW21 FW23">
     <cfRule type="cellIs" dxfId="16" priority="17" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FW22">
+  <conditionalFormatting sqref="FX22">
     <cfRule type="cellIs" dxfId="15" priority="16" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FW8">
+  <conditionalFormatting sqref="FX8">
     <cfRule type="cellIs" dxfId="14" priority="15" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FW9:FW13">
+  <conditionalFormatting sqref="FX9:FX13">
     <cfRule type="cellIs" dxfId="13" priority="14" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FW16:FW21 FW23">
+  <conditionalFormatting sqref="FX16:FX21 FX23">
     <cfRule type="cellIs" dxfId="12" priority="13" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FX22">
+  <conditionalFormatting sqref="FY22">
     <cfRule type="cellIs" dxfId="11" priority="12" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FX8">
+  <conditionalFormatting sqref="FY8">
     <cfRule type="cellIs" dxfId="10" priority="11" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FX9:FX13">
+  <conditionalFormatting sqref="FY9:FY13">
     <cfRule type="cellIs" dxfId="9" priority="10" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FX16:FX21 FX23">
+  <conditionalFormatting sqref="FY16:FY21 FY23">
     <cfRule type="cellIs" dxfId="8" priority="9" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FY22">
+  <conditionalFormatting sqref="FZ22">
     <cfRule type="cellIs" dxfId="7" priority="8" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FY8">
+  <conditionalFormatting sqref="FZ8">
     <cfRule type="cellIs" dxfId="6" priority="7" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FY9:FY13">
+  <conditionalFormatting sqref="FZ9:FZ13">
     <cfRule type="cellIs" dxfId="5" priority="6" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FY16:FY21 FY23">
+  <conditionalFormatting sqref="FZ16:FZ21 FZ23">
     <cfRule type="cellIs" dxfId="4" priority="5" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FZ22">
+  <conditionalFormatting sqref="GA22">
     <cfRule type="cellIs" dxfId="3" priority="4" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FZ8">
+  <conditionalFormatting sqref="GA8">
     <cfRule type="cellIs" dxfId="2" priority="3" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FZ9:FZ13">
+  <conditionalFormatting sqref="GA9:GA13">
     <cfRule type="cellIs" dxfId="1" priority="2" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FZ16:FZ21 FZ23">
+  <conditionalFormatting sqref="GA16:GA21 GA23">
     <cfRule type="cellIs" dxfId="0" priority="1" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Radni listovi</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>