--- v2 (2026-01-13)
+++ v3 (2026-02-26)
@@ -5,77 +5,77 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\262\VRPA\BILTENSKE TABLICE\G8b_EA\Biltenske tablice\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{33C374FF-C7EF-4651-808A-705888808890}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{36DD53B0-FA3C-4664-9F50-F3B3C752BBBA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="ENG" sheetId="4" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7166" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7192" uniqueCount="42">
   <si>
     <t>EUR</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>6 years</t>
   </si>
   <si>
     <t>7 years</t>
   </si>
   <si>
     <t>9 years</t>
   </si>
   <si>
     <t>10 years</t>
   </si>
   <si>
@@ -292,51 +292,51 @@
     </font>
     <font>
       <b/>
       <vertAlign val="superscript"/>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-4.9989318521683403E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="6">
+  <borders count="7">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color rgb="FFFF0000"/>
       </bottom>
       <diagonal/>
     </border>
@@ -345,50 +345,61 @@
       <right/>
       <top style="thin">
         <color rgb="FFFF0000"/>
       </top>
       <bottom style="thin">
         <color rgb="FFFF0000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FFFF0000"/>
       </top>
       <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FFFF0000"/>
+      </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="12">
     <xf numFmtId="165" fontId="0" fillId="0" borderId="0" applyNumberFormat="0"/>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="165" fontId="6" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="165" fontId="7" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="165" fontId="3" fillId="0" borderId="1" applyNumberFormat="0" applyFont="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="165" fontId="6" fillId="0" borderId="1" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="165" fontId="6" fillId="0" borderId="2" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="165" fontId="3" fillId="0" borderId="2" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="165" fontId="6" fillId="0" borderId="3" applyNumberFormat="0" applyFill="0" applyProtection="0">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
   </cellStyleXfs>
   <cellXfs count="59">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
@@ -512,73 +523,73 @@
     </xf>
     <xf numFmtId="4" fontId="9" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="2" fontId="9" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="4" fontId="9" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="2" fontId="9" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="4" fontId="9" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="2" fontId="9" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="2" fontId="0" fillId="2" borderId="1" xfId="7" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="11" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="3" xfId="11" applyNumberFormat="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="11" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="11" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="11" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="11" applyNumberFormat="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="0" fillId="2" borderId="6" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="12">
     <cellStyle name="Međunaslov u tablici" xfId="5" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="Napomene" xfId="6" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Naslov 1" xfId="3" builtinId="16" customBuiltin="1"/>
     <cellStyle name="Naslov 2" xfId="4" builtinId="17" customBuiltin="1"/>
     <cellStyle name="Normalno" xfId="0" builtinId="0" customBuiltin="1"/>
     <cellStyle name="Obično 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="Postotak 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
     <cellStyle name="Tanka linija ispod" xfId="7" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
     <cellStyle name="Ukupno" xfId="8" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
     <cellStyle name="Ukupno - zadnji redak" xfId="9" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
     <cellStyle name="Zadnji redak" xfId="10" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
     <cellStyle name="Zaglavlje" xfId="11" xr:uid="{00000000-0005-0000-0000-00000B000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
@@ -893,192 +904,190 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="B2:AV326"/>
+  <dimension ref="B2:AV327"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A4" zoomScaleNormal="100" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="9.1640625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="3.7109375" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="48" width="10.7109375" customWidth="1"/>
+    <col min="1" max="1" width="3.6640625" customWidth="1"/>
+    <col min="2" max="2" width="8.6640625" style="1" customWidth="1"/>
+    <col min="3" max="3" width="11.6640625" customWidth="1"/>
+    <col min="4" max="4" width="14.6640625" customWidth="1"/>
+    <col min="5" max="48" width="10.6640625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:48" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="12" t="s">
         <v>41</v>
       </c>
     </row>
-    <row r="3" spans="2:48" ht="9.9" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="2:48" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="2"/>
     </row>
-    <row r="4" spans="2:48" ht="9.9" customHeight="1" x14ac:dyDescent="0.2"/>
-[...1 lines deleted...]
-      <c r="B5" s="53" t="s">
+    <row r="4" spans="2:48" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="5" spans="2:48" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B5" s="52" t="s">
         <v>2</v>
       </c>
-      <c r="C5" s="53" t="s">
+      <c r="C5" s="52" t="s">
         <v>3</v>
       </c>
-      <c r="D5" s="55" t="s">
+      <c r="D5" s="54" t="s">
         <v>40</v>
       </c>
-      <c r="E5" s="58" t="s">
+      <c r="E5" s="57" t="s">
         <v>32</v>
       </c>
-      <c r="F5" s="58"/>
-[...26 lines deleted...]
-      <c r="AG5" s="54" t="s">
+      <c r="F5" s="57"/>
+      <c r="G5" s="57"/>
+      <c r="H5" s="57"/>
+      <c r="I5" s="57"/>
+      <c r="J5" s="57"/>
+      <c r="K5" s="57"/>
+      <c r="L5" s="57"/>
+      <c r="M5" s="57"/>
+      <c r="N5" s="57"/>
+      <c r="O5" s="57"/>
+      <c r="P5" s="57"/>
+      <c r="Q5" s="57"/>
+      <c r="R5" s="57"/>
+      <c r="S5" s="57"/>
+      <c r="T5" s="57"/>
+      <c r="U5" s="57"/>
+      <c r="V5" s="57"/>
+      <c r="W5" s="57"/>
+      <c r="X5" s="57"/>
+      <c r="Y5" s="57"/>
+      <c r="Z5" s="57"/>
+      <c r="AA5" s="57"/>
+      <c r="AB5" s="57"/>
+      <c r="AC5" s="57"/>
+      <c r="AD5" s="57"/>
+      <c r="AE5" s="57"/>
+      <c r="AF5" s="57"/>
+      <c r="AG5" s="53" t="s">
         <v>34</v>
       </c>
-      <c r="AH5" s="54"/>
-[...13 lines deleted...]
-      <c r="AV5" s="54"/>
+      <c r="AH5" s="53"/>
+      <c r="AI5" s="53"/>
+      <c r="AJ5" s="53"/>
+      <c r="AK5" s="53"/>
+      <c r="AL5" s="53"/>
+      <c r="AM5" s="53"/>
+      <c r="AN5" s="53"/>
+      <c r="AO5" s="53"/>
+      <c r="AP5" s="53"/>
+      <c r="AQ5" s="53"/>
+      <c r="AR5" s="53"/>
+      <c r="AS5" s="53"/>
+      <c r="AT5" s="53"/>
+      <c r="AU5" s="53"/>
+      <c r="AV5" s="53"/>
     </row>
-    <row r="6" spans="2:48" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="E6" s="54" t="s">
+    <row r="6" spans="2:48" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B6" s="52"/>
+      <c r="C6" s="52"/>
+      <c r="D6" s="55"/>
+      <c r="E6" s="53" t="s">
         <v>35</v>
       </c>
-      <c r="F6" s="54"/>
-[...7 lines deleted...]
-      <c r="N6" s="58" t="s">
+      <c r="F6" s="53"/>
+      <c r="G6" s="53"/>
+      <c r="H6" s="53"/>
+      <c r="I6" s="53"/>
+      <c r="J6" s="53"/>
+      <c r="K6" s="53"/>
+      <c r="L6" s="53"/>
+      <c r="M6" s="53"/>
+      <c r="N6" s="57" t="s">
         <v>0</v>
       </c>
-      <c r="O6" s="58"/>
-[...17 lines deleted...]
-      <c r="AG6" s="54" t="s">
+      <c r="O6" s="57"/>
+      <c r="P6" s="57"/>
+      <c r="Q6" s="57"/>
+      <c r="R6" s="57"/>
+      <c r="S6" s="57"/>
+      <c r="T6" s="57"/>
+      <c r="U6" s="57"/>
+      <c r="V6" s="57"/>
+      <c r="W6" s="57"/>
+      <c r="X6" s="57"/>
+      <c r="Y6" s="57"/>
+      <c r="Z6" s="57"/>
+      <c r="AA6" s="57"/>
+      <c r="AB6" s="57"/>
+      <c r="AC6" s="57"/>
+      <c r="AD6" s="57"/>
+      <c r="AE6" s="57"/>
+      <c r="AF6" s="57"/>
+      <c r="AG6" s="53" t="s">
         <v>0</v>
       </c>
-      <c r="AH6" s="54"/>
-[...13 lines deleted...]
-      <c r="AV6" s="54"/>
+      <c r="AH6" s="53"/>
+      <c r="AI6" s="53"/>
+      <c r="AJ6" s="53"/>
+      <c r="AK6" s="53"/>
+      <c r="AL6" s="53"/>
+      <c r="AM6" s="53"/>
+      <c r="AN6" s="53"/>
+      <c r="AO6" s="53"/>
+      <c r="AP6" s="53"/>
+      <c r="AQ6" s="53"/>
+      <c r="AR6" s="53"/>
+      <c r="AS6" s="53"/>
+      <c r="AT6" s="53"/>
+      <c r="AU6" s="53"/>
+      <c r="AV6" s="53"/>
     </row>
-    <row r="7" spans="2:48" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-      <c r="D7" s="57"/>
+    <row r="7" spans="2:48" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B7" s="52"/>
+      <c r="C7" s="52"/>
+      <c r="D7" s="56"/>
       <c r="E7" s="5" t="s">
         <v>11</v>
       </c>
       <c r="F7" s="5" t="s">
         <v>12</v>
       </c>
       <c r="G7" s="5" t="s">
         <v>8</v>
       </c>
       <c r="H7" s="5" t="s">
         <v>10</v>
       </c>
       <c r="I7" s="5" t="s">
         <v>4</v>
       </c>
       <c r="J7" s="5" t="s">
         <v>5</v>
       </c>
       <c r="K7" s="5" t="s">
         <v>9</v>
       </c>
       <c r="L7" s="5" t="s">
         <v>6</v>
       </c>
       <c r="M7" s="5" t="s">
@@ -3728,75 +3737,75 @@
       </c>
       <c r="AR30" s="33" t="s">
         <v>1</v>
       </c>
       <c r="AS30" s="33" t="s">
         <v>1</v>
       </c>
       <c r="AT30" s="33">
         <v>3.45</v>
       </c>
       <c r="AU30" s="33">
         <v>3.76</v>
       </c>
       <c r="AV30" s="33" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B31" s="17">
         <v>2025</v>
       </c>
       <c r="C31" s="18"/>
       <c r="D31" s="8">
         <v>3.01</v>
       </c>
-      <c r="E31" s="52" t="s">
-[...23 lines deleted...]
-      <c r="M31" s="52" t="s">
+      <c r="E31" s="51" t="s">
+        <v>1</v>
+      </c>
+      <c r="F31" s="51" t="s">
+        <v>1</v>
+      </c>
+      <c r="G31" s="51" t="s">
+        <v>1</v>
+      </c>
+      <c r="H31" s="51" t="s">
+        <v>1</v>
+      </c>
+      <c r="I31" s="51" t="s">
+        <v>1</v>
+      </c>
+      <c r="J31" s="51" t="s">
+        <v>1</v>
+      </c>
+      <c r="K31" s="51" t="s">
+        <v>1</v>
+      </c>
+      <c r="L31" s="51" t="s">
+        <v>1</v>
+      </c>
+      <c r="M31" s="51" t="s">
         <v>1</v>
       </c>
       <c r="N31" s="9">
         <v>2.35</v>
       </c>
       <c r="O31" s="9">
         <v>2.4300000000000002</v>
       </c>
       <c r="P31" s="9">
         <v>2.64</v>
       </c>
       <c r="Q31" s="9">
         <v>2.73</v>
       </c>
       <c r="R31" s="9">
         <v>2.86</v>
       </c>
       <c r="S31" s="9">
         <v>2.93</v>
       </c>
       <c r="T31" s="9">
         <v>3.04</v>
       </c>
       <c r="U31" s="9">
         <v>3.11</v>
@@ -36310,267 +36319,373 @@
       <c r="AO318" s="50">
         <v>2.94</v>
       </c>
       <c r="AP318" s="50" t="s">
         <v>1</v>
       </c>
       <c r="AQ318" s="50" t="s">
         <v>1</v>
       </c>
       <c r="AR318" s="50" t="s">
         <v>1</v>
       </c>
       <c r="AS318" s="50">
         <v>3.72</v>
       </c>
       <c r="AT318" s="50" t="s">
         <v>1</v>
       </c>
       <c r="AU318" s="50" t="s">
         <v>1</v>
       </c>
       <c r="AV318" s="50" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="319" spans="2:48" s="26" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C319" s="28" t="s">
+    <row r="319" spans="2:48" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B319" s="23"/>
+      <c r="C319" s="19" t="s">
         <v>24</v>
       </c>
-      <c r="D319" s="11">
+      <c r="D319" s="8">
         <v>3.1399999999999997</v>
       </c>
-      <c r="E319" s="51" t="s">
-[...26 lines deleted...]
-      <c r="N319" s="11">
+      <c r="E319" s="36" t="s">
+        <v>1</v>
+      </c>
+      <c r="F319" s="36" t="s">
+        <v>1</v>
+      </c>
+      <c r="G319" s="36" t="s">
+        <v>1</v>
+      </c>
+      <c r="H319" s="36" t="s">
+        <v>1</v>
+      </c>
+      <c r="I319" s="36" t="s">
+        <v>1</v>
+      </c>
+      <c r="J319" s="36" t="s">
+        <v>1</v>
+      </c>
+      <c r="K319" s="36" t="s">
+        <v>1</v>
+      </c>
+      <c r="L319" s="36" t="s">
+        <v>1</v>
+      </c>
+      <c r="M319" s="36" t="s">
+        <v>1</v>
+      </c>
+      <c r="N319" s="8">
         <v>2.4500000000000002</v>
       </c>
-      <c r="O319" s="11">
+      <c r="O319" s="8">
         <v>2.4900000000000002</v>
       </c>
-      <c r="P319" s="11">
+      <c r="P319" s="8">
         <v>2.62</v>
       </c>
-      <c r="Q319" s="11">
+      <c r="Q319" s="8">
         <v>2.9</v>
       </c>
-      <c r="R319" s="11">
+      <c r="R319" s="8">
         <v>2.94</v>
       </c>
-      <c r="S319" s="11">
+      <c r="S319" s="8">
         <v>3.07</v>
       </c>
-      <c r="T319" s="11">
+      <c r="T319" s="8">
         <v>3.1</v>
       </c>
-      <c r="U319" s="11">
+      <c r="U319" s="8">
         <v>3.19</v>
       </c>
-      <c r="V319" s="11">
+      <c r="V319" s="8">
         <v>3.13</v>
       </c>
-      <c r="W319" s="11">
+      <c r="W319" s="8">
         <v>3.6</v>
       </c>
-      <c r="X319" s="11" t="s">
-[...8 lines deleted...]
-      <c r="AA319" s="11">
+      <c r="X319" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="Y319" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="Z319" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA319" s="8">
         <v>3.72</v>
       </c>
-      <c r="AB319" s="11" t="s">
-[...14 lines deleted...]
-      <c r="AG319" s="45">
+      <c r="AB319" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC319" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD319" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE319" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF319" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG319" s="37">
         <v>2.36</v>
       </c>
-      <c r="AH319" s="45">
+      <c r="AH319" s="37">
         <v>2.4500000000000002</v>
       </c>
-      <c r="AI319" s="45">
+      <c r="AI319" s="37">
         <v>2.61</v>
       </c>
-      <c r="AJ319" s="45" t="s">
-[...5 lines deleted...]
-      <c r="AL319" s="45">
+      <c r="AJ319" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="AK319" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="AL319" s="37">
         <v>2.86</v>
       </c>
-      <c r="AM319" s="45">
+      <c r="AM319" s="37">
         <v>3.04</v>
       </c>
-      <c r="AN319" s="45">
+      <c r="AN319" s="37">
         <v>3.16</v>
       </c>
-      <c r="AO319" s="45">
+      <c r="AO319" s="37">
         <v>3.14</v>
       </c>
-      <c r="AP319" s="45" t="s">
-[...8 lines deleted...]
-      <c r="AS319" s="45">
+      <c r="AP319" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="AQ319" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="AR319" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="AS319" s="37">
         <v>3.6</v>
       </c>
-      <c r="AT319" s="45" t="s">
-[...5 lines deleted...]
-      <c r="AV319" s="45" t="s">
+      <c r="AT319" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="AU319" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="AV319" s="37" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="321" spans="2:48" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...37 lines deleted...]
-      <c r="AV321" s="3"/>
+    <row r="320" spans="2:48" s="26" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B320" s="27">
+        <v>2026</v>
+      </c>
+      <c r="C320" s="28" t="s">
+        <v>13</v>
+      </c>
+      <c r="D320" s="11">
+        <v>2.94</v>
+      </c>
+      <c r="E320" s="58" t="s">
+        <v>1</v>
+      </c>
+      <c r="F320" s="58" t="s">
+        <v>1</v>
+      </c>
+      <c r="G320" s="58" t="s">
+        <v>1</v>
+      </c>
+      <c r="H320" s="58" t="s">
+        <v>1</v>
+      </c>
+      <c r="I320" s="58" t="s">
+        <v>1</v>
+      </c>
+      <c r="J320" s="58" t="s">
+        <v>1</v>
+      </c>
+      <c r="K320" s="58" t="s">
+        <v>1</v>
+      </c>
+      <c r="L320" s="58" t="s">
+        <v>1</v>
+      </c>
+      <c r="M320" s="58" t="s">
+        <v>1</v>
+      </c>
+      <c r="N320" s="11">
+        <v>2.44</v>
+      </c>
+      <c r="O320" s="11">
+        <v>2.59</v>
+      </c>
+      <c r="P320" s="11">
+        <v>2.64</v>
+      </c>
+      <c r="Q320" s="11">
+        <v>2.9</v>
+      </c>
+      <c r="R320" s="11">
+        <v>3.01</v>
+      </c>
+      <c r="S320" s="11">
+        <v>3.11</v>
+      </c>
+      <c r="T320" s="11">
+        <v>3.14</v>
+      </c>
+      <c r="U320" s="11">
+        <v>3.2</v>
+      </c>
+      <c r="V320" s="11" t="s">
+        <v>1</v>
+      </c>
+      <c r="W320" s="11">
+        <v>3.63</v>
+      </c>
+      <c r="X320" s="11" t="s">
+        <v>1</v>
+      </c>
+      <c r="Y320" s="11" t="s">
+        <v>1</v>
+      </c>
+      <c r="Z320" s="11" t="s">
+        <v>1</v>
+      </c>
+      <c r="AA320" s="11">
+        <v>3.76</v>
+      </c>
+      <c r="AB320" s="11" t="s">
+        <v>1</v>
+      </c>
+      <c r="AC320" s="11" t="s">
+        <v>1</v>
+      </c>
+      <c r="AD320" s="11" t="s">
+        <v>1</v>
+      </c>
+      <c r="AE320" s="11" t="s">
+        <v>1</v>
+      </c>
+      <c r="AF320" s="11" t="s">
+        <v>1</v>
+      </c>
+      <c r="AG320" s="45">
+        <v>2.4500000000000002</v>
+      </c>
+      <c r="AH320" s="45">
+        <v>2.5299999999999998</v>
+      </c>
+      <c r="AI320" s="45">
+        <v>2.75</v>
+      </c>
+      <c r="AJ320" s="45" t="s">
+        <v>1</v>
+      </c>
+      <c r="AK320" s="45">
+        <v>2.91</v>
+      </c>
+      <c r="AL320" s="45">
+        <v>2.85</v>
+      </c>
+      <c r="AM320" s="45">
+        <v>3.16</v>
+      </c>
+      <c r="AN320" s="45">
+        <v>3.11</v>
+      </c>
+      <c r="AO320" s="45">
+        <v>2.94</v>
+      </c>
+      <c r="AP320" s="45" t="s">
+        <v>1</v>
+      </c>
+      <c r="AQ320" s="45" t="s">
+        <v>1</v>
+      </c>
+      <c r="AR320" s="45" t="s">
+        <v>1</v>
+      </c>
+      <c r="AS320" s="45">
+        <v>3.57</v>
+      </c>
+      <c r="AT320" s="45" t="s">
+        <v>1</v>
+      </c>
+      <c r="AU320" s="45" t="s">
+        <v>1</v>
+      </c>
+      <c r="AV320" s="45" t="s">
+        <v>1</v>
+      </c>
     </row>
     <row r="322" spans="2:48" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="N322" s="4"/>
-[...33 lines deleted...]
-      <c r="AV322" s="4"/>
+      <c r="B322" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="N322" s="3"/>
+      <c r="O322" s="3"/>
+      <c r="P322" s="3"/>
+      <c r="Q322" s="3"/>
+      <c r="R322" s="3"/>
+      <c r="S322" s="3"/>
+      <c r="T322" s="3"/>
+      <c r="U322" s="3"/>
+      <c r="V322" s="3"/>
+      <c r="W322" s="3"/>
+      <c r="X322" s="3"/>
+      <c r="Y322" s="3"/>
+      <c r="Z322" s="3"/>
+      <c r="AA322" s="3"/>
+      <c r="AB322" s="3"/>
+      <c r="AC322" s="3"/>
+      <c r="AD322" s="3"/>
+      <c r="AE322" s="3"/>
+      <c r="AF322" s="3"/>
+      <c r="AG322" s="3"/>
+      <c r="AH322" s="3"/>
+      <c r="AI322" s="3"/>
+      <c r="AJ322" s="3"/>
+      <c r="AK322" s="3"/>
+      <c r="AL322" s="3"/>
+      <c r="AM322" s="3"/>
+      <c r="AN322" s="3"/>
+      <c r="AO322" s="3"/>
+      <c r="AP322" s="3"/>
+      <c r="AQ322" s="3"/>
+      <c r="AR322" s="3"/>
+      <c r="AS322" s="3"/>
+      <c r="AT322" s="3"/>
+      <c r="AU322" s="3"/>
+      <c r="AV322" s="3"/>
     </row>
     <row r="323" spans="2:48" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="N323" s="4"/>
       <c r="O323" s="4"/>
       <c r="P323" s="4"/>
       <c r="Q323" s="4"/>
       <c r="R323" s="4"/>
       <c r="S323" s="4"/>
       <c r="T323" s="4"/>
       <c r="U323" s="4"/>
       <c r="V323" s="4"/>
       <c r="W323" s="4"/>
       <c r="X323" s="4"/>
       <c r="Y323" s="4"/>
       <c r="Z323" s="4"/>
       <c r="AA323" s="4"/>
       <c r="AB323" s="4"/>
       <c r="AC323" s="4"/>
       <c r="AD323" s="4"/>
       <c r="AE323" s="4"/>
       <c r="AF323" s="4"/>
       <c r="AG323" s="4"/>
       <c r="AH323" s="4"/>
       <c r="AI323" s="4"/>
       <c r="AJ323" s="4"/>
@@ -36676,50 +36791,87 @@
       <c r="Y326" s="4"/>
       <c r="Z326" s="4"/>
       <c r="AA326" s="4"/>
       <c r="AB326" s="4"/>
       <c r="AC326" s="4"/>
       <c r="AD326" s="4"/>
       <c r="AE326" s="4"/>
       <c r="AF326" s="4"/>
       <c r="AG326" s="4"/>
       <c r="AH326" s="4"/>
       <c r="AI326" s="4"/>
       <c r="AJ326" s="4"/>
       <c r="AK326" s="4"/>
       <c r="AL326" s="4"/>
       <c r="AM326" s="4"/>
       <c r="AN326" s="4"/>
       <c r="AO326" s="4"/>
       <c r="AP326" s="4"/>
       <c r="AQ326" s="4"/>
       <c r="AR326" s="4"/>
       <c r="AS326" s="4"/>
       <c r="AT326" s="4"/>
       <c r="AU326" s="4"/>
       <c r="AV326" s="4"/>
     </row>
+    <row r="327" spans="2:48" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="N327" s="4"/>
+      <c r="O327" s="4"/>
+      <c r="P327" s="4"/>
+      <c r="Q327" s="4"/>
+      <c r="R327" s="4"/>
+      <c r="S327" s="4"/>
+      <c r="T327" s="4"/>
+      <c r="U327" s="4"/>
+      <c r="V327" s="4"/>
+      <c r="W327" s="4"/>
+      <c r="X327" s="4"/>
+      <c r="Y327" s="4"/>
+      <c r="Z327" s="4"/>
+      <c r="AA327" s="4"/>
+      <c r="AB327" s="4"/>
+      <c r="AC327" s="4"/>
+      <c r="AD327" s="4"/>
+      <c r="AE327" s="4"/>
+      <c r="AF327" s="4"/>
+      <c r="AG327" s="4"/>
+      <c r="AH327" s="4"/>
+      <c r="AI327" s="4"/>
+      <c r="AJ327" s="4"/>
+      <c r="AK327" s="4"/>
+      <c r="AL327" s="4"/>
+      <c r="AM327" s="4"/>
+      <c r="AN327" s="4"/>
+      <c r="AO327" s="4"/>
+      <c r="AP327" s="4"/>
+      <c r="AQ327" s="4"/>
+      <c r="AR327" s="4"/>
+      <c r="AS327" s="4"/>
+      <c r="AT327" s="4"/>
+      <c r="AU327" s="4"/>
+      <c r="AV327" s="4"/>
+    </row>
   </sheetData>
   <mergeCells count="8">
     <mergeCell ref="B5:B7"/>
     <mergeCell ref="C5:C7"/>
     <mergeCell ref="AG5:AV5"/>
     <mergeCell ref="AG6:AV6"/>
     <mergeCell ref="E6:M6"/>
     <mergeCell ref="D5:D7"/>
     <mergeCell ref="E5:AF5"/>
     <mergeCell ref="N6:AF6"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="84" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Radni listovi</vt:lpstr>