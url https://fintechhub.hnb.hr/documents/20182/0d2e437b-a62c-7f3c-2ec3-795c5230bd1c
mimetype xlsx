--- v1 (2025-12-23)
+++ v2 (2026-02-01)
@@ -4,51 +4,51 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\261\MOST\Agregirana bilanca DMFI i Biltenske tablice\Biltenske tablice ENG serija od 12.2010\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{ED4F7FCD-C23D-4778-88C8-F2896CAF0D3E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6B6EF44A-1F18-4E82-B968-D12D7F9FBE17}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{CCA23391-64B6-46D4-A361-AF9D36D30958}"/>
   </bookViews>
   <sheets>
     <sheet name="EUR" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
@@ -806,76 +806,76 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3C7E8CE3-D945-457F-9C4D-17FD6BD29E53}">
-  <dimension ref="B2:FY29"/>
+  <dimension ref="B2:GA29"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.85546875" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="2.7109375" style="4" customWidth="1"/>
     <col min="2" max="2" width="35.85546875" style="10" customWidth="1"/>
     <col min="3" max="16384" width="9.85546875" style="4"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B2" s="11" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="3" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B3" s="13" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="4" spans="2:181" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="2:183" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B4" s="4"/>
     </row>
-    <row r="5" spans="2:181" s="1" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2"/>
-    <row r="6" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="2:183" s="1" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="6" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B6" s="2"/>
       <c r="C6" s="3">
         <v>40543</v>
       </c>
       <c r="D6" s="3">
         <v>40574</v>
       </c>
       <c r="E6" s="3">
         <v>40602</v>
       </c>
       <c r="F6" s="3">
         <v>40633</v>
       </c>
       <c r="G6" s="3">
         <v>40663</v>
       </c>
       <c r="H6" s="3">
         <v>40694</v>
       </c>
       <c r="I6" s="3">
         <v>40724</v>
       </c>
       <c r="J6" s="3">
         <v>40755</v>
       </c>
@@ -1370,52 +1370,58 @@
       </c>
       <c r="FR6" s="3">
         <v>45747</v>
       </c>
       <c r="FS6" s="3">
         <v>45777</v>
       </c>
       <c r="FT6" s="3">
         <v>45808</v>
       </c>
       <c r="FU6" s="3">
         <v>45838</v>
       </c>
       <c r="FV6" s="3">
         <v>45869</v>
       </c>
       <c r="FW6" s="3">
         <v>45900</v>
       </c>
       <c r="FX6" s="3">
         <v>45930</v>
       </c>
       <c r="FY6" s="3">
         <v>45961</v>
       </c>
+      <c r="FZ6" s="3">
+        <v>45991</v>
+      </c>
+      <c r="GA6" s="3">
+        <v>46022</v>
+      </c>
     </row>
-    <row r="7" spans="2:181" s="15" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="2:183" s="15" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B7" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C7" s="14"/>
       <c r="D7" s="14"/>
       <c r="E7" s="14"/>
       <c r="F7" s="14"/>
       <c r="G7" s="14"/>
       <c r="H7" s="14"/>
       <c r="I7" s="14"/>
       <c r="J7" s="14"/>
       <c r="K7" s="14"/>
       <c r="L7" s="14"/>
       <c r="M7" s="14"/>
       <c r="N7" s="14"/>
       <c r="O7" s="14"/>
       <c r="P7" s="14"/>
       <c r="Q7" s="14"/>
       <c r="R7" s="14"/>
       <c r="S7" s="14"/>
       <c r="T7" s="14"/>
       <c r="U7" s="14"/>
       <c r="V7" s="14"/>
       <c r="W7" s="14"/>
       <c r="X7" s="14"/>
@@ -1554,52 +1560,54 @@
       <c r="FA7" s="14"/>
       <c r="FB7" s="14"/>
       <c r="FC7" s="14"/>
       <c r="FD7" s="14"/>
       <c r="FE7" s="14"/>
       <c r="FF7" s="14"/>
       <c r="FG7" s="14"/>
       <c r="FH7" s="14"/>
       <c r="FI7" s="14"/>
       <c r="FJ7" s="14"/>
       <c r="FK7" s="14"/>
       <c r="FL7" s="14"/>
       <c r="FM7" s="14"/>
       <c r="FN7" s="14"/>
       <c r="FO7" s="14"/>
       <c r="FP7" s="14"/>
       <c r="FQ7" s="14"/>
       <c r="FR7" s="14"/>
       <c r="FS7" s="14"/>
       <c r="FT7" s="14"/>
       <c r="FU7" s="14"/>
       <c r="FV7" s="14"/>
       <c r="FW7" s="14"/>
       <c r="FX7" s="14"/>
       <c r="FY7" s="14"/>
+      <c r="FZ7" s="14"/>
+      <c r="GA7" s="14"/>
     </row>
-    <row r="8" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B8" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C8" s="5">
         <v>302.32498027000003</v>
       </c>
       <c r="D8" s="5">
         <v>256.15332649999999</v>
       </c>
       <c r="E8" s="5">
         <v>237.35067645999999</v>
       </c>
       <c r="F8" s="5">
         <v>247.9021319</v>
       </c>
       <c r="G8" s="5">
         <v>256.79034970999999</v>
       </c>
       <c r="H8" s="5">
         <v>253.78176834000001</v>
       </c>
       <c r="I8" s="5">
         <v>243.71464850000001</v>
       </c>
       <c r="J8" s="5">
@@ -2096,52 +2104,58 @@
       </c>
       <c r="FR8" s="5">
         <v>1424.31694109</v>
       </c>
       <c r="FS8" s="5">
         <v>1432.6537765099999</v>
       </c>
       <c r="FT8" s="5">
         <v>1330.89205881</v>
       </c>
       <c r="FU8" s="5">
         <v>1245.42439999</v>
       </c>
       <c r="FV8" s="5">
         <v>1286.41739525</v>
       </c>
       <c r="FW8" s="5">
         <v>1329.89042303</v>
       </c>
       <c r="FX8" s="5">
         <v>1363.2357241899999</v>
       </c>
       <c r="FY8" s="5">
         <v>1393.5783047299999</v>
       </c>
+      <c r="FZ8" s="5">
+        <v>1358.45055579</v>
+      </c>
+      <c r="GA8" s="5">
+        <v>1510.6202008</v>
+      </c>
     </row>
-    <row r="9" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B9" s="6" t="s">
         <v>3</v>
       </c>
       <c r="C9" s="5">
         <v>299.02852275999999</v>
       </c>
       <c r="D9" s="5">
         <v>252.18808240999999</v>
       </c>
       <c r="E9" s="5">
         <v>233.26411517</v>
       </c>
       <c r="F9" s="5">
         <v>241.38246079999999</v>
       </c>
       <c r="G9" s="5">
         <v>249.98848387000001</v>
       </c>
       <c r="H9" s="5">
         <v>245.63821765</v>
       </c>
       <c r="I9" s="5">
         <v>235.21161513000001</v>
       </c>
       <c r="J9" s="5">
@@ -2638,52 +2652,58 @@
       </c>
       <c r="FR9" s="5">
         <v>1423.8066218399999</v>
       </c>
       <c r="FS9" s="5">
         <v>1432.19578606</v>
       </c>
       <c r="FT9" s="5">
         <v>1330.3441025499999</v>
       </c>
       <c r="FU9" s="5">
         <v>1244.8985825300001</v>
       </c>
       <c r="FV9" s="5">
         <v>1285.93749684</v>
       </c>
       <c r="FW9" s="5">
         <v>1328.73350265</v>
       </c>
       <c r="FX9" s="5">
         <v>1362.44639119</v>
       </c>
       <c r="FY9" s="5">
         <v>1392.9602631800001</v>
       </c>
+      <c r="FZ9" s="5">
+        <v>1357.9291629700001</v>
+      </c>
+      <c r="GA9" s="5">
+        <v>1510.05884479</v>
+      </c>
     </row>
-    <row r="10" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B10" s="6" t="s">
         <v>4</v>
       </c>
       <c r="C10" s="5">
         <v>3.2964575100000002</v>
       </c>
       <c r="D10" s="5">
         <v>3.9652440900000001</v>
       </c>
       <c r="E10" s="5">
         <v>4.0865612899999997</v>
       </c>
       <c r="F10" s="5">
         <v>6.5196711000000001</v>
       </c>
       <c r="G10" s="5">
         <v>6.8018658399999996</v>
       </c>
       <c r="H10" s="5">
         <v>8.1435506899999996</v>
       </c>
       <c r="I10" s="5">
         <v>8.5030333700000007</v>
       </c>
       <c r="J10" s="5">
@@ -3180,52 +3200,58 @@
       </c>
       <c r="FR10" s="5">
         <v>0.51031925</v>
       </c>
       <c r="FS10" s="5">
         <v>0.45799044999999999</v>
       </c>
       <c r="FT10" s="5">
         <v>0.54795625999999997</v>
       </c>
       <c r="FU10" s="5">
         <v>0.52581745999999996</v>
       </c>
       <c r="FV10" s="5">
         <v>0.47989841</v>
       </c>
       <c r="FW10" s="5">
         <v>1.1569203800000001</v>
       </c>
       <c r="FX10" s="5">
         <v>0.78933299999999995</v>
       </c>
       <c r="FY10" s="5">
         <v>0.61804155000000005</v>
       </c>
+      <c r="FZ10" s="5">
+        <v>0.52139281999999998</v>
+      </c>
+      <c r="GA10" s="5">
+        <v>0.56135601000000002</v>
+      </c>
     </row>
-    <row r="11" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B11" s="5" t="s">
         <v>5</v>
       </c>
       <c r="C11" s="5">
         <v>2648.5419339800001</v>
       </c>
       <c r="D11" s="5">
         <v>2748.6922769600001</v>
       </c>
       <c r="E11" s="5">
         <v>2783.2701863299999</v>
       </c>
       <c r="F11" s="5">
         <v>2692.5120670299998</v>
       </c>
       <c r="G11" s="5">
         <v>2778.9466311000001</v>
       </c>
       <c r="H11" s="5">
         <v>2640.5976305200002</v>
       </c>
       <c r="I11" s="5">
         <v>2762.0766883599999</v>
       </c>
       <c r="J11" s="5">
@@ -3722,52 +3748,58 @@
       </c>
       <c r="FR11" s="5">
         <v>11174.89837142</v>
       </c>
       <c r="FS11" s="5">
         <v>10777.021438219999</v>
       </c>
       <c r="FT11" s="5">
         <v>11339.413658060001</v>
       </c>
       <c r="FU11" s="5">
         <v>12004.539995659999</v>
       </c>
       <c r="FV11" s="5">
         <v>12437.872191570001</v>
       </c>
       <c r="FW11" s="5">
         <v>12630.67197248</v>
       </c>
       <c r="FX11" s="5">
         <v>12831.95126025</v>
       </c>
       <c r="FY11" s="5">
         <v>12657.115478649999</v>
       </c>
+      <c r="FZ11" s="5">
+        <v>12578.76950694</v>
+      </c>
+      <c r="GA11" s="5">
+        <v>12911.67091888</v>
+      </c>
     </row>
-    <row r="12" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B12" s="5" t="s">
         <v>6</v>
       </c>
       <c r="C12" s="5">
         <v>4174.3669631499997</v>
       </c>
       <c r="D12" s="5">
         <v>4120.8968552400001</v>
       </c>
       <c r="E12" s="5">
         <v>4093.3526583299999</v>
       </c>
       <c r="F12" s="5">
         <v>4061.0255948700001</v>
       </c>
       <c r="G12" s="5">
         <v>4067.6922688999998</v>
       </c>
       <c r="H12" s="5">
         <v>4095.44468663</v>
       </c>
       <c r="I12" s="5">
         <v>4170.7155998799999</v>
       </c>
       <c r="J12" s="5">
@@ -4264,52 +4296,58 @@
       </c>
       <c r="FR12" s="5">
         <v>27863.494221069999</v>
       </c>
       <c r="FS12" s="5">
         <v>28157.112694399999</v>
       </c>
       <c r="FT12" s="5">
         <v>28289.42301825</v>
       </c>
       <c r="FU12" s="5">
         <v>28921.120044480002</v>
       </c>
       <c r="FV12" s="5">
         <v>29533.817403829999</v>
       </c>
       <c r="FW12" s="5">
         <v>30139.515801329999</v>
       </c>
       <c r="FX12" s="5">
         <v>30029.54327717</v>
       </c>
       <c r="FY12" s="5">
         <v>30155.26906635</v>
       </c>
+      <c r="FZ12" s="5">
+        <v>30114.48086087</v>
+      </c>
+      <c r="GA12" s="5">
+        <v>30716.784093080001</v>
+      </c>
     </row>
-    <row r="13" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="13" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B13" s="5" t="s">
         <v>7</v>
       </c>
       <c r="C13" s="5">
         <v>40.479320090000002</v>
       </c>
       <c r="D13" s="5">
         <v>37.559248410000002</v>
       </c>
       <c r="E13" s="5">
         <v>40.44586589</v>
       </c>
       <c r="F13" s="5">
         <v>40.965236099999998</v>
       </c>
       <c r="G13" s="5">
         <v>47.86657546</v>
       </c>
       <c r="H13" s="5">
         <v>47.032851149999999</v>
       </c>
       <c r="I13" s="5">
         <v>57.957843099999998</v>
       </c>
       <c r="J13" s="5">
@@ -4806,52 +4844,58 @@
       </c>
       <c r="FR13" s="5">
         <v>123.23730807</v>
       </c>
       <c r="FS13" s="5">
         <v>60.854165010000003</v>
       </c>
       <c r="FT13" s="5">
         <v>124.26795051000001</v>
       </c>
       <c r="FU13" s="5">
         <v>91.487968219999999</v>
       </c>
       <c r="FV13" s="5">
         <v>98.526742819999996</v>
       </c>
       <c r="FW13" s="5">
         <v>67.677759809999998</v>
       </c>
       <c r="FX13" s="5">
         <v>84.50523785</v>
       </c>
       <c r="FY13" s="5">
         <v>104.51515074</v>
       </c>
+      <c r="FZ13" s="5">
+        <v>65.673619770000002</v>
+      </c>
+      <c r="GA13" s="5">
+        <v>88.259853640000003</v>
+      </c>
     </row>
-    <row r="14" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="14" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B14" s="5" t="s">
         <v>8</v>
       </c>
       <c r="C14" s="5">
         <v>111.56415928</v>
       </c>
       <c r="D14" s="5">
         <v>103.77169809999999</v>
       </c>
       <c r="E14" s="5">
         <v>101.62190104</v>
       </c>
       <c r="F14" s="5">
         <v>90.905258849999996</v>
       </c>
       <c r="G14" s="5">
         <v>95.938419789999998</v>
       </c>
       <c r="H14" s="5">
         <v>111.87039273000001</v>
       </c>
       <c r="I14" s="5">
         <v>87.564185649999999</v>
       </c>
       <c r="J14" s="5">
@@ -5348,52 +5392,58 @@
       </c>
       <c r="FR14" s="5">
         <v>280.56594452000002</v>
       </c>
       <c r="FS14" s="5">
         <v>252.10165498999999</v>
       </c>
       <c r="FT14" s="5">
         <v>255.38952868999999</v>
       </c>
       <c r="FU14" s="5">
         <v>219.90373593000001</v>
       </c>
       <c r="FV14" s="5">
         <v>230.85410979</v>
       </c>
       <c r="FW14" s="5">
         <v>219.43331567000001</v>
       </c>
       <c r="FX14" s="5">
         <v>235.31007116000001</v>
       </c>
       <c r="FY14" s="5">
         <v>195.67732789999999</v>
       </c>
+      <c r="FZ14" s="5">
+        <v>191.16627973000001</v>
+      </c>
+      <c r="GA14" s="5">
+        <v>219.23338957000001</v>
+      </c>
     </row>
-    <row r="15" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B15" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C15" s="5">
         <v>67.322211139999993</v>
       </c>
       <c r="D15" s="5">
         <v>57.946901769999997</v>
       </c>
       <c r="E15" s="5">
         <v>55.59306565</v>
       </c>
       <c r="F15" s="5">
         <v>63.697723709999998</v>
       </c>
       <c r="G15" s="5">
         <v>50.023046899999997</v>
       </c>
       <c r="H15" s="5">
         <v>53.847628530000001</v>
       </c>
       <c r="I15" s="5">
         <v>65.930874410000001</v>
       </c>
       <c r="J15" s="5">
@@ -5890,52 +5940,58 @@
       </c>
       <c r="FR15" s="5">
         <v>240.43510619</v>
       </c>
       <c r="FS15" s="5">
         <v>215.75776055</v>
       </c>
       <c r="FT15" s="5">
         <v>217.12426357999999</v>
       </c>
       <c r="FU15" s="5">
         <v>291.35457371000001</v>
       </c>
       <c r="FV15" s="5">
         <v>323.9769981</v>
       </c>
       <c r="FW15" s="5">
         <v>297.83066137999998</v>
       </c>
       <c r="FX15" s="5">
         <v>316.11513952000001</v>
       </c>
       <c r="FY15" s="5">
         <v>325.79079867000002</v>
       </c>
+      <c r="FZ15" s="5">
+        <v>277.59321783000001</v>
+      </c>
+      <c r="GA15" s="5">
+        <v>289.26477237</v>
+      </c>
     </row>
-    <row r="16" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B16" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C16" s="5">
         <v>34.842246340000003</v>
       </c>
       <c r="D16" s="5">
         <v>52.827516279999998</v>
       </c>
       <c r="E16" s="5">
         <v>67.248820600000002</v>
       </c>
       <c r="F16" s="5">
         <v>71.749280519999999</v>
       </c>
       <c r="G16" s="5">
         <v>56.184794230000001</v>
       </c>
       <c r="H16" s="5">
         <v>87.536967189999999</v>
       </c>
       <c r="I16" s="5">
         <v>99.390061209999999</v>
       </c>
       <c r="J16" s="5">
@@ -6432,52 +6488,58 @@
       </c>
       <c r="FR16" s="5">
         <v>350.96831455</v>
       </c>
       <c r="FS16" s="5">
         <v>355.81055629000002</v>
       </c>
       <c r="FT16" s="5">
         <v>326.73319158999999</v>
       </c>
       <c r="FU16" s="5">
         <v>366.06565085</v>
       </c>
       <c r="FV16" s="5">
         <v>342.90132101</v>
       </c>
       <c r="FW16" s="5">
         <v>441.67482393</v>
       </c>
       <c r="FX16" s="5">
         <v>458.32392687999999</v>
       </c>
       <c r="FY16" s="5">
         <v>457.41983947</v>
       </c>
+      <c r="FZ16" s="5">
+        <v>476.93809564999998</v>
+      </c>
+      <c r="GA16" s="5">
+        <v>472.55785116999999</v>
+      </c>
     </row>
-    <row r="17" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="17" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B17" s="7" t="s">
         <v>14</v>
       </c>
       <c r="C17" s="7">
         <v>7379.4418142499999</v>
       </c>
       <c r="D17" s="7">
         <v>7377.84782326</v>
       </c>
       <c r="E17" s="7">
         <v>7378.8831743000001</v>
       </c>
       <c r="F17" s="7">
         <v>7268.7572929799999</v>
       </c>
       <c r="G17" s="7">
         <v>7353.44208609</v>
       </c>
       <c r="H17" s="7">
         <v>7290.1119250900001</v>
       </c>
       <c r="I17" s="7">
         <v>7487.3499011100002</v>
       </c>
       <c r="J17" s="7">
@@ -6974,52 +7036,58 @@
       </c>
       <c r="FR17" s="7">
         <v>41457.916206909998</v>
       </c>
       <c r="FS17" s="7">
         <v>41251.31204597</v>
       </c>
       <c r="FT17" s="7">
         <v>41883.243669490003</v>
       </c>
       <c r="FU17" s="7">
         <v>43139.896368840004</v>
       </c>
       <c r="FV17" s="7">
         <v>44254.366162370003</v>
       </c>
       <c r="FW17" s="7">
         <v>45126.694757630001</v>
       </c>
       <c r="FX17" s="7">
         <v>45318.984637020003</v>
       </c>
       <c r="FY17" s="7">
         <v>45289.365966509999</v>
       </c>
+      <c r="FZ17" s="7">
+        <v>45063.072136579998</v>
+      </c>
+      <c r="GA17" s="7">
+        <v>46208.391079510002</v>
+      </c>
     </row>
-    <row r="18" spans="2:181" s="1" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="18" spans="2:183" s="1" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B18" s="1" t="s">
         <v>11</v>
       </c>
       <c r="C18" s="16"/>
       <c r="D18" s="16"/>
       <c r="E18" s="16"/>
       <c r="F18" s="16"/>
       <c r="G18" s="16"/>
       <c r="H18" s="16"/>
       <c r="I18" s="16"/>
       <c r="J18" s="16"/>
       <c r="K18" s="16"/>
       <c r="L18" s="16"/>
       <c r="M18" s="16"/>
       <c r="N18" s="16"/>
       <c r="O18" s="16"/>
       <c r="P18" s="16"/>
       <c r="Q18" s="16"/>
       <c r="R18" s="16"/>
       <c r="S18" s="16"/>
       <c r="T18" s="16"/>
       <c r="U18" s="16"/>
       <c r="V18" s="16"/>
       <c r="W18" s="16"/>
       <c r="X18" s="16"/>
@@ -7158,52 +7226,54 @@
       <c r="FA18" s="16"/>
       <c r="FB18" s="16"/>
       <c r="FC18" s="16"/>
       <c r="FD18" s="16"/>
       <c r="FE18" s="16"/>
       <c r="FF18" s="16"/>
       <c r="FG18" s="16"/>
       <c r="FH18" s="16"/>
       <c r="FI18" s="16"/>
       <c r="FJ18" s="16"/>
       <c r="FK18" s="16"/>
       <c r="FL18" s="16"/>
       <c r="FM18" s="16"/>
       <c r="FN18" s="16"/>
       <c r="FO18" s="16"/>
       <c r="FP18" s="16"/>
       <c r="FQ18" s="16"/>
       <c r="FR18" s="16"/>
       <c r="FS18" s="16"/>
       <c r="FT18" s="16"/>
       <c r="FU18" s="16"/>
       <c r="FV18" s="16"/>
       <c r="FW18" s="16"/>
       <c r="FX18" s="16"/>
       <c r="FY18" s="16"/>
+      <c r="FZ18" s="16"/>
+      <c r="GA18" s="16"/>
     </row>
-    <row r="19" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="5">
         <v>0.20792477000000001</v>
       </c>
       <c r="D19" s="5">
         <v>0.20614411999999999</v>
       </c>
       <c r="E19" s="5">
         <v>0.21498788999999999</v>
       </c>
       <c r="F19" s="5">
         <v>0.24017364999999999</v>
       </c>
       <c r="G19" s="5">
         <v>0.30221967</v>
       </c>
       <c r="H19" s="5">
         <v>0.29583005000000001</v>
       </c>
       <c r="I19" s="5">
         <v>0.30522255999999998</v>
       </c>
       <c r="J19" s="5">
@@ -7700,52 +7770,58 @@
       </c>
       <c r="FR19" s="5">
         <v>0.82564190000000004</v>
       </c>
       <c r="FS19" s="5">
         <v>0.84517724000000005</v>
       </c>
       <c r="FT19" s="5">
         <v>0.96012025999999995</v>
       </c>
       <c r="FU19" s="5">
         <v>0.74623751000000005</v>
       </c>
       <c r="FV19" s="5">
         <v>0.70195772000000001</v>
       </c>
       <c r="FW19" s="5">
         <v>0.71130064000000004</v>
       </c>
       <c r="FX19" s="5">
         <v>0.67061395000000001</v>
       </c>
       <c r="FY19" s="5">
         <v>0.68090877999999999</v>
       </c>
+      <c r="FZ19" s="5">
+        <v>0.54113012000000005</v>
+      </c>
+      <c r="GA19" s="5">
+        <v>0.52646455999999997</v>
+      </c>
     </row>
-    <row r="20" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="20" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B20" s="6" t="s">
         <v>3</v>
       </c>
       <c r="C20" s="5">
         <v>0.14565845999999999</v>
       </c>
       <c r="D20" s="5">
         <v>0.13722539</v>
       </c>
       <c r="E20" s="5">
         <v>0.13591845999999999</v>
       </c>
       <c r="F20" s="5">
         <v>0.15185698</v>
       </c>
       <c r="G20" s="5">
         <v>0.15802757000000001</v>
       </c>
       <c r="H20" s="5">
         <v>0.18101866</v>
       </c>
       <c r="I20" s="5">
         <v>0.17690824999999999</v>
       </c>
       <c r="J20" s="5">
@@ -8242,52 +8318,58 @@
       </c>
       <c r="FR20" s="5">
         <v>0.51529590999999997</v>
       </c>
       <c r="FS20" s="5">
         <v>0.52944687000000001</v>
       </c>
       <c r="FT20" s="5">
         <v>0.61509636000000001</v>
       </c>
       <c r="FU20" s="5">
         <v>0.50754314</v>
       </c>
       <c r="FV20" s="5">
         <v>0.46542844</v>
       </c>
       <c r="FW20" s="5">
         <v>0.47655048</v>
       </c>
       <c r="FX20" s="5">
         <v>0.45902161000000002</v>
       </c>
       <c r="FY20" s="5">
         <v>0.47468827000000002</v>
       </c>
+      <c r="FZ20" s="5">
+        <v>0.40442569</v>
+      </c>
+      <c r="GA20" s="5">
+        <v>0.37794037000000003</v>
+      </c>
     </row>
-    <row r="21" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="21" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B21" s="6" t="s">
         <v>4</v>
       </c>
       <c r="C21" s="5">
         <v>6.2266309999999998E-2</v>
       </c>
       <c r="D21" s="5">
         <v>6.8918729999999997E-2</v>
       </c>
       <c r="E21" s="5">
         <v>7.9069429999999996E-2</v>
       </c>
       <c r="F21" s="5">
         <v>8.831667E-2</v>
       </c>
       <c r="G21" s="5">
         <v>0.14419209999999999</v>
       </c>
       <c r="H21" s="5">
         <v>0.11481139</v>
       </c>
       <c r="I21" s="5">
         <v>0.12831430999999999</v>
       </c>
       <c r="J21" s="5">
@@ -8784,52 +8866,58 @@
       </c>
       <c r="FR21" s="5">
         <v>0.31034599000000002</v>
       </c>
       <c r="FS21" s="5">
         <v>0.31573036999999998</v>
       </c>
       <c r="FT21" s="5">
         <v>0.34502389999999999</v>
       </c>
       <c r="FU21" s="5">
         <v>0.23869436999999999</v>
       </c>
       <c r="FV21" s="5">
         <v>0.23652928000000001</v>
       </c>
       <c r="FW21" s="5">
         <v>0.23475016000000001</v>
       </c>
       <c r="FX21" s="5">
         <v>0.21159233999999999</v>
       </c>
       <c r="FY21" s="5">
         <v>0.20622051</v>
       </c>
+      <c r="FZ21" s="5">
+        <v>0.13670442999999999</v>
+      </c>
+      <c r="GA21" s="5">
+        <v>0.14852419</v>
+      </c>
     </row>
-    <row r="22" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="22" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B22" s="5" t="s">
         <v>5</v>
       </c>
       <c r="C22" s="5">
         <v>95.652340300000006</v>
       </c>
       <c r="D22" s="5">
         <v>103.15416897999999</v>
       </c>
       <c r="E22" s="5">
         <v>123.42997200000001</v>
       </c>
       <c r="F22" s="5">
         <v>118.90874447</v>
       </c>
       <c r="G22" s="5">
         <v>108.87955426000001</v>
       </c>
       <c r="H22" s="5">
         <v>105.20109144</v>
       </c>
       <c r="I22" s="5">
         <v>154.56793089000001</v>
       </c>
       <c r="J22" s="5">
@@ -9326,52 +9414,58 @@
       </c>
       <c r="FR22" s="5">
         <v>333.05607185999997</v>
       </c>
       <c r="FS22" s="5">
         <v>314.83450354000001</v>
       </c>
       <c r="FT22" s="5">
         <v>352.41052589999998</v>
       </c>
       <c r="FU22" s="5">
         <v>393.2646785</v>
       </c>
       <c r="FV22" s="5">
         <v>398.79494670000003</v>
       </c>
       <c r="FW22" s="5">
         <v>353.02926344999997</v>
       </c>
       <c r="FX22" s="5">
         <v>391.6883191</v>
       </c>
       <c r="FY22" s="5">
         <v>350.28589711000001</v>
       </c>
+      <c r="FZ22" s="5">
+        <v>399.27759294999998</v>
+      </c>
+      <c r="GA22" s="5">
+        <v>359.29524437999999</v>
+      </c>
     </row>
-    <row r="23" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="23" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B23" s="5" t="s">
         <v>6</v>
       </c>
       <c r="C23" s="5">
         <v>366.53216981999998</v>
       </c>
       <c r="D23" s="5">
         <v>354.82213789999997</v>
       </c>
       <c r="E23" s="5">
         <v>357.17538407000001</v>
       </c>
       <c r="F23" s="5">
         <v>364.88426461</v>
       </c>
       <c r="G23" s="5">
         <v>354.54246563999999</v>
       </c>
       <c r="H23" s="5">
         <v>364.18054597999998</v>
       </c>
       <c r="I23" s="5">
         <v>364.30339762</v>
       </c>
       <c r="J23" s="5">
@@ -9868,52 +9962,58 @@
       </c>
       <c r="FR23" s="5">
         <v>1435.25900138</v>
       </c>
       <c r="FS23" s="5">
         <v>1393.0478828099999</v>
       </c>
       <c r="FT23" s="5">
         <v>1403.0681234799999</v>
       </c>
       <c r="FU23" s="5">
         <v>1388.0670407699999</v>
       </c>
       <c r="FV23" s="5">
         <v>1407.5975010699999</v>
       </c>
       <c r="FW23" s="5">
         <v>1393.34932252</v>
       </c>
       <c r="FX23" s="5">
         <v>1386.3246624599999</v>
       </c>
       <c r="FY23" s="5">
         <v>1400.79677397</v>
       </c>
+      <c r="FZ23" s="5">
+        <v>1398.5666381999999</v>
+      </c>
+      <c r="GA23" s="5">
+        <v>1371.3561250499999</v>
+      </c>
     </row>
-    <row r="24" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="24" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B24" s="5" t="s">
         <v>7</v>
       </c>
       <c r="C24" s="5">
         <v>11.09174026</v>
       </c>
       <c r="D24" s="5">
         <v>15.901176850000001</v>
       </c>
       <c r="E24" s="5">
         <v>11.75859479</v>
       </c>
       <c r="F24" s="5">
         <v>9.6233412000000005</v>
       </c>
       <c r="G24" s="5">
         <v>8.2973212600000004</v>
       </c>
       <c r="H24" s="5">
         <v>12.634111109999999</v>
       </c>
       <c r="I24" s="5">
         <v>12.205212899999999</v>
       </c>
       <c r="J24" s="5">
@@ -10410,52 +10510,58 @@
       </c>
       <c r="FR24" s="5">
         <v>11.26205612</v>
       </c>
       <c r="FS24" s="5">
         <v>10.91665706</v>
       </c>
       <c r="FT24" s="5">
         <v>15.19876797</v>
       </c>
       <c r="FU24" s="5">
         <v>13.16151247</v>
       </c>
       <c r="FV24" s="5">
         <v>15.43487906</v>
       </c>
       <c r="FW24" s="5">
         <v>9.5632100599999994</v>
       </c>
       <c r="FX24" s="5">
         <v>18.151417120000001</v>
       </c>
       <c r="FY24" s="5">
         <v>18.620437240000001</v>
       </c>
+      <c r="FZ24" s="5">
+        <v>20.82226163</v>
+      </c>
+      <c r="GA24" s="5">
+        <v>21.997549200000002</v>
+      </c>
     </row>
-    <row r="25" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="25" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B25" s="5" t="s">
         <v>8</v>
       </c>
       <c r="C25" s="5">
         <v>19.91673784</v>
       </c>
       <c r="D25" s="5">
         <v>3.2301380499999999</v>
       </c>
       <c r="E25" s="5">
         <v>1.56226599</v>
       </c>
       <c r="F25" s="5">
         <v>0.57272330000000005</v>
       </c>
       <c r="G25" s="5">
         <v>5.81046438</v>
       </c>
       <c r="H25" s="5">
         <v>1.36008788</v>
       </c>
       <c r="I25" s="5">
         <v>1.15518118</v>
       </c>
       <c r="J25" s="5">
@@ -10952,52 +11058,58 @@
       </c>
       <c r="FR25" s="5">
         <v>0.48192649999999998</v>
       </c>
       <c r="FS25" s="5">
         <v>0.50841848000000001</v>
       </c>
       <c r="FT25" s="5">
         <v>0.57138953000000003</v>
       </c>
       <c r="FU25" s="5">
         <v>0.49727405000000002</v>
       </c>
       <c r="FV25" s="5">
         <v>0.63846619999999998</v>
       </c>
       <c r="FW25" s="5">
         <v>0.56904120000000002</v>
       </c>
       <c r="FX25" s="5">
         <v>1.16827719</v>
       </c>
       <c r="FY25" s="5">
         <v>0.92828999999999995</v>
       </c>
+      <c r="FZ25" s="5">
+        <v>1.07817582</v>
+      </c>
+      <c r="GA25" s="5">
+        <v>1.25597889</v>
+      </c>
     </row>
-    <row r="26" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="26" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B26" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C26" s="5">
         <v>17.015749230000001</v>
       </c>
       <c r="D26" s="5">
         <v>2.3924038799999998</v>
       </c>
       <c r="E26" s="5">
         <v>1.2480496999999999</v>
       </c>
       <c r="F26" s="5">
         <v>1.0295619600000001</v>
       </c>
       <c r="G26" s="5">
         <v>1.02081282</v>
       </c>
       <c r="H26" s="5">
         <v>1.06137952</v>
       </c>
       <c r="I26" s="5">
         <v>0.95267754000000004</v>
       </c>
       <c r="J26" s="5">
@@ -11494,52 +11606,58 @@
       </c>
       <c r="FR26" s="5">
         <v>10.20907495</v>
       </c>
       <c r="FS26" s="5">
         <v>9.4289434100000005</v>
       </c>
       <c r="FT26" s="5">
         <v>12.218543609999999</v>
       </c>
       <c r="FU26" s="5">
         <v>10.00458145</v>
       </c>
       <c r="FV26" s="5">
         <v>10.317219420000001</v>
       </c>
       <c r="FW26" s="5">
         <v>6.8183672499999997</v>
       </c>
       <c r="FX26" s="5">
         <v>8.4348613100000005</v>
       </c>
       <c r="FY26" s="5">
         <v>9.7900934700000004</v>
       </c>
+      <c r="FZ26" s="5">
+        <v>7.95587847</v>
+      </c>
+      <c r="GA26" s="5">
+        <v>15.18119574</v>
+      </c>
     </row>
-    <row r="27" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="27" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B27" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C27" s="5">
         <v>1.8693810799999999</v>
       </c>
       <c r="D27" s="5">
         <v>13.13862496</v>
       </c>
       <c r="E27" s="5">
         <v>14.21486632</v>
       </c>
       <c r="F27" s="5">
         <v>1.6499895600000001</v>
       </c>
       <c r="G27" s="5">
         <v>4.6135426500000003</v>
       </c>
       <c r="H27" s="5">
         <v>4.8310028599999999</v>
       </c>
       <c r="I27" s="5">
         <v>13.227661100000001</v>
       </c>
       <c r="J27" s="5">
@@ -12036,52 +12154,58 @@
       </c>
       <c r="FR27" s="5">
         <v>8.9303117699999994</v>
       </c>
       <c r="FS27" s="5">
         <v>9.6851447900000007</v>
       </c>
       <c r="FT27" s="5">
         <v>27.036629269999999</v>
       </c>
       <c r="FU27" s="5">
         <v>25.933941019999999</v>
       </c>
       <c r="FV27" s="5">
         <v>27.861020610000001</v>
       </c>
       <c r="FW27" s="5">
         <v>25.22996144</v>
       </c>
       <c r="FX27" s="5">
         <v>37.45239394</v>
       </c>
       <c r="FY27" s="5">
         <v>30.533206379999999</v>
       </c>
+      <c r="FZ27" s="5">
+        <v>35.681770649999997</v>
+      </c>
+      <c r="GA27" s="5">
+        <v>29.229885020000001</v>
+      </c>
     </row>
-    <row r="28" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="28" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B28" s="7" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="8">
         <v>512.28604329999996</v>
       </c>
       <c r="D28" s="8">
         <v>492.84479474</v>
       </c>
       <c r="E28" s="8">
         <v>509.60412076</v>
       </c>
       <c r="F28" s="8">
         <v>496.90879875000002</v>
       </c>
       <c r="G28" s="8">
         <v>483.46638067999999</v>
       </c>
       <c r="H28" s="8">
         <v>489.56404884</v>
       </c>
       <c r="I28" s="8">
         <v>546.71728379000001</v>
       </c>
       <c r="J28" s="8">
@@ -12578,52 +12702,58 @@
       </c>
       <c r="FR28" s="8">
         <v>1800.0240844800001</v>
       </c>
       <c r="FS28" s="8">
         <v>1739.2667273300001</v>
       </c>
       <c r="FT28" s="8">
         <v>1811.4641000199999</v>
       </c>
       <c r="FU28" s="8">
         <v>1831.6752657699999</v>
       </c>
       <c r="FV28" s="8">
         <v>1861.34599078</v>
       </c>
       <c r="FW28" s="8">
         <v>1789.2704665599999</v>
       </c>
       <c r="FX28" s="8">
         <v>1843.8905450699999</v>
       </c>
       <c r="FY28" s="8">
         <v>1811.63560695</v>
       </c>
+      <c r="FZ28" s="8">
+        <v>1863.9234478400001</v>
+      </c>
+      <c r="GA28" s="8">
+        <v>1798.8424428400001</v>
+      </c>
     </row>
-    <row r="29" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="29" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B29" s="12" t="s">
         <v>15</v>
       </c>
       <c r="C29" s="9">
         <v>7891.7278575500004</v>
       </c>
       <c r="D29" s="9">
         <v>7870.692618</v>
       </c>
       <c r="E29" s="9">
         <v>7888.4872950600002</v>
       </c>
       <c r="F29" s="9">
         <v>7765.6660917299996</v>
       </c>
       <c r="G29" s="9">
         <v>7836.9084667699999</v>
       </c>
       <c r="H29" s="9">
         <v>7779.6759739299996</v>
       </c>
       <c r="I29" s="9">
         <v>8034.0671849</v>
       </c>
       <c r="J29" s="9">
@@ -13119,50 +13249,56 @@
         <v>42816.811322080001</v>
       </c>
       <c r="FR29" s="9">
         <v>43257.940291389998</v>
       </c>
       <c r="FS29" s="9">
         <v>42990.578773300003</v>
       </c>
       <c r="FT29" s="9">
         <v>43694.707769510002</v>
       </c>
       <c r="FU29" s="9">
         <v>44971.571634610002</v>
       </c>
       <c r="FV29" s="9">
         <v>46115.712153150002</v>
       </c>
       <c r="FW29" s="9">
         <v>46915.965224189997</v>
       </c>
       <c r="FX29" s="9">
         <v>47162.87518209</v>
       </c>
       <c r="FY29" s="9">
         <v>47101.001573460002</v>
+      </c>
+      <c r="FZ29" s="9">
+        <v>46926.995584420001</v>
+      </c>
+      <c r="GA29" s="9">
+        <v>48007.233522349998</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Radni listovi</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>EUR</vt:lpstr>