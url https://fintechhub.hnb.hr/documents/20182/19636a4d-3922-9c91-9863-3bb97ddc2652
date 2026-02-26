--- v2 (2026-01-13)
+++ v3 (2026-02-26)
@@ -5,77 +5,77 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\262\VRPA\BILTENSKE TABLICE\G8a_EA\Biltenske tablice\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{93E48181-E1DB-4AA4-A4F2-170447090334}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{DBFC1C7F-6333-48F7-9FB3-9AAB0999CB15}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="EUR" sheetId="2" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="129" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="134" uniqueCount="23">
   <si>
     <t>Table G8a Interest rates on MoF treasury bills</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>3 months</t>
   </si>
   <si>
     <t>6 months</t>
   </si>
   <si>
     <t>12 months</t>
   </si>
   <si>
     <t>January</t>
   </si>
   <si>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
@@ -129,50 +129,53 @@
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>a</t>
     </r>
   </si>
   <si>
     <t>August</t>
   </si>
   <si>
     <t>September</t>
   </si>
   <si>
     <t>October</t>
   </si>
   <si>
     <t>November</t>
   </si>
   <si>
     <t>December</t>
   </si>
   <si>
     <t>2025</t>
+  </si>
+  <si>
+    <t>2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.0000_);\(#,##0.0000\)"/>
     <numFmt numFmtId="165" formatCode="0.000000"/>
     <numFmt numFmtId="166" formatCode="#,##0.0"/>
   </numFmts>
   <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Courier"/>
       <family val="3"/>
     </font>
     <font>
@@ -754,433 +757,433 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="B2:F50"/>
+  <dimension ref="B2:F51"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="8.6640625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="3.7109375" style="2" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="233" max="233" width="7.42578125" style="2" customWidth="1"/>
+    <col min="1" max="1" width="3.6640625" style="2" customWidth="1"/>
+    <col min="2" max="2" width="10.6640625" style="2" customWidth="1"/>
+    <col min="3" max="3" width="12.6640625" style="2" customWidth="1"/>
+    <col min="4" max="6" width="15.6640625" style="2" customWidth="1"/>
+    <col min="7" max="231" width="9.1640625" style="2"/>
+    <col min="232" max="232" width="8.6640625" style="2" customWidth="1"/>
+    <col min="233" max="233" width="7.5" style="2" customWidth="1"/>
     <col min="234" max="236" width="11" style="2" customWidth="1"/>
     <col min="237" max="238" width="13" style="2" customWidth="1"/>
-    <col min="239" max="487" width="9.140625" style="2"/>
-[...1 lines deleted...]
-    <col min="489" max="489" width="7.42578125" style="2" customWidth="1"/>
+    <col min="239" max="487" width="9.1640625" style="2"/>
+    <col min="488" max="488" width="8.6640625" style="2" customWidth="1"/>
+    <col min="489" max="489" width="7.5" style="2" customWidth="1"/>
     <col min="490" max="492" width="11" style="2" customWidth="1"/>
     <col min="493" max="494" width="13" style="2" customWidth="1"/>
-    <col min="495" max="743" width="9.140625" style="2"/>
-[...1 lines deleted...]
-    <col min="745" max="745" width="7.42578125" style="2" customWidth="1"/>
+    <col min="495" max="743" width="9.1640625" style="2"/>
+    <col min="744" max="744" width="8.6640625" style="2" customWidth="1"/>
+    <col min="745" max="745" width="7.5" style="2" customWidth="1"/>
     <col min="746" max="748" width="11" style="2" customWidth="1"/>
     <col min="749" max="750" width="13" style="2" customWidth="1"/>
-    <col min="751" max="999" width="9.140625" style="2"/>
-[...1 lines deleted...]
-    <col min="1001" max="1001" width="7.42578125" style="2" customWidth="1"/>
+    <col min="751" max="999" width="9.1640625" style="2"/>
+    <col min="1000" max="1000" width="8.6640625" style="2" customWidth="1"/>
+    <col min="1001" max="1001" width="7.5" style="2" customWidth="1"/>
     <col min="1002" max="1004" width="11" style="2" customWidth="1"/>
     <col min="1005" max="1006" width="13" style="2" customWidth="1"/>
-    <col min="1007" max="1255" width="9.140625" style="2"/>
-[...1 lines deleted...]
-    <col min="1257" max="1257" width="7.42578125" style="2" customWidth="1"/>
+    <col min="1007" max="1255" width="9.1640625" style="2"/>
+    <col min="1256" max="1256" width="8.6640625" style="2" customWidth="1"/>
+    <col min="1257" max="1257" width="7.5" style="2" customWidth="1"/>
     <col min="1258" max="1260" width="11" style="2" customWidth="1"/>
     <col min="1261" max="1262" width="13" style="2" customWidth="1"/>
-    <col min="1263" max="1511" width="9.140625" style="2"/>
-[...1 lines deleted...]
-    <col min="1513" max="1513" width="7.42578125" style="2" customWidth="1"/>
+    <col min="1263" max="1511" width="9.1640625" style="2"/>
+    <col min="1512" max="1512" width="8.6640625" style="2" customWidth="1"/>
+    <col min="1513" max="1513" width="7.5" style="2" customWidth="1"/>
     <col min="1514" max="1516" width="11" style="2" customWidth="1"/>
     <col min="1517" max="1518" width="13" style="2" customWidth="1"/>
-    <col min="1519" max="1767" width="9.140625" style="2"/>
-[...1 lines deleted...]
-    <col min="1769" max="1769" width="7.42578125" style="2" customWidth="1"/>
+    <col min="1519" max="1767" width="9.1640625" style="2"/>
+    <col min="1768" max="1768" width="8.6640625" style="2" customWidth="1"/>
+    <col min="1769" max="1769" width="7.5" style="2" customWidth="1"/>
     <col min="1770" max="1772" width="11" style="2" customWidth="1"/>
     <col min="1773" max="1774" width="13" style="2" customWidth="1"/>
-    <col min="1775" max="2023" width="9.140625" style="2"/>
-[...1 lines deleted...]
-    <col min="2025" max="2025" width="7.42578125" style="2" customWidth="1"/>
+    <col min="1775" max="2023" width="9.1640625" style="2"/>
+    <col min="2024" max="2024" width="8.6640625" style="2" customWidth="1"/>
+    <col min="2025" max="2025" width="7.5" style="2" customWidth="1"/>
     <col min="2026" max="2028" width="11" style="2" customWidth="1"/>
     <col min="2029" max="2030" width="13" style="2" customWidth="1"/>
-    <col min="2031" max="2279" width="9.140625" style="2"/>
-[...1 lines deleted...]
-    <col min="2281" max="2281" width="7.42578125" style="2" customWidth="1"/>
+    <col min="2031" max="2279" width="9.1640625" style="2"/>
+    <col min="2280" max="2280" width="8.6640625" style="2" customWidth="1"/>
+    <col min="2281" max="2281" width="7.5" style="2" customWidth="1"/>
     <col min="2282" max="2284" width="11" style="2" customWidth="1"/>
     <col min="2285" max="2286" width="13" style="2" customWidth="1"/>
-    <col min="2287" max="2535" width="9.140625" style="2"/>
-[...1 lines deleted...]
-    <col min="2537" max="2537" width="7.42578125" style="2" customWidth="1"/>
+    <col min="2287" max="2535" width="9.1640625" style="2"/>
+    <col min="2536" max="2536" width="8.6640625" style="2" customWidth="1"/>
+    <col min="2537" max="2537" width="7.5" style="2" customWidth="1"/>
     <col min="2538" max="2540" width="11" style="2" customWidth="1"/>
     <col min="2541" max="2542" width="13" style="2" customWidth="1"/>
-    <col min="2543" max="2791" width="9.140625" style="2"/>
-[...1 lines deleted...]
-    <col min="2793" max="2793" width="7.42578125" style="2" customWidth="1"/>
+    <col min="2543" max="2791" width="9.1640625" style="2"/>
+    <col min="2792" max="2792" width="8.6640625" style="2" customWidth="1"/>
+    <col min="2793" max="2793" width="7.5" style="2" customWidth="1"/>
     <col min="2794" max="2796" width="11" style="2" customWidth="1"/>
     <col min="2797" max="2798" width="13" style="2" customWidth="1"/>
-    <col min="2799" max="3047" width="9.140625" style="2"/>
-[...1 lines deleted...]
-    <col min="3049" max="3049" width="7.42578125" style="2" customWidth="1"/>
+    <col min="2799" max="3047" width="9.1640625" style="2"/>
+    <col min="3048" max="3048" width="8.6640625" style="2" customWidth="1"/>
+    <col min="3049" max="3049" width="7.5" style="2" customWidth="1"/>
     <col min="3050" max="3052" width="11" style="2" customWidth="1"/>
     <col min="3053" max="3054" width="13" style="2" customWidth="1"/>
-    <col min="3055" max="3303" width="9.140625" style="2"/>
-[...1 lines deleted...]
-    <col min="3305" max="3305" width="7.42578125" style="2" customWidth="1"/>
+    <col min="3055" max="3303" width="9.1640625" style="2"/>
+    <col min="3304" max="3304" width="8.6640625" style="2" customWidth="1"/>
+    <col min="3305" max="3305" width="7.5" style="2" customWidth="1"/>
     <col min="3306" max="3308" width="11" style="2" customWidth="1"/>
     <col min="3309" max="3310" width="13" style="2" customWidth="1"/>
-    <col min="3311" max="3559" width="9.140625" style="2"/>
-[...1 lines deleted...]
-    <col min="3561" max="3561" width="7.42578125" style="2" customWidth="1"/>
+    <col min="3311" max="3559" width="9.1640625" style="2"/>
+    <col min="3560" max="3560" width="8.6640625" style="2" customWidth="1"/>
+    <col min="3561" max="3561" width="7.5" style="2" customWidth="1"/>
     <col min="3562" max="3564" width="11" style="2" customWidth="1"/>
     <col min="3565" max="3566" width="13" style="2" customWidth="1"/>
-    <col min="3567" max="3815" width="9.140625" style="2"/>
-[...1 lines deleted...]
-    <col min="3817" max="3817" width="7.42578125" style="2" customWidth="1"/>
+    <col min="3567" max="3815" width="9.1640625" style="2"/>
+    <col min="3816" max="3816" width="8.6640625" style="2" customWidth="1"/>
+    <col min="3817" max="3817" width="7.5" style="2" customWidth="1"/>
     <col min="3818" max="3820" width="11" style="2" customWidth="1"/>
     <col min="3821" max="3822" width="13" style="2" customWidth="1"/>
-    <col min="3823" max="4071" width="9.140625" style="2"/>
-[...1 lines deleted...]
-    <col min="4073" max="4073" width="7.42578125" style="2" customWidth="1"/>
+    <col min="3823" max="4071" width="9.1640625" style="2"/>
+    <col min="4072" max="4072" width="8.6640625" style="2" customWidth="1"/>
+    <col min="4073" max="4073" width="7.5" style="2" customWidth="1"/>
     <col min="4074" max="4076" width="11" style="2" customWidth="1"/>
     <col min="4077" max="4078" width="13" style="2" customWidth="1"/>
-    <col min="4079" max="4327" width="9.140625" style="2"/>
-[...1 lines deleted...]
-    <col min="4329" max="4329" width="7.42578125" style="2" customWidth="1"/>
+    <col min="4079" max="4327" width="9.1640625" style="2"/>
+    <col min="4328" max="4328" width="8.6640625" style="2" customWidth="1"/>
+    <col min="4329" max="4329" width="7.5" style="2" customWidth="1"/>
     <col min="4330" max="4332" width="11" style="2" customWidth="1"/>
     <col min="4333" max="4334" width="13" style="2" customWidth="1"/>
-    <col min="4335" max="4583" width="9.140625" style="2"/>
-[...1 lines deleted...]
-    <col min="4585" max="4585" width="7.42578125" style="2" customWidth="1"/>
+    <col min="4335" max="4583" width="9.1640625" style="2"/>
+    <col min="4584" max="4584" width="8.6640625" style="2" customWidth="1"/>
+    <col min="4585" max="4585" width="7.5" style="2" customWidth="1"/>
     <col min="4586" max="4588" width="11" style="2" customWidth="1"/>
     <col min="4589" max="4590" width="13" style="2" customWidth="1"/>
-    <col min="4591" max="4839" width="9.140625" style="2"/>
-[...1 lines deleted...]
-    <col min="4841" max="4841" width="7.42578125" style="2" customWidth="1"/>
+    <col min="4591" max="4839" width="9.1640625" style="2"/>
+    <col min="4840" max="4840" width="8.6640625" style="2" customWidth="1"/>
+    <col min="4841" max="4841" width="7.5" style="2" customWidth="1"/>
     <col min="4842" max="4844" width="11" style="2" customWidth="1"/>
     <col min="4845" max="4846" width="13" style="2" customWidth="1"/>
-    <col min="4847" max="5095" width="9.140625" style="2"/>
-[...1 lines deleted...]
-    <col min="5097" max="5097" width="7.42578125" style="2" customWidth="1"/>
+    <col min="4847" max="5095" width="9.1640625" style="2"/>
+    <col min="5096" max="5096" width="8.6640625" style="2" customWidth="1"/>
+    <col min="5097" max="5097" width="7.5" style="2" customWidth="1"/>
     <col min="5098" max="5100" width="11" style="2" customWidth="1"/>
     <col min="5101" max="5102" width="13" style="2" customWidth="1"/>
-    <col min="5103" max="5351" width="9.140625" style="2"/>
-[...1 lines deleted...]
-    <col min="5353" max="5353" width="7.42578125" style="2" customWidth="1"/>
+    <col min="5103" max="5351" width="9.1640625" style="2"/>
+    <col min="5352" max="5352" width="8.6640625" style="2" customWidth="1"/>
+    <col min="5353" max="5353" width="7.5" style="2" customWidth="1"/>
     <col min="5354" max="5356" width="11" style="2" customWidth="1"/>
     <col min="5357" max="5358" width="13" style="2" customWidth="1"/>
-    <col min="5359" max="5607" width="9.140625" style="2"/>
-[...1 lines deleted...]
-    <col min="5609" max="5609" width="7.42578125" style="2" customWidth="1"/>
+    <col min="5359" max="5607" width="9.1640625" style="2"/>
+    <col min="5608" max="5608" width="8.6640625" style="2" customWidth="1"/>
+    <col min="5609" max="5609" width="7.5" style="2" customWidth="1"/>
     <col min="5610" max="5612" width="11" style="2" customWidth="1"/>
     <col min="5613" max="5614" width="13" style="2" customWidth="1"/>
-    <col min="5615" max="5863" width="9.140625" style="2"/>
-[...1 lines deleted...]
-    <col min="5865" max="5865" width="7.42578125" style="2" customWidth="1"/>
+    <col min="5615" max="5863" width="9.1640625" style="2"/>
+    <col min="5864" max="5864" width="8.6640625" style="2" customWidth="1"/>
+    <col min="5865" max="5865" width="7.5" style="2" customWidth="1"/>
     <col min="5866" max="5868" width="11" style="2" customWidth="1"/>
     <col min="5869" max="5870" width="13" style="2" customWidth="1"/>
-    <col min="5871" max="6119" width="9.140625" style="2"/>
-[...1 lines deleted...]
-    <col min="6121" max="6121" width="7.42578125" style="2" customWidth="1"/>
+    <col min="5871" max="6119" width="9.1640625" style="2"/>
+    <col min="6120" max="6120" width="8.6640625" style="2" customWidth="1"/>
+    <col min="6121" max="6121" width="7.5" style="2" customWidth="1"/>
     <col min="6122" max="6124" width="11" style="2" customWidth="1"/>
     <col min="6125" max="6126" width="13" style="2" customWidth="1"/>
-    <col min="6127" max="6375" width="9.140625" style="2"/>
-[...1 lines deleted...]
-    <col min="6377" max="6377" width="7.42578125" style="2" customWidth="1"/>
+    <col min="6127" max="6375" width="9.1640625" style="2"/>
+    <col min="6376" max="6376" width="8.6640625" style="2" customWidth="1"/>
+    <col min="6377" max="6377" width="7.5" style="2" customWidth="1"/>
     <col min="6378" max="6380" width="11" style="2" customWidth="1"/>
     <col min="6381" max="6382" width="13" style="2" customWidth="1"/>
-    <col min="6383" max="6631" width="9.140625" style="2"/>
-[...1 lines deleted...]
-    <col min="6633" max="6633" width="7.42578125" style="2" customWidth="1"/>
+    <col min="6383" max="6631" width="9.1640625" style="2"/>
+    <col min="6632" max="6632" width="8.6640625" style="2" customWidth="1"/>
+    <col min="6633" max="6633" width="7.5" style="2" customWidth="1"/>
     <col min="6634" max="6636" width="11" style="2" customWidth="1"/>
     <col min="6637" max="6638" width="13" style="2" customWidth="1"/>
-    <col min="6639" max="6887" width="9.140625" style="2"/>
-[...1 lines deleted...]
-    <col min="6889" max="6889" width="7.42578125" style="2" customWidth="1"/>
+    <col min="6639" max="6887" width="9.1640625" style="2"/>
+    <col min="6888" max="6888" width="8.6640625" style="2" customWidth="1"/>
+    <col min="6889" max="6889" width="7.5" style="2" customWidth="1"/>
     <col min="6890" max="6892" width="11" style="2" customWidth="1"/>
     <col min="6893" max="6894" width="13" style="2" customWidth="1"/>
-    <col min="6895" max="7143" width="9.140625" style="2"/>
-[...1 lines deleted...]
-    <col min="7145" max="7145" width="7.42578125" style="2" customWidth="1"/>
+    <col min="6895" max="7143" width="9.1640625" style="2"/>
+    <col min="7144" max="7144" width="8.6640625" style="2" customWidth="1"/>
+    <col min="7145" max="7145" width="7.5" style="2" customWidth="1"/>
     <col min="7146" max="7148" width="11" style="2" customWidth="1"/>
     <col min="7149" max="7150" width="13" style="2" customWidth="1"/>
-    <col min="7151" max="7399" width="9.140625" style="2"/>
-[...1 lines deleted...]
-    <col min="7401" max="7401" width="7.42578125" style="2" customWidth="1"/>
+    <col min="7151" max="7399" width="9.1640625" style="2"/>
+    <col min="7400" max="7400" width="8.6640625" style="2" customWidth="1"/>
+    <col min="7401" max="7401" width="7.5" style="2" customWidth="1"/>
     <col min="7402" max="7404" width="11" style="2" customWidth="1"/>
     <col min="7405" max="7406" width="13" style="2" customWidth="1"/>
-    <col min="7407" max="7655" width="9.140625" style="2"/>
-[...1 lines deleted...]
-    <col min="7657" max="7657" width="7.42578125" style="2" customWidth="1"/>
+    <col min="7407" max="7655" width="9.1640625" style="2"/>
+    <col min="7656" max="7656" width="8.6640625" style="2" customWidth="1"/>
+    <col min="7657" max="7657" width="7.5" style="2" customWidth="1"/>
     <col min="7658" max="7660" width="11" style="2" customWidth="1"/>
     <col min="7661" max="7662" width="13" style="2" customWidth="1"/>
-    <col min="7663" max="7911" width="9.140625" style="2"/>
-[...1 lines deleted...]
-    <col min="7913" max="7913" width="7.42578125" style="2" customWidth="1"/>
+    <col min="7663" max="7911" width="9.1640625" style="2"/>
+    <col min="7912" max="7912" width="8.6640625" style="2" customWidth="1"/>
+    <col min="7913" max="7913" width="7.5" style="2" customWidth="1"/>
     <col min="7914" max="7916" width="11" style="2" customWidth="1"/>
     <col min="7917" max="7918" width="13" style="2" customWidth="1"/>
-    <col min="7919" max="8167" width="9.140625" style="2"/>
-[...1 lines deleted...]
-    <col min="8169" max="8169" width="7.42578125" style="2" customWidth="1"/>
+    <col min="7919" max="8167" width="9.1640625" style="2"/>
+    <col min="8168" max="8168" width="8.6640625" style="2" customWidth="1"/>
+    <col min="8169" max="8169" width="7.5" style="2" customWidth="1"/>
     <col min="8170" max="8172" width="11" style="2" customWidth="1"/>
     <col min="8173" max="8174" width="13" style="2" customWidth="1"/>
-    <col min="8175" max="8423" width="9.140625" style="2"/>
-[...1 lines deleted...]
-    <col min="8425" max="8425" width="7.42578125" style="2" customWidth="1"/>
+    <col min="8175" max="8423" width="9.1640625" style="2"/>
+    <col min="8424" max="8424" width="8.6640625" style="2" customWidth="1"/>
+    <col min="8425" max="8425" width="7.5" style="2" customWidth="1"/>
     <col min="8426" max="8428" width="11" style="2" customWidth="1"/>
     <col min="8429" max="8430" width="13" style="2" customWidth="1"/>
-    <col min="8431" max="8679" width="9.140625" style="2"/>
-[...1 lines deleted...]
-    <col min="8681" max="8681" width="7.42578125" style="2" customWidth="1"/>
+    <col min="8431" max="8679" width="9.1640625" style="2"/>
+    <col min="8680" max="8680" width="8.6640625" style="2" customWidth="1"/>
+    <col min="8681" max="8681" width="7.5" style="2" customWidth="1"/>
     <col min="8682" max="8684" width="11" style="2" customWidth="1"/>
     <col min="8685" max="8686" width="13" style="2" customWidth="1"/>
-    <col min="8687" max="8935" width="9.140625" style="2"/>
-[...1 lines deleted...]
-    <col min="8937" max="8937" width="7.42578125" style="2" customWidth="1"/>
+    <col min="8687" max="8935" width="9.1640625" style="2"/>
+    <col min="8936" max="8936" width="8.6640625" style="2" customWidth="1"/>
+    <col min="8937" max="8937" width="7.5" style="2" customWidth="1"/>
     <col min="8938" max="8940" width="11" style="2" customWidth="1"/>
     <col min="8941" max="8942" width="13" style="2" customWidth="1"/>
-    <col min="8943" max="9191" width="9.140625" style="2"/>
-[...1 lines deleted...]
-    <col min="9193" max="9193" width="7.42578125" style="2" customWidth="1"/>
+    <col min="8943" max="9191" width="9.1640625" style="2"/>
+    <col min="9192" max="9192" width="8.6640625" style="2" customWidth="1"/>
+    <col min="9193" max="9193" width="7.5" style="2" customWidth="1"/>
     <col min="9194" max="9196" width="11" style="2" customWidth="1"/>
     <col min="9197" max="9198" width="13" style="2" customWidth="1"/>
-    <col min="9199" max="9447" width="9.140625" style="2"/>
-[...1 lines deleted...]
-    <col min="9449" max="9449" width="7.42578125" style="2" customWidth="1"/>
+    <col min="9199" max="9447" width="9.1640625" style="2"/>
+    <col min="9448" max="9448" width="8.6640625" style="2" customWidth="1"/>
+    <col min="9449" max="9449" width="7.5" style="2" customWidth="1"/>
     <col min="9450" max="9452" width="11" style="2" customWidth="1"/>
     <col min="9453" max="9454" width="13" style="2" customWidth="1"/>
-    <col min="9455" max="9703" width="9.140625" style="2"/>
-[...1 lines deleted...]
-    <col min="9705" max="9705" width="7.42578125" style="2" customWidth="1"/>
+    <col min="9455" max="9703" width="9.1640625" style="2"/>
+    <col min="9704" max="9704" width="8.6640625" style="2" customWidth="1"/>
+    <col min="9705" max="9705" width="7.5" style="2" customWidth="1"/>
     <col min="9706" max="9708" width="11" style="2" customWidth="1"/>
     <col min="9709" max="9710" width="13" style="2" customWidth="1"/>
-    <col min="9711" max="9959" width="9.140625" style="2"/>
-[...1 lines deleted...]
-    <col min="9961" max="9961" width="7.42578125" style="2" customWidth="1"/>
+    <col min="9711" max="9959" width="9.1640625" style="2"/>
+    <col min="9960" max="9960" width="8.6640625" style="2" customWidth="1"/>
+    <col min="9961" max="9961" width="7.5" style="2" customWidth="1"/>
     <col min="9962" max="9964" width="11" style="2" customWidth="1"/>
     <col min="9965" max="9966" width="13" style="2" customWidth="1"/>
-    <col min="9967" max="10215" width="9.140625" style="2"/>
-[...1 lines deleted...]
-    <col min="10217" max="10217" width="7.42578125" style="2" customWidth="1"/>
+    <col min="9967" max="10215" width="9.1640625" style="2"/>
+    <col min="10216" max="10216" width="8.6640625" style="2" customWidth="1"/>
+    <col min="10217" max="10217" width="7.5" style="2" customWidth="1"/>
     <col min="10218" max="10220" width="11" style="2" customWidth="1"/>
     <col min="10221" max="10222" width="13" style="2" customWidth="1"/>
-    <col min="10223" max="10471" width="9.140625" style="2"/>
-[...1 lines deleted...]
-    <col min="10473" max="10473" width="7.42578125" style="2" customWidth="1"/>
+    <col min="10223" max="10471" width="9.1640625" style="2"/>
+    <col min="10472" max="10472" width="8.6640625" style="2" customWidth="1"/>
+    <col min="10473" max="10473" width="7.5" style="2" customWidth="1"/>
     <col min="10474" max="10476" width="11" style="2" customWidth="1"/>
     <col min="10477" max="10478" width="13" style="2" customWidth="1"/>
-    <col min="10479" max="10727" width="9.140625" style="2"/>
-[...1 lines deleted...]
-    <col min="10729" max="10729" width="7.42578125" style="2" customWidth="1"/>
+    <col min="10479" max="10727" width="9.1640625" style="2"/>
+    <col min="10728" max="10728" width="8.6640625" style="2" customWidth="1"/>
+    <col min="10729" max="10729" width="7.5" style="2" customWidth="1"/>
     <col min="10730" max="10732" width="11" style="2" customWidth="1"/>
     <col min="10733" max="10734" width="13" style="2" customWidth="1"/>
-    <col min="10735" max="10983" width="9.140625" style="2"/>
-[...1 lines deleted...]
-    <col min="10985" max="10985" width="7.42578125" style="2" customWidth="1"/>
+    <col min="10735" max="10983" width="9.1640625" style="2"/>
+    <col min="10984" max="10984" width="8.6640625" style="2" customWidth="1"/>
+    <col min="10985" max="10985" width="7.5" style="2" customWidth="1"/>
     <col min="10986" max="10988" width="11" style="2" customWidth="1"/>
     <col min="10989" max="10990" width="13" style="2" customWidth="1"/>
-    <col min="10991" max="11239" width="9.140625" style="2"/>
-[...1 lines deleted...]
-    <col min="11241" max="11241" width="7.42578125" style="2" customWidth="1"/>
+    <col min="10991" max="11239" width="9.1640625" style="2"/>
+    <col min="11240" max="11240" width="8.6640625" style="2" customWidth="1"/>
+    <col min="11241" max="11241" width="7.5" style="2" customWidth="1"/>
     <col min="11242" max="11244" width="11" style="2" customWidth="1"/>
     <col min="11245" max="11246" width="13" style="2" customWidth="1"/>
-    <col min="11247" max="11495" width="9.140625" style="2"/>
-[...1 lines deleted...]
-    <col min="11497" max="11497" width="7.42578125" style="2" customWidth="1"/>
+    <col min="11247" max="11495" width="9.1640625" style="2"/>
+    <col min="11496" max="11496" width="8.6640625" style="2" customWidth="1"/>
+    <col min="11497" max="11497" width="7.5" style="2" customWidth="1"/>
     <col min="11498" max="11500" width="11" style="2" customWidth="1"/>
     <col min="11501" max="11502" width="13" style="2" customWidth="1"/>
-    <col min="11503" max="11751" width="9.140625" style="2"/>
-[...1 lines deleted...]
-    <col min="11753" max="11753" width="7.42578125" style="2" customWidth="1"/>
+    <col min="11503" max="11751" width="9.1640625" style="2"/>
+    <col min="11752" max="11752" width="8.6640625" style="2" customWidth="1"/>
+    <col min="11753" max="11753" width="7.5" style="2" customWidth="1"/>
     <col min="11754" max="11756" width="11" style="2" customWidth="1"/>
     <col min="11757" max="11758" width="13" style="2" customWidth="1"/>
-    <col min="11759" max="12007" width="9.140625" style="2"/>
-[...1 lines deleted...]
-    <col min="12009" max="12009" width="7.42578125" style="2" customWidth="1"/>
+    <col min="11759" max="12007" width="9.1640625" style="2"/>
+    <col min="12008" max="12008" width="8.6640625" style="2" customWidth="1"/>
+    <col min="12009" max="12009" width="7.5" style="2" customWidth="1"/>
     <col min="12010" max="12012" width="11" style="2" customWidth="1"/>
     <col min="12013" max="12014" width="13" style="2" customWidth="1"/>
-    <col min="12015" max="12263" width="9.140625" style="2"/>
-[...1 lines deleted...]
-    <col min="12265" max="12265" width="7.42578125" style="2" customWidth="1"/>
+    <col min="12015" max="12263" width="9.1640625" style="2"/>
+    <col min="12264" max="12264" width="8.6640625" style="2" customWidth="1"/>
+    <col min="12265" max="12265" width="7.5" style="2" customWidth="1"/>
     <col min="12266" max="12268" width="11" style="2" customWidth="1"/>
     <col min="12269" max="12270" width="13" style="2" customWidth="1"/>
-    <col min="12271" max="12519" width="9.140625" style="2"/>
-[...1 lines deleted...]
-    <col min="12521" max="12521" width="7.42578125" style="2" customWidth="1"/>
+    <col min="12271" max="12519" width="9.1640625" style="2"/>
+    <col min="12520" max="12520" width="8.6640625" style="2" customWidth="1"/>
+    <col min="12521" max="12521" width="7.5" style="2" customWidth="1"/>
     <col min="12522" max="12524" width="11" style="2" customWidth="1"/>
     <col min="12525" max="12526" width="13" style="2" customWidth="1"/>
-    <col min="12527" max="12775" width="9.140625" style="2"/>
-[...1 lines deleted...]
-    <col min="12777" max="12777" width="7.42578125" style="2" customWidth="1"/>
+    <col min="12527" max="12775" width="9.1640625" style="2"/>
+    <col min="12776" max="12776" width="8.6640625" style="2" customWidth="1"/>
+    <col min="12777" max="12777" width="7.5" style="2" customWidth="1"/>
     <col min="12778" max="12780" width="11" style="2" customWidth="1"/>
     <col min="12781" max="12782" width="13" style="2" customWidth="1"/>
-    <col min="12783" max="13031" width="9.140625" style="2"/>
-[...1 lines deleted...]
-    <col min="13033" max="13033" width="7.42578125" style="2" customWidth="1"/>
+    <col min="12783" max="13031" width="9.1640625" style="2"/>
+    <col min="13032" max="13032" width="8.6640625" style="2" customWidth="1"/>
+    <col min="13033" max="13033" width="7.5" style="2" customWidth="1"/>
     <col min="13034" max="13036" width="11" style="2" customWidth="1"/>
     <col min="13037" max="13038" width="13" style="2" customWidth="1"/>
-    <col min="13039" max="13287" width="9.140625" style="2"/>
-[...1 lines deleted...]
-    <col min="13289" max="13289" width="7.42578125" style="2" customWidth="1"/>
+    <col min="13039" max="13287" width="9.1640625" style="2"/>
+    <col min="13288" max="13288" width="8.6640625" style="2" customWidth="1"/>
+    <col min="13289" max="13289" width="7.5" style="2" customWidth="1"/>
     <col min="13290" max="13292" width="11" style="2" customWidth="1"/>
     <col min="13293" max="13294" width="13" style="2" customWidth="1"/>
-    <col min="13295" max="13543" width="9.140625" style="2"/>
-[...1 lines deleted...]
-    <col min="13545" max="13545" width="7.42578125" style="2" customWidth="1"/>
+    <col min="13295" max="13543" width="9.1640625" style="2"/>
+    <col min="13544" max="13544" width="8.6640625" style="2" customWidth="1"/>
+    <col min="13545" max="13545" width="7.5" style="2" customWidth="1"/>
     <col min="13546" max="13548" width="11" style="2" customWidth="1"/>
     <col min="13549" max="13550" width="13" style="2" customWidth="1"/>
-    <col min="13551" max="13799" width="9.140625" style="2"/>
-[...1 lines deleted...]
-    <col min="13801" max="13801" width="7.42578125" style="2" customWidth="1"/>
+    <col min="13551" max="13799" width="9.1640625" style="2"/>
+    <col min="13800" max="13800" width="8.6640625" style="2" customWidth="1"/>
+    <col min="13801" max="13801" width="7.5" style="2" customWidth="1"/>
     <col min="13802" max="13804" width="11" style="2" customWidth="1"/>
     <col min="13805" max="13806" width="13" style="2" customWidth="1"/>
-    <col min="13807" max="14055" width="9.140625" style="2"/>
-[...1 lines deleted...]
-    <col min="14057" max="14057" width="7.42578125" style="2" customWidth="1"/>
+    <col min="13807" max="14055" width="9.1640625" style="2"/>
+    <col min="14056" max="14056" width="8.6640625" style="2" customWidth="1"/>
+    <col min="14057" max="14057" width="7.5" style="2" customWidth="1"/>
     <col min="14058" max="14060" width="11" style="2" customWidth="1"/>
     <col min="14061" max="14062" width="13" style="2" customWidth="1"/>
-    <col min="14063" max="14311" width="9.140625" style="2"/>
-[...1 lines deleted...]
-    <col min="14313" max="14313" width="7.42578125" style="2" customWidth="1"/>
+    <col min="14063" max="14311" width="9.1640625" style="2"/>
+    <col min="14312" max="14312" width="8.6640625" style="2" customWidth="1"/>
+    <col min="14313" max="14313" width="7.5" style="2" customWidth="1"/>
     <col min="14314" max="14316" width="11" style="2" customWidth="1"/>
     <col min="14317" max="14318" width="13" style="2" customWidth="1"/>
-    <col min="14319" max="14567" width="9.140625" style="2"/>
-[...1 lines deleted...]
-    <col min="14569" max="14569" width="7.42578125" style="2" customWidth="1"/>
+    <col min="14319" max="14567" width="9.1640625" style="2"/>
+    <col min="14568" max="14568" width="8.6640625" style="2" customWidth="1"/>
+    <col min="14569" max="14569" width="7.5" style="2" customWidth="1"/>
     <col min="14570" max="14572" width="11" style="2" customWidth="1"/>
     <col min="14573" max="14574" width="13" style="2" customWidth="1"/>
-    <col min="14575" max="14823" width="9.140625" style="2"/>
-[...1 lines deleted...]
-    <col min="14825" max="14825" width="7.42578125" style="2" customWidth="1"/>
+    <col min="14575" max="14823" width="9.1640625" style="2"/>
+    <col min="14824" max="14824" width="8.6640625" style="2" customWidth="1"/>
+    <col min="14825" max="14825" width="7.5" style="2" customWidth="1"/>
     <col min="14826" max="14828" width="11" style="2" customWidth="1"/>
     <col min="14829" max="14830" width="13" style="2" customWidth="1"/>
-    <col min="14831" max="15079" width="9.140625" style="2"/>
-[...1 lines deleted...]
-    <col min="15081" max="15081" width="7.42578125" style="2" customWidth="1"/>
+    <col min="14831" max="15079" width="9.1640625" style="2"/>
+    <col min="15080" max="15080" width="8.6640625" style="2" customWidth="1"/>
+    <col min="15081" max="15081" width="7.5" style="2" customWidth="1"/>
     <col min="15082" max="15084" width="11" style="2" customWidth="1"/>
     <col min="15085" max="15086" width="13" style="2" customWidth="1"/>
-    <col min="15087" max="15335" width="9.140625" style="2"/>
-[...1 lines deleted...]
-    <col min="15337" max="15337" width="7.42578125" style="2" customWidth="1"/>
+    <col min="15087" max="15335" width="9.1640625" style="2"/>
+    <col min="15336" max="15336" width="8.6640625" style="2" customWidth="1"/>
+    <col min="15337" max="15337" width="7.5" style="2" customWidth="1"/>
     <col min="15338" max="15340" width="11" style="2" customWidth="1"/>
     <col min="15341" max="15342" width="13" style="2" customWidth="1"/>
-    <col min="15343" max="15591" width="9.140625" style="2"/>
-[...1 lines deleted...]
-    <col min="15593" max="15593" width="7.42578125" style="2" customWidth="1"/>
+    <col min="15343" max="15591" width="9.1640625" style="2"/>
+    <col min="15592" max="15592" width="8.6640625" style="2" customWidth="1"/>
+    <col min="15593" max="15593" width="7.5" style="2" customWidth="1"/>
     <col min="15594" max="15596" width="11" style="2" customWidth="1"/>
     <col min="15597" max="15598" width="13" style="2" customWidth="1"/>
-    <col min="15599" max="15847" width="9.140625" style="2"/>
-[...1 lines deleted...]
-    <col min="15849" max="15849" width="7.42578125" style="2" customWidth="1"/>
+    <col min="15599" max="15847" width="9.1640625" style="2"/>
+    <col min="15848" max="15848" width="8.6640625" style="2" customWidth="1"/>
+    <col min="15849" max="15849" width="7.5" style="2" customWidth="1"/>
     <col min="15850" max="15852" width="11" style="2" customWidth="1"/>
     <col min="15853" max="15854" width="13" style="2" customWidth="1"/>
-    <col min="15855" max="16103" width="9.140625" style="2"/>
-[...1 lines deleted...]
-    <col min="16105" max="16105" width="7.42578125" style="2" customWidth="1"/>
+    <col min="15855" max="16103" width="9.1640625" style="2"/>
+    <col min="16104" max="16104" width="8.6640625" style="2" customWidth="1"/>
+    <col min="16105" max="16105" width="7.5" style="2" customWidth="1"/>
     <col min="16106" max="16108" width="11" style="2" customWidth="1"/>
     <col min="16109" max="16110" width="13" style="2" customWidth="1"/>
-    <col min="16111" max="16363" width="9.140625" style="2"/>
-    <col min="16364" max="16384" width="9.140625" style="2" customWidth="1"/>
+    <col min="16111" max="16363" width="9.1640625" style="2"/>
+    <col min="16364" max="16384" width="9.1640625" style="2" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="15" t="s">
         <v>0</v>
       </c>
       <c r="C2" s="1"/>
     </row>
-    <row r="3" spans="2:6" ht="9.9" customHeight="1" x14ac:dyDescent="0.2"/>
-    <row r="4" spans="2:6" ht="9.9" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="2:6" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="4" spans="2:6" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C4" s="3"/>
       <c r="E4" s="3"/>
       <c r="F4" s="3"/>
     </row>
-    <row r="5" spans="2:6" s="5" customFormat="1" ht="24.9" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="5" spans="2:6" s="5" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="35" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="35" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="37" t="s">
         <v>15</v>
       </c>
       <c r="E5" s="37"/>
       <c r="F5" s="37"/>
     </row>
-    <row r="6" spans="2:6" s="5" customFormat="1" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="2:6" s="5" customFormat="1" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B6" s="36"/>
       <c r="C6" s="36"/>
       <c r="D6" s="7" t="s">
         <v>3</v>
       </c>
       <c r="E6" s="7" t="s">
         <v>4</v>
       </c>
       <c r="F6" s="7" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="7" spans="2:6" s="5" customFormat="1" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="2:6" s="5" customFormat="1" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B7" s="26">
         <v>2023</v>
       </c>
       <c r="C7" s="23"/>
       <c r="D7" s="27">
         <v>2</v>
       </c>
       <c r="E7" s="27">
         <v>2.66</v>
       </c>
       <c r="F7" s="27">
         <v>3.11</v>
       </c>
     </row>
-    <row r="8" spans="2:6" s="33" customFormat="1" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="2:6" s="33" customFormat="1" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B8" s="30">
         <v>2024</v>
       </c>
       <c r="C8" s="31"/>
       <c r="D8" s="32">
         <v>3.54</v>
       </c>
       <c r="E8" s="32" t="s">
         <v>10</v>
       </c>
       <c r="F8" s="32">
         <v>3.48</v>
       </c>
     </row>
     <row r="9" spans="2:6" s="5" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B9" s="28">
         <v>2025</v>
       </c>
       <c r="C9" s="24"/>
       <c r="D9" s="25">
         <v>2.58</v>
       </c>
       <c r="E9" s="25" t="s">
         <v>10</v>
       </c>
@@ -1698,96 +1701,113 @@
         <v>10</v>
       </c>
       <c r="E43" s="18" t="s">
         <v>10</v>
       </c>
       <c r="F43" s="18" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="44" spans="2:6" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B44" s="16"/>
       <c r="C44" s="17" t="s">
         <v>19</v>
       </c>
       <c r="D44" s="18" t="s">
         <v>10</v>
       </c>
       <c r="E44" s="18" t="s">
         <v>10</v>
       </c>
       <c r="F44" s="18">
         <v>2.6</v>
       </c>
     </row>
     <row r="45" spans="2:6" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B45" s="12"/>
-      <c r="C45" s="13" t="s">
+      <c r="B45" s="19"/>
+      <c r="C45" s="20" t="s">
         <v>20</v>
       </c>
-      <c r="D45" s="14">
+      <c r="D45" s="21">
         <v>2.5</v>
       </c>
-      <c r="E45" s="14" t="s">
-[...10 lines deleted...]
-      <c r="F46" s="6"/>
+      <c r="E45" s="21" t="s">
+        <v>10</v>
+      </c>
+      <c r="F45" s="21" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="46" spans="2:6" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B46" s="12" t="s">
+        <v>22</v>
+      </c>
+      <c r="C46" s="13" t="s">
+        <v>6</v>
+      </c>
+      <c r="D46" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="E46" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="F46" s="14" t="s">
+        <v>10</v>
+      </c>
     </row>
     <row r="47" spans="2:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B47" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C47" s="4"/>
       <c r="D47" s="6"/>
       <c r="E47" s="6"/>
       <c r="F47" s="6"/>
     </row>
-    <row r="49" spans="2:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...4 lines deleted...]
-      <c r="F49" s="34"/>
+    <row r="48" spans="2:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B48" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C48" s="4"/>
+      <c r="D48" s="6"/>
+      <c r="E48" s="6"/>
+      <c r="F48" s="6"/>
     </row>
     <row r="50" spans="2:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B50" s="34"/>
       <c r="C50" s="34"/>
       <c r="D50" s="34"/>
       <c r="E50" s="34"/>
       <c r="F50" s="34"/>
     </row>
+    <row r="51" spans="2:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B51" s="34"/>
+      <c r="C51" s="34"/>
+      <c r="D51" s="34"/>
+      <c r="E51" s="34"/>
+      <c r="F51" s="34"/>
+    </row>
   </sheetData>
   <mergeCells count="4">
-    <mergeCell ref="B49:F50"/>
+    <mergeCell ref="B50:F51"/>
     <mergeCell ref="B5:B6"/>
     <mergeCell ref="C5:C6"/>
     <mergeCell ref="D5:F5"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Radni listovi</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>