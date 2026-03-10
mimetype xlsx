--- v3 (2026-02-06)
+++ v4 (2026-03-10)
@@ -5,77 +5,77 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\262\VRPA\BILTENSKE TABLICE\G8b_EA\Biltenske tablice\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7A41F1EA-656A-4EC0-8479-85A4E3274D57}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{37D036BD-DB2B-4D81-8DDB-CE18727E1786}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="HRV" sheetId="3" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7214" uniqueCount="73">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7268" uniqueCount="74">
   <si>
     <t>EUR</t>
   </si>
   <si>
     <t xml:space="preserve">Godina </t>
   </si>
   <si>
     <t>Mjesec</t>
   </si>
   <si>
     <t>2003.</t>
   </si>
   <si>
     <t>2004.</t>
   </si>
   <si>
     <t>2005.</t>
   </si>
   <si>
     <t>2006.</t>
   </si>
   <si>
     <t>2007.</t>
   </si>
   <si>
@@ -284,50 +284,53 @@
     <t xml:space="preserve">15 g. </t>
   </si>
   <si>
     <t>USD</t>
   </si>
   <si>
     <t xml:space="preserve">20 g. </t>
   </si>
   <si>
     <t>Tablica G8b: Prinosi do dospijeća na obveznice RH i dugoročna kamatna stopa (LTIR)</t>
   </si>
   <si>
     <t>2023.</t>
   </si>
   <si>
     <t>2024.</t>
   </si>
   <si>
     <t>2025.</t>
   </si>
   <si>
     <t>11 g.</t>
   </si>
   <si>
     <t>12 g.</t>
+  </si>
+  <si>
+    <t>2026.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="#,##0.0000_);\(#,##0.0000\)"/>
     <numFmt numFmtId="165" formatCode="#,##0.0"/>
     <numFmt numFmtId="166" formatCode="yyyy\."/>
   </numFmts>
   <fonts count="14" x14ac:knownFonts="1">
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -984,93 +987,93 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="B2:AY377"/>
+  <dimension ref="B2:AY379"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="8.6640625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="2.7109375" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="14" max="48" width="9.7109375" style="2" customWidth="1"/>
+    <col min="1" max="1" width="2.6640625" customWidth="1"/>
+    <col min="2" max="2" width="8.6640625" style="6" customWidth="1"/>
+    <col min="3" max="3" width="12.6640625" style="6" customWidth="1"/>
+    <col min="4" max="4" width="15.6640625" style="2" customWidth="1"/>
+    <col min="5" max="13" width="9.6640625" style="6" customWidth="1"/>
+    <col min="14" max="48" width="9.6640625" style="2" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:48" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="2" spans="2:48" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B2" s="5" t="s">
         <v>67</v>
       </c>
     </row>
-    <row r="3" spans="2:48" ht="9.9" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="2:48" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="7"/>
       <c r="D3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="1"/>
       <c r="R3" s="1"/>
       <c r="S3" s="1"/>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
       <c r="X3" s="1"/>
       <c r="Y3" s="1"/>
       <c r="Z3" s="1"/>
       <c r="AA3" s="1"/>
       <c r="AB3" s="1"/>
       <c r="AC3" s="1"/>
       <c r="AD3" s="1"/>
       <c r="AE3" s="1"/>
       <c r="AF3" s="1"/>
     </row>
-    <row r="4" spans="2:48" ht="9.9" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="4" spans="2:48" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="5" spans="2:48" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="44" t="s">
         <v>57</v>
       </c>
       <c r="E5" s="47" t="s">
         <v>53</v>
       </c>
       <c r="F5" s="47"/>
       <c r="G5" s="47"/>
       <c r="H5" s="47"/>
       <c r="I5" s="47"/>
       <c r="J5" s="47"/>
       <c r="K5" s="47"/>
       <c r="L5" s="47"/>
       <c r="M5" s="47"/>
       <c r="N5" s="47"/>
       <c r="O5" s="47"/>
       <c r="P5" s="47"/>
       <c r="Q5" s="47"/>
@@ -34465,51 +34468,51 @@
       <c r="AO304" s="41">
         <v>3.43</v>
       </c>
       <c r="AP304" s="41" t="s">
         <v>32</v>
       </c>
       <c r="AQ304" s="41" t="s">
         <v>32</v>
       </c>
       <c r="AR304" s="41" t="s">
         <v>32</v>
       </c>
       <c r="AS304" s="41" t="s">
         <v>32</v>
       </c>
       <c r="AT304" s="41">
         <v>3.83</v>
       </c>
       <c r="AU304" s="41">
         <v>3.83</v>
       </c>
       <c r="AV304" s="41" t="s">
         <v>32</v>
       </c>
     </row>
-    <row r="305" spans="2:51" s="42" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="305" spans="2:48" s="42" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B305" s="39"/>
       <c r="C305" s="39" t="s">
         <v>23</v>
       </c>
       <c r="D305" s="40">
         <v>3.32</v>
       </c>
       <c r="E305" s="41" t="s">
         <v>32</v>
       </c>
       <c r="F305" s="41" t="s">
         <v>32</v>
       </c>
       <c r="G305" s="41" t="s">
         <v>32</v>
       </c>
       <c r="H305" s="41" t="s">
         <v>32</v>
       </c>
       <c r="I305" s="41" t="s">
         <v>32</v>
       </c>
       <c r="J305" s="41" t="s">
         <v>32</v>
       </c>
@@ -34606,51 +34609,51 @@
       <c r="AO305" s="41">
         <v>3.43</v>
       </c>
       <c r="AP305" s="41" t="s">
         <v>32</v>
       </c>
       <c r="AQ305" s="41" t="s">
         <v>32</v>
       </c>
       <c r="AR305" s="41" t="s">
         <v>32</v>
       </c>
       <c r="AS305" s="41" t="s">
         <v>32</v>
       </c>
       <c r="AT305" s="41">
         <v>3.4</v>
       </c>
       <c r="AU305" s="41" t="s">
         <v>32</v>
       </c>
       <c r="AV305" s="41" t="s">
         <v>32</v>
       </c>
     </row>
-    <row r="306" spans="2:51" s="42" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="306" spans="2:48" s="42" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B306" s="39"/>
       <c r="C306" s="39" t="s">
         <v>24</v>
       </c>
       <c r="D306" s="40">
         <v>3.2</v>
       </c>
       <c r="E306" s="41" t="s">
         <v>32</v>
       </c>
       <c r="F306" s="41" t="s">
         <v>32</v>
       </c>
       <c r="G306" s="41" t="s">
         <v>32</v>
       </c>
       <c r="H306" s="41" t="s">
         <v>32</v>
       </c>
       <c r="I306" s="41" t="s">
         <v>32</v>
       </c>
       <c r="J306" s="41" t="s">
         <v>32</v>
       </c>
@@ -34747,51 +34750,51 @@
       <c r="AO306" s="41">
         <v>3.38</v>
       </c>
       <c r="AP306" s="41" t="s">
         <v>32</v>
       </c>
       <c r="AQ306" s="41" t="s">
         <v>32</v>
       </c>
       <c r="AR306" s="41" t="s">
         <v>32</v>
       </c>
       <c r="AS306" s="41" t="s">
         <v>32</v>
       </c>
       <c r="AT306" s="41">
         <v>3.29</v>
       </c>
       <c r="AU306" s="41" t="s">
         <v>32</v>
       </c>
       <c r="AV306" s="41" t="s">
         <v>32</v>
       </c>
     </row>
-    <row r="307" spans="2:51" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="307" spans="2:48" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B307" s="22"/>
       <c r="C307" s="21" t="s">
         <v>25</v>
       </c>
       <c r="D307" s="34">
         <v>3.09</v>
       </c>
       <c r="E307" s="26" t="s">
         <v>32</v>
       </c>
       <c r="F307" s="26" t="s">
         <v>32</v>
       </c>
       <c r="G307" s="26" t="s">
         <v>32</v>
       </c>
       <c r="H307" s="26" t="s">
         <v>32</v>
       </c>
       <c r="I307" s="26" t="s">
         <v>32</v>
       </c>
       <c r="J307" s="26" t="s">
         <v>32</v>
       </c>
@@ -34888,51 +34891,51 @@
       <c r="AO307" s="26">
         <v>3.17</v>
       </c>
       <c r="AP307" s="26" t="s">
         <v>32</v>
       </c>
       <c r="AQ307" s="26" t="s">
         <v>32</v>
       </c>
       <c r="AR307" s="26" t="s">
         <v>32</v>
       </c>
       <c r="AS307" s="26" t="s">
         <v>32</v>
       </c>
       <c r="AT307" s="26">
         <v>3.28</v>
       </c>
       <c r="AU307" s="26" t="s">
         <v>32</v>
       </c>
       <c r="AV307" s="26" t="s">
         <v>32</v>
       </c>
     </row>
-    <row r="308" spans="2:51" s="42" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="308" spans="2:48" s="42" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B308" s="39" t="s">
         <v>70</v>
       </c>
       <c r="C308" s="39" t="s">
         <v>14</v>
       </c>
       <c r="D308" s="40">
         <v>2.98</v>
       </c>
       <c r="E308" s="41" t="s">
         <v>32</v>
       </c>
       <c r="F308" s="41" t="s">
         <v>32</v>
       </c>
       <c r="G308" s="41" t="s">
         <v>32</v>
       </c>
       <c r="H308" s="41" t="s">
         <v>32</v>
       </c>
       <c r="I308" s="41" t="s">
         <v>32</v>
       </c>
       <c r="J308" s="41" t="s">
@@ -35031,51 +35034,51 @@
       <c r="AO308" s="41">
         <v>3.05</v>
       </c>
       <c r="AP308" s="41" t="s">
         <v>32</v>
       </c>
       <c r="AQ308" s="41" t="s">
         <v>32</v>
       </c>
       <c r="AR308" s="41" t="s">
         <v>32</v>
       </c>
       <c r="AS308" s="41" t="s">
         <v>32</v>
       </c>
       <c r="AT308" s="41">
         <v>3.28</v>
       </c>
       <c r="AU308" s="41" t="s">
         <v>32</v>
       </c>
       <c r="AV308" s="41" t="s">
         <v>32</v>
       </c>
     </row>
-    <row r="309" spans="2:51" s="42" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="309" spans="2:48" s="42" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B309" s="39"/>
       <c r="C309" s="39" t="s">
         <v>15</v>
       </c>
       <c r="D309" s="40">
         <v>2.9899999999999998</v>
       </c>
       <c r="E309" s="41" t="s">
         <v>32</v>
       </c>
       <c r="F309" s="41" t="s">
         <v>32</v>
       </c>
       <c r="G309" s="41" t="s">
         <v>32</v>
       </c>
       <c r="H309" s="41" t="s">
         <v>32</v>
       </c>
       <c r="I309" s="41" t="s">
         <v>32</v>
       </c>
       <c r="J309" s="41" t="s">
         <v>32</v>
       </c>
@@ -35172,51 +35175,51 @@
       <c r="AO309" s="41">
         <v>3.11</v>
       </c>
       <c r="AP309" s="41" t="s">
         <v>32</v>
       </c>
       <c r="AQ309" s="41" t="s">
         <v>32</v>
       </c>
       <c r="AR309" s="41" t="s">
         <v>32</v>
       </c>
       <c r="AS309" s="41" t="s">
         <v>32</v>
       </c>
       <c r="AT309" s="41">
         <v>3.29</v>
       </c>
       <c r="AU309" s="41" t="s">
         <v>32</v>
       </c>
       <c r="AV309" s="41" t="s">
         <v>32</v>
       </c>
     </row>
-    <row r="310" spans="2:51" s="42" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="310" spans="2:48" s="42" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B310" s="39"/>
       <c r="C310" s="39" t="s">
         <v>16</v>
       </c>
       <c r="D310" s="40">
         <v>3.05</v>
       </c>
       <c r="E310" s="41" t="s">
         <v>32</v>
       </c>
       <c r="F310" s="41" t="s">
         <v>32</v>
       </c>
       <c r="G310" s="41" t="s">
         <v>32</v>
       </c>
       <c r="H310" s="41" t="s">
         <v>32</v>
       </c>
       <c r="I310" s="41" t="s">
         <v>32</v>
       </c>
       <c r="J310" s="41" t="s">
         <v>32</v>
       </c>
@@ -35313,51 +35316,51 @@
       <c r="AO310" s="41">
         <v>3.12</v>
       </c>
       <c r="AP310" s="41" t="s">
         <v>32</v>
       </c>
       <c r="AQ310" s="41" t="s">
         <v>32</v>
       </c>
       <c r="AR310" s="41" t="s">
         <v>32</v>
       </c>
       <c r="AS310" s="41" t="s">
         <v>32</v>
       </c>
       <c r="AT310" s="41">
         <v>3.44</v>
       </c>
       <c r="AU310" s="41" t="s">
         <v>32</v>
       </c>
       <c r="AV310" s="41" t="s">
         <v>32</v>
       </c>
     </row>
-    <row r="311" spans="2:51" s="42" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="311" spans="2:48" s="42" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B311" s="39"/>
       <c r="C311" s="39" t="s">
         <v>17</v>
       </c>
       <c r="D311" s="40">
         <v>3.05</v>
       </c>
       <c r="E311" s="41" t="s">
         <v>32</v>
       </c>
       <c r="F311" s="41" t="s">
         <v>32</v>
       </c>
       <c r="G311" s="41" t="s">
         <v>32</v>
       </c>
       <c r="H311" s="41" t="s">
         <v>32</v>
       </c>
       <c r="I311" s="41" t="s">
         <v>32</v>
       </c>
       <c r="J311" s="41" t="s">
         <v>32</v>
       </c>
@@ -35454,51 +35457,51 @@
       <c r="AO311" s="41">
         <v>3.14</v>
       </c>
       <c r="AP311" s="41" t="s">
         <v>32</v>
       </c>
       <c r="AQ311" s="41" t="s">
         <v>32</v>
       </c>
       <c r="AR311" s="41" t="s">
         <v>32</v>
       </c>
       <c r="AS311" s="41" t="s">
         <v>32</v>
       </c>
       <c r="AT311" s="41">
         <v>3.62</v>
       </c>
       <c r="AU311" s="41" t="s">
         <v>32</v>
       </c>
       <c r="AV311" s="41" t="s">
         <v>32</v>
       </c>
     </row>
-    <row r="312" spans="2:51" s="42" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="312" spans="2:48" s="42" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B312" s="39"/>
       <c r="C312" s="39" t="s">
         <v>18</v>
       </c>
       <c r="D312" s="40">
         <v>3.04</v>
       </c>
       <c r="E312" s="41" t="s">
         <v>32</v>
       </c>
       <c r="F312" s="41" t="s">
         <v>32</v>
       </c>
       <c r="G312" s="41" t="s">
         <v>32</v>
       </c>
       <c r="H312" s="41" t="s">
         <v>32</v>
       </c>
       <c r="I312" s="41" t="s">
         <v>32</v>
       </c>
       <c r="J312" s="41" t="s">
         <v>32</v>
       </c>
@@ -35595,51 +35598,51 @@
       <c r="AO312" s="41">
         <v>3.16</v>
       </c>
       <c r="AP312" s="41" t="s">
         <v>32</v>
       </c>
       <c r="AQ312" s="41" t="s">
         <v>32</v>
       </c>
       <c r="AR312" s="41" t="s">
         <v>32</v>
       </c>
       <c r="AS312" s="41" t="s">
         <v>32</v>
       </c>
       <c r="AT312" s="41">
         <v>3.74</v>
       </c>
       <c r="AU312" s="41" t="s">
         <v>32</v>
       </c>
       <c r="AV312" s="41" t="s">
         <v>32</v>
       </c>
     </row>
-    <row r="313" spans="2:51" s="42" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="313" spans="2:48" s="42" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B313" s="39"/>
       <c r="C313" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D313" s="40">
         <v>3.04</v>
       </c>
       <c r="E313" s="41" t="s">
         <v>32</v>
       </c>
       <c r="F313" s="41" t="s">
         <v>32</v>
       </c>
       <c r="G313" s="41" t="s">
         <v>32</v>
       </c>
       <c r="H313" s="41" t="s">
         <v>32</v>
       </c>
       <c r="I313" s="41" t="s">
         <v>32</v>
       </c>
       <c r="J313" s="41" t="s">
         <v>32</v>
       </c>
@@ -35736,51 +35739,51 @@
       <c r="AO313" s="41" t="s">
         <v>32</v>
       </c>
       <c r="AP313" s="41" t="s">
         <v>32</v>
       </c>
       <c r="AQ313" s="41" t="s">
         <v>32</v>
       </c>
       <c r="AR313" s="41" t="s">
         <v>32</v>
       </c>
       <c r="AS313" s="41" t="s">
         <v>32</v>
       </c>
       <c r="AT313" s="41">
         <v>3.75</v>
       </c>
       <c r="AU313" s="41" t="s">
         <v>32</v>
       </c>
       <c r="AV313" s="41" t="s">
         <v>32</v>
       </c>
     </row>
-    <row r="314" spans="2:51" s="42" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="314" spans="2:48" s="42" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B314" s="39"/>
       <c r="C314" s="39" t="s">
         <v>20</v>
       </c>
       <c r="D314" s="40">
         <v>3.05</v>
       </c>
       <c r="E314" s="41" t="s">
         <v>32</v>
       </c>
       <c r="F314" s="41" t="s">
         <v>32</v>
       </c>
       <c r="G314" s="41" t="s">
         <v>32</v>
       </c>
       <c r="H314" s="41" t="s">
         <v>32</v>
       </c>
       <c r="I314" s="41" t="s">
         <v>32</v>
       </c>
       <c r="J314" s="41" t="s">
         <v>32</v>
       </c>
@@ -35877,51 +35880,51 @@
       <c r="AO314" s="41">
         <v>3.07</v>
       </c>
       <c r="AP314" s="41" t="s">
         <v>32</v>
       </c>
       <c r="AQ314" s="41" t="s">
         <v>32</v>
       </c>
       <c r="AR314" s="41" t="s">
         <v>32</v>
       </c>
       <c r="AS314" s="41" t="s">
         <v>32</v>
       </c>
       <c r="AT314" s="41">
         <v>3.76</v>
       </c>
       <c r="AU314" s="41" t="s">
         <v>32</v>
       </c>
       <c r="AV314" s="41" t="s">
         <v>32</v>
       </c>
     </row>
-    <row r="315" spans="2:51" s="42" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="315" spans="2:48" s="42" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B315" s="39"/>
       <c r="C315" s="39" t="s">
         <v>21</v>
       </c>
       <c r="D315" s="40">
         <v>2.98</v>
       </c>
       <c r="E315" s="41" t="s">
         <v>32</v>
       </c>
       <c r="F315" s="41" t="s">
         <v>32</v>
       </c>
       <c r="G315" s="41" t="s">
         <v>32</v>
       </c>
       <c r="H315" s="41" t="s">
         <v>32</v>
       </c>
       <c r="I315" s="41" t="s">
         <v>32</v>
       </c>
       <c r="J315" s="41" t="s">
         <v>32</v>
       </c>
@@ -36018,51 +36021,51 @@
       <c r="AO315" s="41">
         <v>2.98</v>
       </c>
       <c r="AP315" s="41" t="s">
         <v>32</v>
       </c>
       <c r="AQ315" s="41" t="s">
         <v>32</v>
       </c>
       <c r="AR315" s="41" t="s">
         <v>32</v>
       </c>
       <c r="AS315" s="41" t="s">
         <v>32</v>
       </c>
       <c r="AT315" s="41">
         <v>3.77</v>
       </c>
       <c r="AU315" s="41" t="s">
         <v>32</v>
       </c>
       <c r="AV315" s="41" t="s">
         <v>32</v>
       </c>
     </row>
-    <row r="316" spans="2:51" s="42" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="316" spans="2:48" s="42" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B316" s="39"/>
       <c r="C316" s="39" t="s">
         <v>22</v>
       </c>
       <c r="D316" s="40">
         <v>2.88</v>
       </c>
       <c r="E316" s="41" t="s">
         <v>32</v>
       </c>
       <c r="F316" s="41" t="s">
         <v>32</v>
       </c>
       <c r="G316" s="41" t="s">
         <v>32</v>
       </c>
       <c r="H316" s="41" t="s">
         <v>32</v>
       </c>
       <c r="I316" s="41" t="s">
         <v>32</v>
       </c>
       <c r="J316" s="41" t="s">
         <v>32</v>
       </c>
@@ -36159,51 +36162,51 @@
       <c r="AO316" s="41">
         <v>2.88</v>
       </c>
       <c r="AP316" s="41" t="s">
         <v>32</v>
       </c>
       <c r="AQ316" s="41" t="s">
         <v>32</v>
       </c>
       <c r="AR316" s="41" t="s">
         <v>32</v>
       </c>
       <c r="AS316" s="41">
         <v>3.74</v>
       </c>
       <c r="AT316" s="41">
         <v>3.78</v>
       </c>
       <c r="AU316" s="41" t="s">
         <v>32</v>
       </c>
       <c r="AV316" s="41" t="s">
         <v>32</v>
       </c>
     </row>
-    <row r="317" spans="2:51" s="42" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="317" spans="2:48" s="42" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B317" s="39"/>
       <c r="C317" s="39" t="s">
         <v>23</v>
       </c>
       <c r="D317" s="40">
         <v>2.92</v>
       </c>
       <c r="E317" s="41" t="s">
         <v>32</v>
       </c>
       <c r="F317" s="41" t="s">
         <v>32</v>
       </c>
       <c r="G317" s="41" t="s">
         <v>32</v>
       </c>
       <c r="H317" s="41" t="s">
         <v>32</v>
       </c>
       <c r="I317" s="41" t="s">
         <v>32</v>
       </c>
       <c r="J317" s="41" t="s">
         <v>32</v>
       </c>
@@ -36300,51 +36303,51 @@
       <c r="AO317" s="41">
         <v>2.92</v>
       </c>
       <c r="AP317" s="41" t="s">
         <v>32</v>
       </c>
       <c r="AQ317" s="41" t="s">
         <v>32</v>
       </c>
       <c r="AR317" s="41" t="s">
         <v>32</v>
       </c>
       <c r="AS317" s="41">
         <v>3.71</v>
       </c>
       <c r="AT317" s="41" t="s">
         <v>32</v>
       </c>
       <c r="AU317" s="41" t="s">
         <v>32</v>
       </c>
       <c r="AV317" s="41" t="s">
         <v>32</v>
       </c>
     </row>
-    <row r="318" spans="2:51" s="42" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="318" spans="2:48" s="42" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B318" s="39"/>
       <c r="C318" s="39" t="s">
         <v>24</v>
       </c>
       <c r="D318" s="40">
         <v>2.94</v>
       </c>
       <c r="E318" s="41" t="s">
         <v>32</v>
       </c>
       <c r="F318" s="41" t="s">
         <v>32</v>
       </c>
       <c r="G318" s="41" t="s">
         <v>32</v>
       </c>
       <c r="H318" s="41" t="s">
         <v>32</v>
       </c>
       <c r="I318" s="41" t="s">
         <v>32</v>
       </c>
       <c r="J318" s="41" t="s">
         <v>32</v>
       </c>
@@ -36441,661 +36444,869 @@
       <c r="AO318" s="41">
         <v>2.94</v>
       </c>
       <c r="AP318" s="41" t="s">
         <v>32</v>
       </c>
       <c r="AQ318" s="41" t="s">
         <v>32</v>
       </c>
       <c r="AR318" s="41" t="s">
         <v>32</v>
       </c>
       <c r="AS318" s="41">
         <v>3.72</v>
       </c>
       <c r="AT318" s="41" t="s">
         <v>32</v>
       </c>
       <c r="AU318" s="41" t="s">
         <v>32</v>
       </c>
       <c r="AV318" s="41" t="s">
         <v>32</v>
       </c>
     </row>
-    <row r="319" spans="2:51" s="11" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C319" s="24" t="s">
+    <row r="319" spans="2:48" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B319" s="22"/>
+      <c r="C319" s="21" t="s">
         <v>25</v>
       </c>
-      <c r="D319" s="37">
+      <c r="D319" s="34">
         <v>3.1399999999999997</v>
       </c>
-      <c r="E319" s="29" t="s">
-[...26 lines deleted...]
-      <c r="N319" s="37">
+      <c r="E319" s="26" t="s">
+        <v>32</v>
+      </c>
+      <c r="F319" s="26" t="s">
+        <v>32</v>
+      </c>
+      <c r="G319" s="26" t="s">
+        <v>32</v>
+      </c>
+      <c r="H319" s="26" t="s">
+        <v>32</v>
+      </c>
+      <c r="I319" s="26" t="s">
+        <v>32</v>
+      </c>
+      <c r="J319" s="26" t="s">
+        <v>32</v>
+      </c>
+      <c r="K319" s="26" t="s">
+        <v>32</v>
+      </c>
+      <c r="L319" s="26" t="s">
+        <v>32</v>
+      </c>
+      <c r="M319" s="26" t="s">
+        <v>32</v>
+      </c>
+      <c r="N319" s="34">
         <v>2.4500000000000002</v>
       </c>
-      <c r="O319" s="37">
+      <c r="O319" s="34">
         <v>2.4900000000000002</v>
       </c>
-      <c r="P319" s="37">
+      <c r="P319" s="34">
         <v>2.62</v>
       </c>
-      <c r="Q319" s="37">
+      <c r="Q319" s="34">
         <v>2.9</v>
       </c>
-      <c r="R319" s="37">
+      <c r="R319" s="34">
         <v>2.94</v>
       </c>
-      <c r="S319" s="37">
+      <c r="S319" s="34">
         <v>3.07</v>
       </c>
-      <c r="T319" s="37">
+      <c r="T319" s="34">
         <v>3.1</v>
       </c>
-      <c r="U319" s="37">
+      <c r="U319" s="34">
         <v>3.19</v>
       </c>
-      <c r="V319" s="37">
+      <c r="V319" s="34">
         <v>3.13</v>
       </c>
-      <c r="W319" s="37">
+      <c r="W319" s="34">
         <v>3.6</v>
       </c>
-      <c r="X319" s="37" t="s">
-[...8 lines deleted...]
-      <c r="AA319" s="37">
+      <c r="X319" s="34" t="s">
+        <v>32</v>
+      </c>
+      <c r="Y319" s="34" t="s">
+        <v>32</v>
+      </c>
+      <c r="Z319" s="34" t="s">
+        <v>32</v>
+      </c>
+      <c r="AA319" s="34">
         <v>3.72</v>
       </c>
-      <c r="AB319" s="37" t="s">
-[...14 lines deleted...]
-      <c r="AG319" s="29">
+      <c r="AB319" s="34" t="s">
+        <v>32</v>
+      </c>
+      <c r="AC319" s="34" t="s">
+        <v>32</v>
+      </c>
+      <c r="AD319" s="34" t="s">
+        <v>32</v>
+      </c>
+      <c r="AE319" s="34" t="s">
+        <v>32</v>
+      </c>
+      <c r="AF319" s="34" t="s">
+        <v>32</v>
+      </c>
+      <c r="AG319" s="26">
         <v>2.36</v>
       </c>
-      <c r="AH319" s="29">
+      <c r="AH319" s="26">
         <v>2.4500000000000002</v>
       </c>
-      <c r="AI319" s="29">
+      <c r="AI319" s="26">
         <v>2.61</v>
       </c>
-      <c r="AJ319" s="29" t="s">
-[...5 lines deleted...]
-      <c r="AL319" s="29">
+      <c r="AJ319" s="26" t="s">
+        <v>32</v>
+      </c>
+      <c r="AK319" s="26" t="s">
+        <v>32</v>
+      </c>
+      <c r="AL319" s="26">
         <v>2.86</v>
       </c>
-      <c r="AM319" s="29">
+      <c r="AM319" s="26">
         <v>3.04</v>
       </c>
-      <c r="AN319" s="29">
+      <c r="AN319" s="26">
         <v>3.16</v>
       </c>
-      <c r="AO319" s="29">
+      <c r="AO319" s="26">
         <v>3.14</v>
       </c>
-      <c r="AP319" s="29" t="s">
-[...8 lines deleted...]
-      <c r="AS319" s="29">
+      <c r="AP319" s="26" t="s">
+        <v>32</v>
+      </c>
+      <c r="AQ319" s="26" t="s">
+        <v>32</v>
+      </c>
+      <c r="AR319" s="26" t="s">
+        <v>32</v>
+      </c>
+      <c r="AS319" s="26">
         <v>3.6</v>
       </c>
-      <c r="AT319" s="29" t="s">
-[...10 lines deleted...]
-      <c r="AY319" s="42"/>
+      <c r="AT319" s="26" t="s">
+        <v>32</v>
+      </c>
+      <c r="AU319" s="26" t="s">
+        <v>32</v>
+      </c>
+      <c r="AV319" s="26" t="s">
+        <v>32</v>
+      </c>
     </row>
-    <row r="321" spans="2:48" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B321" s="6" t="s">
+    <row r="320" spans="2:48" s="42" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B320" s="39" t="s">
+        <v>73</v>
+      </c>
+      <c r="C320" s="39" t="s">
+        <v>14</v>
+      </c>
+      <c r="D320" s="40">
+        <v>2.94</v>
+      </c>
+      <c r="E320" s="41" t="s">
+        <v>32</v>
+      </c>
+      <c r="F320" s="41" t="s">
+        <v>32</v>
+      </c>
+      <c r="G320" s="41" t="s">
+        <v>32</v>
+      </c>
+      <c r="H320" s="41" t="s">
+        <v>32</v>
+      </c>
+      <c r="I320" s="41" t="s">
+        <v>32</v>
+      </c>
+      <c r="J320" s="41" t="s">
+        <v>32</v>
+      </c>
+      <c r="K320" s="41" t="s">
+        <v>32</v>
+      </c>
+      <c r="L320" s="41" t="s">
+        <v>32</v>
+      </c>
+      <c r="M320" s="41" t="s">
+        <v>32</v>
+      </c>
+      <c r="N320" s="40">
+        <v>2.44</v>
+      </c>
+      <c r="O320" s="40">
+        <v>2.59</v>
+      </c>
+      <c r="P320" s="40">
+        <v>2.64</v>
+      </c>
+      <c r="Q320" s="40">
+        <v>2.9</v>
+      </c>
+      <c r="R320" s="40">
+        <v>3.01</v>
+      </c>
+      <c r="S320" s="40">
+        <v>3.11</v>
+      </c>
+      <c r="T320" s="40">
+        <v>3.14</v>
+      </c>
+      <c r="U320" s="40">
+        <v>3.2</v>
+      </c>
+      <c r="V320" s="40" t="s">
+        <v>32</v>
+      </c>
+      <c r="W320" s="40">
+        <v>3.63</v>
+      </c>
+      <c r="X320" s="40" t="s">
+        <v>32</v>
+      </c>
+      <c r="Y320" s="40" t="s">
+        <v>32</v>
+      </c>
+      <c r="Z320" s="40" t="s">
+        <v>32</v>
+      </c>
+      <c r="AA320" s="40">
+        <v>3.76</v>
+      </c>
+      <c r="AB320" s="40" t="s">
+        <v>32</v>
+      </c>
+      <c r="AC320" s="40" t="s">
+        <v>32</v>
+      </c>
+      <c r="AD320" s="40" t="s">
+        <v>32</v>
+      </c>
+      <c r="AE320" s="40" t="s">
+        <v>32</v>
+      </c>
+      <c r="AF320" s="40" t="s">
+        <v>32</v>
+      </c>
+      <c r="AG320" s="41">
+        <v>2.4500000000000002</v>
+      </c>
+      <c r="AH320" s="41">
+        <v>2.5299999999999998</v>
+      </c>
+      <c r="AI320" s="41">
+        <v>2.75</v>
+      </c>
+      <c r="AJ320" s="41" t="s">
+        <v>32</v>
+      </c>
+      <c r="AK320" s="41">
+        <v>2.91</v>
+      </c>
+      <c r="AL320" s="41">
+        <v>2.85</v>
+      </c>
+      <c r="AM320" s="41">
+        <v>3.16</v>
+      </c>
+      <c r="AN320" s="41">
+        <v>3.11</v>
+      </c>
+      <c r="AO320" s="41">
+        <v>2.94</v>
+      </c>
+      <c r="AP320" s="41" t="s">
+        <v>32</v>
+      </c>
+      <c r="AQ320" s="41" t="s">
+        <v>32</v>
+      </c>
+      <c r="AR320" s="41" t="s">
+        <v>32</v>
+      </c>
+      <c r="AS320" s="41">
+        <v>3.57</v>
+      </c>
+      <c r="AT320" s="41" t="s">
+        <v>32</v>
+      </c>
+      <c r="AU320" s="41" t="s">
+        <v>32</v>
+      </c>
+      <c r="AV320" s="41" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="321" spans="2:51" s="11" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B321" s="24"/>
+      <c r="C321" s="24" t="s">
+        <v>15</v>
+      </c>
+      <c r="D321" s="37">
+        <v>3.09</v>
+      </c>
+      <c r="E321" s="29" t="s">
+        <v>32</v>
+      </c>
+      <c r="F321" s="29" t="s">
+        <v>32</v>
+      </c>
+      <c r="G321" s="29" t="s">
+        <v>32</v>
+      </c>
+      <c r="H321" s="29" t="s">
+        <v>32</v>
+      </c>
+      <c r="I321" s="29" t="s">
+        <v>32</v>
+      </c>
+      <c r="J321" s="29" t="s">
+        <v>32</v>
+      </c>
+      <c r="K321" s="29" t="s">
+        <v>32</v>
+      </c>
+      <c r="L321" s="29" t="s">
+        <v>32</v>
+      </c>
+      <c r="M321" s="29" t="s">
+        <v>32</v>
+      </c>
+      <c r="N321" s="37">
+        <v>2.34</v>
+      </c>
+      <c r="O321" s="37">
+        <v>2.48</v>
+      </c>
+      <c r="P321" s="37">
+        <v>2.54</v>
+      </c>
+      <c r="Q321" s="37">
+        <v>2.77</v>
+      </c>
+      <c r="R321" s="37">
+        <v>2.89</v>
+      </c>
+      <c r="S321" s="37">
+        <v>3.01</v>
+      </c>
+      <c r="T321" s="37">
+        <v>3.09</v>
+      </c>
+      <c r="U321" s="37">
+        <v>3.16</v>
+      </c>
+      <c r="V321" s="37">
+        <v>3.25</v>
+      </c>
+      <c r="W321" s="37">
+        <v>3.47</v>
+      </c>
+      <c r="X321" s="37" t="s">
+        <v>32</v>
+      </c>
+      <c r="Y321" s="37" t="s">
+        <v>32</v>
+      </c>
+      <c r="Z321" s="37" t="s">
+        <v>32</v>
+      </c>
+      <c r="AA321" s="37">
+        <v>3.69</v>
+      </c>
+      <c r="AB321" s="37" t="s">
+        <v>32</v>
+      </c>
+      <c r="AC321" s="37" t="s">
+        <v>32</v>
+      </c>
+      <c r="AD321" s="37" t="s">
+        <v>32</v>
+      </c>
+      <c r="AE321" s="37" t="s">
+        <v>32</v>
+      </c>
+      <c r="AF321" s="37" t="s">
+        <v>32</v>
+      </c>
+      <c r="AG321" s="29">
+        <v>2.46</v>
+      </c>
+      <c r="AH321" s="29">
+        <v>2.46</v>
+      </c>
+      <c r="AI321" s="29">
+        <v>2.79</v>
+      </c>
+      <c r="AJ321" s="29" t="s">
+        <v>32</v>
+      </c>
+      <c r="AK321" s="29">
+        <v>2.94</v>
+      </c>
+      <c r="AL321" s="29" t="s">
+        <v>32</v>
+      </c>
+      <c r="AM321" s="29">
+        <v>3.19</v>
+      </c>
+      <c r="AN321" s="29">
+        <v>3.15</v>
+      </c>
+      <c r="AO321" s="29" t="s">
+        <v>32</v>
+      </c>
+      <c r="AP321" s="29" t="s">
+        <v>32</v>
+      </c>
+      <c r="AQ321" s="29" t="s">
+        <v>32</v>
+      </c>
+      <c r="AR321" s="29" t="s">
+        <v>32</v>
+      </c>
+      <c r="AS321" s="29">
+        <v>3.58</v>
+      </c>
+      <c r="AT321" s="29" t="s">
+        <v>32</v>
+      </c>
+      <c r="AU321" s="29" t="s">
+        <v>32</v>
+      </c>
+      <c r="AV321" s="29" t="s">
+        <v>32</v>
+      </c>
+      <c r="AW321" s="42"/>
+      <c r="AX321" s="42"/>
+      <c r="AY321" s="42"/>
+    </row>
+    <row r="323" spans="2:51" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B323" s="6" t="s">
         <v>55</v>
       </c>
-      <c r="D321" s="1"/>
-[...18 lines deleted...]
-      <c r="AF321" s="1"/>
+      <c r="D323" s="1"/>
+      <c r="N323" s="1"/>
+      <c r="O323" s="1"/>
+      <c r="P323" s="1"/>
+      <c r="Q323" s="1"/>
+      <c r="R323" s="1"/>
+      <c r="S323" s="1"/>
+      <c r="T323" s="1"/>
+      <c r="U323" s="1"/>
+      <c r="V323" s="1"/>
+      <c r="W323" s="1"/>
+      <c r="X323" s="1"/>
+      <c r="Y323" s="1"/>
+      <c r="Z323" s="1"/>
+      <c r="AA323" s="1"/>
+      <c r="AB323" s="1"/>
+      <c r="AC323" s="1"/>
+      <c r="AD323" s="1"/>
+      <c r="AE323" s="1"/>
+      <c r="AF323" s="1"/>
     </row>
-    <row r="322" spans="2:48" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...36 lines deleted...]
-      <c r="AV322" s="8"/>
+    <row r="324" spans="2:51" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B324" s="38"/>
+      <c r="D324" s="8"/>
+      <c r="N324" s="8"/>
+      <c r="O324" s="8"/>
+      <c r="P324" s="8"/>
+      <c r="Q324" s="8"/>
+      <c r="R324" s="8"/>
+      <c r="S324" s="8"/>
+      <c r="T324" s="8"/>
+      <c r="U324" s="8"/>
+      <c r="V324" s="8"/>
+      <c r="W324" s="8"/>
+      <c r="X324" s="8"/>
+      <c r="Y324" s="8"/>
+      <c r="Z324" s="8"/>
+      <c r="AA324" s="8"/>
+      <c r="AB324" s="8"/>
+      <c r="AC324" s="8"/>
+      <c r="AD324" s="8"/>
+      <c r="AE324" s="8"/>
+      <c r="AF324" s="8"/>
+      <c r="AG324" s="8"/>
+      <c r="AH324" s="8"/>
+      <c r="AI324" s="8"/>
+      <c r="AJ324" s="8"/>
+      <c r="AK324" s="8"/>
+      <c r="AL324" s="8"/>
+      <c r="AM324" s="8"/>
+      <c r="AN324" s="8"/>
+      <c r="AO324" s="8"/>
+      <c r="AP324" s="8"/>
+      <c r="AQ324" s="8"/>
+      <c r="AR324" s="8"/>
+      <c r="AS324" s="8"/>
+      <c r="AT324" s="8"/>
+      <c r="AU324" s="8"/>
+      <c r="AV324" s="8"/>
     </row>
-    <row r="325" spans="2:48" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...59 lines deleted...]
-    <row r="327" spans="2:48" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="327" spans="2:51" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D327" s="3"/>
       <c r="N327" s="3"/>
       <c r="O327" s="3"/>
       <c r="P327" s="3"/>
       <c r="Q327" s="3"/>
       <c r="R327" s="3"/>
       <c r="S327" s="3"/>
       <c r="T327" s="3"/>
       <c r="U327" s="3"/>
       <c r="V327" s="3"/>
       <c r="W327" s="3"/>
       <c r="X327" s="3"/>
       <c r="Y327" s="3"/>
       <c r="Z327" s="3"/>
       <c r="AA327" s="3"/>
       <c r="AB327" s="3"/>
       <c r="AC327" s="3"/>
       <c r="AD327" s="3"/>
       <c r="AE327" s="3"/>
       <c r="AF327" s="3"/>
-      <c r="AG327" s="3"/>
-[...14 lines deleted...]
-      <c r="AV327" s="3"/>
     </row>
-    <row r="328" spans="2:48" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="328" spans="2:51" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D328" s="3"/>
       <c r="N328" s="3"/>
       <c r="O328" s="3"/>
       <c r="P328" s="3"/>
       <c r="Q328" s="3"/>
       <c r="R328" s="3"/>
       <c r="S328" s="3"/>
       <c r="T328" s="3"/>
       <c r="U328" s="3"/>
       <c r="V328" s="3"/>
       <c r="W328" s="3"/>
       <c r="X328" s="3"/>
       <c r="Y328" s="3"/>
       <c r="Z328" s="3"/>
       <c r="AA328" s="3"/>
       <c r="AB328" s="3"/>
       <c r="AC328" s="3"/>
       <c r="AD328" s="3"/>
       <c r="AE328" s="3"/>
       <c r="AF328" s="3"/>
       <c r="AG328" s="3"/>
       <c r="AH328" s="3"/>
       <c r="AI328" s="3"/>
       <c r="AJ328" s="3"/>
       <c r="AK328" s="3"/>
       <c r="AL328" s="3"/>
       <c r="AM328" s="3"/>
       <c r="AN328" s="3"/>
       <c r="AO328" s="3"/>
       <c r="AP328" s="3"/>
       <c r="AQ328" s="3"/>
       <c r="AR328" s="3"/>
       <c r="AS328" s="3"/>
       <c r="AT328" s="3"/>
       <c r="AU328" s="3"/>
       <c r="AV328" s="3"/>
     </row>
-    <row r="329" spans="2:48" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="329" spans="2:51" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D329" s="3"/>
       <c r="N329" s="3"/>
       <c r="O329" s="3"/>
       <c r="P329" s="3"/>
       <c r="Q329" s="3"/>
       <c r="R329" s="3"/>
       <c r="S329" s="3"/>
       <c r="T329" s="3"/>
       <c r="U329" s="3"/>
       <c r="V329" s="3"/>
       <c r="W329" s="3"/>
       <c r="X329" s="3"/>
       <c r="Y329" s="3"/>
       <c r="Z329" s="3"/>
       <c r="AA329" s="3"/>
       <c r="AB329" s="3"/>
       <c r="AC329" s="3"/>
       <c r="AD329" s="3"/>
       <c r="AE329" s="3"/>
       <c r="AF329" s="3"/>
       <c r="AG329" s="3"/>
       <c r="AH329" s="3"/>
       <c r="AI329" s="3"/>
       <c r="AJ329" s="3"/>
       <c r="AK329" s="3"/>
       <c r="AL329" s="3"/>
       <c r="AM329" s="3"/>
       <c r="AN329" s="3"/>
       <c r="AO329" s="3"/>
       <c r="AP329" s="3"/>
       <c r="AQ329" s="3"/>
       <c r="AR329" s="3"/>
       <c r="AS329" s="3"/>
       <c r="AT329" s="3"/>
       <c r="AU329" s="3"/>
       <c r="AV329" s="3"/>
     </row>
-    <row r="330" spans="2:48" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="330" spans="2:51" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D330" s="3"/>
       <c r="N330" s="3"/>
       <c r="O330" s="3"/>
       <c r="P330" s="3"/>
       <c r="Q330" s="3"/>
       <c r="R330" s="3"/>
       <c r="S330" s="3"/>
       <c r="T330" s="3"/>
       <c r="U330" s="3"/>
       <c r="V330" s="3"/>
       <c r="W330" s="3"/>
       <c r="X330" s="3"/>
       <c r="Y330" s="3"/>
       <c r="Z330" s="3"/>
       <c r="AA330" s="3"/>
       <c r="AB330" s="3"/>
       <c r="AC330" s="3"/>
       <c r="AD330" s="3"/>
       <c r="AE330" s="3"/>
       <c r="AF330" s="3"/>
       <c r="AG330" s="3"/>
       <c r="AH330" s="3"/>
       <c r="AI330" s="3"/>
       <c r="AJ330" s="3"/>
       <c r="AK330" s="3"/>
       <c r="AL330" s="3"/>
       <c r="AM330" s="3"/>
       <c r="AN330" s="3"/>
       <c r="AO330" s="3"/>
       <c r="AP330" s="3"/>
       <c r="AQ330" s="3"/>
       <c r="AR330" s="3"/>
       <c r="AS330" s="3"/>
       <c r="AT330" s="3"/>
       <c r="AU330" s="3"/>
       <c r="AV330" s="3"/>
     </row>
-    <row r="331" spans="2:48" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="331" spans="2:51" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D331" s="3"/>
       <c r="N331" s="3"/>
       <c r="O331" s="3"/>
       <c r="P331" s="3"/>
       <c r="Q331" s="3"/>
       <c r="R331" s="3"/>
       <c r="S331" s="3"/>
       <c r="T331" s="3"/>
       <c r="U331" s="3"/>
       <c r="V331" s="3"/>
       <c r="W331" s="3"/>
       <c r="X331" s="3"/>
       <c r="Y331" s="3"/>
       <c r="Z331" s="3"/>
       <c r="AA331" s="3"/>
       <c r="AB331" s="3"/>
       <c r="AC331" s="3"/>
       <c r="AD331" s="3"/>
       <c r="AE331" s="3"/>
       <c r="AF331" s="3"/>
       <c r="AG331" s="3"/>
       <c r="AH331" s="3"/>
       <c r="AI331" s="3"/>
       <c r="AJ331" s="3"/>
       <c r="AK331" s="3"/>
       <c r="AL331" s="3"/>
       <c r="AM331" s="3"/>
       <c r="AN331" s="3"/>
       <c r="AO331" s="3"/>
       <c r="AP331" s="3"/>
       <c r="AQ331" s="3"/>
       <c r="AR331" s="3"/>
       <c r="AS331" s="3"/>
       <c r="AT331" s="3"/>
       <c r="AU331" s="3"/>
       <c r="AV331" s="3"/>
     </row>
-    <row r="332" spans="2:48" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="332" spans="2:51" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D332" s="3"/>
       <c r="N332" s="3"/>
       <c r="O332" s="3"/>
       <c r="P332" s="3"/>
       <c r="Q332" s="3"/>
       <c r="R332" s="3"/>
       <c r="S332" s="3"/>
       <c r="T332" s="3"/>
       <c r="U332" s="3"/>
       <c r="V332" s="3"/>
       <c r="W332" s="3"/>
       <c r="X332" s="3"/>
       <c r="Y332" s="3"/>
       <c r="Z332" s="3"/>
       <c r="AA332" s="3"/>
       <c r="AB332" s="3"/>
       <c r="AC332" s="3"/>
       <c r="AD332" s="3"/>
       <c r="AE332" s="3"/>
       <c r="AF332" s="3"/>
       <c r="AG332" s="3"/>
       <c r="AH332" s="3"/>
       <c r="AI332" s="3"/>
       <c r="AJ332" s="3"/>
       <c r="AK332" s="3"/>
       <c r="AL332" s="3"/>
       <c r="AM332" s="3"/>
       <c r="AN332" s="3"/>
       <c r="AO332" s="3"/>
       <c r="AP332" s="3"/>
       <c r="AQ332" s="3"/>
       <c r="AR332" s="3"/>
       <c r="AS332" s="3"/>
       <c r="AT332" s="3"/>
       <c r="AU332" s="3"/>
       <c r="AV332" s="3"/>
     </row>
-    <row r="333" spans="2:48" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="333" spans="2:51" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D333" s="3"/>
       <c r="N333" s="3"/>
       <c r="O333" s="3"/>
       <c r="P333" s="3"/>
       <c r="Q333" s="3"/>
       <c r="R333" s="3"/>
       <c r="S333" s="3"/>
       <c r="T333" s="3"/>
       <c r="U333" s="3"/>
       <c r="V333" s="3"/>
       <c r="W333" s="3"/>
       <c r="X333" s="3"/>
       <c r="Y333" s="3"/>
       <c r="Z333" s="3"/>
       <c r="AA333" s="3"/>
       <c r="AB333" s="3"/>
       <c r="AC333" s="3"/>
       <c r="AD333" s="3"/>
       <c r="AE333" s="3"/>
       <c r="AF333" s="3"/>
       <c r="AG333" s="3"/>
       <c r="AH333" s="3"/>
       <c r="AI333" s="3"/>
       <c r="AJ333" s="3"/>
       <c r="AK333" s="3"/>
       <c r="AL333" s="3"/>
       <c r="AM333" s="3"/>
       <c r="AN333" s="3"/>
       <c r="AO333" s="3"/>
       <c r="AP333" s="3"/>
       <c r="AQ333" s="3"/>
       <c r="AR333" s="3"/>
       <c r="AS333" s="3"/>
       <c r="AT333" s="3"/>
       <c r="AU333" s="3"/>
       <c r="AV333" s="3"/>
     </row>
-    <row r="334" spans="2:48" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="334" spans="2:51" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D334" s="3"/>
       <c r="N334" s="3"/>
       <c r="O334" s="3"/>
       <c r="P334" s="3"/>
       <c r="Q334" s="3"/>
       <c r="R334" s="3"/>
       <c r="S334" s="3"/>
       <c r="T334" s="3"/>
       <c r="U334" s="3"/>
       <c r="V334" s="3"/>
       <c r="W334" s="3"/>
       <c r="X334" s="3"/>
       <c r="Y334" s="3"/>
       <c r="Z334" s="3"/>
       <c r="AA334" s="3"/>
       <c r="AB334" s="3"/>
       <c r="AC334" s="3"/>
       <c r="AD334" s="3"/>
       <c r="AE334" s="3"/>
       <c r="AF334" s="3"/>
       <c r="AG334" s="3"/>
       <c r="AH334" s="3"/>
       <c r="AI334" s="3"/>
       <c r="AJ334" s="3"/>
       <c r="AK334" s="3"/>
       <c r="AL334" s="3"/>
       <c r="AM334" s="3"/>
       <c r="AN334" s="3"/>
       <c r="AO334" s="3"/>
       <c r="AP334" s="3"/>
       <c r="AQ334" s="3"/>
       <c r="AR334" s="3"/>
       <c r="AS334" s="3"/>
       <c r="AT334" s="3"/>
       <c r="AU334" s="3"/>
       <c r="AV334" s="3"/>
     </row>
-    <row r="335" spans="2:48" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="335" spans="2:51" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D335" s="3"/>
       <c r="N335" s="3"/>
       <c r="O335" s="3"/>
       <c r="P335" s="3"/>
       <c r="Q335" s="3"/>
       <c r="R335" s="3"/>
       <c r="S335" s="3"/>
       <c r="T335" s="3"/>
       <c r="U335" s="3"/>
       <c r="V335" s="3"/>
       <c r="W335" s="3"/>
       <c r="X335" s="3"/>
       <c r="Y335" s="3"/>
       <c r="Z335" s="3"/>
       <c r="AA335" s="3"/>
       <c r="AB335" s="3"/>
       <c r="AC335" s="3"/>
       <c r="AD335" s="3"/>
       <c r="AE335" s="3"/>
       <c r="AF335" s="3"/>
       <c r="AG335" s="3"/>
       <c r="AH335" s="3"/>
       <c r="AI335" s="3"/>
       <c r="AJ335" s="3"/>
       <c r="AK335" s="3"/>
       <c r="AL335" s="3"/>
       <c r="AM335" s="3"/>
       <c r="AN335" s="3"/>
       <c r="AO335" s="3"/>
       <c r="AP335" s="3"/>
       <c r="AQ335" s="3"/>
       <c r="AR335" s="3"/>
       <c r="AS335" s="3"/>
       <c r="AT335" s="3"/>
       <c r="AU335" s="3"/>
       <c r="AV335" s="3"/>
     </row>
-    <row r="336" spans="2:48" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="336" spans="2:51" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D336" s="3"/>
       <c r="N336" s="3"/>
       <c r="O336" s="3"/>
       <c r="P336" s="3"/>
       <c r="Q336" s="3"/>
       <c r="R336" s="3"/>
       <c r="S336" s="3"/>
       <c r="T336" s="3"/>
       <c r="U336" s="3"/>
       <c r="V336" s="3"/>
       <c r="W336" s="3"/>
       <c r="X336" s="3"/>
       <c r="Y336" s="3"/>
       <c r="Z336" s="3"/>
       <c r="AA336" s="3"/>
       <c r="AB336" s="3"/>
       <c r="AC336" s="3"/>
       <c r="AD336" s="3"/>
       <c r="AE336" s="3"/>
       <c r="AF336" s="3"/>
       <c r="AG336" s="3"/>
       <c r="AH336" s="3"/>
       <c r="AI336" s="3"/>
       <c r="AJ336" s="3"/>
       <c r="AK336" s="3"/>
@@ -37317,143 +37528,125 @@
       <c r="Y342" s="3"/>
       <c r="Z342" s="3"/>
       <c r="AA342" s="3"/>
       <c r="AB342" s="3"/>
       <c r="AC342" s="3"/>
       <c r="AD342" s="3"/>
       <c r="AE342" s="3"/>
       <c r="AF342" s="3"/>
       <c r="AG342" s="3"/>
       <c r="AH342" s="3"/>
       <c r="AI342" s="3"/>
       <c r="AJ342" s="3"/>
       <c r="AK342" s="3"/>
       <c r="AL342" s="3"/>
       <c r="AM342" s="3"/>
       <c r="AN342" s="3"/>
       <c r="AO342" s="3"/>
       <c r="AP342" s="3"/>
       <c r="AQ342" s="3"/>
       <c r="AR342" s="3"/>
       <c r="AS342" s="3"/>
       <c r="AT342" s="3"/>
       <c r="AU342" s="3"/>
       <c r="AV342" s="3"/>
     </row>
-    <row r="350" spans="3:48" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...44 lines deleted...]
-      <c r="AU350" s="43"/>
+    <row r="343" spans="3:48" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="D343" s="3"/>
+      <c r="N343" s="3"/>
+      <c r="O343" s="3"/>
+      <c r="P343" s="3"/>
+      <c r="Q343" s="3"/>
+      <c r="R343" s="3"/>
+      <c r="S343" s="3"/>
+      <c r="T343" s="3"/>
+      <c r="U343" s="3"/>
+      <c r="V343" s="3"/>
+      <c r="W343" s="3"/>
+      <c r="X343" s="3"/>
+      <c r="Y343" s="3"/>
+      <c r="Z343" s="3"/>
+      <c r="AA343" s="3"/>
+      <c r="AB343" s="3"/>
+      <c r="AC343" s="3"/>
+      <c r="AD343" s="3"/>
+      <c r="AE343" s="3"/>
+      <c r="AF343" s="3"/>
+      <c r="AG343" s="3"/>
+      <c r="AH343" s="3"/>
+      <c r="AI343" s="3"/>
+      <c r="AJ343" s="3"/>
+      <c r="AK343" s="3"/>
+      <c r="AL343" s="3"/>
+      <c r="AM343" s="3"/>
+      <c r="AN343" s="3"/>
+      <c r="AO343" s="3"/>
+      <c r="AP343" s="3"/>
+      <c r="AQ343" s="3"/>
+      <c r="AR343" s="3"/>
+      <c r="AS343" s="3"/>
+      <c r="AT343" s="3"/>
+      <c r="AU343" s="3"/>
+      <c r="AV343" s="3"/>
     </row>
-    <row r="351" spans="3:48" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...44 lines deleted...]
-      <c r="AU351" s="43"/>
+    <row r="344" spans="3:48" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="D344" s="3"/>
+      <c r="N344" s="3"/>
+      <c r="O344" s="3"/>
+      <c r="P344" s="3"/>
+      <c r="Q344" s="3"/>
+      <c r="R344" s="3"/>
+      <c r="S344" s="3"/>
+      <c r="T344" s="3"/>
+      <c r="U344" s="3"/>
+      <c r="V344" s="3"/>
+      <c r="W344" s="3"/>
+      <c r="X344" s="3"/>
+      <c r="Y344" s="3"/>
+      <c r="Z344" s="3"/>
+      <c r="AA344" s="3"/>
+      <c r="AB344" s="3"/>
+      <c r="AC344" s="3"/>
+      <c r="AD344" s="3"/>
+      <c r="AE344" s="3"/>
+      <c r="AF344" s="3"/>
+      <c r="AG344" s="3"/>
+      <c r="AH344" s="3"/>
+      <c r="AI344" s="3"/>
+      <c r="AJ344" s="3"/>
+      <c r="AK344" s="3"/>
+      <c r="AL344" s="3"/>
+      <c r="AM344" s="3"/>
+      <c r="AN344" s="3"/>
+      <c r="AO344" s="3"/>
+      <c r="AP344" s="3"/>
+      <c r="AQ344" s="3"/>
+      <c r="AR344" s="3"/>
+      <c r="AS344" s="3"/>
+      <c r="AT344" s="3"/>
+      <c r="AU344" s="3"/>
+      <c r="AV344" s="3"/>
     </row>
     <row r="352" spans="3:48" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C352" s="43"/>
       <c r="D352" s="43"/>
       <c r="E352" s="43"/>
       <c r="F352" s="43"/>
       <c r="G352" s="43"/>
       <c r="H352" s="43"/>
       <c r="I352" s="43"/>
       <c r="J352" s="43"/>
       <c r="K352" s="43"/>
       <c r="L352" s="43"/>
       <c r="M352" s="43"/>
       <c r="N352" s="43"/>
       <c r="O352" s="43"/>
       <c r="P352" s="43"/>
       <c r="Q352" s="43"/>
       <c r="R352" s="43"/>
       <c r="S352" s="43"/>
       <c r="T352" s="43"/>
       <c r="U352" s="43"/>
       <c r="V352" s="43"/>
       <c r="W352" s="43"/>
       <c r="X352" s="43"/>
       <c r="Y352" s="43"/>
@@ -38633,50 +38826,144 @@
       <c r="X377" s="43"/>
       <c r="Y377" s="43"/>
       <c r="Z377" s="43"/>
       <c r="AA377" s="43"/>
       <c r="AB377" s="43"/>
       <c r="AC377" s="43"/>
       <c r="AD377" s="43"/>
       <c r="AE377" s="43"/>
       <c r="AF377" s="43"/>
       <c r="AG377" s="43"/>
       <c r="AH377" s="43"/>
       <c r="AI377" s="43"/>
       <c r="AJ377" s="43"/>
       <c r="AK377" s="43"/>
       <c r="AL377" s="43"/>
       <c r="AM377" s="43"/>
       <c r="AN377" s="43"/>
       <c r="AO377" s="43"/>
       <c r="AP377" s="43"/>
       <c r="AQ377" s="43"/>
       <c r="AR377" s="43"/>
       <c r="AS377" s="43"/>
       <c r="AT377" s="43"/>
       <c r="AU377" s="43"/>
     </row>
+    <row r="378" spans="3:47" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C378" s="43"/>
+      <c r="D378" s="43"/>
+      <c r="E378" s="43"/>
+      <c r="F378" s="43"/>
+      <c r="G378" s="43"/>
+      <c r="H378" s="43"/>
+      <c r="I378" s="43"/>
+      <c r="J378" s="43"/>
+      <c r="K378" s="43"/>
+      <c r="L378" s="43"/>
+      <c r="M378" s="43"/>
+      <c r="N378" s="43"/>
+      <c r="O378" s="43"/>
+      <c r="P378" s="43"/>
+      <c r="Q378" s="43"/>
+      <c r="R378" s="43"/>
+      <c r="S378" s="43"/>
+      <c r="T378" s="43"/>
+      <c r="U378" s="43"/>
+      <c r="V378" s="43"/>
+      <c r="W378" s="43"/>
+      <c r="X378" s="43"/>
+      <c r="Y378" s="43"/>
+      <c r="Z378" s="43"/>
+      <c r="AA378" s="43"/>
+      <c r="AB378" s="43"/>
+      <c r="AC378" s="43"/>
+      <c r="AD378" s="43"/>
+      <c r="AE378" s="43"/>
+      <c r="AF378" s="43"/>
+      <c r="AG378" s="43"/>
+      <c r="AH378" s="43"/>
+      <c r="AI378" s="43"/>
+      <c r="AJ378" s="43"/>
+      <c r="AK378" s="43"/>
+      <c r="AL378" s="43"/>
+      <c r="AM378" s="43"/>
+      <c r="AN378" s="43"/>
+      <c r="AO378" s="43"/>
+      <c r="AP378" s="43"/>
+      <c r="AQ378" s="43"/>
+      <c r="AR378" s="43"/>
+      <c r="AS378" s="43"/>
+      <c r="AT378" s="43"/>
+      <c r="AU378" s="43"/>
+    </row>
+    <row r="379" spans="3:47" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C379" s="43"/>
+      <c r="D379" s="43"/>
+      <c r="E379" s="43"/>
+      <c r="F379" s="43"/>
+      <c r="G379" s="43"/>
+      <c r="H379" s="43"/>
+      <c r="I379" s="43"/>
+      <c r="J379" s="43"/>
+      <c r="K379" s="43"/>
+      <c r="L379" s="43"/>
+      <c r="M379" s="43"/>
+      <c r="N379" s="43"/>
+      <c r="O379" s="43"/>
+      <c r="P379" s="43"/>
+      <c r="Q379" s="43"/>
+      <c r="R379" s="43"/>
+      <c r="S379" s="43"/>
+      <c r="T379" s="43"/>
+      <c r="U379" s="43"/>
+      <c r="V379" s="43"/>
+      <c r="W379" s="43"/>
+      <c r="X379" s="43"/>
+      <c r="Y379" s="43"/>
+      <c r="Z379" s="43"/>
+      <c r="AA379" s="43"/>
+      <c r="AB379" s="43"/>
+      <c r="AC379" s="43"/>
+      <c r="AD379" s="43"/>
+      <c r="AE379" s="43"/>
+      <c r="AF379" s="43"/>
+      <c r="AG379" s="43"/>
+      <c r="AH379" s="43"/>
+      <c r="AI379" s="43"/>
+      <c r="AJ379" s="43"/>
+      <c r="AK379" s="43"/>
+      <c r="AL379" s="43"/>
+      <c r="AM379" s="43"/>
+      <c r="AN379" s="43"/>
+      <c r="AO379" s="43"/>
+      <c r="AP379" s="43"/>
+      <c r="AQ379" s="43"/>
+      <c r="AR379" s="43"/>
+      <c r="AS379" s="43"/>
+      <c r="AT379" s="43"/>
+      <c r="AU379" s="43"/>
+    </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="D5:D7"/>
     <mergeCell ref="E5:AF5"/>
     <mergeCell ref="E6:M6"/>
     <mergeCell ref="N6:AF6"/>
     <mergeCell ref="AG6:AV6"/>
     <mergeCell ref="AG5:AV5"/>
   </mergeCells>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="8" orientation="landscape" r:id="rId1"/>
   <headerFooter scaleWithDoc="0" alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Radni listovi</vt:lpstr>
       </vt:variant>