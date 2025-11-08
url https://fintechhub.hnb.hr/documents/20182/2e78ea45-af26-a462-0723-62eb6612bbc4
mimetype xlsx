--- v0 (2025-10-13)
+++ v1 (2025-11-08)
@@ -5,77 +5,80 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\261\MOST\Agregirana bilanca DMFI i Biltenske tablice\Biltenske tablice HRV serija od 12.2010\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{014BE146-2432-4E25-99D2-D27F98105202}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5BA3EA17-9C99-40A7-A138-04092A30FAF1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{44A165B7-43F0-4C74-ABBF-0A16A52A4C3A}"/>
   </bookViews>
   <sheets>
     <sheet name="EUR" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="569" uniqueCount="20">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="576" uniqueCount="20">
   <si>
     <t xml:space="preserve">Tablica D3: Potraživanja drugih monetarnih financijskih institucija od opće države i ostalih rezidentnih sektora </t>
   </si>
   <si>
     <t>na kraju razdoblja, u milijunima eura</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve"> 1.</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">	</t>
     </r>
     <r>
       <rPr>
@@ -764,79 +767,79 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{74C3A363-DBCE-4587-9F72-B5851C19B168}">
-  <dimension ref="B2:FW65"/>
+  <dimension ref="B2:FX65"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.85546875" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="2.85546875" style="5" customWidth="1"/>
     <col min="2" max="2" width="35.85546875" style="5" customWidth="1"/>
     <col min="3" max="16384" width="9.85546875" style="5"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B2" s="13" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B3" s="16" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="2:179" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="2:180" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B4" s="14"/>
     </row>
-    <row r="5" spans="2:179" s="1" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="5" spans="2:180" s="1" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="2"/>
       <c r="ER5" s="15"/>
     </row>
-    <row r="6" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="6" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B6" s="3"/>
       <c r="C6" s="4">
         <v>40543</v>
       </c>
       <c r="D6" s="4">
         <v>40574</v>
       </c>
       <c r="E6" s="4">
         <v>40602</v>
       </c>
       <c r="F6" s="4">
         <v>40633</v>
       </c>
       <c r="G6" s="4">
         <v>40663</v>
       </c>
       <c r="H6" s="4">
         <v>40694</v>
       </c>
       <c r="I6" s="4">
         <v>40724</v>
       </c>
       <c r="J6" s="4">
         <v>40755</v>
       </c>
@@ -1325,52 +1328,55 @@
       </c>
       <c r="FP6" s="4">
         <v>45688</v>
       </c>
       <c r="FQ6" s="4">
         <v>45716</v>
       </c>
       <c r="FR6" s="4">
         <v>45747</v>
       </c>
       <c r="FS6" s="4">
         <v>45777</v>
       </c>
       <c r="FT6" s="4">
         <v>45808</v>
       </c>
       <c r="FU6" s="4">
         <v>45838</v>
       </c>
       <c r="FV6" s="4">
         <v>45869</v>
       </c>
       <c r="FW6" s="4">
         <v>45900</v>
       </c>
+      <c r="FX6" s="4">
+        <v>45930</v>
+      </c>
     </row>
-    <row r="7" spans="2:179" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="2:180" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B7" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C7" s="6">
         <v>35225.546587290002</v>
       </c>
       <c r="D7" s="6">
         <v>35396.431214570002</v>
       </c>
       <c r="E7" s="6">
         <v>35572.019571199999</v>
       </c>
       <c r="F7" s="6">
         <v>36501.760639439999</v>
       </c>
       <c r="G7" s="6">
         <v>36676.271840319998</v>
       </c>
       <c r="H7" s="6">
         <v>37040.269934219999</v>
       </c>
       <c r="I7" s="6">
         <v>36855.057237749999</v>
       </c>
       <c r="J7" s="6">
@@ -1861,52 +1867,55 @@
       </c>
       <c r="FP7" s="6">
         <v>55353.628120460002</v>
       </c>
       <c r="FQ7" s="6">
         <v>56019.48685904</v>
       </c>
       <c r="FR7" s="6">
         <v>57841.637942480003</v>
       </c>
       <c r="FS7" s="6">
         <v>58595.745598640002</v>
       </c>
       <c r="FT7" s="6">
         <v>59071.314511279998</v>
       </c>
       <c r="FU7" s="6">
         <v>59947.404178459998</v>
       </c>
       <c r="FV7" s="6">
         <v>61195.256655470002</v>
       </c>
       <c r="FW7" s="6">
         <v>61162.451624529996</v>
       </c>
+      <c r="FX7" s="6">
+        <v>61516.637426529996</v>
+      </c>
     </row>
-    <row r="8" spans="2:179" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="2:180" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B8" s="5" t="s">
         <v>19</v>
       </c>
       <c r="C8" s="6">
         <v>7972.0472424099999</v>
       </c>
       <c r="D8" s="6">
         <v>8101.9325650399996</v>
       </c>
       <c r="E8" s="6">
         <v>8143.4248401599998</v>
       </c>
       <c r="F8" s="6">
         <v>8915.8767731999997</v>
       </c>
       <c r="G8" s="6">
         <v>8798.2341576700001</v>
       </c>
       <c r="H8" s="6">
         <v>8832.0311738799992</v>
       </c>
       <c r="I8" s="6">
         <v>8728.4943859199993</v>
       </c>
       <c r="J8" s="6">
@@ -2397,52 +2406,55 @@
       </c>
       <c r="FP8" s="6">
         <v>14056.662687640001</v>
       </c>
       <c r="FQ8" s="6">
         <v>14268.579035549999</v>
       </c>
       <c r="FR8" s="6">
         <v>15482.375205140001</v>
       </c>
       <c r="FS8" s="6">
         <v>15600.62488051</v>
       </c>
       <c r="FT8" s="6">
         <v>15529.457887340001</v>
       </c>
       <c r="FU8" s="6">
         <v>15740.957175719999</v>
       </c>
       <c r="FV8" s="6">
         <v>16547.782152029999</v>
       </c>
       <c r="FW8" s="6">
         <v>16559.463207090001</v>
       </c>
+      <c r="FX8" s="6">
+        <v>16543.629031569999</v>
+      </c>
     </row>
-    <row r="9" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B9" s="5" t="s">
         <v>4</v>
       </c>
       <c r="C9" s="6">
         <v>7573.3851130000003</v>
       </c>
       <c r="D9" s="6">
         <v>7687.5524428500003</v>
       </c>
       <c r="E9" s="6">
         <v>7730.35660388</v>
       </c>
       <c r="F9" s="6">
         <v>8501.3178266399991</v>
       </c>
       <c r="G9" s="6">
         <v>8400.3446111600006</v>
       </c>
       <c r="H9" s="6">
         <v>8436.1463052399995</v>
       </c>
       <c r="I9" s="6">
         <v>8337.29869874</v>
       </c>
       <c r="J9" s="6">
@@ -2933,52 +2945,55 @@
       </c>
       <c r="FP9" s="6">
         <v>13236.77446203</v>
       </c>
       <c r="FQ9" s="6">
         <v>13446.52583538</v>
       </c>
       <c r="FR9" s="6">
         <v>14661.908345870001</v>
       </c>
       <c r="FS9" s="6">
         <v>14784.26727681</v>
       </c>
       <c r="FT9" s="6">
         <v>14686.302622089999</v>
       </c>
       <c r="FU9" s="6">
         <v>14885.78987615</v>
       </c>
       <c r="FV9" s="6">
         <v>15691.274019820001</v>
       </c>
       <c r="FW9" s="6">
         <v>15702.16660868</v>
       </c>
+      <c r="FX9" s="6">
+        <v>15690.17869862</v>
+      </c>
     </row>
-    <row r="10" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B10" s="9" t="s">
         <v>7</v>
       </c>
       <c r="C10" s="6">
         <v>4636.2383991899997</v>
       </c>
       <c r="D10" s="6">
         <v>4642.3932508799999</v>
       </c>
       <c r="E10" s="6">
         <v>4709.2845071499996</v>
       </c>
       <c r="F10" s="6">
         <v>5380.2392150200003</v>
       </c>
       <c r="G10" s="6">
         <v>5332.9058313100004</v>
       </c>
       <c r="H10" s="6">
         <v>5390.18433611</v>
       </c>
       <c r="I10" s="6">
         <v>5252.1367474299996</v>
       </c>
       <c r="J10" s="6">
@@ -3469,52 +3484,55 @@
       </c>
       <c r="FP10" s="6">
         <v>4691.6240889299997</v>
       </c>
       <c r="FQ10" s="6">
         <v>4579.6749842899999</v>
       </c>
       <c r="FR10" s="6">
         <v>4560.84517882</v>
       </c>
       <c r="FS10" s="6">
         <v>4459.6532494200001</v>
       </c>
       <c r="FT10" s="6">
         <v>4304.6798136300004</v>
       </c>
       <c r="FU10" s="6">
         <v>4183.9799726700003</v>
       </c>
       <c r="FV10" s="6">
         <v>4187.47242998</v>
       </c>
       <c r="FW10" s="6">
         <v>4189.7779993300001</v>
       </c>
+      <c r="FX10" s="6">
+        <v>4257.3892450499998</v>
+      </c>
     </row>
-    <row r="11" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B11" s="9" t="s">
         <v>8</v>
       </c>
       <c r="C11" s="6">
         <v>2937.1467138100002</v>
       </c>
       <c r="D11" s="6">
         <v>3045.1591919699999</v>
       </c>
       <c r="E11" s="6">
         <v>3021.0720967299999</v>
       </c>
       <c r="F11" s="6">
         <v>3121.0786116200002</v>
       </c>
       <c r="G11" s="6">
         <v>3067.4387798500002</v>
       </c>
       <c r="H11" s="6">
         <v>3045.9619691299999</v>
       </c>
       <c r="I11" s="6">
         <v>3085.1619513099999</v>
       </c>
       <c r="J11" s="6">
@@ -4005,52 +4023,55 @@
       </c>
       <c r="FP11" s="6">
         <v>8545.1503730999993</v>
       </c>
       <c r="FQ11" s="6">
         <v>8866.8508510899992</v>
       </c>
       <c r="FR11" s="6">
         <v>10101.063167050001</v>
       </c>
       <c r="FS11" s="6">
         <v>10324.61402739</v>
       </c>
       <c r="FT11" s="6">
         <v>10381.622808460001</v>
       </c>
       <c r="FU11" s="6">
         <v>10701.80990348</v>
       </c>
       <c r="FV11" s="6">
         <v>11503.801589840001</v>
       </c>
       <c r="FW11" s="6">
         <v>11512.38860935</v>
       </c>
+      <c r="FX11" s="6">
+        <v>11432.78945357</v>
+      </c>
     </row>
-    <row r="12" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B12" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C12" s="6">
         <v>398.66212940999998</v>
       </c>
       <c r="D12" s="6">
         <v>414.38012219000001</v>
       </c>
       <c r="E12" s="6">
         <v>413.06823628000001</v>
       </c>
       <c r="F12" s="6">
         <v>414.55894655999998</v>
       </c>
       <c r="G12" s="6">
         <v>397.88954651</v>
       </c>
       <c r="H12" s="6">
         <v>395.88486863999998</v>
       </c>
       <c r="I12" s="6">
         <v>391.19568717999999</v>
       </c>
       <c r="J12" s="6">
@@ -4541,52 +4562,55 @@
       </c>
       <c r="FP12" s="6">
         <v>819.88822560999995</v>
       </c>
       <c r="FQ12" s="6">
         <v>822.05320016999997</v>
       </c>
       <c r="FR12" s="6">
         <v>820.46685926999999</v>
       </c>
       <c r="FS12" s="6">
         <v>816.35760370000003</v>
       </c>
       <c r="FT12" s="6">
         <v>843.15526524999996</v>
       </c>
       <c r="FU12" s="6">
         <v>855.16729956999995</v>
       </c>
       <c r="FV12" s="6">
         <v>856.50813220999999</v>
       </c>
       <c r="FW12" s="6">
         <v>857.29659841</v>
       </c>
+      <c r="FX12" s="6">
+        <v>853.45033294999996</v>
+      </c>
     </row>
-    <row r="13" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="13" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B13" s="9" t="s">
         <v>7</v>
       </c>
       <c r="C13" s="6">
         <v>365.59732862999999</v>
       </c>
       <c r="D13" s="6">
         <v>382.39301239000002</v>
       </c>
       <c r="E13" s="6">
         <v>382.83009922000002</v>
       </c>
       <c r="F13" s="6">
         <v>381.99246964000002</v>
       </c>
       <c r="G13" s="6">
         <v>361.81713545999997</v>
       </c>
       <c r="H13" s="6">
         <v>359.59397237000002</v>
       </c>
       <c r="I13" s="6">
         <v>354.12924164999998</v>
       </c>
       <c r="J13" s="6">
@@ -5077,52 +5101,55 @@
       </c>
       <c r="FP13" s="6">
         <v>811.85174333999998</v>
       </c>
       <c r="FQ13" s="6">
         <v>813.95502838000004</v>
       </c>
       <c r="FR13" s="6">
         <v>812.53688571999999</v>
       </c>
       <c r="FS13" s="6">
         <v>808.59470565000004</v>
       </c>
       <c r="FT13" s="6">
         <v>835.56475032000003</v>
       </c>
       <c r="FU13" s="6">
         <v>847.75264895999999</v>
       </c>
       <c r="FV13" s="6">
         <v>849.26986851000004</v>
       </c>
       <c r="FW13" s="6">
         <v>850.23505685999999</v>
       </c>
+      <c r="FX13" s="6">
+        <v>846.56678195999996</v>
+      </c>
     </row>
-    <row r="14" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="14" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B14" s="9" t="s">
         <v>8</v>
       </c>
       <c r="C14" s="6">
         <v>33.064800779999999</v>
       </c>
       <c r="D14" s="6">
         <v>31.987109799999999</v>
       </c>
       <c r="E14" s="6">
         <v>30.23813706</v>
       </c>
       <c r="F14" s="6">
         <v>32.566476919999999</v>
       </c>
       <c r="G14" s="6">
         <v>36.072411049999999</v>
       </c>
       <c r="H14" s="6">
         <v>36.290896269999998</v>
       </c>
       <c r="I14" s="6">
         <v>37.066445530000003</v>
       </c>
       <c r="J14" s="6">
@@ -5613,52 +5640,55 @@
       </c>
       <c r="FP14" s="6">
         <v>8.0364822700000005</v>
       </c>
       <c r="FQ14" s="6">
         <v>8.0981717900000003</v>
       </c>
       <c r="FR14" s="6">
         <v>7.9299735499999997</v>
       </c>
       <c r="FS14" s="6">
         <v>7.7628980500000004</v>
       </c>
       <c r="FT14" s="6">
         <v>7.5905149300000003</v>
       </c>
       <c r="FU14" s="6">
         <v>7.4146506099999998</v>
       </c>
       <c r="FV14" s="6">
         <v>7.2382637000000001</v>
       </c>
       <c r="FW14" s="6">
         <v>7.0615415500000003</v>
       </c>
+      <c r="FX14" s="6">
+        <v>6.8835509899999998</v>
+      </c>
     </row>
-    <row r="15" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B15" s="5" t="s">
         <v>5</v>
       </c>
       <c r="C15" s="6">
         <v>27253.499344880001</v>
       </c>
       <c r="D15" s="6">
         <v>27294.49864953</v>
       </c>
       <c r="E15" s="6">
         <v>27428.594731040001</v>
       </c>
       <c r="F15" s="6">
         <v>27585.883866240001</v>
       </c>
       <c r="G15" s="6">
         <v>27878.03768265</v>
       </c>
       <c r="H15" s="6">
         <v>28208.238760339998</v>
       </c>
       <c r="I15" s="6">
         <v>28126.56285183</v>
       </c>
       <c r="J15" s="6">
@@ -6149,52 +6179,55 @@
       </c>
       <c r="FP15" s="6">
         <v>41296.965432819998</v>
       </c>
       <c r="FQ15" s="6">
         <v>41750.907823490001</v>
       </c>
       <c r="FR15" s="6">
         <v>42359.262737340003</v>
       </c>
       <c r="FS15" s="6">
         <v>42995.120718129998</v>
       </c>
       <c r="FT15" s="6">
         <v>43541.856623940002</v>
       </c>
       <c r="FU15" s="6">
         <v>44206.447002740002</v>
       </c>
       <c r="FV15" s="6">
         <v>44647.474503439997</v>
       </c>
       <c r="FW15" s="6">
         <v>44602.988417439999</v>
       </c>
+      <c r="FX15" s="6">
+        <v>44973.008394960001</v>
+      </c>
     </row>
-    <row r="16" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B16" s="9" t="s">
         <v>6</v>
       </c>
       <c r="C16" s="6">
         <v>26518.142654259998</v>
       </c>
       <c r="D16" s="6">
         <v>26559.516941639999</v>
       </c>
       <c r="E16" s="6">
         <v>26693.563224450001</v>
       </c>
       <c r="F16" s="6">
         <v>26849.645149280001</v>
       </c>
       <c r="G16" s="6">
         <v>26987.210243729998</v>
       </c>
       <c r="H16" s="6">
         <v>27307.629149330001</v>
       </c>
       <c r="I16" s="6">
         <v>27221.431388929999</v>
       </c>
       <c r="J16" s="6">
@@ -6685,52 +6718,55 @@
       </c>
       <c r="FP16" s="6">
         <v>40556.690030290003</v>
       </c>
       <c r="FQ16" s="6">
         <v>41011.217356360001</v>
       </c>
       <c r="FR16" s="6">
         <v>41611.748130970002</v>
       </c>
       <c r="FS16" s="6">
         <v>42261.613356900001</v>
       </c>
       <c r="FT16" s="6">
         <v>42737.1093492</v>
       </c>
       <c r="FU16" s="6">
         <v>43359.847141270002</v>
       </c>
       <c r="FV16" s="6">
         <v>43783.189920589997</v>
       </c>
       <c r="FW16" s="6">
         <v>43730.842694229999</v>
       </c>
+      <c r="FX16" s="6">
+        <v>44094.774919169999</v>
+      </c>
     </row>
-    <row r="17" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="17" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B17" s="9" t="s">
         <v>15</v>
       </c>
       <c r="C17" s="6">
         <v>444.83753231999998</v>
       </c>
       <c r="D17" s="6">
         <v>441.41575326999998</v>
       </c>
       <c r="E17" s="6">
         <v>439.74728499000003</v>
       </c>
       <c r="F17" s="6">
         <v>447.26485904999998</v>
       </c>
       <c r="G17" s="6">
         <v>455.82093445999999</v>
       </c>
       <c r="H17" s="6">
         <v>463.69110604999997</v>
       </c>
       <c r="I17" s="6">
         <v>463.95675507999999</v>
       </c>
       <c r="J17" s="6">
@@ -7221,52 +7257,55 @@
       </c>
       <c r="FP17" s="6">
         <v>387.27600919999998</v>
       </c>
       <c r="FQ17" s="6">
         <v>390.34952559999999</v>
       </c>
       <c r="FR17" s="6">
         <v>397.96657988999999</v>
       </c>
       <c r="FS17" s="6">
         <v>396.80533766999997</v>
       </c>
       <c r="FT17" s="6">
         <v>466.65369284000002</v>
       </c>
       <c r="FU17" s="6">
         <v>501.13956274999998</v>
       </c>
       <c r="FV17" s="6">
         <v>516.92236716000002</v>
       </c>
       <c r="FW17" s="6">
         <v>523.40252584999996</v>
       </c>
+      <c r="FX17" s="6">
+        <v>523.63768406999998</v>
+      </c>
     </row>
-    <row r="18" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="18" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B18" s="9" t="s">
         <v>16</v>
       </c>
       <c r="C18" s="6">
         <v>241.64616391000001</v>
       </c>
       <c r="D18" s="6">
         <v>243.06281738000001</v>
       </c>
       <c r="E18" s="6">
         <v>244.68564445999999</v>
       </c>
       <c r="F18" s="6">
         <v>237.35999215000001</v>
       </c>
       <c r="G18" s="6">
         <v>385.23017513000002</v>
       </c>
       <c r="H18" s="6">
         <v>386.35093068999998</v>
       </c>
       <c r="I18" s="6">
         <v>389.47874052999998</v>
       </c>
       <c r="J18" s="6">
@@ -7757,52 +7796,55 @@
       </c>
       <c r="FP18" s="6">
         <v>229.40163672</v>
       </c>
       <c r="FQ18" s="6">
         <v>229.29917689000001</v>
       </c>
       <c r="FR18" s="6">
         <v>230.06569504999999</v>
       </c>
       <c r="FS18" s="6">
         <v>216.76228062000001</v>
       </c>
       <c r="FT18" s="6">
         <v>217.14094503999999</v>
       </c>
       <c r="FU18" s="6">
         <v>222.19304312</v>
       </c>
       <c r="FV18" s="6">
         <v>223.06718823</v>
       </c>
       <c r="FW18" s="6">
         <v>224.52615889</v>
       </c>
+      <c r="FX18" s="6">
+        <v>230.04905647000001</v>
+      </c>
     </row>
-    <row r="19" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B19" s="9" t="s">
         <v>17</v>
       </c>
       <c r="C19" s="6">
         <v>48.872994390000002</v>
       </c>
       <c r="D19" s="6">
         <v>50.503137240000001</v>
       </c>
       <c r="E19" s="6">
         <v>50.598577140000003</v>
       </c>
       <c r="F19" s="6">
         <v>51.613865760000003</v>
       </c>
       <c r="G19" s="6">
         <v>49.776329330000003</v>
       </c>
       <c r="H19" s="6">
         <v>50.567574270000001</v>
       </c>
       <c r="I19" s="6">
         <v>51.695967289999999</v>
       </c>
       <c r="J19" s="6">
@@ -8293,52 +8335,55 @@
       </c>
       <c r="FP19" s="6">
         <v>123.59775661</v>
       </c>
       <c r="FQ19" s="6">
         <v>120.04176464</v>
       </c>
       <c r="FR19" s="6">
         <v>119.48233143</v>
       </c>
       <c r="FS19" s="6">
         <v>119.93974294</v>
       </c>
       <c r="FT19" s="6">
         <v>120.95263686</v>
       </c>
       <c r="FU19" s="6">
         <v>123.2672556</v>
       </c>
       <c r="FV19" s="6">
         <v>124.29502746</v>
       </c>
       <c r="FW19" s="6">
         <v>124.21703847000001</v>
       </c>
+      <c r="FX19" s="6">
+        <v>124.54673525</v>
+      </c>
     </row>
-    <row r="20" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="20" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B20" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="6">
         <v>5041.8604041999997</v>
       </c>
       <c r="D20" s="6">
         <v>4818.7377868399999</v>
       </c>
       <c r="E20" s="6">
         <v>4840.2575169700003</v>
       </c>
       <c r="F20" s="6">
         <v>4669.35531438</v>
       </c>
       <c r="G20" s="6">
         <v>4601.1706271599996</v>
       </c>
       <c r="H20" s="6">
         <v>4840.5075708599998</v>
       </c>
       <c r="I20" s="6">
         <v>4819.0498183199998</v>
       </c>
       <c r="J20" s="6">
@@ -8829,52 +8874,55 @@
       </c>
       <c r="FP20" s="6">
         <v>273.83753180999997</v>
       </c>
       <c r="FQ20" s="6">
         <v>277.78965719000001</v>
       </c>
       <c r="FR20" s="6">
         <v>91.834046090000001</v>
       </c>
       <c r="FS20" s="6">
         <v>88.349125340000001</v>
       </c>
       <c r="FT20" s="6">
         <v>87.498074979999998</v>
       </c>
       <c r="FU20" s="6">
         <v>84.515911459999998</v>
       </c>
       <c r="FV20" s="6">
         <v>84.019077409999994</v>
       </c>
       <c r="FW20" s="6">
         <v>83.156166440000007</v>
       </c>
+      <c r="FX20" s="6">
+        <v>81.485139239999995</v>
+      </c>
     </row>
-    <row r="21" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="21" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B21" s="5" t="s">
         <v>12</v>
       </c>
       <c r="C21" s="6">
         <v>56.322782220000001</v>
       </c>
       <c r="D21" s="6">
         <v>53.437898840000003</v>
       </c>
       <c r="E21" s="6">
         <v>52.792255920000002</v>
       </c>
       <c r="F21" s="6">
         <v>56.64374497</v>
       </c>
       <c r="G21" s="6">
         <v>52.290920200000002</v>
       </c>
       <c r="H21" s="6">
         <v>55.413982189999999</v>
       </c>
       <c r="I21" s="6">
         <v>56.358451870000003</v>
       </c>
       <c r="J21" s="6">
@@ -9365,52 +9413,55 @@
       </c>
       <c r="FP21" s="6">
         <v>0.74251438000000003</v>
       </c>
       <c r="FQ21" s="6">
         <v>0.65150836000000001</v>
       </c>
       <c r="FR21" s="6">
         <v>0.54497580999999995</v>
       </c>
       <c r="FS21" s="6">
         <v>0.48999842999999998</v>
       </c>
       <c r="FT21" s="6">
         <v>0.42941276</v>
       </c>
       <c r="FU21" s="6">
         <v>0.34359920999999999</v>
       </c>
       <c r="FV21" s="6">
         <v>0.28173745</v>
       </c>
       <c r="FW21" s="6">
         <v>0.21608204</v>
       </c>
+      <c r="FX21" s="6">
+        <v>0.19461796000000001</v>
+      </c>
     </row>
-    <row r="22" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="22" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B22" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C22" s="6">
         <v>6.8524818099999996</v>
       </c>
       <c r="D22" s="6">
         <v>6.2786456499999996</v>
       </c>
       <c r="E22" s="6">
         <v>5.2209495600000002</v>
       </c>
       <c r="F22" s="6">
         <v>10.451733770000001</v>
       </c>
       <c r="G22" s="6">
         <v>6.3114577299999999</v>
       </c>
       <c r="H22" s="6">
         <v>6.58559465</v>
       </c>
       <c r="I22" s="6">
         <v>7.9414844599999999</v>
       </c>
       <c r="J22" s="6">
@@ -9901,52 +9952,55 @@
       </c>
       <c r="FP22" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FQ22" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FR22" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FS22" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FT22" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FU22" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FV22" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FW22" s="6" t="s">
         <v>2</v>
       </c>
+      <c r="FX22" s="6" t="s">
+        <v>2</v>
+      </c>
     </row>
-    <row r="23" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="23" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B23" s="9" t="s">
         <v>7</v>
       </c>
       <c r="C23" s="6">
         <v>4.9500529899999997</v>
       </c>
       <c r="D23" s="6">
         <v>4.79471852</v>
       </c>
       <c r="E23" s="6">
         <v>4.78022203</v>
       </c>
       <c r="F23" s="6">
         <v>4.6622383200000002</v>
       </c>
       <c r="G23" s="6">
         <v>4.08754756</v>
       </c>
       <c r="H23" s="6">
         <v>4.2988535600000004</v>
       </c>
       <c r="I23" s="6">
         <v>4.2358616099999997</v>
       </c>
       <c r="J23" s="6">
@@ -10437,52 +10491,55 @@
       </c>
       <c r="FP23" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FQ23" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FR23" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FS23" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FT23" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FU23" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FV23" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FW23" s="6" t="s">
         <v>2</v>
       </c>
+      <c r="FX23" s="6" t="s">
+        <v>2</v>
+      </c>
     </row>
-    <row r="24" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="24" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B24" s="9" t="s">
         <v>8</v>
       </c>
       <c r="C24" s="6">
         <v>1.9024288199999999</v>
       </c>
       <c r="D24" s="6">
         <v>1.4839271300000001</v>
       </c>
       <c r="E24" s="6">
         <v>0.44072752999999998</v>
       </c>
       <c r="F24" s="6">
         <v>5.7894954500000004</v>
       </c>
       <c r="G24" s="6">
         <v>2.2239101699999999</v>
       </c>
       <c r="H24" s="6">
         <v>2.28674109</v>
       </c>
       <c r="I24" s="6">
         <v>3.7056228500000001</v>
       </c>
       <c r="J24" s="6">
@@ -10973,52 +11030,55 @@
       </c>
       <c r="FP24" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FQ24" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FR24" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FS24" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FT24" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FU24" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FV24" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FW24" s="6" t="s">
         <v>2</v>
       </c>
+      <c r="FX24" s="6" t="s">
+        <v>2</v>
+      </c>
     </row>
-    <row r="25" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="25" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B25" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C25" s="6">
         <v>49.47030041</v>
       </c>
       <c r="D25" s="6">
         <v>47.159253190000001</v>
       </c>
       <c r="E25" s="6">
         <v>47.571306360000001</v>
       </c>
       <c r="F25" s="6">
         <v>46.192011200000003</v>
       </c>
       <c r="G25" s="6">
         <v>45.979462470000001</v>
       </c>
       <c r="H25" s="6">
         <v>48.828387540000001</v>
       </c>
       <c r="I25" s="6">
         <v>48.416967409999998</v>
       </c>
       <c r="J25" s="6">
@@ -11509,52 +11569,55 @@
       </c>
       <c r="FP25" s="6">
         <v>0.74251438000000003</v>
       </c>
       <c r="FQ25" s="6">
         <v>0.65150836000000001</v>
       </c>
       <c r="FR25" s="6">
         <v>0.54497580999999995</v>
       </c>
       <c r="FS25" s="6">
         <v>0.48999842999999998</v>
       </c>
       <c r="FT25" s="6">
         <v>0.42941276</v>
       </c>
       <c r="FU25" s="6">
         <v>0.34359920999999999</v>
       </c>
       <c r="FV25" s="6">
         <v>0.28173745</v>
       </c>
       <c r="FW25" s="6">
         <v>0.21608204</v>
       </c>
+      <c r="FX25" s="6">
+        <v>0.19461796000000001</v>
+      </c>
     </row>
-    <row r="26" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="26" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B26" s="9" t="s">
         <v>7</v>
       </c>
       <c r="C26" s="6">
         <v>49.47030041</v>
       </c>
       <c r="D26" s="6">
         <v>47.159253190000001</v>
       </c>
       <c r="E26" s="6">
         <v>47.571306360000001</v>
       </c>
       <c r="F26" s="6">
         <v>46.192011200000003</v>
       </c>
       <c r="G26" s="6">
         <v>45.979462470000001</v>
       </c>
       <c r="H26" s="6">
         <v>48.828387540000001</v>
       </c>
       <c r="I26" s="6">
         <v>48.416967409999998</v>
       </c>
       <c r="J26" s="6">
@@ -12045,52 +12108,55 @@
       </c>
       <c r="FP26" s="6">
         <v>0.74251438000000003</v>
       </c>
       <c r="FQ26" s="6">
         <v>0.65150836000000001</v>
       </c>
       <c r="FR26" s="6">
         <v>0.54497580999999995</v>
       </c>
       <c r="FS26" s="6">
         <v>0.48999842999999998</v>
       </c>
       <c r="FT26" s="6">
         <v>0.42941276</v>
       </c>
       <c r="FU26" s="6">
         <v>0.34359920999999999</v>
       </c>
       <c r="FV26" s="6">
         <v>0.28173745</v>
       </c>
       <c r="FW26" s="6">
         <v>0.21608204</v>
       </c>
+      <c r="FX26" s="6">
+        <v>0.19461796000000001</v>
+      </c>
     </row>
-    <row r="27" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="27" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B27" s="9" t="s">
         <v>8</v>
       </c>
       <c r="C27" s="6" t="s">
         <v>2</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>2</v>
       </c>
       <c r="E27" s="6" t="s">
         <v>2</v>
       </c>
       <c r="F27" s="6" t="s">
         <v>2</v>
       </c>
       <c r="G27" s="6" t="s">
         <v>2</v>
       </c>
       <c r="H27" s="6" t="s">
         <v>2</v>
       </c>
       <c r="I27" s="6" t="s">
         <v>2</v>
       </c>
       <c r="J27" s="6" t="s">
@@ -12581,52 +12647,55 @@
       </c>
       <c r="FP27" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FQ27" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FR27" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FS27" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FT27" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FU27" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FV27" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FW27" s="6" t="s">
         <v>2</v>
       </c>
+      <c r="FX27" s="6" t="s">
+        <v>2</v>
+      </c>
     </row>
-    <row r="28" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="28" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B28" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C28" s="6">
         <v>4985.53762198</v>
       </c>
       <c r="D28" s="6">
         <v>4765.2998879999996</v>
       </c>
       <c r="E28" s="6">
         <v>4787.4652610499998</v>
       </c>
       <c r="F28" s="6">
         <v>4612.7115694100003</v>
       </c>
       <c r="G28" s="6">
         <v>4548.8797069599996</v>
       </c>
       <c r="H28" s="6">
         <v>4785.0935886699999</v>
       </c>
       <c r="I28" s="6">
         <v>4762.6913664499998</v>
       </c>
       <c r="J28" s="6">
@@ -13117,52 +13186,55 @@
       </c>
       <c r="FP28" s="6">
         <v>273.09501742999998</v>
       </c>
       <c r="FQ28" s="6">
         <v>277.13814882999998</v>
       </c>
       <c r="FR28" s="6">
         <v>91.289070280000004</v>
       </c>
       <c r="FS28" s="6">
         <v>87.859126910000001</v>
       </c>
       <c r="FT28" s="6">
         <v>87.068662219999993</v>
       </c>
       <c r="FU28" s="6">
         <v>84.172312250000004</v>
       </c>
       <c r="FV28" s="6">
         <v>83.73733996</v>
       </c>
       <c r="FW28" s="6">
         <v>82.940084400000003</v>
       </c>
+      <c r="FX28" s="6">
+        <v>81.290521279999993</v>
+      </c>
     </row>
-    <row r="29" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="29" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B29" s="9" t="s">
         <v>6</v>
       </c>
       <c r="C29" s="6">
         <v>4982.2212067099999</v>
       </c>
       <c r="D29" s="6">
         <v>4761.6066714099998</v>
       </c>
       <c r="E29" s="6">
         <v>4783.7822952099996</v>
       </c>
       <c r="F29" s="6">
         <v>4609.14299312</v>
       </c>
       <c r="G29" s="6">
         <v>4545.5189440200002</v>
       </c>
       <c r="H29" s="6">
         <v>4781.9743039200002</v>
       </c>
       <c r="I29" s="6">
         <v>4759.3034605599996</v>
       </c>
       <c r="J29" s="6">
@@ -13653,52 +13725,55 @@
       </c>
       <c r="FP29" s="6">
         <v>272.67924381</v>
       </c>
       <c r="FQ29" s="6">
         <v>277.13814882999998</v>
       </c>
       <c r="FR29" s="6">
         <v>91.289070280000004</v>
       </c>
       <c r="FS29" s="6">
         <v>87.859126910000001</v>
       </c>
       <c r="FT29" s="6">
         <v>87.068662219999993</v>
       </c>
       <c r="FU29" s="6">
         <v>84.172312250000004</v>
       </c>
       <c r="FV29" s="6">
         <v>83.73733996</v>
       </c>
       <c r="FW29" s="6">
         <v>82.940084400000003</v>
       </c>
+      <c r="FX29" s="6">
+        <v>81.290521279999993</v>
+      </c>
     </row>
-    <row r="30" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="30" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B30" s="9" t="s">
         <v>15</v>
       </c>
       <c r="C30" s="6" t="s">
         <v>2</v>
       </c>
       <c r="D30" s="6" t="s">
         <v>2</v>
       </c>
       <c r="E30" s="6" t="s">
         <v>2</v>
       </c>
       <c r="F30" s="6" t="s">
         <v>2</v>
       </c>
       <c r="G30" s="6" t="s">
         <v>2</v>
       </c>
       <c r="H30" s="6" t="s">
         <v>2</v>
       </c>
       <c r="I30" s="6" t="s">
         <v>2</v>
       </c>
       <c r="J30" s="6" t="s">
@@ -14189,52 +14264,55 @@
       </c>
       <c r="FP30" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FQ30" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FR30" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FS30" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FT30" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FU30" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FV30" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FW30" s="6" t="s">
         <v>2</v>
       </c>
+      <c r="FX30" s="6" t="s">
+        <v>2</v>
+      </c>
     </row>
-    <row r="31" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="31" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B31" s="9" t="s">
         <v>16</v>
       </c>
       <c r="C31" s="6">
         <v>3.3164152699999998</v>
       </c>
       <c r="D31" s="6">
         <v>3.5753048299999999</v>
       </c>
       <c r="E31" s="6">
         <v>3.5643049900000001</v>
       </c>
       <c r="F31" s="6">
         <v>3.4572082399999999</v>
       </c>
       <c r="G31" s="6">
         <v>3.2527298600000001</v>
       </c>
       <c r="H31" s="6">
         <v>3.0072667599999998</v>
       </c>
       <c r="I31" s="6">
         <v>3.2848187800000002</v>
       </c>
       <c r="J31" s="6">
@@ -14725,52 +14803,55 @@
       </c>
       <c r="FP31" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FQ31" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FR31" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FS31" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FT31" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FU31" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FV31" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FW31" s="6" t="s">
         <v>2</v>
       </c>
+      <c r="FX31" s="6" t="s">
+        <v>2</v>
+      </c>
     </row>
-    <row r="32" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="32" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B32" s="9" t="s">
         <v>17</v>
       </c>
       <c r="C32" s="6" t="s">
         <v>2</v>
       </c>
       <c r="D32" s="6">
         <v>0.11791176</v>
       </c>
       <c r="E32" s="6">
         <v>0.11866085</v>
       </c>
       <c r="F32" s="6">
         <v>0.11136805</v>
       </c>
       <c r="G32" s="6">
         <v>0.10803308</v>
       </c>
       <c r="H32" s="6">
         <v>0.11201799</v>
       </c>
       <c r="I32" s="6">
         <v>0.10308711</v>
       </c>
       <c r="J32" s="6">
@@ -15261,52 +15342,55 @@
       </c>
       <c r="FP32" s="6">
         <v>0.41577362000000001</v>
       </c>
       <c r="FQ32" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FR32" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FS32" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FT32" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FU32" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FV32" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FW32" s="6" t="s">
         <v>2</v>
       </c>
+      <c r="FX32" s="6" t="s">
+        <v>2</v>
+      </c>
     </row>
-    <row r="33" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="33" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B33" s="10" t="s">
         <v>18</v>
       </c>
       <c r="C33" s="11">
         <v>40267.406991490003</v>
       </c>
       <c r="D33" s="11">
         <v>40215.169001410002</v>
       </c>
       <c r="E33" s="11">
         <v>40412.277088169998</v>
       </c>
       <c r="F33" s="11">
         <v>41171.115953820001</v>
       </c>
       <c r="G33" s="11">
         <v>41277.442467480003</v>
       </c>
       <c r="H33" s="11">
         <v>41880.777505079997</v>
       </c>
       <c r="I33" s="11">
         <v>41674.107056070003</v>
       </c>
       <c r="J33" s="11">
@@ -15797,85 +15881,88 @@
       </c>
       <c r="FP33" s="11">
         <v>55627.465652270002</v>
       </c>
       <c r="FQ33" s="11">
         <v>56297.276516229998</v>
       </c>
       <c r="FR33" s="11">
         <v>57933.471988570003</v>
       </c>
       <c r="FS33" s="11">
         <v>58684.094723980001</v>
       </c>
       <c r="FT33" s="11">
         <v>59158.812586259999</v>
       </c>
       <c r="FU33" s="11">
         <v>60031.92008992</v>
       </c>
       <c r="FV33" s="11">
         <v>61279.27573288</v>
       </c>
       <c r="FW33" s="11">
         <v>61245.607790970003</v>
       </c>
+      <c r="FX33" s="11">
+        <v>61598.122565769998</v>
+      </c>
     </row>
-    <row r="34" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="34" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B34" s="9"/>
     </row>
-    <row r="35" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="35" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B35" s="9"/>
     </row>
-    <row r="36" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="36" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B36" s="9"/>
     </row>
-    <row r="39" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="39" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B39" s="9"/>
     </row>
-    <row r="40" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="40" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B40" s="9"/>
     </row>
-    <row r="41" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="41" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B41" s="9"/>
     </row>
-    <row r="42" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="42" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B42" s="9"/>
     </row>
-    <row r="43" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="43" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B43" s="9"/>
     </row>
-    <row r="44" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="44" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B44" s="9"/>
     </row>
-    <row r="46" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="46" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B46" s="9"/>
     </row>
-    <row r="47" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="47" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B47" s="9"/>
     </row>
-    <row r="48" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="48" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B48" s="9"/>
     </row>
     <row r="49" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B49" s="9"/>
     </row>
     <row r="50" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B50" s="9"/>
     </row>
     <row r="51" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B51" s="9"/>
     </row>
     <row r="52" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B52" s="9"/>
     </row>
     <row r="57" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B57" s="9"/>
     </row>
     <row r="58" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B58" s="9"/>
     </row>
     <row r="59" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B59" s="9"/>
     </row>
     <row r="61" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B61" s="9"/>