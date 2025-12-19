--- v1 (2025-11-08)
+++ v2 (2025-12-19)
@@ -5,80 +5,80 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\261\MOST\Agregirana bilanca DMFI i Biltenske tablice\Biltenske tablice HRV serija od 12.2010\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5BA3EA17-9C99-40A7-A138-04092A30FAF1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A0FCE110-6B2B-4C8A-823A-F5A2537C72F8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{44A165B7-43F0-4C74-ABBF-0A16A52A4C3A}"/>
   </bookViews>
   <sheets>
     <sheet name="EUR" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="576" uniqueCount="20">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="583" uniqueCount="20">
   <si>
     <t xml:space="preserve">Tablica D3: Potraživanja drugih monetarnih financijskih institucija od opće države i ostalih rezidentnih sektora </t>
   </si>
   <si>
     <t>na kraju razdoblja, u milijunima eura</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve"> 1.</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">	</t>
     </r>
     <r>
       <rPr>
@@ -767,79 +767,79 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{74C3A363-DBCE-4587-9F72-B5851C19B168}">
-  <dimension ref="B2:FX65"/>
+  <dimension ref="B2:FY65"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.85546875" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="2.85546875" style="5" customWidth="1"/>
     <col min="2" max="2" width="35.85546875" style="5" customWidth="1"/>
     <col min="3" max="16384" width="9.85546875" style="5"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B2" s="13" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B3" s="16" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="2:180" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="2:181" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B4" s="14"/>
     </row>
-    <row r="5" spans="2:180" s="1" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="5" spans="2:181" s="1" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="2"/>
       <c r="ER5" s="15"/>
     </row>
-    <row r="6" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="6" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B6" s="3"/>
       <c r="C6" s="4">
         <v>40543</v>
       </c>
       <c r="D6" s="4">
         <v>40574</v>
       </c>
       <c r="E6" s="4">
         <v>40602</v>
       </c>
       <c r="F6" s="4">
         <v>40633</v>
       </c>
       <c r="G6" s="4">
         <v>40663</v>
       </c>
       <c r="H6" s="4">
         <v>40694</v>
       </c>
       <c r="I6" s="4">
         <v>40724</v>
       </c>
       <c r="J6" s="4">
         <v>40755</v>
       </c>
@@ -1331,52 +1331,55 @@
       </c>
       <c r="FQ6" s="4">
         <v>45716</v>
       </c>
       <c r="FR6" s="4">
         <v>45747</v>
       </c>
       <c r="FS6" s="4">
         <v>45777</v>
       </c>
       <c r="FT6" s="4">
         <v>45808</v>
       </c>
       <c r="FU6" s="4">
         <v>45838</v>
       </c>
       <c r="FV6" s="4">
         <v>45869</v>
       </c>
       <c r="FW6" s="4">
         <v>45900</v>
       </c>
       <c r="FX6" s="4">
         <v>45930</v>
       </c>
+      <c r="FY6" s="4">
+        <v>45961</v>
+      </c>
     </row>
-    <row r="7" spans="2:180" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="2:181" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B7" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C7" s="6">
         <v>35225.546587290002</v>
       </c>
       <c r="D7" s="6">
         <v>35396.431214570002</v>
       </c>
       <c r="E7" s="6">
         <v>35572.019571199999</v>
       </c>
       <c r="F7" s="6">
         <v>36501.760639439999</v>
       </c>
       <c r="G7" s="6">
         <v>36676.271840319998</v>
       </c>
       <c r="H7" s="6">
         <v>37040.269934219999</v>
       </c>
       <c r="I7" s="6">
         <v>36855.057237749999</v>
       </c>
       <c r="J7" s="6">
@@ -1870,52 +1873,55 @@
       </c>
       <c r="FQ7" s="6">
         <v>56019.48685904</v>
       </c>
       <c r="FR7" s="6">
         <v>57841.637942480003</v>
       </c>
       <c r="FS7" s="6">
         <v>58595.745598640002</v>
       </c>
       <c r="FT7" s="6">
         <v>59071.314511279998</v>
       </c>
       <c r="FU7" s="6">
         <v>59947.404178459998</v>
       </c>
       <c r="FV7" s="6">
         <v>61195.256655470002</v>
       </c>
       <c r="FW7" s="6">
         <v>61162.451624529996</v>
       </c>
       <c r="FX7" s="6">
         <v>61516.637426529996</v>
       </c>
+      <c r="FY7" s="6">
+        <v>62120.365786139999</v>
+      </c>
     </row>
-    <row r="8" spans="2:180" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="2:181" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B8" s="5" t="s">
         <v>19</v>
       </c>
       <c r="C8" s="6">
         <v>7972.0472424099999</v>
       </c>
       <c r="D8" s="6">
         <v>8101.9325650399996</v>
       </c>
       <c r="E8" s="6">
         <v>8143.4248401599998</v>
       </c>
       <c r="F8" s="6">
         <v>8915.8767731999997</v>
       </c>
       <c r="G8" s="6">
         <v>8798.2341576700001</v>
       </c>
       <c r="H8" s="6">
         <v>8832.0311738799992</v>
       </c>
       <c r="I8" s="6">
         <v>8728.4943859199993</v>
       </c>
       <c r="J8" s="6">
@@ -2409,52 +2415,55 @@
       </c>
       <c r="FQ8" s="6">
         <v>14268.579035549999</v>
       </c>
       <c r="FR8" s="6">
         <v>15482.375205140001</v>
       </c>
       <c r="FS8" s="6">
         <v>15600.62488051</v>
       </c>
       <c r="FT8" s="6">
         <v>15529.457887340001</v>
       </c>
       <c r="FU8" s="6">
         <v>15740.957175719999</v>
       </c>
       <c r="FV8" s="6">
         <v>16547.782152029999</v>
       </c>
       <c r="FW8" s="6">
         <v>16559.463207090001</v>
       </c>
       <c r="FX8" s="6">
         <v>16543.629031569999</v>
       </c>
+      <c r="FY8" s="6">
+        <v>16602.1464433</v>
+      </c>
     </row>
-    <row r="9" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B9" s="5" t="s">
         <v>4</v>
       </c>
       <c r="C9" s="6">
         <v>7573.3851130000003</v>
       </c>
       <c r="D9" s="6">
         <v>7687.5524428500003</v>
       </c>
       <c r="E9" s="6">
         <v>7730.35660388</v>
       </c>
       <c r="F9" s="6">
         <v>8501.3178266399991</v>
       </c>
       <c r="G9" s="6">
         <v>8400.3446111600006</v>
       </c>
       <c r="H9" s="6">
         <v>8436.1463052399995</v>
       </c>
       <c r="I9" s="6">
         <v>8337.29869874</v>
       </c>
       <c r="J9" s="6">
@@ -2948,52 +2957,55 @@
       </c>
       <c r="FQ9" s="6">
         <v>13446.52583538</v>
       </c>
       <c r="FR9" s="6">
         <v>14661.908345870001</v>
       </c>
       <c r="FS9" s="6">
         <v>14784.26727681</v>
       </c>
       <c r="FT9" s="6">
         <v>14686.302622089999</v>
       </c>
       <c r="FU9" s="6">
         <v>14885.78987615</v>
       </c>
       <c r="FV9" s="6">
         <v>15691.274019820001</v>
       </c>
       <c r="FW9" s="6">
         <v>15702.16660868</v>
       </c>
       <c r="FX9" s="6">
         <v>15690.17869862</v>
       </c>
+      <c r="FY9" s="6">
+        <v>15727.27505453</v>
+      </c>
     </row>
-    <row r="10" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B10" s="9" t="s">
         <v>7</v>
       </c>
       <c r="C10" s="6">
         <v>4636.2383991899997</v>
       </c>
       <c r="D10" s="6">
         <v>4642.3932508799999</v>
       </c>
       <c r="E10" s="6">
         <v>4709.2845071499996</v>
       </c>
       <c r="F10" s="6">
         <v>5380.2392150200003</v>
       </c>
       <c r="G10" s="6">
         <v>5332.9058313100004</v>
       </c>
       <c r="H10" s="6">
         <v>5390.18433611</v>
       </c>
       <c r="I10" s="6">
         <v>5252.1367474299996</v>
       </c>
       <c r="J10" s="6">
@@ -3487,52 +3499,55 @@
       </c>
       <c r="FQ10" s="6">
         <v>4579.6749842899999</v>
       </c>
       <c r="FR10" s="6">
         <v>4560.84517882</v>
       </c>
       <c r="FS10" s="6">
         <v>4459.6532494200001</v>
       </c>
       <c r="FT10" s="6">
         <v>4304.6798136300004</v>
       </c>
       <c r="FU10" s="6">
         <v>4183.9799726700003</v>
       </c>
       <c r="FV10" s="6">
         <v>4187.47242998</v>
       </c>
       <c r="FW10" s="6">
         <v>4189.7779993300001</v>
       </c>
       <c r="FX10" s="6">
         <v>4257.3892450499998</v>
       </c>
+      <c r="FY10" s="6">
+        <v>4279.9804610499996</v>
+      </c>
     </row>
-    <row r="11" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B11" s="9" t="s">
         <v>8</v>
       </c>
       <c r="C11" s="6">
         <v>2937.1467138100002</v>
       </c>
       <c r="D11" s="6">
         <v>3045.1591919699999</v>
       </c>
       <c r="E11" s="6">
         <v>3021.0720967299999</v>
       </c>
       <c r="F11" s="6">
         <v>3121.0786116200002</v>
       </c>
       <c r="G11" s="6">
         <v>3067.4387798500002</v>
       </c>
       <c r="H11" s="6">
         <v>3045.9619691299999</v>
       </c>
       <c r="I11" s="6">
         <v>3085.1619513099999</v>
       </c>
       <c r="J11" s="6">
@@ -4026,52 +4041,55 @@
       </c>
       <c r="FQ11" s="6">
         <v>8866.8508510899992</v>
       </c>
       <c r="FR11" s="6">
         <v>10101.063167050001</v>
       </c>
       <c r="FS11" s="6">
         <v>10324.61402739</v>
       </c>
       <c r="FT11" s="6">
         <v>10381.622808460001</v>
       </c>
       <c r="FU11" s="6">
         <v>10701.80990348</v>
       </c>
       <c r="FV11" s="6">
         <v>11503.801589840001</v>
       </c>
       <c r="FW11" s="6">
         <v>11512.38860935</v>
       </c>
       <c r="FX11" s="6">
         <v>11432.78945357</v>
       </c>
+      <c r="FY11" s="6">
+        <v>11447.294593479999</v>
+      </c>
     </row>
-    <row r="12" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B12" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C12" s="6">
         <v>398.66212940999998</v>
       </c>
       <c r="D12" s="6">
         <v>414.38012219000001</v>
       </c>
       <c r="E12" s="6">
         <v>413.06823628000001</v>
       </c>
       <c r="F12" s="6">
         <v>414.55894655999998</v>
       </c>
       <c r="G12" s="6">
         <v>397.88954651</v>
       </c>
       <c r="H12" s="6">
         <v>395.88486863999998</v>
       </c>
       <c r="I12" s="6">
         <v>391.19568717999999</v>
       </c>
       <c r="J12" s="6">
@@ -4565,52 +4583,55 @@
       </c>
       <c r="FQ12" s="6">
         <v>822.05320016999997</v>
       </c>
       <c r="FR12" s="6">
         <v>820.46685926999999</v>
       </c>
       <c r="FS12" s="6">
         <v>816.35760370000003</v>
       </c>
       <c r="FT12" s="6">
         <v>843.15526524999996</v>
       </c>
       <c r="FU12" s="6">
         <v>855.16729956999995</v>
       </c>
       <c r="FV12" s="6">
         <v>856.50813220999999</v>
       </c>
       <c r="FW12" s="6">
         <v>857.29659841</v>
       </c>
       <c r="FX12" s="6">
         <v>853.45033294999996</v>
       </c>
+      <c r="FY12" s="6">
+        <v>874.87138876999995</v>
+      </c>
     </row>
-    <row r="13" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="13" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B13" s="9" t="s">
         <v>7</v>
       </c>
       <c r="C13" s="6">
         <v>365.59732862999999</v>
       </c>
       <c r="D13" s="6">
         <v>382.39301239000002</v>
       </c>
       <c r="E13" s="6">
         <v>382.83009922000002</v>
       </c>
       <c r="F13" s="6">
         <v>381.99246964000002</v>
       </c>
       <c r="G13" s="6">
         <v>361.81713545999997</v>
       </c>
       <c r="H13" s="6">
         <v>359.59397237000002</v>
       </c>
       <c r="I13" s="6">
         <v>354.12924164999998</v>
       </c>
       <c r="J13" s="6">
@@ -5104,52 +5125,55 @@
       </c>
       <c r="FQ13" s="6">
         <v>813.95502838000004</v>
       </c>
       <c r="FR13" s="6">
         <v>812.53688571999999</v>
       </c>
       <c r="FS13" s="6">
         <v>808.59470565000004</v>
       </c>
       <c r="FT13" s="6">
         <v>835.56475032000003</v>
       </c>
       <c r="FU13" s="6">
         <v>847.75264895999999</v>
       </c>
       <c r="FV13" s="6">
         <v>849.26986851000004</v>
       </c>
       <c r="FW13" s="6">
         <v>850.23505685999999</v>
       </c>
       <c r="FX13" s="6">
         <v>846.56678195999996</v>
       </c>
+      <c r="FY13" s="6">
+        <v>868.15404555999999</v>
+      </c>
     </row>
-    <row r="14" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="14" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B14" s="9" t="s">
         <v>8</v>
       </c>
       <c r="C14" s="6">
         <v>33.064800779999999</v>
       </c>
       <c r="D14" s="6">
         <v>31.987109799999999</v>
       </c>
       <c r="E14" s="6">
         <v>30.23813706</v>
       </c>
       <c r="F14" s="6">
         <v>32.566476919999999</v>
       </c>
       <c r="G14" s="6">
         <v>36.072411049999999</v>
       </c>
       <c r="H14" s="6">
         <v>36.290896269999998</v>
       </c>
       <c r="I14" s="6">
         <v>37.066445530000003</v>
       </c>
       <c r="J14" s="6">
@@ -5643,52 +5667,55 @@
       </c>
       <c r="FQ14" s="6">
         <v>8.0981717900000003</v>
       </c>
       <c r="FR14" s="6">
         <v>7.9299735499999997</v>
       </c>
       <c r="FS14" s="6">
         <v>7.7628980500000004</v>
       </c>
       <c r="FT14" s="6">
         <v>7.5905149300000003</v>
       </c>
       <c r="FU14" s="6">
         <v>7.4146506099999998</v>
       </c>
       <c r="FV14" s="6">
         <v>7.2382637000000001</v>
       </c>
       <c r="FW14" s="6">
         <v>7.0615415500000003</v>
       </c>
       <c r="FX14" s="6">
         <v>6.8835509899999998</v>
       </c>
+      <c r="FY14" s="6">
+        <v>6.7173432100000001</v>
+      </c>
     </row>
-    <row r="15" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B15" s="5" t="s">
         <v>5</v>
       </c>
       <c r="C15" s="6">
         <v>27253.499344880001</v>
       </c>
       <c r="D15" s="6">
         <v>27294.49864953</v>
       </c>
       <c r="E15" s="6">
         <v>27428.594731040001</v>
       </c>
       <c r="F15" s="6">
         <v>27585.883866240001</v>
       </c>
       <c r="G15" s="6">
         <v>27878.03768265</v>
       </c>
       <c r="H15" s="6">
         <v>28208.238760339998</v>
       </c>
       <c r="I15" s="6">
         <v>28126.56285183</v>
       </c>
       <c r="J15" s="6">
@@ -6182,52 +6209,55 @@
       </c>
       <c r="FQ15" s="6">
         <v>41750.907823490001</v>
       </c>
       <c r="FR15" s="6">
         <v>42359.262737340003</v>
       </c>
       <c r="FS15" s="6">
         <v>42995.120718129998</v>
       </c>
       <c r="FT15" s="6">
         <v>43541.856623940002</v>
       </c>
       <c r="FU15" s="6">
         <v>44206.447002740002</v>
       </c>
       <c r="FV15" s="6">
         <v>44647.474503439997</v>
       </c>
       <c r="FW15" s="6">
         <v>44602.988417439999</v>
       </c>
       <c r="FX15" s="6">
         <v>44973.008394960001</v>
       </c>
+      <c r="FY15" s="6">
+        <v>45518.219342839999</v>
+      </c>
     </row>
-    <row r="16" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B16" s="9" t="s">
         <v>6</v>
       </c>
       <c r="C16" s="6">
         <v>26518.142654259998</v>
       </c>
       <c r="D16" s="6">
         <v>26559.516941639999</v>
       </c>
       <c r="E16" s="6">
         <v>26693.563224450001</v>
       </c>
       <c r="F16" s="6">
         <v>26849.645149280001</v>
       </c>
       <c r="G16" s="6">
         <v>26987.210243729998</v>
       </c>
       <c r="H16" s="6">
         <v>27307.629149330001</v>
       </c>
       <c r="I16" s="6">
         <v>27221.431388929999</v>
       </c>
       <c r="J16" s="6">
@@ -6721,52 +6751,55 @@
       </c>
       <c r="FQ16" s="6">
         <v>41011.217356360001</v>
       </c>
       <c r="FR16" s="6">
         <v>41611.748130970002</v>
       </c>
       <c r="FS16" s="6">
         <v>42261.613356900001</v>
       </c>
       <c r="FT16" s="6">
         <v>42737.1093492</v>
       </c>
       <c r="FU16" s="6">
         <v>43359.847141270002</v>
       </c>
       <c r="FV16" s="6">
         <v>43783.189920589997</v>
       </c>
       <c r="FW16" s="6">
         <v>43730.842694229999</v>
       </c>
       <c r="FX16" s="6">
         <v>44094.774919169999</v>
       </c>
+      <c r="FY16" s="6">
+        <v>44640.492544729997</v>
+      </c>
     </row>
-    <row r="17" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="17" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B17" s="9" t="s">
         <v>15</v>
       </c>
       <c r="C17" s="6">
         <v>444.83753231999998</v>
       </c>
       <c r="D17" s="6">
         <v>441.41575326999998</v>
       </c>
       <c r="E17" s="6">
         <v>439.74728499000003</v>
       </c>
       <c r="F17" s="6">
         <v>447.26485904999998</v>
       </c>
       <c r="G17" s="6">
         <v>455.82093445999999</v>
       </c>
       <c r="H17" s="6">
         <v>463.69110604999997</v>
       </c>
       <c r="I17" s="6">
         <v>463.95675507999999</v>
       </c>
       <c r="J17" s="6">
@@ -7260,52 +7293,55 @@
       </c>
       <c r="FQ17" s="6">
         <v>390.34952559999999</v>
       </c>
       <c r="FR17" s="6">
         <v>397.96657988999999</v>
       </c>
       <c r="FS17" s="6">
         <v>396.80533766999997</v>
       </c>
       <c r="FT17" s="6">
         <v>466.65369284000002</v>
       </c>
       <c r="FU17" s="6">
         <v>501.13956274999998</v>
       </c>
       <c r="FV17" s="6">
         <v>516.92236716000002</v>
       </c>
       <c r="FW17" s="6">
         <v>523.40252584999996</v>
       </c>
       <c r="FX17" s="6">
         <v>523.63768406999998</v>
       </c>
+      <c r="FY17" s="6">
+        <v>522.47822971000005</v>
+      </c>
     </row>
-    <row r="18" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="18" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B18" s="9" t="s">
         <v>16</v>
       </c>
       <c r="C18" s="6">
         <v>241.64616391000001</v>
       </c>
       <c r="D18" s="6">
         <v>243.06281738000001</v>
       </c>
       <c r="E18" s="6">
         <v>244.68564445999999</v>
       </c>
       <c r="F18" s="6">
         <v>237.35999215000001</v>
       </c>
       <c r="G18" s="6">
         <v>385.23017513000002</v>
       </c>
       <c r="H18" s="6">
         <v>386.35093068999998</v>
       </c>
       <c r="I18" s="6">
         <v>389.47874052999998</v>
       </c>
       <c r="J18" s="6">
@@ -7799,52 +7835,55 @@
       </c>
       <c r="FQ18" s="6">
         <v>229.29917689000001</v>
       </c>
       <c r="FR18" s="6">
         <v>230.06569504999999</v>
       </c>
       <c r="FS18" s="6">
         <v>216.76228062000001</v>
       </c>
       <c r="FT18" s="6">
         <v>217.14094503999999</v>
       </c>
       <c r="FU18" s="6">
         <v>222.19304312</v>
       </c>
       <c r="FV18" s="6">
         <v>223.06718823</v>
       </c>
       <c r="FW18" s="6">
         <v>224.52615889</v>
       </c>
       <c r="FX18" s="6">
         <v>230.04905647000001</v>
       </c>
+      <c r="FY18" s="6">
+        <v>229.70018711</v>
+      </c>
     </row>
-    <row r="19" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B19" s="9" t="s">
         <v>17</v>
       </c>
       <c r="C19" s="6">
         <v>48.872994390000002</v>
       </c>
       <c r="D19" s="6">
         <v>50.503137240000001</v>
       </c>
       <c r="E19" s="6">
         <v>50.598577140000003</v>
       </c>
       <c r="F19" s="6">
         <v>51.613865760000003</v>
       </c>
       <c r="G19" s="6">
         <v>49.776329330000003</v>
       </c>
       <c r="H19" s="6">
         <v>50.567574270000001</v>
       </c>
       <c r="I19" s="6">
         <v>51.695967289999999</v>
       </c>
       <c r="J19" s="6">
@@ -8338,52 +8377,55 @@
       </c>
       <c r="FQ19" s="6">
         <v>120.04176464</v>
       </c>
       <c r="FR19" s="6">
         <v>119.48233143</v>
       </c>
       <c r="FS19" s="6">
         <v>119.93974294</v>
       </c>
       <c r="FT19" s="6">
         <v>120.95263686</v>
       </c>
       <c r="FU19" s="6">
         <v>123.2672556</v>
       </c>
       <c r="FV19" s="6">
         <v>124.29502746</v>
       </c>
       <c r="FW19" s="6">
         <v>124.21703847000001</v>
       </c>
       <c r="FX19" s="6">
         <v>124.54673525</v>
       </c>
+      <c r="FY19" s="6">
+        <v>125.54838128999999</v>
+      </c>
     </row>
-    <row r="20" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="20" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B20" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="6">
         <v>5041.8604041999997</v>
       </c>
       <c r="D20" s="6">
         <v>4818.7377868399999</v>
       </c>
       <c r="E20" s="6">
         <v>4840.2575169700003</v>
       </c>
       <c r="F20" s="6">
         <v>4669.35531438</v>
       </c>
       <c r="G20" s="6">
         <v>4601.1706271599996</v>
       </c>
       <c r="H20" s="6">
         <v>4840.5075708599998</v>
       </c>
       <c r="I20" s="6">
         <v>4819.0498183199998</v>
       </c>
       <c r="J20" s="6">
@@ -8877,52 +8919,55 @@
       </c>
       <c r="FQ20" s="6">
         <v>277.78965719000001</v>
       </c>
       <c r="FR20" s="6">
         <v>91.834046090000001</v>
       </c>
       <c r="FS20" s="6">
         <v>88.349125340000001</v>
       </c>
       <c r="FT20" s="6">
         <v>87.498074979999998</v>
       </c>
       <c r="FU20" s="6">
         <v>84.515911459999998</v>
       </c>
       <c r="FV20" s="6">
         <v>84.019077409999994</v>
       </c>
       <c r="FW20" s="6">
         <v>83.156166440000007</v>
       </c>
       <c r="FX20" s="6">
         <v>81.485139239999995</v>
       </c>
+      <c r="FY20" s="6">
+        <v>81.668474680000003</v>
+      </c>
     </row>
-    <row r="21" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="21" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B21" s="5" t="s">
         <v>12</v>
       </c>
       <c r="C21" s="6">
         <v>56.322782220000001</v>
       </c>
       <c r="D21" s="6">
         <v>53.437898840000003</v>
       </c>
       <c r="E21" s="6">
         <v>52.792255920000002</v>
       </c>
       <c r="F21" s="6">
         <v>56.64374497</v>
       </c>
       <c r="G21" s="6">
         <v>52.290920200000002</v>
       </c>
       <c r="H21" s="6">
         <v>55.413982189999999</v>
       </c>
       <c r="I21" s="6">
         <v>56.358451870000003</v>
       </c>
       <c r="J21" s="6">
@@ -9416,52 +9461,55 @@
       </c>
       <c r="FQ21" s="6">
         <v>0.65150836000000001</v>
       </c>
       <c r="FR21" s="6">
         <v>0.54497580999999995</v>
       </c>
       <c r="FS21" s="6">
         <v>0.48999842999999998</v>
       </c>
       <c r="FT21" s="6">
         <v>0.42941276</v>
       </c>
       <c r="FU21" s="6">
         <v>0.34359920999999999</v>
       </c>
       <c r="FV21" s="6">
         <v>0.28173745</v>
       </c>
       <c r="FW21" s="6">
         <v>0.21608204</v>
       </c>
       <c r="FX21" s="6">
         <v>0.19461796000000001</v>
       </c>
+      <c r="FY21" s="6">
+        <v>0.19621473</v>
+      </c>
     </row>
-    <row r="22" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="22" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B22" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C22" s="6">
         <v>6.8524818099999996</v>
       </c>
       <c r="D22" s="6">
         <v>6.2786456499999996</v>
       </c>
       <c r="E22" s="6">
         <v>5.2209495600000002</v>
       </c>
       <c r="F22" s="6">
         <v>10.451733770000001</v>
       </c>
       <c r="G22" s="6">
         <v>6.3114577299999999</v>
       </c>
       <c r="H22" s="6">
         <v>6.58559465</v>
       </c>
       <c r="I22" s="6">
         <v>7.9414844599999999</v>
       </c>
       <c r="J22" s="6">
@@ -9955,52 +10003,55 @@
       </c>
       <c r="FQ22" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FR22" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FS22" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FT22" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FU22" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FV22" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FW22" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FX22" s="6" t="s">
         <v>2</v>
       </c>
+      <c r="FY22" s="6" t="s">
+        <v>2</v>
+      </c>
     </row>
-    <row r="23" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="23" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B23" s="9" t="s">
         <v>7</v>
       </c>
       <c r="C23" s="6">
         <v>4.9500529899999997</v>
       </c>
       <c r="D23" s="6">
         <v>4.79471852</v>
       </c>
       <c r="E23" s="6">
         <v>4.78022203</v>
       </c>
       <c r="F23" s="6">
         <v>4.6622383200000002</v>
       </c>
       <c r="G23" s="6">
         <v>4.08754756</v>
       </c>
       <c r="H23" s="6">
         <v>4.2988535600000004</v>
       </c>
       <c r="I23" s="6">
         <v>4.2358616099999997</v>
       </c>
       <c r="J23" s="6">
@@ -10494,52 +10545,55 @@
       </c>
       <c r="FQ23" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FR23" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FS23" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FT23" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FU23" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FV23" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FW23" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FX23" s="6" t="s">
         <v>2</v>
       </c>
+      <c r="FY23" s="6" t="s">
+        <v>2</v>
+      </c>
     </row>
-    <row r="24" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="24" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B24" s="9" t="s">
         <v>8</v>
       </c>
       <c r="C24" s="6">
         <v>1.9024288199999999</v>
       </c>
       <c r="D24" s="6">
         <v>1.4839271300000001</v>
       </c>
       <c r="E24" s="6">
         <v>0.44072752999999998</v>
       </c>
       <c r="F24" s="6">
         <v>5.7894954500000004</v>
       </c>
       <c r="G24" s="6">
         <v>2.2239101699999999</v>
       </c>
       <c r="H24" s="6">
         <v>2.28674109</v>
       </c>
       <c r="I24" s="6">
         <v>3.7056228500000001</v>
       </c>
       <c r="J24" s="6">
@@ -11033,52 +11087,55 @@
       </c>
       <c r="FQ24" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FR24" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FS24" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FT24" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FU24" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FV24" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FW24" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FX24" s="6" t="s">
         <v>2</v>
       </c>
+      <c r="FY24" s="6" t="s">
+        <v>2</v>
+      </c>
     </row>
-    <row r="25" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="25" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B25" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C25" s="6">
         <v>49.47030041</v>
       </c>
       <c r="D25" s="6">
         <v>47.159253190000001</v>
       </c>
       <c r="E25" s="6">
         <v>47.571306360000001</v>
       </c>
       <c r="F25" s="6">
         <v>46.192011200000003</v>
       </c>
       <c r="G25" s="6">
         <v>45.979462470000001</v>
       </c>
       <c r="H25" s="6">
         <v>48.828387540000001</v>
       </c>
       <c r="I25" s="6">
         <v>48.416967409999998</v>
       </c>
       <c r="J25" s="6">
@@ -11572,52 +11629,55 @@
       </c>
       <c r="FQ25" s="6">
         <v>0.65150836000000001</v>
       </c>
       <c r="FR25" s="6">
         <v>0.54497580999999995</v>
       </c>
       <c r="FS25" s="6">
         <v>0.48999842999999998</v>
       </c>
       <c r="FT25" s="6">
         <v>0.42941276</v>
       </c>
       <c r="FU25" s="6">
         <v>0.34359920999999999</v>
       </c>
       <c r="FV25" s="6">
         <v>0.28173745</v>
       </c>
       <c r="FW25" s="6">
         <v>0.21608204</v>
       </c>
       <c r="FX25" s="6">
         <v>0.19461796000000001</v>
       </c>
+      <c r="FY25" s="6">
+        <v>0.19621473</v>
+      </c>
     </row>
-    <row r="26" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="26" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B26" s="9" t="s">
         <v>7</v>
       </c>
       <c r="C26" s="6">
         <v>49.47030041</v>
       </c>
       <c r="D26" s="6">
         <v>47.159253190000001</v>
       </c>
       <c r="E26" s="6">
         <v>47.571306360000001</v>
       </c>
       <c r="F26" s="6">
         <v>46.192011200000003</v>
       </c>
       <c r="G26" s="6">
         <v>45.979462470000001</v>
       </c>
       <c r="H26" s="6">
         <v>48.828387540000001</v>
       </c>
       <c r="I26" s="6">
         <v>48.416967409999998</v>
       </c>
       <c r="J26" s="6">
@@ -12111,52 +12171,55 @@
       </c>
       <c r="FQ26" s="6">
         <v>0.65150836000000001</v>
       </c>
       <c r="FR26" s="6">
         <v>0.54497580999999995</v>
       </c>
       <c r="FS26" s="6">
         <v>0.48999842999999998</v>
       </c>
       <c r="FT26" s="6">
         <v>0.42941276</v>
       </c>
       <c r="FU26" s="6">
         <v>0.34359920999999999</v>
       </c>
       <c r="FV26" s="6">
         <v>0.28173745</v>
       </c>
       <c r="FW26" s="6">
         <v>0.21608204</v>
       </c>
       <c r="FX26" s="6">
         <v>0.19461796000000001</v>
       </c>
+      <c r="FY26" s="6">
+        <v>0.19621473</v>
+      </c>
     </row>
-    <row r="27" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="27" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B27" s="9" t="s">
         <v>8</v>
       </c>
       <c r="C27" s="6" t="s">
         <v>2</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>2</v>
       </c>
       <c r="E27" s="6" t="s">
         <v>2</v>
       </c>
       <c r="F27" s="6" t="s">
         <v>2</v>
       </c>
       <c r="G27" s="6" t="s">
         <v>2</v>
       </c>
       <c r="H27" s="6" t="s">
         <v>2</v>
       </c>
       <c r="I27" s="6" t="s">
         <v>2</v>
       </c>
       <c r="J27" s="6" t="s">
@@ -12650,52 +12713,55 @@
       </c>
       <c r="FQ27" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FR27" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FS27" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FT27" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FU27" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FV27" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FW27" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FX27" s="6" t="s">
         <v>2</v>
       </c>
+      <c r="FY27" s="6" t="s">
+        <v>2</v>
+      </c>
     </row>
-    <row r="28" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="28" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B28" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C28" s="6">
         <v>4985.53762198</v>
       </c>
       <c r="D28" s="6">
         <v>4765.2998879999996</v>
       </c>
       <c r="E28" s="6">
         <v>4787.4652610499998</v>
       </c>
       <c r="F28" s="6">
         <v>4612.7115694100003</v>
       </c>
       <c r="G28" s="6">
         <v>4548.8797069599996</v>
       </c>
       <c r="H28" s="6">
         <v>4785.0935886699999</v>
       </c>
       <c r="I28" s="6">
         <v>4762.6913664499998</v>
       </c>
       <c r="J28" s="6">
@@ -13189,52 +13255,55 @@
       </c>
       <c r="FQ28" s="6">
         <v>277.13814882999998</v>
       </c>
       <c r="FR28" s="6">
         <v>91.289070280000004</v>
       </c>
       <c r="FS28" s="6">
         <v>87.859126910000001</v>
       </c>
       <c r="FT28" s="6">
         <v>87.068662219999993</v>
       </c>
       <c r="FU28" s="6">
         <v>84.172312250000004</v>
       </c>
       <c r="FV28" s="6">
         <v>83.73733996</v>
       </c>
       <c r="FW28" s="6">
         <v>82.940084400000003</v>
       </c>
       <c r="FX28" s="6">
         <v>81.290521279999993</v>
       </c>
+      <c r="FY28" s="6">
+        <v>81.472259949999994</v>
+      </c>
     </row>
-    <row r="29" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="29" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B29" s="9" t="s">
         <v>6</v>
       </c>
       <c r="C29" s="6">
         <v>4982.2212067099999</v>
       </c>
       <c r="D29" s="6">
         <v>4761.6066714099998</v>
       </c>
       <c r="E29" s="6">
         <v>4783.7822952099996</v>
       </c>
       <c r="F29" s="6">
         <v>4609.14299312</v>
       </c>
       <c r="G29" s="6">
         <v>4545.5189440200002</v>
       </c>
       <c r="H29" s="6">
         <v>4781.9743039200002</v>
       </c>
       <c r="I29" s="6">
         <v>4759.3034605599996</v>
       </c>
       <c r="J29" s="6">
@@ -13728,52 +13797,55 @@
       </c>
       <c r="FQ29" s="6">
         <v>277.13814882999998</v>
       </c>
       <c r="FR29" s="6">
         <v>91.289070280000004</v>
       </c>
       <c r="FS29" s="6">
         <v>87.859126910000001</v>
       </c>
       <c r="FT29" s="6">
         <v>87.068662219999993</v>
       </c>
       <c r="FU29" s="6">
         <v>84.172312250000004</v>
       </c>
       <c r="FV29" s="6">
         <v>83.73733996</v>
       </c>
       <c r="FW29" s="6">
         <v>82.940084400000003</v>
       </c>
       <c r="FX29" s="6">
         <v>81.290521279999993</v>
       </c>
+      <c r="FY29" s="6">
+        <v>81.472259949999994</v>
+      </c>
     </row>
-    <row r="30" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="30" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B30" s="9" t="s">
         <v>15</v>
       </c>
       <c r="C30" s="6" t="s">
         <v>2</v>
       </c>
       <c r="D30" s="6" t="s">
         <v>2</v>
       </c>
       <c r="E30" s="6" t="s">
         <v>2</v>
       </c>
       <c r="F30" s="6" t="s">
         <v>2</v>
       </c>
       <c r="G30" s="6" t="s">
         <v>2</v>
       </c>
       <c r="H30" s="6" t="s">
         <v>2</v>
       </c>
       <c r="I30" s="6" t="s">
         <v>2</v>
       </c>
       <c r="J30" s="6" t="s">
@@ -14267,52 +14339,55 @@
       </c>
       <c r="FQ30" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FR30" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FS30" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FT30" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FU30" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FV30" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FW30" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FX30" s="6" t="s">
         <v>2</v>
       </c>
+      <c r="FY30" s="6" t="s">
+        <v>2</v>
+      </c>
     </row>
-    <row r="31" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="31" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B31" s="9" t="s">
         <v>16</v>
       </c>
       <c r="C31" s="6">
         <v>3.3164152699999998</v>
       </c>
       <c r="D31" s="6">
         <v>3.5753048299999999</v>
       </c>
       <c r="E31" s="6">
         <v>3.5643049900000001</v>
       </c>
       <c r="F31" s="6">
         <v>3.4572082399999999</v>
       </c>
       <c r="G31" s="6">
         <v>3.2527298600000001</v>
       </c>
       <c r="H31" s="6">
         <v>3.0072667599999998</v>
       </c>
       <c r="I31" s="6">
         <v>3.2848187800000002</v>
       </c>
       <c r="J31" s="6">
@@ -14806,52 +14881,55 @@
       </c>
       <c r="FQ31" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FR31" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FS31" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FT31" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FU31" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FV31" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FW31" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FX31" s="6" t="s">
         <v>2</v>
       </c>
+      <c r="FY31" s="6" t="s">
+        <v>2</v>
+      </c>
     </row>
-    <row r="32" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="32" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B32" s="9" t="s">
         <v>17</v>
       </c>
       <c r="C32" s="6" t="s">
         <v>2</v>
       </c>
       <c r="D32" s="6">
         <v>0.11791176</v>
       </c>
       <c r="E32" s="6">
         <v>0.11866085</v>
       </c>
       <c r="F32" s="6">
         <v>0.11136805</v>
       </c>
       <c r="G32" s="6">
         <v>0.10803308</v>
       </c>
       <c r="H32" s="6">
         <v>0.11201799</v>
       </c>
       <c r="I32" s="6">
         <v>0.10308711</v>
       </c>
       <c r="J32" s="6">
@@ -15345,52 +15423,55 @@
       </c>
       <c r="FQ32" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FR32" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FS32" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FT32" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FU32" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FV32" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FW32" s="6" t="s">
         <v>2</v>
       </c>
       <c r="FX32" s="6" t="s">
         <v>2</v>
       </c>
+      <c r="FY32" s="6" t="s">
+        <v>2</v>
+      </c>
     </row>
-    <row r="33" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="33" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B33" s="10" t="s">
         <v>18</v>
       </c>
       <c r="C33" s="11">
         <v>40267.406991490003</v>
       </c>
       <c r="D33" s="11">
         <v>40215.169001410002</v>
       </c>
       <c r="E33" s="11">
         <v>40412.277088169998</v>
       </c>
       <c r="F33" s="11">
         <v>41171.115953820001</v>
       </c>
       <c r="G33" s="11">
         <v>41277.442467480003</v>
       </c>
       <c r="H33" s="11">
         <v>41880.777505079997</v>
       </c>
       <c r="I33" s="11">
         <v>41674.107056070003</v>
       </c>
       <c r="J33" s="11">
@@ -15884,85 +15965,88 @@
       </c>
       <c r="FQ33" s="11">
         <v>56297.276516229998</v>
       </c>
       <c r="FR33" s="11">
         <v>57933.471988570003</v>
       </c>
       <c r="FS33" s="11">
         <v>58684.094723980001</v>
       </c>
       <c r="FT33" s="11">
         <v>59158.812586259999</v>
       </c>
       <c r="FU33" s="11">
         <v>60031.92008992</v>
       </c>
       <c r="FV33" s="11">
         <v>61279.27573288</v>
       </c>
       <c r="FW33" s="11">
         <v>61245.607790970003</v>
       </c>
       <c r="FX33" s="11">
         <v>61598.122565769998</v>
       </c>
+      <c r="FY33" s="11">
+        <v>62202.034260820001</v>
+      </c>
     </row>
-    <row r="34" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="34" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B34" s="9"/>
     </row>
-    <row r="35" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="35" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B35" s="9"/>
     </row>
-    <row r="36" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="36" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B36" s="9"/>
     </row>
-    <row r="39" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="39" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B39" s="9"/>
     </row>
-    <row r="40" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="40" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B40" s="9"/>
     </row>
-    <row r="41" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="41" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B41" s="9"/>
     </row>
-    <row r="42" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="42" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B42" s="9"/>
     </row>
-    <row r="43" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="43" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B43" s="9"/>
     </row>
-    <row r="44" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="44" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B44" s="9"/>
     </row>
-    <row r="46" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="46" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B46" s="9"/>
     </row>
-    <row r="47" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="47" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B47" s="9"/>
     </row>
-    <row r="48" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="48" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B48" s="9"/>
     </row>
     <row r="49" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B49" s="9"/>
     </row>
     <row r="50" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B50" s="9"/>
     </row>
     <row r="51" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B51" s="9"/>
     </row>
     <row r="52" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B52" s="9"/>
     </row>
     <row r="57" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B57" s="9"/>
     </row>
     <row r="58" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B58" s="9"/>
     </row>
     <row r="59" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B59" s="9"/>
     </row>
     <row r="61" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B61" s="9"/>