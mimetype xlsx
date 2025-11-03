--- v0 (2025-10-13)
+++ v1 (2025-11-03)
@@ -4,77 +4,80 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\261\MOST\Agregirana bilanca DMFI i Biltenske tablice\Biltenske tablice ENG serija od 12.2010\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B6D16E24-4B60-4FC8-8421-1B5F07BDD4F3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{BF352E17-1D63-4785-B1BF-B1A35C81A37F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{C6E838CC-2C9C-43D2-A278-67766EBBF756}"/>
   </bookViews>
   <sheets>
     <sheet name="EUR" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="971" uniqueCount="21">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="981" uniqueCount="21">
   <si>
     <t>-</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve"> 1</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">	</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>General government</t>
     </r>
@@ -953,78 +956,78 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6201921A-E51A-4797-A5E0-B13B8AB8935F}">
-  <dimension ref="B2:FW58"/>
+  <dimension ref="B2:FX58"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.85546875" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.7109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="40.85546875" style="1" customWidth="1"/>
     <col min="3" max="36" width="9.85546875" style="6"/>
     <col min="37" max="37" width="9.85546875" style="9"/>
-    <col min="38" max="179" width="9.85546875" style="6"/>
-    <col min="180" max="16384" width="9.85546875" style="1"/>
+    <col min="38" max="180" width="9.85546875" style="6"/>
+    <col min="181" max="16384" width="9.85546875" style="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="2" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="16" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="3" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="15" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="4" spans="2:179" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="2:180" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C4" s="14"/>
     </row>
-    <row r="5" spans="2:179" s="2" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="5" spans="2:180" s="2" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="1"/>
       <c r="C5" s="6"/>
       <c r="D5" s="6"/>
       <c r="E5" s="6"/>
       <c r="F5" s="6"/>
       <c r="G5" s="6"/>
       <c r="H5" s="6"/>
       <c r="I5" s="6"/>
       <c r="J5" s="6"/>
       <c r="K5" s="6"/>
       <c r="L5" s="6"/>
       <c r="M5" s="6"/>
       <c r="N5" s="6"/>
       <c r="O5" s="6"/>
       <c r="P5" s="6"/>
       <c r="Q5" s="6"/>
       <c r="R5" s="6"/>
       <c r="S5" s="6"/>
       <c r="T5" s="6"/>
       <c r="U5" s="6"/>
       <c r="V5" s="6"/>
       <c r="W5" s="6"/>
       <c r="X5" s="6"/>
       <c r="Y5" s="6"/>
       <c r="Z5" s="6"/>
@@ -1158,52 +1161,53 @@
       <c r="EY5" s="6"/>
       <c r="EZ5" s="6"/>
       <c r="FA5" s="6"/>
       <c r="FB5" s="6"/>
       <c r="FC5" s="6"/>
       <c r="FD5" s="6"/>
       <c r="FE5" s="6"/>
       <c r="FF5" s="6"/>
       <c r="FG5" s="6"/>
       <c r="FH5" s="6"/>
       <c r="FI5" s="6"/>
       <c r="FJ5" s="6"/>
       <c r="FK5" s="6"/>
       <c r="FL5" s="6"/>
       <c r="FM5" s="6"/>
       <c r="FN5" s="6"/>
       <c r="FO5" s="6"/>
       <c r="FP5" s="6"/>
       <c r="FQ5" s="6"/>
       <c r="FR5" s="6"/>
       <c r="FS5" s="6"/>
       <c r="FT5" s="6"/>
       <c r="FU5" s="6"/>
       <c r="FV5" s="6"/>
       <c r="FW5" s="6"/>
+      <c r="FX5" s="6"/>
     </row>
-    <row r="6" spans="2:179" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="2:180" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B6" s="3"/>
       <c r="C6" s="12">
         <v>40543</v>
       </c>
       <c r="D6" s="12">
         <v>40574</v>
       </c>
       <c r="E6" s="12">
         <v>40602</v>
       </c>
       <c r="F6" s="12">
         <v>40633</v>
       </c>
       <c r="G6" s="12">
         <v>40663</v>
       </c>
       <c r="H6" s="12">
         <v>40694</v>
       </c>
       <c r="I6" s="12">
         <v>40724</v>
       </c>
       <c r="J6" s="12">
         <v>40755</v>
       </c>
@@ -1692,52 +1696,55 @@
       </c>
       <c r="FP6" s="12">
         <v>45688</v>
       </c>
       <c r="FQ6" s="12">
         <v>45716</v>
       </c>
       <c r="FR6" s="12">
         <v>45747</v>
       </c>
       <c r="FS6" s="12">
         <v>45777</v>
       </c>
       <c r="FT6" s="12">
         <v>45808</v>
       </c>
       <c r="FU6" s="12">
         <v>45838</v>
       </c>
       <c r="FV6" s="12">
         <v>45869</v>
       </c>
       <c r="FW6" s="12">
         <v>45900</v>
       </c>
+      <c r="FX6" s="12">
+        <v>45930</v>
+      </c>
     </row>
-    <row r="7" spans="2:179" s="4" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="2:180" s="4" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B7" s="17" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="18"/>
       <c r="D7" s="18"/>
       <c r="E7" s="18"/>
       <c r="F7" s="18"/>
       <c r="G7" s="18"/>
       <c r="H7" s="18"/>
       <c r="I7" s="18"/>
       <c r="J7" s="18"/>
       <c r="K7" s="18"/>
       <c r="L7" s="18"/>
       <c r="M7" s="18"/>
       <c r="N7" s="18"/>
       <c r="O7" s="18"/>
       <c r="P7" s="18"/>
       <c r="Q7" s="18"/>
       <c r="R7" s="18"/>
       <c r="S7" s="18"/>
       <c r="T7" s="18"/>
       <c r="U7" s="18"/>
       <c r="V7" s="18"/>
       <c r="W7" s="18"/>
       <c r="X7" s="18"/>
@@ -1874,52 +1881,53 @@
       <c r="EY7" s="18"/>
       <c r="EZ7" s="18"/>
       <c r="FA7" s="18"/>
       <c r="FB7" s="18"/>
       <c r="FC7" s="18"/>
       <c r="FD7" s="18"/>
       <c r="FE7" s="18"/>
       <c r="FF7" s="18"/>
       <c r="FG7" s="18"/>
       <c r="FH7" s="18"/>
       <c r="FI7" s="18"/>
       <c r="FJ7" s="18"/>
       <c r="FK7" s="18"/>
       <c r="FL7" s="18"/>
       <c r="FM7" s="18"/>
       <c r="FN7" s="18"/>
       <c r="FO7" s="18"/>
       <c r="FP7" s="18"/>
       <c r="FQ7" s="18"/>
       <c r="FR7" s="18"/>
       <c r="FS7" s="18"/>
       <c r="FT7" s="18"/>
       <c r="FU7" s="18"/>
       <c r="FV7" s="18"/>
       <c r="FW7" s="18"/>
+      <c r="FX7" s="18"/>
     </row>
-    <row r="8" spans="2:179" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="2:180" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B8" s="5" t="s">
         <v>19</v>
       </c>
       <c r="C8" s="26"/>
       <c r="D8" s="26"/>
       <c r="E8" s="26"/>
       <c r="F8" s="26"/>
       <c r="G8" s="26"/>
       <c r="H8" s="26"/>
       <c r="I8" s="26"/>
       <c r="J8" s="26"/>
       <c r="K8" s="26"/>
       <c r="L8" s="26"/>
       <c r="M8" s="26"/>
       <c r="N8" s="26"/>
       <c r="O8" s="26"/>
       <c r="P8" s="26"/>
       <c r="Q8" s="26"/>
       <c r="R8" s="26"/>
       <c r="S8" s="26"/>
       <c r="T8" s="26"/>
       <c r="U8" s="26"/>
       <c r="V8" s="26"/>
       <c r="W8" s="26"/>
       <c r="X8" s="26"/>
@@ -2056,52 +2064,53 @@
       <c r="EY8" s="26"/>
       <c r="EZ8" s="26"/>
       <c r="FA8" s="26"/>
       <c r="FB8" s="26"/>
       <c r="FC8" s="26"/>
       <c r="FD8" s="26"/>
       <c r="FE8" s="26"/>
       <c r="FF8" s="26"/>
       <c r="FG8" s="26"/>
       <c r="FH8" s="26"/>
       <c r="FI8" s="26"/>
       <c r="FJ8" s="26"/>
       <c r="FK8" s="26"/>
       <c r="FL8" s="26"/>
       <c r="FM8" s="26"/>
       <c r="FN8" s="26"/>
       <c r="FO8" s="26"/>
       <c r="FP8" s="26"/>
       <c r="FQ8" s="26"/>
       <c r="FR8" s="26"/>
       <c r="FS8" s="26"/>
       <c r="FT8" s="26"/>
       <c r="FU8" s="26"/>
       <c r="FV8" s="26"/>
       <c r="FW8" s="26"/>
+      <c r="FX8" s="26"/>
     </row>
-    <row r="9" spans="2:179" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="2:180" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B9" s="21" t="s">
         <v>1</v>
       </c>
       <c r="C9" s="13">
         <v>5001.8357278200001</v>
       </c>
       <c r="D9" s="13">
         <v>5024.7862632699998</v>
       </c>
       <c r="E9" s="13">
         <v>5092.1146063699998</v>
       </c>
       <c r="F9" s="13">
         <v>5762.2316846599997</v>
       </c>
       <c r="G9" s="13">
         <v>5694.7229667700003</v>
       </c>
       <c r="H9" s="13">
         <v>5749.7783084800003</v>
       </c>
       <c r="I9" s="13">
         <v>5606.2659890799996</v>
       </c>
       <c r="J9" s="13">
@@ -2592,52 +2601,55 @@
       </c>
       <c r="FP9" s="13">
         <v>5503.47583227</v>
       </c>
       <c r="FQ9" s="13">
         <v>5393.6300126699998</v>
       </c>
       <c r="FR9" s="13">
         <v>5373.3820645400001</v>
       </c>
       <c r="FS9" s="13">
         <v>5268.24795507</v>
       </c>
       <c r="FT9" s="13">
         <v>5140.2445639500002</v>
       </c>
       <c r="FU9" s="13">
         <v>5031.7326216299998</v>
       </c>
       <c r="FV9" s="13">
         <v>5036.7422984900004</v>
       </c>
       <c r="FW9" s="13">
         <v>5040.0130561899996</v>
       </c>
+      <c r="FX9" s="13">
+        <v>5103.9560270100001</v>
+      </c>
     </row>
-    <row r="10" spans="2:179" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="2:180" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B10" s="20" t="s">
         <v>2</v>
       </c>
       <c r="C10" s="8">
         <v>4636.2383991899997</v>
       </c>
       <c r="D10" s="8">
         <v>4642.3932508799999</v>
       </c>
       <c r="E10" s="8">
         <v>4709.2845071499996</v>
       </c>
       <c r="F10" s="8">
         <v>5380.2392150200003</v>
       </c>
       <c r="G10" s="8">
         <v>5332.9058313100004</v>
       </c>
       <c r="H10" s="8">
         <v>5390.18433611</v>
       </c>
       <c r="I10" s="8">
         <v>5252.1367474299996</v>
       </c>
       <c r="J10" s="8">
@@ -3128,52 +3140,55 @@
       </c>
       <c r="FP10" s="8">
         <v>4691.6240889299997</v>
       </c>
       <c r="FQ10" s="8">
         <v>4579.6749842899999</v>
       </c>
       <c r="FR10" s="8">
         <v>4560.84517882</v>
       </c>
       <c r="FS10" s="8">
         <v>4459.6532494200001</v>
       </c>
       <c r="FT10" s="8">
         <v>4304.6798136300004</v>
       </c>
       <c r="FU10" s="8">
         <v>4183.9799726700003</v>
       </c>
       <c r="FV10" s="8">
         <v>4187.47242998</v>
       </c>
       <c r="FW10" s="8">
         <v>4189.7779993300001</v>
       </c>
+      <c r="FX10" s="8">
+        <v>4257.3892450499998</v>
+      </c>
     </row>
-    <row r="11" spans="2:179" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="2:180" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B11" s="20" t="s">
         <v>3</v>
       </c>
       <c r="C11" s="8">
         <v>365.46117172999999</v>
       </c>
       <c r="D11" s="8">
         <v>382.25023390000001</v>
       </c>
       <c r="E11" s="8">
         <v>382.66950499000001</v>
       </c>
       <c r="F11" s="8">
         <v>381.82690693000001</v>
       </c>
       <c r="G11" s="8">
         <v>361.65051469000002</v>
       </c>
       <c r="H11" s="8">
         <v>359.41841493999999</v>
       </c>
       <c r="I11" s="8">
         <v>353.92116967999999</v>
       </c>
       <c r="J11" s="8">
@@ -3664,52 +3679,55 @@
       </c>
       <c r="FP11" s="8">
         <v>809.67034613999999</v>
       </c>
       <c r="FQ11" s="8">
         <v>812.10192156000005</v>
       </c>
       <c r="FR11" s="8">
         <v>810.86413601000004</v>
       </c>
       <c r="FS11" s="8">
         <v>806.66671009000004</v>
       </c>
       <c r="FT11" s="8">
         <v>833.00642446999996</v>
       </c>
       <c r="FU11" s="8">
         <v>845.05710542999998</v>
       </c>
       <c r="FV11" s="8">
         <v>846.34930639000004</v>
       </c>
       <c r="FW11" s="8">
         <v>846.10701370000004</v>
       </c>
+      <c r="FX11" s="8">
+        <v>842.55359067999996</v>
+      </c>
     </row>
-    <row r="12" spans="2:179" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="2:180" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B12" s="20" t="s">
         <v>4</v>
       </c>
       <c r="C12" s="8">
         <v>0.1361569</v>
       </c>
       <c r="D12" s="8">
         <v>0.14277849000000001</v>
       </c>
       <c r="E12" s="8">
         <v>0.16059423</v>
       </c>
       <c r="F12" s="8">
         <v>0.16556271</v>
       </c>
       <c r="G12" s="8">
         <v>0.16662077</v>
       </c>
       <c r="H12" s="8">
         <v>0.17555742999999999</v>
       </c>
       <c r="I12" s="8">
         <v>0.20807196999999999</v>
       </c>
       <c r="J12" s="8">
@@ -4200,52 +4218,55 @@
       </c>
       <c r="FP12" s="8">
         <v>2.1813972000000001</v>
       </c>
       <c r="FQ12" s="8">
         <v>1.85310682</v>
       </c>
       <c r="FR12" s="8">
         <v>1.6727497099999999</v>
       </c>
       <c r="FS12" s="8">
         <v>1.9279955600000001</v>
       </c>
       <c r="FT12" s="8">
         <v>2.5583258500000001</v>
       </c>
       <c r="FU12" s="8">
         <v>2.6955435300000001</v>
       </c>
       <c r="FV12" s="8">
         <v>2.92056212</v>
       </c>
       <c r="FW12" s="8">
         <v>4.1280431599999998</v>
       </c>
+      <c r="FX12" s="8">
+        <v>4.01319128</v>
+      </c>
     </row>
-    <row r="13" spans="2:179" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="13" spans="2:180" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B13" s="20" t="s">
         <v>5</v>
       </c>
       <c r="C13" s="8">
         <v>12837.86029961</v>
       </c>
       <c r="D13" s="8">
         <v>12916.1454816</v>
       </c>
       <c r="E13" s="8">
         <v>13031.4981121</v>
       </c>
       <c r="F13" s="8">
         <v>13150.82542786</v>
       </c>
       <c r="G13" s="8">
         <v>13296.441236709999</v>
       </c>
       <c r="H13" s="8">
         <v>13481.30740147</v>
       </c>
       <c r="I13" s="8">
         <v>13417.385188869999</v>
       </c>
       <c r="J13" s="8">
@@ -4736,52 +4757,55 @@
       </c>
       <c r="FP13" s="8">
         <v>15709.80710045</v>
       </c>
       <c r="FQ13" s="8">
         <v>15967.548564950001</v>
       </c>
       <c r="FR13" s="8">
         <v>16259.2185804</v>
       </c>
       <c r="FS13" s="8">
         <v>16515.8314508</v>
       </c>
       <c r="FT13" s="8">
         <v>16619.74399965</v>
       </c>
       <c r="FU13" s="8">
         <v>16812.716100940001</v>
       </c>
       <c r="FV13" s="8">
         <v>16910.02119023</v>
       </c>
       <c r="FW13" s="8">
         <v>16738.369911689999</v>
       </c>
+      <c r="FX13" s="8">
+        <v>16887.060208759998</v>
+      </c>
     </row>
-    <row r="14" spans="2:179" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="14" spans="2:180" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B14" s="20" t="s">
         <v>6</v>
       </c>
       <c r="C14" s="8">
         <v>13268.812214199999</v>
       </c>
       <c r="D14" s="8">
         <v>13257.94134334</v>
       </c>
       <c r="E14" s="8">
         <v>13284.43671263</v>
       </c>
       <c r="F14" s="8">
         <v>13325.155518310001</v>
       </c>
       <c r="G14" s="8">
         <v>13323.35656744</v>
       </c>
       <c r="H14" s="8">
         <v>13472.773568189999</v>
       </c>
       <c r="I14" s="8">
         <v>13443.761364579999</v>
       </c>
       <c r="J14" s="8">
@@ -5272,52 +5296,55 @@
       </c>
       <c r="FP14" s="8">
         <v>24447.51335519</v>
       </c>
       <c r="FQ14" s="8">
         <v>24647.304617139998</v>
       </c>
       <c r="FR14" s="8">
         <v>24945.1064578</v>
       </c>
       <c r="FS14" s="8">
         <v>25282.598413690001</v>
       </c>
       <c r="FT14" s="8">
         <v>25616.183177430001</v>
       </c>
       <c r="FU14" s="8">
         <v>26049.370092929999</v>
       </c>
       <c r="FV14" s="8">
         <v>26376.581632459998</v>
       </c>
       <c r="FW14" s="8">
         <v>26491.0395322</v>
       </c>
+      <c r="FX14" s="8">
+        <v>26721.673020120001</v>
+      </c>
     </row>
-    <row r="15" spans="2:179" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="2:180" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B15" s="20" t="s">
         <v>7</v>
       </c>
       <c r="C15" s="8">
         <v>2.1172891300000001</v>
       </c>
       <c r="D15" s="8">
         <v>9.0737006299999994</v>
       </c>
       <c r="E15" s="8">
         <v>3.8382098299999998</v>
       </c>
       <c r="F15" s="8">
         <v>3.9028599900000001</v>
       </c>
       <c r="G15" s="8">
         <v>6.6400568700000004</v>
       </c>
       <c r="H15" s="8">
         <v>9.2715424100000003</v>
       </c>
       <c r="I15" s="8">
         <v>0.94221933000000002</v>
       </c>
       <c r="J15" s="8">
@@ -5808,52 +5835,55 @@
       </c>
       <c r="FP15" s="8">
         <v>15.00360835</v>
       </c>
       <c r="FQ15" s="8">
         <v>8.8495921400000004</v>
       </c>
       <c r="FR15" s="8">
         <v>11.59672247</v>
       </c>
       <c r="FS15" s="8">
         <v>9.8130035899999992</v>
       </c>
       <c r="FT15" s="8">
         <v>10.28797011</v>
       </c>
       <c r="FU15" s="8">
         <v>10.36072624</v>
       </c>
       <c r="FV15" s="8">
         <v>11.3271929</v>
       </c>
       <c r="FW15" s="8">
         <v>11.352457879999999</v>
       </c>
+      <c r="FX15" s="8">
+        <v>10.410393559999999</v>
+      </c>
     </row>
-    <row r="16" spans="2:179" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="2:180" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B16" s="20" t="s">
         <v>8</v>
       </c>
       <c r="C16" s="8">
         <v>263.58798361999999</v>
       </c>
       <c r="D16" s="8">
         <v>245.31964980000001</v>
       </c>
       <c r="E16" s="8">
         <v>235.94974339000001</v>
       </c>
       <c r="F16" s="8">
         <v>234.42757835</v>
       </c>
       <c r="G16" s="8">
         <v>241.94371899000001</v>
       </c>
       <c r="H16" s="8">
         <v>242.58823519000001</v>
       </c>
       <c r="I16" s="8">
         <v>253.79601653</v>
       </c>
       <c r="J16" s="8">
@@ -6344,52 +6374,55 @@
       </c>
       <c r="FP16" s="8">
         <v>360.55588211000003</v>
       </c>
       <c r="FQ16" s="8">
         <v>365.09606114000002</v>
       </c>
       <c r="FR16" s="8">
         <v>372.22846874999999</v>
       </c>
       <c r="FS16" s="8">
         <v>419.75905614999999</v>
       </c>
       <c r="FT16" s="8">
         <v>460.13456647999999</v>
       </c>
       <c r="FU16" s="8">
         <v>455.59549535999997</v>
       </c>
       <c r="FV16" s="8">
         <v>450.02738017000001</v>
       </c>
       <c r="FW16" s="8">
         <v>454.49792911999998</v>
       </c>
+      <c r="FX16" s="8">
+        <v>439.44934762999998</v>
+      </c>
     </row>
-    <row r="17" spans="2:179" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="17" spans="2:180" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B17" s="20" t="s">
         <v>9</v>
       </c>
       <c r="C17" s="8">
         <v>81.076648079999998</v>
       </c>
       <c r="D17" s="8">
         <v>75.724152660000001</v>
       </c>
       <c r="E17" s="8">
         <v>86.690075059999998</v>
       </c>
       <c r="F17" s="8">
         <v>106.12058321000001</v>
       </c>
       <c r="G17" s="8">
         <v>97.775313220000001</v>
       </c>
       <c r="H17" s="8">
         <v>96.026754060000002</v>
       </c>
       <c r="I17" s="8">
         <v>101.07694941</v>
       </c>
       <c r="J17" s="8">
@@ -6880,52 +6913,55 @@
       </c>
       <c r="FP17" s="8">
         <v>19.158759119999999</v>
       </c>
       <c r="FQ17" s="8">
         <v>19.40913145</v>
       </c>
       <c r="FR17" s="8">
         <v>21.292771810000001</v>
       </c>
       <c r="FS17" s="8">
         <v>22.489356310000002</v>
       </c>
       <c r="FT17" s="8">
         <v>24.921343239999999</v>
       </c>
       <c r="FU17" s="8">
         <v>26.947828909999998</v>
       </c>
       <c r="FV17" s="8">
         <v>32.697473199999997</v>
       </c>
       <c r="FW17" s="8">
         <v>33.41926694</v>
       </c>
+      <c r="FX17" s="8">
+        <v>33.953486869999999</v>
+      </c>
     </row>
-    <row r="18" spans="2:179" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="18" spans="2:180" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B18" s="20" t="s">
         <v>10</v>
       </c>
       <c r="C18" s="8">
         <v>64.688219619999998</v>
       </c>
       <c r="D18" s="8">
         <v>55.31261361</v>
       </c>
       <c r="E18" s="8">
         <v>51.150371440000001</v>
       </c>
       <c r="F18" s="8">
         <v>29.213181559999999</v>
       </c>
       <c r="G18" s="8">
         <v>21.053350500000001</v>
       </c>
       <c r="H18" s="8">
         <v>5.6616480100000004</v>
       </c>
       <c r="I18" s="8">
         <v>4.4696502100000002</v>
       </c>
       <c r="J18" s="8">
@@ -7416,52 +7452,55 @@
       </c>
       <c r="FP18" s="8">
         <v>4.6513250700000004</v>
       </c>
       <c r="FQ18" s="8">
         <v>3.0093895399999999</v>
       </c>
       <c r="FR18" s="8">
         <v>2.3051297399999999</v>
       </c>
       <c r="FS18" s="8">
         <v>11.122076359999999</v>
       </c>
       <c r="FT18" s="8">
         <v>5.8382922900000001</v>
       </c>
       <c r="FU18" s="8">
         <v>4.8568968899999998</v>
       </c>
       <c r="FV18" s="8">
         <v>2.5350516299999999</v>
       </c>
       <c r="FW18" s="8">
         <v>2.1635963999999999</v>
       </c>
+      <c r="FX18" s="8">
+        <v>2.2284622299999999</v>
+      </c>
     </row>
-    <row r="19" spans="2:179" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="2:180" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B19" s="22" t="s">
         <v>16</v>
       </c>
       <c r="C19" s="10">
         <v>31519.97838208</v>
       </c>
       <c r="D19" s="10">
         <v>31584.30320491</v>
       </c>
       <c r="E19" s="10">
         <v>31785.677830820001</v>
       </c>
       <c r="F19" s="10">
         <v>32611.876833940001</v>
       </c>
       <c r="G19" s="10">
         <v>32681.933210499999</v>
       </c>
       <c r="H19" s="10">
         <v>33057.407457809997</v>
       </c>
       <c r="I19" s="10">
         <v>32827.697378010002</v>
       </c>
       <c r="J19" s="10">
@@ -7952,52 +7991,55 @@
       </c>
       <c r="FP19" s="10">
         <v>46060.165862560003</v>
       </c>
       <c r="FQ19" s="10">
         <v>46404.847369030002</v>
       </c>
       <c r="FR19" s="10">
         <v>46985.130195509999</v>
       </c>
       <c r="FS19" s="10">
         <v>47529.861311970002</v>
       </c>
       <c r="FT19" s="10">
         <v>47877.35391315</v>
       </c>
       <c r="FU19" s="10">
         <v>48391.579762900001</v>
       </c>
       <c r="FV19" s="10">
         <v>48819.932219080001</v>
       </c>
       <c r="FW19" s="10">
         <v>48770.85575042</v>
       </c>
+      <c r="FX19" s="10">
+        <v>49198.730946180003</v>
+      </c>
     </row>
-    <row r="20" spans="2:179" s="4" customFormat="1" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="20" spans="2:180" s="4" customFormat="1" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="1" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="25"/>
       <c r="D20" s="25"/>
       <c r="E20" s="25"/>
       <c r="F20" s="25"/>
       <c r="G20" s="25"/>
       <c r="H20" s="25"/>
       <c r="I20" s="25"/>
       <c r="J20" s="25"/>
       <c r="K20" s="25"/>
       <c r="L20" s="25"/>
       <c r="M20" s="25"/>
       <c r="N20" s="25"/>
       <c r="O20" s="25"/>
       <c r="P20" s="25"/>
       <c r="Q20" s="25"/>
       <c r="R20" s="25"/>
       <c r="S20" s="25"/>
       <c r="T20" s="25"/>
       <c r="U20" s="25"/>
       <c r="V20" s="25"/>
       <c r="W20" s="25"/>
       <c r="X20" s="25"/>
@@ -8134,52 +8176,53 @@
       <c r="EY20" s="25"/>
       <c r="EZ20" s="25"/>
       <c r="FA20" s="25"/>
       <c r="FB20" s="25"/>
       <c r="FC20" s="25"/>
       <c r="FD20" s="25"/>
       <c r="FE20" s="25"/>
       <c r="FF20" s="25"/>
       <c r="FG20" s="25"/>
       <c r="FH20" s="25"/>
       <c r="FI20" s="25"/>
       <c r="FJ20" s="25"/>
       <c r="FK20" s="25"/>
       <c r="FL20" s="25"/>
       <c r="FM20" s="25"/>
       <c r="FN20" s="25"/>
       <c r="FO20" s="25"/>
       <c r="FP20" s="25"/>
       <c r="FQ20" s="25"/>
       <c r="FR20" s="25"/>
       <c r="FS20" s="25"/>
       <c r="FT20" s="25"/>
       <c r="FU20" s="25"/>
       <c r="FV20" s="25"/>
       <c r="FW20" s="25"/>
+      <c r="FX20" s="25"/>
     </row>
-    <row r="21" spans="2:179" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="21" spans="2:180" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B21" s="21" t="s">
         <v>1</v>
       </c>
       <c r="C21" s="8">
         <v>54.420353400000003</v>
       </c>
       <c r="D21" s="8">
         <v>51.953971709999998</v>
       </c>
       <c r="E21" s="8">
         <v>52.351528389999999</v>
       </c>
       <c r="F21" s="8">
         <v>50.854249520000003</v>
       </c>
       <c r="G21" s="8">
         <v>50.067010029999999</v>
       </c>
       <c r="H21" s="8">
         <v>53.127241099999999</v>
       </c>
       <c r="I21" s="8">
         <v>52.652829019999999</v>
       </c>
       <c r="J21" s="8">
@@ -8670,52 +8713,55 @@
       </c>
       <c r="FP21" s="8">
         <v>0.74251438000000003</v>
       </c>
       <c r="FQ21" s="8">
         <v>0.65150836000000001</v>
       </c>
       <c r="FR21" s="8">
         <v>0.54497580999999995</v>
       </c>
       <c r="FS21" s="8">
         <v>0.48999842999999998</v>
       </c>
       <c r="FT21" s="8">
         <v>0.42941276</v>
       </c>
       <c r="FU21" s="8">
         <v>0.34359920999999999</v>
       </c>
       <c r="FV21" s="8">
         <v>0.28173745</v>
       </c>
       <c r="FW21" s="8">
         <v>0.21608204</v>
       </c>
+      <c r="FX21" s="8">
+        <v>0.19461796000000001</v>
+      </c>
     </row>
-    <row r="22" spans="2:179" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="22" spans="2:180" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B22" s="20" t="s">
         <v>2</v>
       </c>
       <c r="C22" s="8">
         <v>4.9500529899999997</v>
       </c>
       <c r="D22" s="8">
         <v>4.79471852</v>
       </c>
       <c r="E22" s="8">
         <v>4.78022203</v>
       </c>
       <c r="F22" s="8">
         <v>4.6622383200000002</v>
       </c>
       <c r="G22" s="8">
         <v>4.08754756</v>
       </c>
       <c r="H22" s="8">
         <v>4.2988535600000004</v>
       </c>
       <c r="I22" s="8">
         <v>4.2358616099999997</v>
       </c>
       <c r="J22" s="8">
@@ -9206,52 +9252,55 @@
       </c>
       <c r="FP22" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FQ22" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FR22" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FS22" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FT22" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FU22" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FV22" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FW22" s="8" t="s">
         <v>0</v>
       </c>
+      <c r="FX22" s="8" t="s">
+        <v>0</v>
+      </c>
     </row>
-    <row r="23" spans="2:179" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="23" spans="2:180" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B23" s="20" t="s">
         <v>3</v>
       </c>
       <c r="C23" s="8">
         <v>49.47030041</v>
       </c>
       <c r="D23" s="8">
         <v>47.159253190000001</v>
       </c>
       <c r="E23" s="8">
         <v>47.571306360000001</v>
       </c>
       <c r="F23" s="8">
         <v>46.192011200000003</v>
       </c>
       <c r="G23" s="8">
         <v>45.979462470000001</v>
       </c>
       <c r="H23" s="8">
         <v>48.828387540000001</v>
       </c>
       <c r="I23" s="8">
         <v>48.416967409999998</v>
       </c>
       <c r="J23" s="8">
@@ -9742,52 +9791,55 @@
       </c>
       <c r="FP23" s="8">
         <v>0.74251438000000003</v>
       </c>
       <c r="FQ23" s="8">
         <v>0.65150836000000001</v>
       </c>
       <c r="FR23" s="8">
         <v>0.54497580999999995</v>
       </c>
       <c r="FS23" s="8">
         <v>0.48999842999999998</v>
       </c>
       <c r="FT23" s="8">
         <v>0.42941276</v>
       </c>
       <c r="FU23" s="8">
         <v>0.34359920999999999</v>
       </c>
       <c r="FV23" s="8">
         <v>0.28173745</v>
       </c>
       <c r="FW23" s="8">
         <v>0.21608204</v>
       </c>
+      <c r="FX23" s="8">
+        <v>0.19461796000000001</v>
+      </c>
     </row>
-    <row r="24" spans="2:179" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="24" spans="2:180" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B24" s="20" t="s">
         <v>4</v>
       </c>
       <c r="C24" s="8" t="s">
         <v>0</v>
       </c>
       <c r="D24" s="8" t="s">
         <v>0</v>
       </c>
       <c r="E24" s="8" t="s">
         <v>0</v>
       </c>
       <c r="F24" s="8" t="s">
         <v>0</v>
       </c>
       <c r="G24" s="8" t="s">
         <v>0</v>
       </c>
       <c r="H24" s="8" t="s">
         <v>0</v>
       </c>
       <c r="I24" s="8" t="s">
         <v>0</v>
       </c>
       <c r="J24" s="8" t="s">
@@ -10278,52 +10330,55 @@
       </c>
       <c r="FP24" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FQ24" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FR24" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FS24" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FT24" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FU24" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FV24" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FW24" s="8" t="s">
         <v>0</v>
       </c>
+      <c r="FX24" s="8" t="s">
+        <v>0</v>
+      </c>
     </row>
-    <row r="25" spans="2:179" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="25" spans="2:180" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B25" s="20" t="s">
         <v>5</v>
       </c>
       <c r="C25" s="8">
         <v>871.19611597000005</v>
       </c>
       <c r="D25" s="8">
         <v>844.6139005</v>
       </c>
       <c r="E25" s="8">
         <v>848.67649381000001</v>
       </c>
       <c r="F25" s="8">
         <v>777.23497851000002</v>
       </c>
       <c r="G25" s="8">
         <v>748.68100902000003</v>
       </c>
       <c r="H25" s="8">
         <v>752.96226867999997</v>
       </c>
       <c r="I25" s="8">
         <v>747.15592216000005</v>
       </c>
       <c r="J25" s="8">
@@ -10814,52 +10869,55 @@
       </c>
       <c r="FP25" s="8">
         <v>217.79527125999999</v>
       </c>
       <c r="FQ25" s="8">
         <v>222.60091402</v>
       </c>
       <c r="FR25" s="8">
         <v>37.660831760000001</v>
       </c>
       <c r="FS25" s="8">
         <v>36.14726177</v>
       </c>
       <c r="FT25" s="8">
         <v>36.376548679999999</v>
       </c>
       <c r="FU25" s="8">
         <v>34.001830949999999</v>
       </c>
       <c r="FV25" s="8">
         <v>34.398322960000002</v>
       </c>
       <c r="FW25" s="8">
         <v>33.849783279999997</v>
       </c>
+      <c r="FX25" s="8">
+        <v>32.778156389999999</v>
+      </c>
     </row>
-    <row r="26" spans="2:179" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="26" spans="2:180" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B26" s="20" t="s">
         <v>6</v>
       </c>
       <c r="C26" s="8">
         <v>4100.0909242400003</v>
       </c>
       <c r="D26" s="8">
         <v>3905.4652412199998</v>
       </c>
       <c r="E26" s="8">
         <v>3916.3408027199998</v>
       </c>
       <c r="F26" s="8">
         <v>3811.5356322399998</v>
       </c>
       <c r="G26" s="8">
         <v>3778.7763279800001</v>
       </c>
       <c r="H26" s="8">
         <v>4010.0643125400002</v>
       </c>
       <c r="I26" s="8">
         <v>3993.0950345699998</v>
       </c>
       <c r="J26" s="8">
@@ -11350,52 +11408,55 @@
       </c>
       <c r="FP26" s="8">
         <v>50.187063850000001</v>
       </c>
       <c r="FQ26" s="8">
         <v>49.902134949999997</v>
       </c>
       <c r="FR26" s="8">
         <v>49.130513120000003</v>
       </c>
       <c r="FS26" s="8">
         <v>48.998250349999999</v>
       </c>
       <c r="FT26" s="8">
         <v>47.965599249999997</v>
       </c>
       <c r="FU26" s="8">
         <v>47.528995860000002</v>
       </c>
       <c r="FV26" s="8">
         <v>46.656970880000003</v>
       </c>
       <c r="FW26" s="8">
         <v>46.433586769999998</v>
       </c>
+      <c r="FX26" s="8">
+        <v>45.870381109999997</v>
+      </c>
     </row>
-    <row r="27" spans="2:179" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="27" spans="2:180" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B27" s="20" t="s">
         <v>7</v>
       </c>
       <c r="C27" s="8" t="s">
         <v>0</v>
       </c>
       <c r="D27" s="8">
         <v>1.0021456200000001</v>
       </c>
       <c r="E27" s="8" t="s">
         <v>0</v>
       </c>
       <c r="F27" s="8">
         <v>2.2272866499999999</v>
       </c>
       <c r="G27" s="8">
         <v>0.72229989999999999</v>
       </c>
       <c r="H27" s="8">
         <v>0.75965844000000005</v>
       </c>
       <c r="I27" s="8">
         <v>1.22489468</v>
       </c>
       <c r="J27" s="8">
@@ -11886,52 +11947,55 @@
       </c>
       <c r="FP27" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FQ27" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FR27" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FS27" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FT27" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FU27" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FV27" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FW27" s="8" t="s">
         <v>0</v>
       </c>
+      <c r="FX27" s="8" t="s">
+        <v>0</v>
+      </c>
     </row>
-    <row r="28" spans="2:179" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="28" spans="2:180" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B28" s="20" t="s">
         <v>8</v>
       </c>
       <c r="C28" s="8">
         <v>9.3731723900000006</v>
       </c>
       <c r="D28" s="8">
         <v>9.0139015199999992</v>
       </c>
       <c r="E28" s="8">
         <v>17.25882185</v>
       </c>
       <c r="F28" s="8">
         <v>16.676428489999999</v>
       </c>
       <c r="G28" s="8">
         <v>15.95437143</v>
       </c>
       <c r="H28" s="8">
         <v>16.729983270000002</v>
       </c>
       <c r="I28" s="8">
         <v>16.389222650000001</v>
       </c>
       <c r="J28" s="8">
@@ -12422,52 +12486,55 @@
       </c>
       <c r="FP28" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FQ28" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FR28" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FS28" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FT28" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FU28" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FV28" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FW28" s="8" t="s">
         <v>0</v>
       </c>
+      <c r="FX28" s="8" t="s">
+        <v>0</v>
+      </c>
     </row>
-    <row r="29" spans="2:179" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="29" spans="2:180" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B29" s="20" t="s">
         <v>9</v>
       </c>
       <c r="C29" s="8">
         <v>1.56099411</v>
       </c>
       <c r="D29" s="8">
         <v>1.51148255</v>
       </c>
       <c r="E29" s="8">
         <v>1.50617683</v>
       </c>
       <c r="F29" s="8">
         <v>1.4686672300000001</v>
       </c>
       <c r="G29" s="8">
         <v>1.3849356900000001</v>
       </c>
       <c r="H29" s="8">
         <v>1.45808099</v>
       </c>
       <c r="I29" s="8">
         <v>1.4383865</v>
       </c>
       <c r="J29" s="8">
@@ -12958,52 +13025,55 @@
       </c>
       <c r="FP29" s="8">
         <v>4.6969086999999998</v>
       </c>
       <c r="FQ29" s="8">
         <v>4.6350998600000004</v>
       </c>
       <c r="FR29" s="8">
         <v>4.4977254000000002</v>
       </c>
       <c r="FS29" s="8">
         <v>2.7136147899999998</v>
       </c>
       <c r="FT29" s="8">
         <v>2.7265142899999999</v>
       </c>
       <c r="FU29" s="8">
         <v>2.6414854399999999</v>
       </c>
       <c r="FV29" s="8">
         <v>2.6820461199999999</v>
       </c>
       <c r="FW29" s="8">
         <v>2.6567143500000001</v>
       </c>
+      <c r="FX29" s="8">
+        <v>2.6419837799999999</v>
+      </c>
     </row>
-    <row r="30" spans="2:179" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="30" spans="2:180" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B30" s="20" t="s">
         <v>10</v>
       </c>
       <c r="C30" s="8" t="s">
         <v>0</v>
       </c>
       <c r="D30" s="8" t="s">
         <v>0</v>
       </c>
       <c r="E30" s="8" t="s">
         <v>0</v>
       </c>
       <c r="F30" s="8" t="s">
         <v>0</v>
       </c>
       <c r="G30" s="8" t="s">
         <v>0</v>
       </c>
       <c r="H30" s="8" t="s">
         <v>0</v>
       </c>
       <c r="I30" s="8" t="s">
         <v>0</v>
       </c>
       <c r="J30" s="8" t="s">
@@ -13494,52 +13564,55 @@
       </c>
       <c r="FP30" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FQ30" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FR30" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FS30" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FT30" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FU30" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FV30" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FW30" s="8" t="s">
         <v>0</v>
       </c>
+      <c r="FX30" s="8" t="s">
+        <v>0</v>
+      </c>
     </row>
-    <row r="31" spans="2:179" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="31" spans="2:180" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B31" s="23" t="s">
         <v>17</v>
       </c>
       <c r="C31" s="10">
         <v>5036.6415601099998</v>
       </c>
       <c r="D31" s="10">
         <v>4813.5606431200003</v>
       </c>
       <c r="E31" s="10">
         <v>4836.1338236000001</v>
       </c>
       <c r="F31" s="10">
         <v>4659.99724264</v>
       </c>
       <c r="G31" s="10">
         <v>4595.5859540499996</v>
       </c>
       <c r="H31" s="10">
         <v>4835.1015450200002</v>
       </c>
       <c r="I31" s="10">
         <v>4811.95628958</v>
       </c>
       <c r="J31" s="10">
@@ -14030,52 +14103,55 @@
       </c>
       <c r="FP31" s="10">
         <v>273.42175818999999</v>
       </c>
       <c r="FQ31" s="10">
         <v>277.78965719000001</v>
       </c>
       <c r="FR31" s="10">
         <v>91.834046090000001</v>
       </c>
       <c r="FS31" s="10">
         <v>88.349125340000001</v>
       </c>
       <c r="FT31" s="10">
         <v>87.498074979999998</v>
       </c>
       <c r="FU31" s="10">
         <v>84.515911459999998</v>
       </c>
       <c r="FV31" s="10">
         <v>84.019077409999994</v>
       </c>
       <c r="FW31" s="10">
         <v>83.156166440000007</v>
       </c>
+      <c r="FX31" s="10">
+        <v>81.485139239999995</v>
+      </c>
     </row>
-    <row r="32" spans="2:179" s="9" customFormat="1" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="32" spans="2:180" s="9" customFormat="1" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B32" s="24" t="s">
         <v>18</v>
       </c>
       <c r="C32" s="11">
         <v>36556.619942190002</v>
       </c>
       <c r="D32" s="11">
         <v>36397.86384803</v>
       </c>
       <c r="E32" s="11">
         <v>36621.811654420002</v>
       </c>
       <c r="F32" s="11">
         <v>37271.874076580003</v>
       </c>
       <c r="G32" s="11">
         <v>37277.519164550002</v>
       </c>
       <c r="H32" s="11">
         <v>37892.509002829996</v>
       </c>
       <c r="I32" s="11">
         <v>37639.653667589999</v>
       </c>
       <c r="J32" s="11">
@@ -14566,52 +14642,55 @@
       </c>
       <c r="FP32" s="11">
         <v>46333.587620749997</v>
       </c>
       <c r="FQ32" s="11">
         <v>46682.63702622</v>
       </c>
       <c r="FR32" s="11">
         <v>47076.964241599999</v>
       </c>
       <c r="FS32" s="11">
         <v>47618.210437310001</v>
       </c>
       <c r="FT32" s="11">
         <v>47964.851988130002</v>
       </c>
       <c r="FU32" s="11">
         <v>48476.095674360004</v>
       </c>
       <c r="FV32" s="11">
         <v>48903.951296489999</v>
       </c>
       <c r="FW32" s="11">
         <v>48854.011916859999</v>
       </c>
+      <c r="FX32" s="11">
+        <v>49280.216085419997</v>
+      </c>
     </row>
-    <row r="33" spans="2:179" s="4" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="33" spans="2:180" s="4" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B33" s="19" t="s">
         <v>15</v>
       </c>
       <c r="C33" s="18"/>
       <c r="D33" s="18"/>
       <c r="E33" s="18"/>
       <c r="F33" s="18"/>
       <c r="G33" s="18"/>
       <c r="H33" s="18"/>
       <c r="I33" s="18"/>
       <c r="J33" s="18"/>
       <c r="K33" s="18"/>
       <c r="L33" s="18"/>
       <c r="M33" s="18"/>
       <c r="N33" s="35"/>
       <c r="O33" s="35"/>
       <c r="P33" s="18"/>
       <c r="Q33" s="18"/>
       <c r="R33" s="18"/>
       <c r="S33" s="18"/>
       <c r="T33" s="18"/>
       <c r="U33" s="18"/>
       <c r="V33" s="18"/>
       <c r="W33" s="18"/>
       <c r="X33" s="18"/>
@@ -14748,52 +14827,53 @@
       <c r="EY33" s="18"/>
       <c r="EZ33" s="18"/>
       <c r="FA33" s="18"/>
       <c r="FB33" s="18"/>
       <c r="FC33" s="18"/>
       <c r="FD33" s="18"/>
       <c r="FE33" s="18"/>
       <c r="FF33" s="18"/>
       <c r="FG33" s="18"/>
       <c r="FH33" s="18"/>
       <c r="FI33" s="18"/>
       <c r="FJ33" s="18"/>
       <c r="FK33" s="18"/>
       <c r="FL33" s="18"/>
       <c r="FM33" s="18"/>
       <c r="FN33" s="18"/>
       <c r="FO33" s="18"/>
       <c r="FP33" s="18"/>
       <c r="FQ33" s="18"/>
       <c r="FR33" s="18"/>
       <c r="FS33" s="18"/>
       <c r="FT33" s="18"/>
       <c r="FU33" s="18"/>
       <c r="FV33" s="18"/>
       <c r="FW33" s="18"/>
+      <c r="FX33" s="18"/>
     </row>
-    <row r="34" spans="2:179" s="4" customFormat="1" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="34" spans="2:180" s="4" customFormat="1" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B34" s="5" t="s">
         <v>19</v>
       </c>
       <c r="C34" s="26"/>
       <c r="D34" s="26"/>
       <c r="E34" s="26"/>
       <c r="F34" s="26"/>
       <c r="G34" s="26"/>
       <c r="H34" s="26"/>
       <c r="I34" s="26"/>
       <c r="J34" s="26"/>
       <c r="K34" s="26"/>
       <c r="L34" s="26"/>
       <c r="M34" s="26"/>
       <c r="N34" s="26"/>
       <c r="O34" s="26"/>
       <c r="P34" s="26"/>
       <c r="Q34" s="26"/>
       <c r="R34" s="26"/>
       <c r="S34" s="26"/>
       <c r="T34" s="26"/>
       <c r="U34" s="26"/>
       <c r="V34" s="26"/>
       <c r="W34" s="26"/>
       <c r="X34" s="26"/>
@@ -14930,52 +15010,53 @@
       <c r="EY34" s="26"/>
       <c r="EZ34" s="26"/>
       <c r="FA34" s="26"/>
       <c r="FB34" s="26"/>
       <c r="FC34" s="26"/>
       <c r="FD34" s="26"/>
       <c r="FE34" s="26"/>
       <c r="FF34" s="26"/>
       <c r="FG34" s="26"/>
       <c r="FH34" s="26"/>
       <c r="FI34" s="26"/>
       <c r="FJ34" s="26"/>
       <c r="FK34" s="26"/>
       <c r="FL34" s="26"/>
       <c r="FM34" s="26"/>
       <c r="FN34" s="26"/>
       <c r="FO34" s="26"/>
       <c r="FP34" s="26"/>
       <c r="FQ34" s="26"/>
       <c r="FR34" s="26"/>
       <c r="FS34" s="26"/>
       <c r="FT34" s="26"/>
       <c r="FU34" s="26"/>
       <c r="FV34" s="26"/>
       <c r="FW34" s="26"/>
+      <c r="FX34" s="26"/>
     </row>
-    <row r="35" spans="2:179" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="35" spans="2:180" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B35" s="21" t="s">
         <v>1</v>
       </c>
       <c r="C35" s="13" t="s">
         <v>12</v>
       </c>
       <c r="D35" s="13">
         <v>22.95053545</v>
       </c>
       <c r="E35" s="13">
         <v>67.328343099999998</v>
       </c>
       <c r="F35" s="13">
         <v>670.11707828999999</v>
       </c>
       <c r="G35" s="13">
         <v>-67.50871789</v>
       </c>
       <c r="H35" s="13">
         <v>55.05534171</v>
       </c>
       <c r="I35" s="13">
         <v>-143.5123194</v>
       </c>
       <c r="J35" s="13">
@@ -15466,52 +15547,55 @@
       </c>
       <c r="FP35" s="13">
         <v>116.63402744</v>
       </c>
       <c r="FQ35" s="13">
         <v>-109.8458196</v>
       </c>
       <c r="FR35" s="13">
         <v>-20.2479342</v>
       </c>
       <c r="FS35" s="13">
         <v>-105.13410947</v>
       </c>
       <c r="FT35" s="13">
         <v>-128.00339112</v>
       </c>
       <c r="FU35" s="13">
         <v>-108.51194223</v>
       </c>
       <c r="FV35" s="13">
         <v>5.0096776600000004</v>
       </c>
       <c r="FW35" s="13">
         <v>3.2707576999999999</v>
       </c>
+      <c r="FX35" s="13">
+        <v>63.94297083</v>
+      </c>
     </row>
-    <row r="36" spans="2:179" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="36" spans="2:180" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B36" s="20" t="s">
         <v>2</v>
       </c>
       <c r="C36" s="8" t="s">
         <v>12</v>
       </c>
       <c r="D36" s="8">
         <v>6.1548516900000001</v>
       </c>
       <c r="E36" s="8">
         <v>66.89125627</v>
       </c>
       <c r="F36" s="8">
         <v>670.95470786999999</v>
       </c>
       <c r="G36" s="8">
         <v>-47.33338371</v>
       </c>
       <c r="H36" s="8">
         <v>57.2785048</v>
       </c>
       <c r="I36" s="8">
         <v>-138.04758867999999</v>
       </c>
       <c r="J36" s="8">
@@ -16002,52 +16086,55 @@
       </c>
       <c r="FP36" s="8">
         <v>124.54752415</v>
       </c>
       <c r="FQ36" s="8">
         <v>-111.94910464</v>
       </c>
       <c r="FR36" s="8">
         <v>-18.82980547</v>
       </c>
       <c r="FS36" s="8">
         <v>-101.19192940000001</v>
       </c>
       <c r="FT36" s="8">
         <v>-154.97343579</v>
       </c>
       <c r="FU36" s="8">
         <v>-120.69984096</v>
       </c>
       <c r="FV36" s="8">
         <v>3.4924573099999998</v>
       </c>
       <c r="FW36" s="8">
         <v>2.3055693499999999</v>
       </c>
+      <c r="FX36" s="8">
+        <v>67.611245719999999</v>
+      </c>
     </row>
-    <row r="37" spans="2:179" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="37" spans="2:180" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B37" s="20" t="s">
         <v>3</v>
       </c>
       <c r="C37" s="8" t="s">
         <v>12</v>
       </c>
       <c r="D37" s="8">
         <v>16.789062170000001</v>
       </c>
       <c r="E37" s="8">
         <v>0.41927109000000001</v>
       </c>
       <c r="F37" s="8">
         <v>-0.84259806000000004</v>
       </c>
       <c r="G37" s="8">
         <v>-20.176392239999998</v>
       </c>
       <c r="H37" s="8">
         <v>-2.2320997500000002</v>
       </c>
       <c r="I37" s="8">
         <v>-5.4972452599999997</v>
       </c>
       <c r="J37" s="8">
@@ -16538,52 +16625,55 @@
       </c>
       <c r="FP37" s="8">
         <v>-8.2092796400000001</v>
       </c>
       <c r="FQ37" s="8">
         <v>2.4315754200000002</v>
       </c>
       <c r="FR37" s="8">
         <v>-1.23777162</v>
       </c>
       <c r="FS37" s="8">
         <v>-4.1974259199999997</v>
       </c>
       <c r="FT37" s="8">
         <v>26.33971438</v>
       </c>
       <c r="FU37" s="8">
         <v>12.05068105</v>
       </c>
       <c r="FV37" s="8">
         <v>1.29220176</v>
       </c>
       <c r="FW37" s="8">
         <v>-0.24229269000000001</v>
       </c>
+      <c r="FX37" s="8">
+        <v>-3.5534230099999999</v>
+      </c>
     </row>
-    <row r="38" spans="2:179" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="38" spans="2:180" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B38" s="20" t="s">
         <v>4</v>
       </c>
       <c r="C38" s="8" t="s">
         <v>12</v>
       </c>
       <c r="D38" s="8">
         <v>6.6215900000000001E-3</v>
       </c>
       <c r="E38" s="8">
         <v>1.781574E-2</v>
       </c>
       <c r="F38" s="8">
         <v>4.9684799999999999E-3</v>
       </c>
       <c r="G38" s="8">
         <v>1.05806E-3</v>
       </c>
       <c r="H38" s="8">
         <v>8.9366600000000008E-3</v>
       </c>
       <c r="I38" s="8">
         <v>3.2514540000000001E-2</v>
       </c>
       <c r="J38" s="8">
@@ -17074,52 +17164,55 @@
       </c>
       <c r="FP38" s="8">
         <v>0.29578293</v>
       </c>
       <c r="FQ38" s="8">
         <v>-0.32829037999999999</v>
       </c>
       <c r="FR38" s="8">
         <v>-0.18035710999999999</v>
       </c>
       <c r="FS38" s="8">
         <v>0.25524585</v>
       </c>
       <c r="FT38" s="8">
         <v>0.63033028999999996</v>
       </c>
       <c r="FU38" s="8">
         <v>0.13721768000000001</v>
       </c>
       <c r="FV38" s="8">
         <v>0.22501858999999999</v>
       </c>
       <c r="FW38" s="8">
         <v>1.20748104</v>
       </c>
+      <c r="FX38" s="8">
+        <v>-0.11485188</v>
+      </c>
     </row>
-    <row r="39" spans="2:179" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="39" spans="2:180" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B39" s="20" t="s">
         <v>5</v>
       </c>
       <c r="C39" s="8" t="s">
         <v>12</v>
       </c>
       <c r="D39" s="8">
         <v>81.671215369999999</v>
       </c>
       <c r="E39" s="8">
         <v>115.36015412</v>
       </c>
       <c r="F39" s="8">
         <v>119.58193722999999</v>
       </c>
       <c r="G39" s="8">
         <v>145.61998295000001</v>
       </c>
       <c r="H39" s="8">
         <v>184.96162405000001</v>
       </c>
       <c r="I39" s="8">
         <v>-56.01806586</v>
       </c>
       <c r="J39" s="8">
@@ -17610,52 +17703,55 @@
       </c>
       <c r="FP39" s="8">
         <v>376.98282360000002</v>
       </c>
       <c r="FQ39" s="8">
         <v>258.11508079999999</v>
       </c>
       <c r="FR39" s="8">
         <v>294.25290551000001</v>
       </c>
       <c r="FS39" s="8">
         <v>258.09943435999998</v>
       </c>
       <c r="FT39" s="8">
         <v>104.43819639</v>
       </c>
       <c r="FU39" s="8">
         <v>201.02276284000001</v>
       </c>
       <c r="FV39" s="8">
         <v>98.397487319999996</v>
       </c>
       <c r="FW39" s="8">
         <v>-171.39015628999999</v>
       </c>
+      <c r="FX39" s="8">
+        <v>150.23408018999999</v>
+      </c>
     </row>
-    <row r="40" spans="2:179" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="40" spans="2:180" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B40" s="20" t="s">
         <v>6</v>
       </c>
       <c r="C40" s="8" t="s">
         <v>12</v>
       </c>
       <c r="D40" s="8">
         <v>-10.842471079999999</v>
       </c>
       <c r="E40" s="8">
         <v>26.55788763</v>
       </c>
       <c r="F40" s="8">
         <v>40.89175504</v>
       </c>
       <c r="G40" s="8">
         <v>-1.7324085300000001</v>
       </c>
       <c r="H40" s="8">
         <v>149.64384276999999</v>
       </c>
       <c r="I40" s="8">
         <v>-27.157880240000001</v>
       </c>
       <c r="J40" s="8">
@@ -18146,52 +18242,55 @@
       </c>
       <c r="FP40" s="8">
         <v>193.27051126999999</v>
       </c>
       <c r="FQ40" s="8">
         <v>200.2089824</v>
       </c>
       <c r="FR40" s="8">
         <v>314.29074173999999</v>
       </c>
       <c r="FS40" s="8">
         <v>339.28321222</v>
       </c>
       <c r="FT40" s="8">
         <v>333.98337162000001</v>
       </c>
       <c r="FU40" s="8">
         <v>438.39515592999999</v>
       </c>
       <c r="FV40" s="8">
         <v>328.41445139000001</v>
       </c>
       <c r="FW40" s="8">
         <v>115.15661564</v>
       </c>
+      <c r="FX40" s="8">
+        <v>234.85902969</v>
+      </c>
     </row>
-    <row r="41" spans="2:179" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="41" spans="2:180" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B41" s="20" t="s">
         <v>7</v>
       </c>
       <c r="C41" s="8" t="s">
         <v>12</v>
       </c>
       <c r="D41" s="8">
         <v>6.9564114999999997</v>
       </c>
       <c r="E41" s="8">
         <v>-5.2354908</v>
       </c>
       <c r="F41" s="8">
         <v>6.4650159999999998E-2</v>
       </c>
       <c r="G41" s="8">
         <v>2.7371968799999999</v>
       </c>
       <c r="H41" s="8">
         <v>2.6314855399999999</v>
       </c>
       <c r="I41" s="8">
         <v>-8.32932308</v>
       </c>
       <c r="J41" s="8">
@@ -18682,52 +18781,55 @@
       </c>
       <c r="FP41" s="8">
         <v>-0.15877351000000001</v>
       </c>
       <c r="FQ41" s="8">
         <v>-6.15401621</v>
       </c>
       <c r="FR41" s="8">
         <v>2.7471303300000001</v>
       </c>
       <c r="FS41" s="8">
         <v>-1.7837188799999999</v>
       </c>
       <c r="FT41" s="8">
         <v>0.47496652</v>
       </c>
       <c r="FU41" s="8">
         <v>7.2756130000000002E-2</v>
       </c>
       <c r="FV41" s="8">
         <v>0.96646666000000003</v>
       </c>
       <c r="FW41" s="8">
         <v>2.5264979999999999E-2</v>
       </c>
+      <c r="FX41" s="8">
+        <v>-0.94206431999999996</v>
+      </c>
     </row>
-    <row r="42" spans="2:179" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="42" spans="2:180" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B42" s="20" t="s">
         <v>8</v>
       </c>
       <c r="C42" s="8" t="s">
         <v>12</v>
       </c>
       <c r="D42" s="8">
         <v>-18.268333819999999</v>
       </c>
       <c r="E42" s="8">
         <v>-9.3699064100000005</v>
       </c>
       <c r="F42" s="8">
         <v>-1.52216504</v>
       </c>
       <c r="G42" s="8">
         <v>7.5161406399999997</v>
       </c>
       <c r="H42" s="8">
         <v>0.64451619999999998</v>
       </c>
       <c r="I42" s="8">
         <v>11.20778134</v>
       </c>
       <c r="J42" s="8">
@@ -19218,52 +19320,55 @@
       </c>
       <c r="FP42" s="8">
         <v>-14.98852864</v>
       </c>
       <c r="FQ42" s="8">
         <v>4.54017903</v>
       </c>
       <c r="FR42" s="8">
         <v>7.1324076099999996</v>
       </c>
       <c r="FS42" s="8">
         <v>47.530587400000002</v>
       </c>
       <c r="FT42" s="8">
         <v>40.375510329999997</v>
       </c>
       <c r="FU42" s="8">
         <v>-4.53907112</v>
       </c>
       <c r="FV42" s="8">
         <v>-5.5681151900000003</v>
       </c>
       <c r="FW42" s="8">
         <v>4.4705489500000004</v>
       </c>
+      <c r="FX42" s="8">
+        <v>-15.04858149</v>
+      </c>
     </row>
-    <row r="43" spans="2:179" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="43" spans="2:180" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B43" s="20" t="s">
         <v>9</v>
       </c>
       <c r="C43" s="8" t="s">
         <v>12</v>
       </c>
       <c r="D43" s="8">
         <v>-5.3524954200000003</v>
       </c>
       <c r="E43" s="8">
         <v>10.9659224</v>
       </c>
       <c r="F43" s="8">
         <v>19.430508150000001</v>
       </c>
       <c r="G43" s="8">
         <v>-8.3452699900000002</v>
       </c>
       <c r="H43" s="8">
         <v>-1.7485591599999999</v>
       </c>
       <c r="I43" s="8">
         <v>5.0501953500000001</v>
       </c>
       <c r="J43" s="8">
@@ -19754,52 +19859,55 @@
       </c>
       <c r="FP43" s="8">
         <v>0.99311210999999999</v>
       </c>
       <c r="FQ43" s="8">
         <v>0.25037232999999998</v>
       </c>
       <c r="FR43" s="8">
         <v>1.88364036</v>
       </c>
       <c r="FS43" s="8">
         <v>1.1965844999999999</v>
       </c>
       <c r="FT43" s="8">
         <v>2.4319869299999999</v>
       </c>
       <c r="FU43" s="8">
         <v>2.02648567</v>
       </c>
       <c r="FV43" s="8">
         <v>5.74964429</v>
       </c>
       <c r="FW43" s="8">
         <v>0.72179373999999996</v>
       </c>
+      <c r="FX43" s="8">
+        <v>0.53421993000000001</v>
+      </c>
     </row>
-    <row r="44" spans="2:179" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="44" spans="2:180" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B44" s="20" t="s">
         <v>10</v>
       </c>
       <c r="C44" s="8" t="s">
         <v>12</v>
       </c>
       <c r="D44" s="8">
         <v>-9.3756060100000003</v>
       </c>
       <c r="E44" s="8">
         <v>-4.1622421699999999</v>
       </c>
       <c r="F44" s="8">
         <v>-21.937189879999998</v>
       </c>
       <c r="G44" s="8">
         <v>-8.1598310600000001</v>
       </c>
       <c r="H44" s="8">
         <v>-15.39170249</v>
       </c>
       <c r="I44" s="8">
         <v>-1.1919978</v>
       </c>
       <c r="J44" s="8">
@@ -20290,52 +20398,55 @@
       </c>
       <c r="FP44" s="8">
         <v>0.55612991000000001</v>
       </c>
       <c r="FQ44" s="8">
         <v>-1.64193553</v>
       </c>
       <c r="FR44" s="8">
         <v>-0.70425979999999999</v>
       </c>
       <c r="FS44" s="8">
         <v>8.8169466199999995</v>
       </c>
       <c r="FT44" s="8">
         <v>-5.2837840700000003</v>
       </c>
       <c r="FU44" s="8">
         <v>-0.98139540000000003</v>
       </c>
       <c r="FV44" s="8">
         <v>-2.3218452599999999</v>
       </c>
       <c r="FW44" s="8">
         <v>-0.37145523000000003</v>
       </c>
+      <c r="FX44" s="8">
+        <v>6.4865829999999999E-2</v>
+      </c>
     </row>
-    <row r="45" spans="2:179" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="45" spans="2:180" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B45" s="22" t="s">
         <v>16</v>
       </c>
       <c r="C45" s="10" t="s">
         <v>12</v>
       </c>
       <c r="D45" s="10">
         <v>67.739255990000004</v>
       </c>
       <c r="E45" s="10">
         <v>201.44466786999999</v>
       </c>
       <c r="F45" s="10">
         <v>826.62657394999997</v>
       </c>
       <c r="G45" s="10">
         <v>70.127093000000002</v>
       </c>
       <c r="H45" s="10">
         <v>375.79654862000001</v>
       </c>
       <c r="I45" s="10">
         <v>-219.95160969</v>
       </c>
       <c r="J45" s="10">
@@ -20826,52 +20937,55 @@
       </c>
       <c r="FP45" s="10">
         <v>673.28930218000005</v>
       </c>
       <c r="FQ45" s="10">
         <v>345.47284322000002</v>
       </c>
       <c r="FR45" s="10">
         <v>599.35463155000002</v>
       </c>
       <c r="FS45" s="10">
         <v>548.00893674999998</v>
       </c>
       <c r="FT45" s="10">
         <v>348.41685660000002</v>
       </c>
       <c r="FU45" s="10">
         <v>527.48475182000004</v>
       </c>
       <c r="FV45" s="10">
         <v>430.64776687</v>
       </c>
       <c r="FW45" s="10">
         <v>-48.11663051</v>
       </c>
+      <c r="FX45" s="10">
+        <v>433.64452066000001</v>
+      </c>
     </row>
-    <row r="46" spans="2:179" s="4" customFormat="1" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="46" spans="2:180" s="4" customFormat="1" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B46" s="1" t="s">
         <v>20</v>
       </c>
       <c r="C46" s="27"/>
       <c r="D46" s="27"/>
       <c r="E46" s="27"/>
       <c r="F46" s="27"/>
       <c r="G46" s="27"/>
       <c r="H46" s="27"/>
       <c r="I46" s="27"/>
       <c r="J46" s="27"/>
       <c r="K46" s="27"/>
       <c r="L46" s="27"/>
       <c r="M46" s="27"/>
       <c r="N46" s="27"/>
       <c r="O46" s="27"/>
       <c r="P46" s="27"/>
       <c r="Q46" s="27"/>
       <c r="R46" s="27"/>
       <c r="S46" s="27"/>
       <c r="T46" s="27"/>
       <c r="U46" s="27"/>
       <c r="V46" s="27"/>
       <c r="W46" s="27"/>
       <c r="X46" s="27"/>
@@ -21008,52 +21122,53 @@
       <c r="EY46" s="27"/>
       <c r="EZ46" s="27"/>
       <c r="FA46" s="27"/>
       <c r="FB46" s="27"/>
       <c r="FC46" s="27"/>
       <c r="FD46" s="27"/>
       <c r="FE46" s="27"/>
       <c r="FF46" s="27"/>
       <c r="FG46" s="27"/>
       <c r="FH46" s="27"/>
       <c r="FI46" s="27"/>
       <c r="FJ46" s="27"/>
       <c r="FK46" s="27"/>
       <c r="FL46" s="27"/>
       <c r="FM46" s="27"/>
       <c r="FN46" s="27"/>
       <c r="FO46" s="27"/>
       <c r="FP46" s="27"/>
       <c r="FQ46" s="27"/>
       <c r="FR46" s="27"/>
       <c r="FS46" s="27"/>
       <c r="FT46" s="27"/>
       <c r="FU46" s="27"/>
       <c r="FV46" s="27"/>
       <c r="FW46" s="27"/>
+      <c r="FX46" s="27"/>
     </row>
-    <row r="47" spans="2:179" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="47" spans="2:180" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B47" s="21" t="s">
         <v>1</v>
       </c>
       <c r="C47" s="8" t="s">
         <v>12</v>
       </c>
       <c r="D47" s="8">
         <v>-4.0793636600000003</v>
       </c>
       <c r="E47" s="8">
         <v>0.54116774999999995</v>
       </c>
       <c r="F47" s="8">
         <v>-2.2131108899999998</v>
       </c>
       <c r="G47" s="8">
         <v>-0.48810787999999999</v>
       </c>
       <c r="H47" s="8">
         <v>5.4110516100000003</v>
       </c>
       <c r="I47" s="8">
         <v>0.31711931999999998</v>
       </c>
       <c r="J47" s="8">
@@ -21544,52 +21659,55 @@
       </c>
       <c r="FP47" s="8">
         <v>-6.2554860000000004E-2</v>
       </c>
       <c r="FQ47" s="8">
         <v>-8.839255E-2</v>
       </c>
       <c r="FR47" s="8">
         <v>-0.11497736</v>
       </c>
       <c r="FS47" s="8">
         <v>-4.7256529999999998E-2</v>
       </c>
       <c r="FT47" s="8">
         <v>-5.8018220000000002E-2</v>
       </c>
       <c r="FU47" s="8">
         <v>-8.6838520000000002E-2</v>
       </c>
       <c r="FV47" s="8">
         <v>-5.9884569999999998E-2</v>
       </c>
       <c r="FW47" s="8">
         <v>-6.7727289999999996E-2</v>
       </c>
+      <c r="FX47" s="8">
+        <v>-2.1285680000000001E-2</v>
+      </c>
     </row>
-    <row r="48" spans="2:179" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="48" spans="2:180" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B48" s="20" t="s">
         <v>2</v>
       </c>
       <c r="C48" s="8" t="s">
         <v>12</v>
       </c>
       <c r="D48" s="8">
         <v>-0.27071485000000001</v>
       </c>
       <c r="E48" s="8">
         <v>-6.3254359999999996E-2</v>
       </c>
       <c r="F48" s="8">
         <v>-0.24325975</v>
       </c>
       <c r="G48" s="8">
         <v>-0.76655936999999996</v>
       </c>
       <c r="H48" s="8">
         <v>0.34101492999999999</v>
       </c>
       <c r="I48" s="8">
         <v>-8.3056640000000001E-2</v>
       </c>
       <c r="J48" s="8">
@@ -22080,52 +22198,55 @@
       </c>
       <c r="FP48" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FQ48" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FR48" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FS48" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FT48" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FU48" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FV48" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FW48" s="8" t="s">
         <v>0</v>
       </c>
+      <c r="FX48" s="8" t="s">
+        <v>0</v>
+      </c>
     </row>
-    <row r="49" spans="2:179" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="49" spans="2:180" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B49" s="20" t="s">
         <v>3</v>
       </c>
       <c r="C49" s="8" t="s">
         <v>12</v>
       </c>
       <c r="D49" s="8">
         <v>-3.8086488100000002</v>
       </c>
       <c r="E49" s="8">
         <v>0.60442211000000001</v>
       </c>
       <c r="F49" s="8">
         <v>-1.9698511400000001</v>
       </c>
       <c r="G49" s="8">
         <v>0.27845149000000002</v>
       </c>
       <c r="H49" s="8">
         <v>5.0700366800000003</v>
       </c>
       <c r="I49" s="8">
         <v>0.40017596</v>
       </c>
       <c r="J49" s="8">
@@ -22616,52 +22737,55 @@
       </c>
       <c r="FP49" s="8">
         <v>-6.2554860000000004E-2</v>
       </c>
       <c r="FQ49" s="8">
         <v>-8.839255E-2</v>
       </c>
       <c r="FR49" s="8">
         <v>-0.11497736</v>
       </c>
       <c r="FS49" s="8">
         <v>-4.7256529999999998E-2</v>
       </c>
       <c r="FT49" s="8">
         <v>-5.8018220000000002E-2</v>
       </c>
       <c r="FU49" s="8">
         <v>-8.6838520000000002E-2</v>
       </c>
       <c r="FV49" s="8">
         <v>-5.9884569999999998E-2</v>
       </c>
       <c r="FW49" s="8">
         <v>-6.7727289999999996E-2</v>
       </c>
+      <c r="FX49" s="8">
+        <v>-2.1285680000000001E-2</v>
+      </c>
     </row>
-    <row r="50" spans="2:179" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="50" spans="2:180" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B50" s="20" t="s">
         <v>4</v>
       </c>
       <c r="C50" s="8" t="s">
         <v>12</v>
       </c>
       <c r="D50" s="8" t="s">
         <v>0</v>
       </c>
       <c r="E50" s="8" t="s">
         <v>0</v>
       </c>
       <c r="F50" s="8" t="s">
         <v>0</v>
       </c>
       <c r="G50" s="8" t="s">
         <v>0</v>
       </c>
       <c r="H50" s="8" t="s">
         <v>0</v>
       </c>
       <c r="I50" s="8" t="s">
         <v>0</v>
       </c>
       <c r="J50" s="8" t="s">
@@ -23152,52 +23276,55 @@
       </c>
       <c r="FP50" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FQ50" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FR50" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FS50" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FT50" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FU50" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FV50" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FW50" s="8" t="s">
         <v>0</v>
       </c>
+      <c r="FX50" s="8" t="s">
+        <v>0</v>
+      </c>
     </row>
-    <row r="51" spans="2:179" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="51" spans="2:180" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B51" s="20" t="s">
         <v>5</v>
       </c>
       <c r="C51" s="8" t="s">
         <v>12</v>
       </c>
       <c r="D51" s="8">
         <v>-51.455256149999997</v>
       </c>
       <c r="E51" s="8">
         <v>2.3312822400000002</v>
       </c>
       <c r="F51" s="8">
         <v>-86.379360070000004</v>
       </c>
       <c r="G51" s="8">
         <v>-37.474640559999997</v>
       </c>
       <c r="H51" s="8">
         <v>35.126101820000002</v>
       </c>
       <c r="I51" s="8">
         <v>0.42486088</v>
       </c>
       <c r="J51" s="8">
@@ -23688,52 +23815,55 @@
       </c>
       <c r="FP51" s="8">
         <v>49.893436850000001</v>
       </c>
       <c r="FQ51" s="8">
         <v>3.2672602500000001</v>
       </c>
       <c r="FR51" s="8">
         <v>-191.83263163999999</v>
       </c>
       <c r="FS51" s="8">
         <v>-3.3121675599999998</v>
       </c>
       <c r="FT51" s="8">
         <v>0.34164644999999999</v>
       </c>
       <c r="FU51" s="8">
         <v>-3.41636053</v>
       </c>
       <c r="FV51" s="8">
         <v>0.90039100000000005</v>
       </c>
       <c r="FW51" s="8">
         <v>-0.92629998999999996</v>
       </c>
+      <c r="FX51" s="8">
+        <v>-1.2459884800000001</v>
+      </c>
     </row>
-    <row r="52" spans="2:179" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="52" spans="2:180" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B52" s="20" t="s">
         <v>6</v>
       </c>
       <c r="C52" s="8" t="s">
         <v>12</v>
       </c>
       <c r="D52" s="8">
         <v>-318.63540085</v>
       </c>
       <c r="E52" s="8">
         <v>26.402281460000001</v>
       </c>
       <c r="F52" s="8">
         <v>-153.6761711</v>
       </c>
       <c r="G52" s="8">
         <v>6.9698749700000002</v>
       </c>
       <c r="H52" s="8">
         <v>413.56231861999999</v>
       </c>
       <c r="I52" s="8">
         <v>49.433369040000002</v>
       </c>
       <c r="J52" s="8">
@@ -24224,52 +24354,55 @@
       </c>
       <c r="FP52" s="8">
         <v>-1.08444696</v>
       </c>
       <c r="FQ52" s="8">
         <v>-0.14700832999999999</v>
       </c>
       <c r="FR52" s="8">
         <v>-1.47283228</v>
       </c>
       <c r="FS52" s="8">
         <v>0.29927425000000002</v>
       </c>
       <c r="FT52" s="8">
         <v>-0.57545111999999998</v>
       </c>
       <c r="FU52" s="8">
         <v>-0.61563875999999995</v>
       </c>
       <c r="FV52" s="8">
         <v>-0.50288067000000003</v>
       </c>
       <c r="FW52" s="8">
         <v>-0.55680023999999995</v>
       </c>
+      <c r="FX52" s="8">
+        <v>-0.46001271999999999</v>
+      </c>
     </row>
-    <row r="53" spans="2:179" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="53" spans="2:180" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B53" s="20" t="s">
         <v>7</v>
       </c>
       <c r="C53" s="8" t="s">
         <v>12</v>
       </c>
       <c r="D53" s="8">
         <v>0.97782146000000003</v>
       </c>
       <c r="E53" s="8">
         <v>-0.99899470000000001</v>
       </c>
       <c r="F53" s="8">
         <v>2.1947049500000002</v>
       </c>
       <c r="G53" s="8">
         <v>-1.5621235600000001</v>
       </c>
       <c r="H53" s="8">
         <v>6.0294059999999997E-2</v>
       </c>
       <c r="I53" s="8">
         <v>0.45958211999999998</v>
       </c>
       <c r="J53" s="8">
@@ -24760,52 +24893,55 @@
       </c>
       <c r="FP53" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FQ53" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FR53" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FS53" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FT53" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FU53" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FV53" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FW53" s="8" t="s">
         <v>0</v>
       </c>
+      <c r="FX53" s="8" t="s">
+        <v>0</v>
+      </c>
     </row>
-    <row r="54" spans="2:179" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="54" spans="2:180" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B54" s="20" t="s">
         <v>8</v>
       </c>
       <c r="C54" s="8" t="s">
         <v>12</v>
       </c>
       <c r="D54" s="8">
         <v>-0.60860062999999998</v>
       </c>
       <c r="E54" s="8">
         <v>8.1026734600000001</v>
       </c>
       <c r="F54" s="8">
         <v>-0.97456180000000003</v>
       </c>
       <c r="G54" s="8">
         <v>-1.2204315100000001</v>
       </c>
       <c r="H54" s="8">
         <v>1.3477444199999999</v>
       </c>
       <c r="I54" s="8">
         <v>-0.32740069999999999</v>
       </c>
       <c r="J54" s="8">
@@ -25296,52 +25432,55 @@
       </c>
       <c r="FP54" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FQ54" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FR54" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FS54" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FT54" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FU54" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FV54" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FW54" s="8" t="s">
         <v>0</v>
       </c>
+      <c r="FX54" s="8" t="s">
+        <v>0</v>
+      </c>
     </row>
-    <row r="55" spans="2:179" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="55" spans="2:180" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B55" s="20" t="s">
         <v>9</v>
       </c>
       <c r="C55" s="8" t="s">
         <v>12</v>
       </c>
       <c r="D55" s="8">
         <v>-8.6519960000000007E-2</v>
       </c>
       <c r="E55" s="8">
         <v>-1.9587279999999999E-2</v>
       </c>
       <c r="F55" s="8">
         <v>-7.5893329999999995E-2</v>
       </c>
       <c r="G55" s="8">
         <v>-0.14291951999999999</v>
       </c>
       <c r="H55" s="8">
         <v>0.11832537</v>
       </c>
       <c r="I55" s="8">
         <v>-2.4823319999999999E-2</v>
       </c>
       <c r="J55" s="8">
@@ -25832,52 +25971,55 @@
       </c>
       <c r="FP55" s="8">
         <v>0.86244463000000005</v>
       </c>
       <c r="FQ55" s="8">
         <v>-9.4633309999999998E-2</v>
       </c>
       <c r="FR55" s="8">
         <v>-0.27919818000000002</v>
       </c>
       <c r="FS55" s="8">
         <v>-1.9957497799999999</v>
       </c>
       <c r="FT55" s="8">
         <v>2.0899000000000001E-2</v>
       </c>
       <c r="FU55" s="8">
         <v>-0.17002199000000001</v>
       </c>
       <c r="FV55" s="8">
         <v>8.1554689999999999E-2</v>
       </c>
       <c r="FW55" s="8">
         <v>-5.5684999999999998E-2</v>
       </c>
+      <c r="FX55" s="8">
+        <v>-2.9566530000000001E-2</v>
+      </c>
     </row>
-    <row r="56" spans="2:179" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="56" spans="2:180" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B56" s="20" t="s">
         <v>10</v>
       </c>
       <c r="C56" s="8" t="s">
         <v>12</v>
       </c>
       <c r="D56" s="8" t="s">
         <v>0</v>
       </c>
       <c r="E56" s="8" t="s">
         <v>0</v>
       </c>
       <c r="F56" s="8" t="s">
         <v>0</v>
       </c>
       <c r="G56" s="8" t="s">
         <v>0</v>
       </c>
       <c r="H56" s="8" t="s">
         <v>0</v>
       </c>
       <c r="I56" s="8" t="s">
         <v>0</v>
       </c>
       <c r="J56" s="8" t="s">
@@ -26368,52 +26510,55 @@
       </c>
       <c r="FP56" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FQ56" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FR56" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FS56" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FT56" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FU56" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FV56" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FW56" s="8" t="s">
         <v>0</v>
       </c>
+      <c r="FX56" s="8" t="s">
+        <v>0</v>
+      </c>
     </row>
-    <row r="57" spans="2:179" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="57" spans="2:180" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B57" s="23" t="s">
         <v>17</v>
       </c>
       <c r="C57" s="10" t="s">
         <v>12</v>
       </c>
       <c r="D57" s="10">
         <v>-373.88731978999999</v>
       </c>
       <c r="E57" s="10">
         <v>36.358822930000002</v>
       </c>
       <c r="F57" s="10">
         <v>-241.12439223999999</v>
       </c>
       <c r="G57" s="10">
         <v>-33.91834806</v>
       </c>
       <c r="H57" s="10">
         <v>455.62583590000003</v>
       </c>
       <c r="I57" s="10">
         <v>50.282707340000002</v>
       </c>
       <c r="J57" s="10">
@@ -26904,52 +27049,55 @@
       </c>
       <c r="FP57" s="10">
         <v>49.608879659999999</v>
       </c>
       <c r="FQ57" s="10">
         <v>2.93722606</v>
       </c>
       <c r="FR57" s="10">
         <v>-193.69963945999999</v>
       </c>
       <c r="FS57" s="10">
         <v>-5.0558996199999999</v>
       </c>
       <c r="FT57" s="10">
         <v>-0.27092389</v>
       </c>
       <c r="FU57" s="10">
         <v>-4.2888598</v>
       </c>
       <c r="FV57" s="10">
         <v>0.41918044999999998</v>
       </c>
       <c r="FW57" s="10">
         <v>-1.6065125200000001</v>
       </c>
+      <c r="FX57" s="10">
+        <v>-1.7568534099999999</v>
+      </c>
     </row>
-    <row r="58" spans="2:179" s="9" customFormat="1" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="58" spans="2:180" s="9" customFormat="1" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B58" s="24" t="s">
         <v>18</v>
       </c>
       <c r="C58" s="11" t="s">
         <v>12</v>
       </c>
       <c r="D58" s="11">
         <v>-306.14806379999999</v>
       </c>
       <c r="E58" s="11">
         <v>237.80349079999999</v>
       </c>
       <c r="F58" s="11">
         <v>585.50218170999995</v>
       </c>
       <c r="G58" s="11">
         <v>36.208744940000003</v>
       </c>
       <c r="H58" s="11">
         <v>831.42238452000004</v>
       </c>
       <c r="I58" s="11">
         <v>-169.66890235</v>
       </c>
       <c r="J58" s="11">
@@ -27439,50 +27587,53 @@
         <v>-224.03023234</v>
       </c>
       <c r="FP58" s="11">
         <v>722.89818184000001</v>
       </c>
       <c r="FQ58" s="11">
         <v>348.41006928000002</v>
       </c>
       <c r="FR58" s="11">
         <v>405.65499209000001</v>
       </c>
       <c r="FS58" s="11">
         <v>542.95303712999998</v>
       </c>
       <c r="FT58" s="11">
         <v>348.14593271000001</v>
       </c>
       <c r="FU58" s="11">
         <v>523.19589201999997</v>
       </c>
       <c r="FV58" s="11">
         <v>431.06694732</v>
       </c>
       <c r="FW58" s="11">
         <v>-49.723143030000003</v>
+      </c>
+      <c r="FX58" s="11">
+        <v>431.88766724999999</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Radni listovi</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>EUR</vt:lpstr>