--- v1 (2025-11-03)
+++ v2 (2025-12-01)
@@ -4,80 +4,80 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\261\MOST\Agregirana bilanca DMFI i Biltenske tablice\Biltenske tablice ENG serija od 12.2010\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{BF352E17-1D63-4785-B1BF-B1A35C81A37F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F895B548-6DDF-4C45-B5AC-E461207C938A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{C6E838CC-2C9C-43D2-A278-67766EBBF756}"/>
   </bookViews>
   <sheets>
     <sheet name="EUR" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="981" uniqueCount="21">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="991" uniqueCount="21">
   <si>
     <t>-</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve"> 1</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">	</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>General government</t>
     </r>
@@ -956,78 +956,78 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6201921A-E51A-4797-A5E0-B13B8AB8935F}">
-  <dimension ref="B2:FX58"/>
+  <dimension ref="B2:FY58"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.85546875" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.7109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="40.85546875" style="1" customWidth="1"/>
     <col min="3" max="36" width="9.85546875" style="6"/>
     <col min="37" max="37" width="9.85546875" style="9"/>
-    <col min="38" max="180" width="9.85546875" style="6"/>
-    <col min="181" max="16384" width="9.85546875" style="1"/>
+    <col min="38" max="181" width="9.85546875" style="6"/>
+    <col min="182" max="16384" width="9.85546875" style="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="2" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="16" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="3" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="2:181" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="15" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="4" spans="2:180" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="2:181" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C4" s="14"/>
     </row>
-    <row r="5" spans="2:180" s="2" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="5" spans="2:181" s="2" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="1"/>
       <c r="C5" s="6"/>
       <c r="D5" s="6"/>
       <c r="E5" s="6"/>
       <c r="F5" s="6"/>
       <c r="G5" s="6"/>
       <c r="H5" s="6"/>
       <c r="I5" s="6"/>
       <c r="J5" s="6"/>
       <c r="K5" s="6"/>
       <c r="L5" s="6"/>
       <c r="M5" s="6"/>
       <c r="N5" s="6"/>
       <c r="O5" s="6"/>
       <c r="P5" s="6"/>
       <c r="Q5" s="6"/>
       <c r="R5" s="6"/>
       <c r="S5" s="6"/>
       <c r="T5" s="6"/>
       <c r="U5" s="6"/>
       <c r="V5" s="6"/>
       <c r="W5" s="6"/>
       <c r="X5" s="6"/>
       <c r="Y5" s="6"/>
       <c r="Z5" s="6"/>
@@ -1162,52 +1162,53 @@
       <c r="EZ5" s="6"/>
       <c r="FA5" s="6"/>
       <c r="FB5" s="6"/>
       <c r="FC5" s="6"/>
       <c r="FD5" s="6"/>
       <c r="FE5" s="6"/>
       <c r="FF5" s="6"/>
       <c r="FG5" s="6"/>
       <c r="FH5" s="6"/>
       <c r="FI5" s="6"/>
       <c r="FJ5" s="6"/>
       <c r="FK5" s="6"/>
       <c r="FL5" s="6"/>
       <c r="FM5" s="6"/>
       <c r="FN5" s="6"/>
       <c r="FO5" s="6"/>
       <c r="FP5" s="6"/>
       <c r="FQ5" s="6"/>
       <c r="FR5" s="6"/>
       <c r="FS5" s="6"/>
       <c r="FT5" s="6"/>
       <c r="FU5" s="6"/>
       <c r="FV5" s="6"/>
       <c r="FW5" s="6"/>
       <c r="FX5" s="6"/>
+      <c r="FY5" s="6"/>
     </row>
-    <row r="6" spans="2:180" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="2:181" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B6" s="3"/>
       <c r="C6" s="12">
         <v>40543</v>
       </c>
       <c r="D6" s="12">
         <v>40574</v>
       </c>
       <c r="E6" s="12">
         <v>40602</v>
       </c>
       <c r="F6" s="12">
         <v>40633</v>
       </c>
       <c r="G6" s="12">
         <v>40663</v>
       </c>
       <c r="H6" s="12">
         <v>40694</v>
       </c>
       <c r="I6" s="12">
         <v>40724</v>
       </c>
       <c r="J6" s="12">
         <v>40755</v>
       </c>
@@ -1699,52 +1700,55 @@
       </c>
       <c r="FQ6" s="12">
         <v>45716</v>
       </c>
       <c r="FR6" s="12">
         <v>45747</v>
       </c>
       <c r="FS6" s="12">
         <v>45777</v>
       </c>
       <c r="FT6" s="12">
         <v>45808</v>
       </c>
       <c r="FU6" s="12">
         <v>45838</v>
       </c>
       <c r="FV6" s="12">
         <v>45869</v>
       </c>
       <c r="FW6" s="12">
         <v>45900</v>
       </c>
       <c r="FX6" s="12">
         <v>45930</v>
       </c>
+      <c r="FY6" s="12">
+        <v>45961</v>
+      </c>
     </row>
-    <row r="7" spans="2:180" s="4" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="2:181" s="4" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B7" s="17" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="18"/>
       <c r="D7" s="18"/>
       <c r="E7" s="18"/>
       <c r="F7" s="18"/>
       <c r="G7" s="18"/>
       <c r="H7" s="18"/>
       <c r="I7" s="18"/>
       <c r="J7" s="18"/>
       <c r="K7" s="18"/>
       <c r="L7" s="18"/>
       <c r="M7" s="18"/>
       <c r="N7" s="18"/>
       <c r="O7" s="18"/>
       <c r="P7" s="18"/>
       <c r="Q7" s="18"/>
       <c r="R7" s="18"/>
       <c r="S7" s="18"/>
       <c r="T7" s="18"/>
       <c r="U7" s="18"/>
       <c r="V7" s="18"/>
       <c r="W7" s="18"/>
       <c r="X7" s="18"/>
@@ -1882,52 +1886,53 @@
       <c r="EZ7" s="18"/>
       <c r="FA7" s="18"/>
       <c r="FB7" s="18"/>
       <c r="FC7" s="18"/>
       <c r="FD7" s="18"/>
       <c r="FE7" s="18"/>
       <c r="FF7" s="18"/>
       <c r="FG7" s="18"/>
       <c r="FH7" s="18"/>
       <c r="FI7" s="18"/>
       <c r="FJ7" s="18"/>
       <c r="FK7" s="18"/>
       <c r="FL7" s="18"/>
       <c r="FM7" s="18"/>
       <c r="FN7" s="18"/>
       <c r="FO7" s="18"/>
       <c r="FP7" s="18"/>
       <c r="FQ7" s="18"/>
       <c r="FR7" s="18"/>
       <c r="FS7" s="18"/>
       <c r="FT7" s="18"/>
       <c r="FU7" s="18"/>
       <c r="FV7" s="18"/>
       <c r="FW7" s="18"/>
       <c r="FX7" s="18"/>
+      <c r="FY7" s="18"/>
     </row>
-    <row r="8" spans="2:180" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="2:181" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B8" s="5" t="s">
         <v>19</v>
       </c>
       <c r="C8" s="26"/>
       <c r="D8" s="26"/>
       <c r="E8" s="26"/>
       <c r="F8" s="26"/>
       <c r="G8" s="26"/>
       <c r="H8" s="26"/>
       <c r="I8" s="26"/>
       <c r="J8" s="26"/>
       <c r="K8" s="26"/>
       <c r="L8" s="26"/>
       <c r="M8" s="26"/>
       <c r="N8" s="26"/>
       <c r="O8" s="26"/>
       <c r="P8" s="26"/>
       <c r="Q8" s="26"/>
       <c r="R8" s="26"/>
       <c r="S8" s="26"/>
       <c r="T8" s="26"/>
       <c r="U8" s="26"/>
       <c r="V8" s="26"/>
       <c r="W8" s="26"/>
       <c r="X8" s="26"/>
@@ -2065,52 +2070,53 @@
       <c r="EZ8" s="26"/>
       <c r="FA8" s="26"/>
       <c r="FB8" s="26"/>
       <c r="FC8" s="26"/>
       <c r="FD8" s="26"/>
       <c r="FE8" s="26"/>
       <c r="FF8" s="26"/>
       <c r="FG8" s="26"/>
       <c r="FH8" s="26"/>
       <c r="FI8" s="26"/>
       <c r="FJ8" s="26"/>
       <c r="FK8" s="26"/>
       <c r="FL8" s="26"/>
       <c r="FM8" s="26"/>
       <c r="FN8" s="26"/>
       <c r="FO8" s="26"/>
       <c r="FP8" s="26"/>
       <c r="FQ8" s="26"/>
       <c r="FR8" s="26"/>
       <c r="FS8" s="26"/>
       <c r="FT8" s="26"/>
       <c r="FU8" s="26"/>
       <c r="FV8" s="26"/>
       <c r="FW8" s="26"/>
       <c r="FX8" s="26"/>
+      <c r="FY8" s="26"/>
     </row>
-    <row r="9" spans="2:180" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="2:181" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B9" s="21" t="s">
         <v>1</v>
       </c>
       <c r="C9" s="13">
         <v>5001.8357278200001</v>
       </c>
       <c r="D9" s="13">
         <v>5024.7862632699998</v>
       </c>
       <c r="E9" s="13">
         <v>5092.1146063699998</v>
       </c>
       <c r="F9" s="13">
         <v>5762.2316846599997</v>
       </c>
       <c r="G9" s="13">
         <v>5694.7229667700003</v>
       </c>
       <c r="H9" s="13">
         <v>5749.7783084800003</v>
       </c>
       <c r="I9" s="13">
         <v>5606.2659890799996</v>
       </c>
       <c r="J9" s="13">
@@ -2604,52 +2610,55 @@
       </c>
       <c r="FQ9" s="13">
         <v>5393.6300126699998</v>
       </c>
       <c r="FR9" s="13">
         <v>5373.3820645400001</v>
       </c>
       <c r="FS9" s="13">
         <v>5268.24795507</v>
       </c>
       <c r="FT9" s="13">
         <v>5140.2445639500002</v>
       </c>
       <c r="FU9" s="13">
         <v>5031.7326216299998</v>
       </c>
       <c r="FV9" s="13">
         <v>5036.7422984900004</v>
       </c>
       <c r="FW9" s="13">
         <v>5040.0130561899996</v>
       </c>
       <c r="FX9" s="13">
         <v>5103.9560270100001</v>
       </c>
+      <c r="FY9" s="13">
+        <v>5148.1345066100002</v>
+      </c>
     </row>
-    <row r="10" spans="2:180" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="2:181" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B10" s="20" t="s">
         <v>2</v>
       </c>
       <c r="C10" s="8">
         <v>4636.2383991899997</v>
       </c>
       <c r="D10" s="8">
         <v>4642.3932508799999</v>
       </c>
       <c r="E10" s="8">
         <v>4709.2845071499996</v>
       </c>
       <c r="F10" s="8">
         <v>5380.2392150200003</v>
       </c>
       <c r="G10" s="8">
         <v>5332.9058313100004</v>
       </c>
       <c r="H10" s="8">
         <v>5390.18433611</v>
       </c>
       <c r="I10" s="8">
         <v>5252.1367474299996</v>
       </c>
       <c r="J10" s="8">
@@ -3143,52 +3152,55 @@
       </c>
       <c r="FQ10" s="8">
         <v>4579.6749842899999</v>
       </c>
       <c r="FR10" s="8">
         <v>4560.84517882</v>
       </c>
       <c r="FS10" s="8">
         <v>4459.6532494200001</v>
       </c>
       <c r="FT10" s="8">
         <v>4304.6798136300004</v>
       </c>
       <c r="FU10" s="8">
         <v>4183.9799726700003</v>
       </c>
       <c r="FV10" s="8">
         <v>4187.47242998</v>
       </c>
       <c r="FW10" s="8">
         <v>4189.7779993300001</v>
       </c>
       <c r="FX10" s="8">
         <v>4257.3892450499998</v>
       </c>
+      <c r="FY10" s="8">
+        <v>4279.9804610499996</v>
+      </c>
     </row>
-    <row r="11" spans="2:180" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="2:181" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B11" s="20" t="s">
         <v>3</v>
       </c>
       <c r="C11" s="8">
         <v>365.46117172999999</v>
       </c>
       <c r="D11" s="8">
         <v>382.25023390000001</v>
       </c>
       <c r="E11" s="8">
         <v>382.66950499000001</v>
       </c>
       <c r="F11" s="8">
         <v>381.82690693000001</v>
       </c>
       <c r="G11" s="8">
         <v>361.65051469000002</v>
       </c>
       <c r="H11" s="8">
         <v>359.41841493999999</v>
       </c>
       <c r="I11" s="8">
         <v>353.92116967999999</v>
       </c>
       <c r="J11" s="8">
@@ -3682,52 +3694,55 @@
       </c>
       <c r="FQ11" s="8">
         <v>812.10192156000005</v>
       </c>
       <c r="FR11" s="8">
         <v>810.86413601000004</v>
       </c>
       <c r="FS11" s="8">
         <v>806.66671009000004</v>
       </c>
       <c r="FT11" s="8">
         <v>833.00642446999996</v>
       </c>
       <c r="FU11" s="8">
         <v>845.05710542999998</v>
       </c>
       <c r="FV11" s="8">
         <v>846.34930639000004</v>
       </c>
       <c r="FW11" s="8">
         <v>846.10701370000004</v>
       </c>
       <c r="FX11" s="8">
         <v>842.55359067999996</v>
       </c>
+      <c r="FY11" s="8">
+        <v>864.18302682000001</v>
+      </c>
     </row>
-    <row r="12" spans="2:180" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="2:181" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B12" s="20" t="s">
         <v>4</v>
       </c>
       <c r="C12" s="8">
         <v>0.1361569</v>
       </c>
       <c r="D12" s="8">
         <v>0.14277849000000001</v>
       </c>
       <c r="E12" s="8">
         <v>0.16059423</v>
       </c>
       <c r="F12" s="8">
         <v>0.16556271</v>
       </c>
       <c r="G12" s="8">
         <v>0.16662077</v>
       </c>
       <c r="H12" s="8">
         <v>0.17555742999999999</v>
       </c>
       <c r="I12" s="8">
         <v>0.20807196999999999</v>
       </c>
       <c r="J12" s="8">
@@ -4221,52 +4236,55 @@
       </c>
       <c r="FQ12" s="8">
         <v>1.85310682</v>
       </c>
       <c r="FR12" s="8">
         <v>1.6727497099999999</v>
       </c>
       <c r="FS12" s="8">
         <v>1.9279955600000001</v>
       </c>
       <c r="FT12" s="8">
         <v>2.5583258500000001</v>
       </c>
       <c r="FU12" s="8">
         <v>2.6955435300000001</v>
       </c>
       <c r="FV12" s="8">
         <v>2.92056212</v>
       </c>
       <c r="FW12" s="8">
         <v>4.1280431599999998</v>
       </c>
       <c r="FX12" s="8">
         <v>4.01319128</v>
       </c>
+      <c r="FY12" s="8">
+        <v>3.9710187399999999</v>
+      </c>
     </row>
-    <row r="13" spans="2:180" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="13" spans="2:181" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B13" s="20" t="s">
         <v>5</v>
       </c>
       <c r="C13" s="8">
         <v>12837.86029961</v>
       </c>
       <c r="D13" s="8">
         <v>12916.1454816</v>
       </c>
       <c r="E13" s="8">
         <v>13031.4981121</v>
       </c>
       <c r="F13" s="8">
         <v>13150.82542786</v>
       </c>
       <c r="G13" s="8">
         <v>13296.441236709999</v>
       </c>
       <c r="H13" s="8">
         <v>13481.30740147</v>
       </c>
       <c r="I13" s="8">
         <v>13417.385188869999</v>
       </c>
       <c r="J13" s="8">
@@ -4760,52 +4778,55 @@
       </c>
       <c r="FQ13" s="8">
         <v>15967.548564950001</v>
       </c>
       <c r="FR13" s="8">
         <v>16259.2185804</v>
       </c>
       <c r="FS13" s="8">
         <v>16515.8314508</v>
       </c>
       <c r="FT13" s="8">
         <v>16619.74399965</v>
       </c>
       <c r="FU13" s="8">
         <v>16812.716100940001</v>
       </c>
       <c r="FV13" s="8">
         <v>16910.02119023</v>
       </c>
       <c r="FW13" s="8">
         <v>16738.369911689999</v>
       </c>
       <c r="FX13" s="8">
         <v>16887.060208759998</v>
       </c>
+      <c r="FY13" s="8">
+        <v>17116.610791489999</v>
+      </c>
     </row>
-    <row r="14" spans="2:180" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="14" spans="2:181" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B14" s="20" t="s">
         <v>6</v>
       </c>
       <c r="C14" s="8">
         <v>13268.812214199999</v>
       </c>
       <c r="D14" s="8">
         <v>13257.94134334</v>
       </c>
       <c r="E14" s="8">
         <v>13284.43671263</v>
       </c>
       <c r="F14" s="8">
         <v>13325.155518310001</v>
       </c>
       <c r="G14" s="8">
         <v>13323.35656744</v>
       </c>
       <c r="H14" s="8">
         <v>13472.773568189999</v>
       </c>
       <c r="I14" s="8">
         <v>13443.761364579999</v>
       </c>
       <c r="J14" s="8">
@@ -5299,52 +5320,55 @@
       </c>
       <c r="FQ14" s="8">
         <v>24647.304617139998</v>
       </c>
       <c r="FR14" s="8">
         <v>24945.1064578</v>
       </c>
       <c r="FS14" s="8">
         <v>25282.598413690001</v>
       </c>
       <c r="FT14" s="8">
         <v>25616.183177430001</v>
       </c>
       <c r="FU14" s="8">
         <v>26049.370092929999</v>
       </c>
       <c r="FV14" s="8">
         <v>26376.581632459998</v>
       </c>
       <c r="FW14" s="8">
         <v>26491.0395322</v>
       </c>
       <c r="FX14" s="8">
         <v>26721.673020120001</v>
       </c>
+      <c r="FY14" s="8">
+        <v>27010.200192709999</v>
+      </c>
     </row>
-    <row r="15" spans="2:180" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="2:181" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B15" s="20" t="s">
         <v>7</v>
       </c>
       <c r="C15" s="8">
         <v>2.1172891300000001</v>
       </c>
       <c r="D15" s="8">
         <v>9.0737006299999994</v>
       </c>
       <c r="E15" s="8">
         <v>3.8382098299999998</v>
       </c>
       <c r="F15" s="8">
         <v>3.9028599900000001</v>
       </c>
       <c r="G15" s="8">
         <v>6.6400568700000004</v>
       </c>
       <c r="H15" s="8">
         <v>9.2715424100000003</v>
       </c>
       <c r="I15" s="8">
         <v>0.94221933000000002</v>
       </c>
       <c r="J15" s="8">
@@ -5838,52 +5862,55 @@
       </c>
       <c r="FQ15" s="8">
         <v>8.8495921400000004</v>
       </c>
       <c r="FR15" s="8">
         <v>11.59672247</v>
       </c>
       <c r="FS15" s="8">
         <v>9.8130035899999992</v>
       </c>
       <c r="FT15" s="8">
         <v>10.28797011</v>
       </c>
       <c r="FU15" s="8">
         <v>10.36072624</v>
       </c>
       <c r="FV15" s="8">
         <v>11.3271929</v>
       </c>
       <c r="FW15" s="8">
         <v>11.352457879999999</v>
       </c>
       <c r="FX15" s="8">
         <v>10.410393559999999</v>
       </c>
+      <c r="FY15" s="8">
+        <v>11.21627168</v>
+      </c>
     </row>
-    <row r="16" spans="2:180" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="2:181" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B16" s="20" t="s">
         <v>8</v>
       </c>
       <c r="C16" s="8">
         <v>263.58798361999999</v>
       </c>
       <c r="D16" s="8">
         <v>245.31964980000001</v>
       </c>
       <c r="E16" s="8">
         <v>235.94974339000001</v>
       </c>
       <c r="F16" s="8">
         <v>234.42757835</v>
       </c>
       <c r="G16" s="8">
         <v>241.94371899000001</v>
       </c>
       <c r="H16" s="8">
         <v>242.58823519000001</v>
       </c>
       <c r="I16" s="8">
         <v>253.79601653</v>
       </c>
       <c r="J16" s="8">
@@ -6377,52 +6404,55 @@
       </c>
       <c r="FQ16" s="8">
         <v>365.09606114000002</v>
       </c>
       <c r="FR16" s="8">
         <v>372.22846874999999</v>
       </c>
       <c r="FS16" s="8">
         <v>419.75905614999999</v>
       </c>
       <c r="FT16" s="8">
         <v>460.13456647999999</v>
       </c>
       <c r="FU16" s="8">
         <v>455.59549535999997</v>
       </c>
       <c r="FV16" s="8">
         <v>450.02738017000001</v>
       </c>
       <c r="FW16" s="8">
         <v>454.49792911999998</v>
       </c>
       <c r="FX16" s="8">
         <v>439.44934762999998</v>
       </c>
+      <c r="FY16" s="8">
+        <v>466.69093986000001</v>
+      </c>
     </row>
-    <row r="17" spans="2:180" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="17" spans="2:181" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B17" s="20" t="s">
         <v>9</v>
       </c>
       <c r="C17" s="8">
         <v>81.076648079999998</v>
       </c>
       <c r="D17" s="8">
         <v>75.724152660000001</v>
       </c>
       <c r="E17" s="8">
         <v>86.690075059999998</v>
       </c>
       <c r="F17" s="8">
         <v>106.12058321000001</v>
       </c>
       <c r="G17" s="8">
         <v>97.775313220000001</v>
       </c>
       <c r="H17" s="8">
         <v>96.026754060000002</v>
       </c>
       <c r="I17" s="8">
         <v>101.07694941</v>
       </c>
       <c r="J17" s="8">
@@ -6916,52 +6946,55 @@
       </c>
       <c r="FQ17" s="8">
         <v>19.40913145</v>
       </c>
       <c r="FR17" s="8">
         <v>21.292771810000001</v>
       </c>
       <c r="FS17" s="8">
         <v>22.489356310000002</v>
       </c>
       <c r="FT17" s="8">
         <v>24.921343239999999</v>
       </c>
       <c r="FU17" s="8">
         <v>26.947828909999998</v>
       </c>
       <c r="FV17" s="8">
         <v>32.697473199999997</v>
       </c>
       <c r="FW17" s="8">
         <v>33.41926694</v>
       </c>
       <c r="FX17" s="8">
         <v>33.953486869999999</v>
       </c>
+      <c r="FY17" s="8">
+        <v>34.471732799999998</v>
+      </c>
     </row>
-    <row r="18" spans="2:180" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="18" spans="2:181" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B18" s="20" t="s">
         <v>10</v>
       </c>
       <c r="C18" s="8">
         <v>64.688219619999998</v>
       </c>
       <c r="D18" s="8">
         <v>55.31261361</v>
       </c>
       <c r="E18" s="8">
         <v>51.150371440000001</v>
       </c>
       <c r="F18" s="8">
         <v>29.213181559999999</v>
       </c>
       <c r="G18" s="8">
         <v>21.053350500000001</v>
       </c>
       <c r="H18" s="8">
         <v>5.6616480100000004</v>
       </c>
       <c r="I18" s="8">
         <v>4.4696502100000002</v>
       </c>
       <c r="J18" s="8">
@@ -7455,52 +7488,55 @@
       </c>
       <c r="FQ18" s="8">
         <v>3.0093895399999999</v>
       </c>
       <c r="FR18" s="8">
         <v>2.3051297399999999</v>
       </c>
       <c r="FS18" s="8">
         <v>11.122076359999999</v>
       </c>
       <c r="FT18" s="8">
         <v>5.8382922900000001</v>
       </c>
       <c r="FU18" s="8">
         <v>4.8568968899999998</v>
       </c>
       <c r="FV18" s="8">
         <v>2.5350516299999999</v>
       </c>
       <c r="FW18" s="8">
         <v>2.1635963999999999</v>
       </c>
       <c r="FX18" s="8">
         <v>2.2284622299999999</v>
       </c>
+      <c r="FY18" s="8">
+        <v>1.30261619</v>
+      </c>
     </row>
-    <row r="19" spans="2:180" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="2:181" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B19" s="22" t="s">
         <v>16</v>
       </c>
       <c r="C19" s="10">
         <v>31519.97838208</v>
       </c>
       <c r="D19" s="10">
         <v>31584.30320491</v>
       </c>
       <c r="E19" s="10">
         <v>31785.677830820001</v>
       </c>
       <c r="F19" s="10">
         <v>32611.876833940001</v>
       </c>
       <c r="G19" s="10">
         <v>32681.933210499999</v>
       </c>
       <c r="H19" s="10">
         <v>33057.407457809997</v>
       </c>
       <c r="I19" s="10">
         <v>32827.697378010002</v>
       </c>
       <c r="J19" s="10">
@@ -7994,52 +8030,55 @@
       </c>
       <c r="FQ19" s="10">
         <v>46404.847369030002</v>
       </c>
       <c r="FR19" s="10">
         <v>46985.130195509999</v>
       </c>
       <c r="FS19" s="10">
         <v>47529.861311970002</v>
       </c>
       <c r="FT19" s="10">
         <v>47877.35391315</v>
       </c>
       <c r="FU19" s="10">
         <v>48391.579762900001</v>
       </c>
       <c r="FV19" s="10">
         <v>48819.932219080001</v>
       </c>
       <c r="FW19" s="10">
         <v>48770.85575042</v>
       </c>
       <c r="FX19" s="10">
         <v>49198.730946180003</v>
       </c>
+      <c r="FY19" s="10">
+        <v>49788.627051340001</v>
+      </c>
     </row>
-    <row r="20" spans="2:180" s="4" customFormat="1" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="20" spans="2:181" s="4" customFormat="1" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="1" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="25"/>
       <c r="D20" s="25"/>
       <c r="E20" s="25"/>
       <c r="F20" s="25"/>
       <c r="G20" s="25"/>
       <c r="H20" s="25"/>
       <c r="I20" s="25"/>
       <c r="J20" s="25"/>
       <c r="K20" s="25"/>
       <c r="L20" s="25"/>
       <c r="M20" s="25"/>
       <c r="N20" s="25"/>
       <c r="O20" s="25"/>
       <c r="P20" s="25"/>
       <c r="Q20" s="25"/>
       <c r="R20" s="25"/>
       <c r="S20" s="25"/>
       <c r="T20" s="25"/>
       <c r="U20" s="25"/>
       <c r="V20" s="25"/>
       <c r="W20" s="25"/>
       <c r="X20" s="25"/>
@@ -8177,52 +8216,53 @@
       <c r="EZ20" s="25"/>
       <c r="FA20" s="25"/>
       <c r="FB20" s="25"/>
       <c r="FC20" s="25"/>
       <c r="FD20" s="25"/>
       <c r="FE20" s="25"/>
       <c r="FF20" s="25"/>
       <c r="FG20" s="25"/>
       <c r="FH20" s="25"/>
       <c r="FI20" s="25"/>
       <c r="FJ20" s="25"/>
       <c r="FK20" s="25"/>
       <c r="FL20" s="25"/>
       <c r="FM20" s="25"/>
       <c r="FN20" s="25"/>
       <c r="FO20" s="25"/>
       <c r="FP20" s="25"/>
       <c r="FQ20" s="25"/>
       <c r="FR20" s="25"/>
       <c r="FS20" s="25"/>
       <c r="FT20" s="25"/>
       <c r="FU20" s="25"/>
       <c r="FV20" s="25"/>
       <c r="FW20" s="25"/>
       <c r="FX20" s="25"/>
+      <c r="FY20" s="25"/>
     </row>
-    <row r="21" spans="2:180" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="21" spans="2:181" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B21" s="21" t="s">
         <v>1</v>
       </c>
       <c r="C21" s="8">
         <v>54.420353400000003</v>
       </c>
       <c r="D21" s="8">
         <v>51.953971709999998</v>
       </c>
       <c r="E21" s="8">
         <v>52.351528389999999</v>
       </c>
       <c r="F21" s="8">
         <v>50.854249520000003</v>
       </c>
       <c r="G21" s="8">
         <v>50.067010029999999</v>
       </c>
       <c r="H21" s="8">
         <v>53.127241099999999</v>
       </c>
       <c r="I21" s="8">
         <v>52.652829019999999</v>
       </c>
       <c r="J21" s="8">
@@ -8716,52 +8756,55 @@
       </c>
       <c r="FQ21" s="8">
         <v>0.65150836000000001</v>
       </c>
       <c r="FR21" s="8">
         <v>0.54497580999999995</v>
       </c>
       <c r="FS21" s="8">
         <v>0.48999842999999998</v>
       </c>
       <c r="FT21" s="8">
         <v>0.42941276</v>
       </c>
       <c r="FU21" s="8">
         <v>0.34359920999999999</v>
       </c>
       <c r="FV21" s="8">
         <v>0.28173745</v>
       </c>
       <c r="FW21" s="8">
         <v>0.21608204</v>
       </c>
       <c r="FX21" s="8">
         <v>0.19461796000000001</v>
       </c>
+      <c r="FY21" s="8">
+        <v>0.19621473</v>
+      </c>
     </row>
-    <row r="22" spans="2:180" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="22" spans="2:181" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B22" s="20" t="s">
         <v>2</v>
       </c>
       <c r="C22" s="8">
         <v>4.9500529899999997</v>
       </c>
       <c r="D22" s="8">
         <v>4.79471852</v>
       </c>
       <c r="E22" s="8">
         <v>4.78022203</v>
       </c>
       <c r="F22" s="8">
         <v>4.6622383200000002</v>
       </c>
       <c r="G22" s="8">
         <v>4.08754756</v>
       </c>
       <c r="H22" s="8">
         <v>4.2988535600000004</v>
       </c>
       <c r="I22" s="8">
         <v>4.2358616099999997</v>
       </c>
       <c r="J22" s="8">
@@ -9255,52 +9298,55 @@
       </c>
       <c r="FQ22" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FR22" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FS22" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FT22" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FU22" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FV22" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FW22" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FX22" s="8" t="s">
         <v>0</v>
       </c>
+      <c r="FY22" s="8" t="s">
+        <v>0</v>
+      </c>
     </row>
-    <row r="23" spans="2:180" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="23" spans="2:181" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B23" s="20" t="s">
         <v>3</v>
       </c>
       <c r="C23" s="8">
         <v>49.47030041</v>
       </c>
       <c r="D23" s="8">
         <v>47.159253190000001</v>
       </c>
       <c r="E23" s="8">
         <v>47.571306360000001</v>
       </c>
       <c r="F23" s="8">
         <v>46.192011200000003</v>
       </c>
       <c r="G23" s="8">
         <v>45.979462470000001</v>
       </c>
       <c r="H23" s="8">
         <v>48.828387540000001</v>
       </c>
       <c r="I23" s="8">
         <v>48.416967409999998</v>
       </c>
       <c r="J23" s="8">
@@ -9794,52 +9840,55 @@
       </c>
       <c r="FQ23" s="8">
         <v>0.65150836000000001</v>
       </c>
       <c r="FR23" s="8">
         <v>0.54497580999999995</v>
       </c>
       <c r="FS23" s="8">
         <v>0.48999842999999998</v>
       </c>
       <c r="FT23" s="8">
         <v>0.42941276</v>
       </c>
       <c r="FU23" s="8">
         <v>0.34359920999999999</v>
       </c>
       <c r="FV23" s="8">
         <v>0.28173745</v>
       </c>
       <c r="FW23" s="8">
         <v>0.21608204</v>
       </c>
       <c r="FX23" s="8">
         <v>0.19461796000000001</v>
       </c>
+      <c r="FY23" s="8">
+        <v>0.19621473</v>
+      </c>
     </row>
-    <row r="24" spans="2:180" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="24" spans="2:181" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B24" s="20" t="s">
         <v>4</v>
       </c>
       <c r="C24" s="8" t="s">
         <v>0</v>
       </c>
       <c r="D24" s="8" t="s">
         <v>0</v>
       </c>
       <c r="E24" s="8" t="s">
         <v>0</v>
       </c>
       <c r="F24" s="8" t="s">
         <v>0</v>
       </c>
       <c r="G24" s="8" t="s">
         <v>0</v>
       </c>
       <c r="H24" s="8" t="s">
         <v>0</v>
       </c>
       <c r="I24" s="8" t="s">
         <v>0</v>
       </c>
       <c r="J24" s="8" t="s">
@@ -10333,52 +10382,55 @@
       </c>
       <c r="FQ24" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FR24" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FS24" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FT24" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FU24" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FV24" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FW24" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FX24" s="8" t="s">
         <v>0</v>
       </c>
+      <c r="FY24" s="8" t="s">
+        <v>0</v>
+      </c>
     </row>
-    <row r="25" spans="2:180" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="25" spans="2:181" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B25" s="20" t="s">
         <v>5</v>
       </c>
       <c r="C25" s="8">
         <v>871.19611597000005</v>
       </c>
       <c r="D25" s="8">
         <v>844.6139005</v>
       </c>
       <c r="E25" s="8">
         <v>848.67649381000001</v>
       </c>
       <c r="F25" s="8">
         <v>777.23497851000002</v>
       </c>
       <c r="G25" s="8">
         <v>748.68100902000003</v>
       </c>
       <c r="H25" s="8">
         <v>752.96226867999997</v>
       </c>
       <c r="I25" s="8">
         <v>747.15592216000005</v>
       </c>
       <c r="J25" s="8">
@@ -10872,52 +10924,55 @@
       </c>
       <c r="FQ25" s="8">
         <v>222.60091402</v>
       </c>
       <c r="FR25" s="8">
         <v>37.660831760000001</v>
       </c>
       <c r="FS25" s="8">
         <v>36.14726177</v>
       </c>
       <c r="FT25" s="8">
         <v>36.376548679999999</v>
       </c>
       <c r="FU25" s="8">
         <v>34.001830949999999</v>
       </c>
       <c r="FV25" s="8">
         <v>34.398322960000002</v>
       </c>
       <c r="FW25" s="8">
         <v>33.849783279999997</v>
       </c>
       <c r="FX25" s="8">
         <v>32.778156389999999</v>
       </c>
+      <c r="FY25" s="8">
+        <v>33.583365090000001</v>
+      </c>
     </row>
-    <row r="26" spans="2:180" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="26" spans="2:181" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B26" s="20" t="s">
         <v>6</v>
       </c>
       <c r="C26" s="8">
         <v>4100.0909242400003</v>
       </c>
       <c r="D26" s="8">
         <v>3905.4652412199998</v>
       </c>
       <c r="E26" s="8">
         <v>3916.3408027199998</v>
       </c>
       <c r="F26" s="8">
         <v>3811.5356322399998</v>
       </c>
       <c r="G26" s="8">
         <v>3778.7763279800001</v>
       </c>
       <c r="H26" s="8">
         <v>4010.0643125400002</v>
       </c>
       <c r="I26" s="8">
         <v>3993.0950345699998</v>
       </c>
       <c r="J26" s="8">
@@ -11411,52 +11466,55 @@
       </c>
       <c r="FQ26" s="8">
         <v>49.902134949999997</v>
       </c>
       <c r="FR26" s="8">
         <v>49.130513120000003</v>
       </c>
       <c r="FS26" s="8">
         <v>48.998250349999999</v>
       </c>
       <c r="FT26" s="8">
         <v>47.965599249999997</v>
       </c>
       <c r="FU26" s="8">
         <v>47.528995860000002</v>
       </c>
       <c r="FV26" s="8">
         <v>46.656970880000003</v>
       </c>
       <c r="FW26" s="8">
         <v>46.433586769999998</v>
       </c>
       <c r="FX26" s="8">
         <v>45.870381109999997</v>
       </c>
+      <c r="FY26" s="8">
+        <v>45.20733852</v>
+      </c>
     </row>
-    <row r="27" spans="2:180" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="27" spans="2:181" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B27" s="20" t="s">
         <v>7</v>
       </c>
       <c r="C27" s="8" t="s">
         <v>0</v>
       </c>
       <c r="D27" s="8">
         <v>1.0021456200000001</v>
       </c>
       <c r="E27" s="8" t="s">
         <v>0</v>
       </c>
       <c r="F27" s="8">
         <v>2.2272866499999999</v>
       </c>
       <c r="G27" s="8">
         <v>0.72229989999999999</v>
       </c>
       <c r="H27" s="8">
         <v>0.75965844000000005</v>
       </c>
       <c r="I27" s="8">
         <v>1.22489468</v>
       </c>
       <c r="J27" s="8">
@@ -11950,52 +12008,55 @@
       </c>
       <c r="FQ27" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FR27" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FS27" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FT27" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FU27" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FV27" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FW27" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FX27" s="8" t="s">
         <v>0</v>
       </c>
+      <c r="FY27" s="8" t="s">
+        <v>0</v>
+      </c>
     </row>
-    <row r="28" spans="2:180" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="28" spans="2:181" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B28" s="20" t="s">
         <v>8</v>
       </c>
       <c r="C28" s="8">
         <v>9.3731723900000006</v>
       </c>
       <c r="D28" s="8">
         <v>9.0139015199999992</v>
       </c>
       <c r="E28" s="8">
         <v>17.25882185</v>
       </c>
       <c r="F28" s="8">
         <v>16.676428489999999</v>
       </c>
       <c r="G28" s="8">
         <v>15.95437143</v>
       </c>
       <c r="H28" s="8">
         <v>16.729983270000002</v>
       </c>
       <c r="I28" s="8">
         <v>16.389222650000001</v>
       </c>
       <c r="J28" s="8">
@@ -12489,52 +12550,55 @@
       </c>
       <c r="FQ28" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FR28" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FS28" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FT28" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FU28" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FV28" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FW28" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FX28" s="8" t="s">
         <v>0</v>
       </c>
+      <c r="FY28" s="8" t="s">
+        <v>0</v>
+      </c>
     </row>
-    <row r="29" spans="2:180" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="29" spans="2:181" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B29" s="20" t="s">
         <v>9</v>
       </c>
       <c r="C29" s="8">
         <v>1.56099411</v>
       </c>
       <c r="D29" s="8">
         <v>1.51148255</v>
       </c>
       <c r="E29" s="8">
         <v>1.50617683</v>
       </c>
       <c r="F29" s="8">
         <v>1.4686672300000001</v>
       </c>
       <c r="G29" s="8">
         <v>1.3849356900000001</v>
       </c>
       <c r="H29" s="8">
         <v>1.45808099</v>
       </c>
       <c r="I29" s="8">
         <v>1.4383865</v>
       </c>
       <c r="J29" s="8">
@@ -13028,52 +13092,55 @@
       </c>
       <c r="FQ29" s="8">
         <v>4.6350998600000004</v>
       </c>
       <c r="FR29" s="8">
         <v>4.4977254000000002</v>
       </c>
       <c r="FS29" s="8">
         <v>2.7136147899999998</v>
       </c>
       <c r="FT29" s="8">
         <v>2.7265142899999999</v>
       </c>
       <c r="FU29" s="8">
         <v>2.6414854399999999</v>
       </c>
       <c r="FV29" s="8">
         <v>2.6820461199999999</v>
       </c>
       <c r="FW29" s="8">
         <v>2.6567143500000001</v>
       </c>
       <c r="FX29" s="8">
         <v>2.6419837799999999</v>
       </c>
+      <c r="FY29" s="8">
+        <v>2.6815563400000002</v>
+      </c>
     </row>
-    <row r="30" spans="2:180" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="30" spans="2:181" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B30" s="20" t="s">
         <v>10</v>
       </c>
       <c r="C30" s="8" t="s">
         <v>0</v>
       </c>
       <c r="D30" s="8" t="s">
         <v>0</v>
       </c>
       <c r="E30" s="8" t="s">
         <v>0</v>
       </c>
       <c r="F30" s="8" t="s">
         <v>0</v>
       </c>
       <c r="G30" s="8" t="s">
         <v>0</v>
       </c>
       <c r="H30" s="8" t="s">
         <v>0</v>
       </c>
       <c r="I30" s="8" t="s">
         <v>0</v>
       </c>
       <c r="J30" s="8" t="s">
@@ -13567,52 +13634,55 @@
       </c>
       <c r="FQ30" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FR30" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FS30" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FT30" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FU30" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FV30" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FW30" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FX30" s="8" t="s">
         <v>0</v>
       </c>
+      <c r="FY30" s="8" t="s">
+        <v>0</v>
+      </c>
     </row>
-    <row r="31" spans="2:180" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="31" spans="2:181" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B31" s="23" t="s">
         <v>17</v>
       </c>
       <c r="C31" s="10">
         <v>5036.6415601099998</v>
       </c>
       <c r="D31" s="10">
         <v>4813.5606431200003</v>
       </c>
       <c r="E31" s="10">
         <v>4836.1338236000001</v>
       </c>
       <c r="F31" s="10">
         <v>4659.99724264</v>
       </c>
       <c r="G31" s="10">
         <v>4595.5859540499996</v>
       </c>
       <c r="H31" s="10">
         <v>4835.1015450200002</v>
       </c>
       <c r="I31" s="10">
         <v>4811.95628958</v>
       </c>
       <c r="J31" s="10">
@@ -14106,52 +14176,55 @@
       </c>
       <c r="FQ31" s="10">
         <v>277.78965719000001</v>
       </c>
       <c r="FR31" s="10">
         <v>91.834046090000001</v>
       </c>
       <c r="FS31" s="10">
         <v>88.349125340000001</v>
       </c>
       <c r="FT31" s="10">
         <v>87.498074979999998</v>
       </c>
       <c r="FU31" s="10">
         <v>84.515911459999998</v>
       </c>
       <c r="FV31" s="10">
         <v>84.019077409999994</v>
       </c>
       <c r="FW31" s="10">
         <v>83.156166440000007</v>
       </c>
       <c r="FX31" s="10">
         <v>81.485139239999995</v>
       </c>
+      <c r="FY31" s="10">
+        <v>81.668474680000003</v>
+      </c>
     </row>
-    <row r="32" spans="2:180" s="9" customFormat="1" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="32" spans="2:181" s="9" customFormat="1" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B32" s="24" t="s">
         <v>18</v>
       </c>
       <c r="C32" s="11">
         <v>36556.619942190002</v>
       </c>
       <c r="D32" s="11">
         <v>36397.86384803</v>
       </c>
       <c r="E32" s="11">
         <v>36621.811654420002</v>
       </c>
       <c r="F32" s="11">
         <v>37271.874076580003</v>
       </c>
       <c r="G32" s="11">
         <v>37277.519164550002</v>
       </c>
       <c r="H32" s="11">
         <v>37892.509002829996</v>
       </c>
       <c r="I32" s="11">
         <v>37639.653667589999</v>
       </c>
       <c r="J32" s="11">
@@ -14645,52 +14718,55 @@
       </c>
       <c r="FQ32" s="11">
         <v>46682.63702622</v>
       </c>
       <c r="FR32" s="11">
         <v>47076.964241599999</v>
       </c>
       <c r="FS32" s="11">
         <v>47618.210437310001</v>
       </c>
       <c r="FT32" s="11">
         <v>47964.851988130002</v>
       </c>
       <c r="FU32" s="11">
         <v>48476.095674360004</v>
       </c>
       <c r="FV32" s="11">
         <v>48903.951296489999</v>
       </c>
       <c r="FW32" s="11">
         <v>48854.011916859999</v>
       </c>
       <c r="FX32" s="11">
         <v>49280.216085419997</v>
       </c>
+      <c r="FY32" s="11">
+        <v>49870.295526020003</v>
+      </c>
     </row>
-    <row r="33" spans="2:180" s="4" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="33" spans="2:181" s="4" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B33" s="19" t="s">
         <v>15</v>
       </c>
       <c r="C33" s="18"/>
       <c r="D33" s="18"/>
       <c r="E33" s="18"/>
       <c r="F33" s="18"/>
       <c r="G33" s="18"/>
       <c r="H33" s="18"/>
       <c r="I33" s="18"/>
       <c r="J33" s="18"/>
       <c r="K33" s="18"/>
       <c r="L33" s="18"/>
       <c r="M33" s="18"/>
       <c r="N33" s="35"/>
       <c r="O33" s="35"/>
       <c r="P33" s="18"/>
       <c r="Q33" s="18"/>
       <c r="R33" s="18"/>
       <c r="S33" s="18"/>
       <c r="T33" s="18"/>
       <c r="U33" s="18"/>
       <c r="V33" s="18"/>
       <c r="W33" s="18"/>
       <c r="X33" s="18"/>
@@ -14828,52 +14904,53 @@
       <c r="EZ33" s="18"/>
       <c r="FA33" s="18"/>
       <c r="FB33" s="18"/>
       <c r="FC33" s="18"/>
       <c r="FD33" s="18"/>
       <c r="FE33" s="18"/>
       <c r="FF33" s="18"/>
       <c r="FG33" s="18"/>
       <c r="FH33" s="18"/>
       <c r="FI33" s="18"/>
       <c r="FJ33" s="18"/>
       <c r="FK33" s="18"/>
       <c r="FL33" s="18"/>
       <c r="FM33" s="18"/>
       <c r="FN33" s="18"/>
       <c r="FO33" s="18"/>
       <c r="FP33" s="18"/>
       <c r="FQ33" s="18"/>
       <c r="FR33" s="18"/>
       <c r="FS33" s="18"/>
       <c r="FT33" s="18"/>
       <c r="FU33" s="18"/>
       <c r="FV33" s="18"/>
       <c r="FW33" s="18"/>
       <c r="FX33" s="18"/>
+      <c r="FY33" s="18"/>
     </row>
-    <row r="34" spans="2:180" s="4" customFormat="1" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="34" spans="2:181" s="4" customFormat="1" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B34" s="5" t="s">
         <v>19</v>
       </c>
       <c r="C34" s="26"/>
       <c r="D34" s="26"/>
       <c r="E34" s="26"/>
       <c r="F34" s="26"/>
       <c r="G34" s="26"/>
       <c r="H34" s="26"/>
       <c r="I34" s="26"/>
       <c r="J34" s="26"/>
       <c r="K34" s="26"/>
       <c r="L34" s="26"/>
       <c r="M34" s="26"/>
       <c r="N34" s="26"/>
       <c r="O34" s="26"/>
       <c r="P34" s="26"/>
       <c r="Q34" s="26"/>
       <c r="R34" s="26"/>
       <c r="S34" s="26"/>
       <c r="T34" s="26"/>
       <c r="U34" s="26"/>
       <c r="V34" s="26"/>
       <c r="W34" s="26"/>
       <c r="X34" s="26"/>
@@ -15011,52 +15088,53 @@
       <c r="EZ34" s="26"/>
       <c r="FA34" s="26"/>
       <c r="FB34" s="26"/>
       <c r="FC34" s="26"/>
       <c r="FD34" s="26"/>
       <c r="FE34" s="26"/>
       <c r="FF34" s="26"/>
       <c r="FG34" s="26"/>
       <c r="FH34" s="26"/>
       <c r="FI34" s="26"/>
       <c r="FJ34" s="26"/>
       <c r="FK34" s="26"/>
       <c r="FL34" s="26"/>
       <c r="FM34" s="26"/>
       <c r="FN34" s="26"/>
       <c r="FO34" s="26"/>
       <c r="FP34" s="26"/>
       <c r="FQ34" s="26"/>
       <c r="FR34" s="26"/>
       <c r="FS34" s="26"/>
       <c r="FT34" s="26"/>
       <c r="FU34" s="26"/>
       <c r="FV34" s="26"/>
       <c r="FW34" s="26"/>
       <c r="FX34" s="26"/>
+      <c r="FY34" s="26"/>
     </row>
-    <row r="35" spans="2:180" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="35" spans="2:181" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B35" s="21" t="s">
         <v>1</v>
       </c>
       <c r="C35" s="13" t="s">
         <v>12</v>
       </c>
       <c r="D35" s="13">
         <v>22.95053545</v>
       </c>
       <c r="E35" s="13">
         <v>67.328343099999998</v>
       </c>
       <c r="F35" s="13">
         <v>670.11707828999999</v>
       </c>
       <c r="G35" s="13">
         <v>-67.50871789</v>
       </c>
       <c r="H35" s="13">
         <v>55.05534171</v>
       </c>
       <c r="I35" s="13">
         <v>-143.5123194</v>
       </c>
       <c r="J35" s="13">
@@ -15550,52 +15628,55 @@
       </c>
       <c r="FQ35" s="13">
         <v>-109.8458196</v>
       </c>
       <c r="FR35" s="13">
         <v>-20.2479342</v>
       </c>
       <c r="FS35" s="13">
         <v>-105.13410947</v>
       </c>
       <c r="FT35" s="13">
         <v>-128.00339112</v>
       </c>
       <c r="FU35" s="13">
         <v>-108.51194223</v>
       </c>
       <c r="FV35" s="13">
         <v>5.0096776600000004</v>
       </c>
       <c r="FW35" s="13">
         <v>3.2707576999999999</v>
       </c>
       <c r="FX35" s="13">
         <v>63.94297083</v>
       </c>
+      <c r="FY35" s="13">
+        <v>44.178479600000003</v>
+      </c>
     </row>
-    <row r="36" spans="2:180" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="36" spans="2:181" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B36" s="20" t="s">
         <v>2</v>
       </c>
       <c r="C36" s="8" t="s">
         <v>12</v>
       </c>
       <c r="D36" s="8">
         <v>6.1548516900000001</v>
       </c>
       <c r="E36" s="8">
         <v>66.89125627</v>
       </c>
       <c r="F36" s="8">
         <v>670.95470786999999</v>
       </c>
       <c r="G36" s="8">
         <v>-47.33338371</v>
       </c>
       <c r="H36" s="8">
         <v>57.2785048</v>
       </c>
       <c r="I36" s="8">
         <v>-138.04758867999999</v>
       </c>
       <c r="J36" s="8">
@@ -16089,52 +16170,55 @@
       </c>
       <c r="FQ36" s="8">
         <v>-111.94910464</v>
       </c>
       <c r="FR36" s="8">
         <v>-18.82980547</v>
       </c>
       <c r="FS36" s="8">
         <v>-101.19192940000001</v>
       </c>
       <c r="FT36" s="8">
         <v>-154.97343579</v>
       </c>
       <c r="FU36" s="8">
         <v>-120.69984096</v>
       </c>
       <c r="FV36" s="8">
         <v>3.4924573099999998</v>
       </c>
       <c r="FW36" s="8">
         <v>2.3055693499999999</v>
       </c>
       <c r="FX36" s="8">
         <v>67.611245719999999</v>
       </c>
+      <c r="FY36" s="8">
+        <v>22.591215999999999</v>
+      </c>
     </row>
-    <row r="37" spans="2:180" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="37" spans="2:181" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B37" s="20" t="s">
         <v>3</v>
       </c>
       <c r="C37" s="8" t="s">
         <v>12</v>
       </c>
       <c r="D37" s="8">
         <v>16.789062170000001</v>
       </c>
       <c r="E37" s="8">
         <v>0.41927109000000001</v>
       </c>
       <c r="F37" s="8">
         <v>-0.84259806000000004</v>
       </c>
       <c r="G37" s="8">
         <v>-20.176392239999998</v>
       </c>
       <c r="H37" s="8">
         <v>-2.2320997500000002</v>
       </c>
       <c r="I37" s="8">
         <v>-5.4972452599999997</v>
       </c>
       <c r="J37" s="8">
@@ -16628,52 +16712,55 @@
       </c>
       <c r="FQ37" s="8">
         <v>2.4315754200000002</v>
       </c>
       <c r="FR37" s="8">
         <v>-1.23777162</v>
       </c>
       <c r="FS37" s="8">
         <v>-4.1974259199999997</v>
       </c>
       <c r="FT37" s="8">
         <v>26.33971438</v>
       </c>
       <c r="FU37" s="8">
         <v>12.05068105</v>
       </c>
       <c r="FV37" s="8">
         <v>1.29220176</v>
       </c>
       <c r="FW37" s="8">
         <v>-0.24229269000000001</v>
       </c>
       <c r="FX37" s="8">
         <v>-3.5534230099999999</v>
       </c>
+      <c r="FY37" s="8">
+        <v>21.629436139999999</v>
+      </c>
     </row>
-    <row r="38" spans="2:180" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="38" spans="2:181" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B38" s="20" t="s">
         <v>4</v>
       </c>
       <c r="C38" s="8" t="s">
         <v>12</v>
       </c>
       <c r="D38" s="8">
         <v>6.6215900000000001E-3</v>
       </c>
       <c r="E38" s="8">
         <v>1.781574E-2</v>
       </c>
       <c r="F38" s="8">
         <v>4.9684799999999999E-3</v>
       </c>
       <c r="G38" s="8">
         <v>1.05806E-3</v>
       </c>
       <c r="H38" s="8">
         <v>8.9366600000000008E-3</v>
       </c>
       <c r="I38" s="8">
         <v>3.2514540000000001E-2</v>
       </c>
       <c r="J38" s="8">
@@ -17167,52 +17254,55 @@
       </c>
       <c r="FQ38" s="8">
         <v>-0.32829037999999999</v>
       </c>
       <c r="FR38" s="8">
         <v>-0.18035710999999999</v>
       </c>
       <c r="FS38" s="8">
         <v>0.25524585</v>
       </c>
       <c r="FT38" s="8">
         <v>0.63033028999999996</v>
       </c>
       <c r="FU38" s="8">
         <v>0.13721768000000001</v>
       </c>
       <c r="FV38" s="8">
         <v>0.22501858999999999</v>
       </c>
       <c r="FW38" s="8">
         <v>1.20748104</v>
       </c>
       <c r="FX38" s="8">
         <v>-0.11485188</v>
       </c>
+      <c r="FY38" s="8">
+        <v>-4.2172540000000001E-2</v>
+      </c>
     </row>
-    <row r="39" spans="2:180" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="39" spans="2:181" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B39" s="20" t="s">
         <v>5</v>
       </c>
       <c r="C39" s="8" t="s">
         <v>12</v>
       </c>
       <c r="D39" s="8">
         <v>81.671215369999999</v>
       </c>
       <c r="E39" s="8">
         <v>115.36015412</v>
       </c>
       <c r="F39" s="8">
         <v>119.58193722999999</v>
       </c>
       <c r="G39" s="8">
         <v>145.61998295000001</v>
       </c>
       <c r="H39" s="8">
         <v>184.96162405000001</v>
       </c>
       <c r="I39" s="8">
         <v>-56.01806586</v>
       </c>
       <c r="J39" s="8">
@@ -17706,52 +17796,55 @@
       </c>
       <c r="FQ39" s="8">
         <v>258.11508079999999</v>
       </c>
       <c r="FR39" s="8">
         <v>294.25290551000001</v>
       </c>
       <c r="FS39" s="8">
         <v>258.09943435999998</v>
       </c>
       <c r="FT39" s="8">
         <v>104.43819639</v>
       </c>
       <c r="FU39" s="8">
         <v>201.02276284000001</v>
       </c>
       <c r="FV39" s="8">
         <v>98.397487319999996</v>
       </c>
       <c r="FW39" s="8">
         <v>-171.39015628999999</v>
       </c>
       <c r="FX39" s="8">
         <v>150.23408018999999</v>
       </c>
+      <c r="FY39" s="8">
+        <v>230.06804208</v>
+      </c>
     </row>
-    <row r="40" spans="2:180" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="40" spans="2:181" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B40" s="20" t="s">
         <v>6</v>
       </c>
       <c r="C40" s="8" t="s">
         <v>12</v>
       </c>
       <c r="D40" s="8">
         <v>-10.842471079999999</v>
       </c>
       <c r="E40" s="8">
         <v>26.55788763</v>
       </c>
       <c r="F40" s="8">
         <v>40.89175504</v>
       </c>
       <c r="G40" s="8">
         <v>-1.7324085300000001</v>
       </c>
       <c r="H40" s="8">
         <v>149.64384276999999</v>
       </c>
       <c r="I40" s="8">
         <v>-27.157880240000001</v>
       </c>
       <c r="J40" s="8">
@@ -18245,52 +18338,55 @@
       </c>
       <c r="FQ40" s="8">
         <v>200.2089824</v>
       </c>
       <c r="FR40" s="8">
         <v>314.29074173999999</v>
       </c>
       <c r="FS40" s="8">
         <v>339.28321222</v>
       </c>
       <c r="FT40" s="8">
         <v>333.98337162000001</v>
       </c>
       <c r="FU40" s="8">
         <v>438.39515592999999</v>
       </c>
       <c r="FV40" s="8">
         <v>328.41445139000001</v>
       </c>
       <c r="FW40" s="8">
         <v>115.15661564</v>
       </c>
       <c r="FX40" s="8">
         <v>234.85902969</v>
       </c>
+      <c r="FY40" s="8">
+        <v>289.60066475000002</v>
+      </c>
     </row>
-    <row r="41" spans="2:180" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="41" spans="2:181" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B41" s="20" t="s">
         <v>7</v>
       </c>
       <c r="C41" s="8" t="s">
         <v>12</v>
       </c>
       <c r="D41" s="8">
         <v>6.9564114999999997</v>
       </c>
       <c r="E41" s="8">
         <v>-5.2354908</v>
       </c>
       <c r="F41" s="8">
         <v>6.4650159999999998E-2</v>
       </c>
       <c r="G41" s="8">
         <v>2.7371968799999999</v>
       </c>
       <c r="H41" s="8">
         <v>2.6314855399999999</v>
       </c>
       <c r="I41" s="8">
         <v>-8.32932308</v>
       </c>
       <c r="J41" s="8">
@@ -18784,52 +18880,55 @@
       </c>
       <c r="FQ41" s="8">
         <v>-6.15401621</v>
       </c>
       <c r="FR41" s="8">
         <v>2.7471303300000001</v>
       </c>
       <c r="FS41" s="8">
         <v>-1.7837188799999999</v>
       </c>
       <c r="FT41" s="8">
         <v>0.47496652</v>
       </c>
       <c r="FU41" s="8">
         <v>7.2756130000000002E-2</v>
       </c>
       <c r="FV41" s="8">
         <v>0.96646666000000003</v>
       </c>
       <c r="FW41" s="8">
         <v>2.5264979999999999E-2</v>
       </c>
       <c r="FX41" s="8">
         <v>-0.94206431999999996</v>
       </c>
+      <c r="FY41" s="8">
+        <v>0.80587812000000003</v>
+      </c>
     </row>
-    <row r="42" spans="2:180" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="42" spans="2:181" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B42" s="20" t="s">
         <v>8</v>
       </c>
       <c r="C42" s="8" t="s">
         <v>12</v>
       </c>
       <c r="D42" s="8">
         <v>-18.268333819999999</v>
       </c>
       <c r="E42" s="8">
         <v>-9.3699064100000005</v>
       </c>
       <c r="F42" s="8">
         <v>-1.52216504</v>
       </c>
       <c r="G42" s="8">
         <v>7.5161406399999997</v>
       </c>
       <c r="H42" s="8">
         <v>0.64451619999999998</v>
       </c>
       <c r="I42" s="8">
         <v>11.20778134</v>
       </c>
       <c r="J42" s="8">
@@ -19323,52 +19422,55 @@
       </c>
       <c r="FQ42" s="8">
         <v>4.54017903</v>
       </c>
       <c r="FR42" s="8">
         <v>7.1324076099999996</v>
       </c>
       <c r="FS42" s="8">
         <v>47.530587400000002</v>
       </c>
       <c r="FT42" s="8">
         <v>40.375510329999997</v>
       </c>
       <c r="FU42" s="8">
         <v>-4.53907112</v>
       </c>
       <c r="FV42" s="8">
         <v>-5.5681151900000003</v>
       </c>
       <c r="FW42" s="8">
         <v>4.4705489500000004</v>
       </c>
       <c r="FX42" s="8">
         <v>-15.04858149</v>
       </c>
+      <c r="FY42" s="8">
+        <v>27.241592229999998</v>
+      </c>
     </row>
-    <row r="43" spans="2:180" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="43" spans="2:181" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B43" s="20" t="s">
         <v>9</v>
       </c>
       <c r="C43" s="8" t="s">
         <v>12</v>
       </c>
       <c r="D43" s="8">
         <v>-5.3524954200000003</v>
       </c>
       <c r="E43" s="8">
         <v>10.9659224</v>
       </c>
       <c r="F43" s="8">
         <v>19.430508150000001</v>
       </c>
       <c r="G43" s="8">
         <v>-8.3452699900000002</v>
       </c>
       <c r="H43" s="8">
         <v>-1.7485591599999999</v>
       </c>
       <c r="I43" s="8">
         <v>5.0501953500000001</v>
       </c>
       <c r="J43" s="8">
@@ -19862,52 +19964,55 @@
       </c>
       <c r="FQ43" s="8">
         <v>0.25037232999999998</v>
       </c>
       <c r="FR43" s="8">
         <v>1.88364036</v>
       </c>
       <c r="FS43" s="8">
         <v>1.1965844999999999</v>
       </c>
       <c r="FT43" s="8">
         <v>2.4319869299999999</v>
       </c>
       <c r="FU43" s="8">
         <v>2.02648567</v>
       </c>
       <c r="FV43" s="8">
         <v>5.74964429</v>
       </c>
       <c r="FW43" s="8">
         <v>0.72179373999999996</v>
       </c>
       <c r="FX43" s="8">
         <v>0.53421993000000001</v>
       </c>
+      <c r="FY43" s="8">
+        <v>0.51824592999999997</v>
+      </c>
     </row>
-    <row r="44" spans="2:180" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="44" spans="2:181" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B44" s="20" t="s">
         <v>10</v>
       </c>
       <c r="C44" s="8" t="s">
         <v>12</v>
       </c>
       <c r="D44" s="8">
         <v>-9.3756060100000003</v>
       </c>
       <c r="E44" s="8">
         <v>-4.1622421699999999</v>
       </c>
       <c r="F44" s="8">
         <v>-21.937189879999998</v>
       </c>
       <c r="G44" s="8">
         <v>-8.1598310600000001</v>
       </c>
       <c r="H44" s="8">
         <v>-15.39170249</v>
       </c>
       <c r="I44" s="8">
         <v>-1.1919978</v>
       </c>
       <c r="J44" s="8">
@@ -20401,52 +20506,55 @@
       </c>
       <c r="FQ44" s="8">
         <v>-1.64193553</v>
       </c>
       <c r="FR44" s="8">
         <v>-0.70425979999999999</v>
       </c>
       <c r="FS44" s="8">
         <v>8.8169466199999995</v>
       </c>
       <c r="FT44" s="8">
         <v>-5.2837840700000003</v>
       </c>
       <c r="FU44" s="8">
         <v>-0.98139540000000003</v>
       </c>
       <c r="FV44" s="8">
         <v>-2.3218452599999999</v>
       </c>
       <c r="FW44" s="8">
         <v>-0.37145523000000003</v>
       </c>
       <c r="FX44" s="8">
         <v>6.4865829999999999E-2</v>
       </c>
+      <c r="FY44" s="8">
+        <v>-0.92584604000000004</v>
+      </c>
     </row>
-    <row r="45" spans="2:180" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="45" spans="2:181" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B45" s="22" t="s">
         <v>16</v>
       </c>
       <c r="C45" s="10" t="s">
         <v>12</v>
       </c>
       <c r="D45" s="10">
         <v>67.739255990000004</v>
       </c>
       <c r="E45" s="10">
         <v>201.44466786999999</v>
       </c>
       <c r="F45" s="10">
         <v>826.62657394999997</v>
       </c>
       <c r="G45" s="10">
         <v>70.127093000000002</v>
       </c>
       <c r="H45" s="10">
         <v>375.79654862000001</v>
       </c>
       <c r="I45" s="10">
         <v>-219.95160969</v>
       </c>
       <c r="J45" s="10">
@@ -20940,52 +21048,55 @@
       </c>
       <c r="FQ45" s="10">
         <v>345.47284322000002</v>
       </c>
       <c r="FR45" s="10">
         <v>599.35463155000002</v>
       </c>
       <c r="FS45" s="10">
         <v>548.00893674999998</v>
       </c>
       <c r="FT45" s="10">
         <v>348.41685660000002</v>
       </c>
       <c r="FU45" s="10">
         <v>527.48475182000004</v>
       </c>
       <c r="FV45" s="10">
         <v>430.64776687</v>
       </c>
       <c r="FW45" s="10">
         <v>-48.11663051</v>
       </c>
       <c r="FX45" s="10">
         <v>433.64452066000001</v>
       </c>
+      <c r="FY45" s="10">
+        <v>591.48705667000002</v>
+      </c>
     </row>
-    <row r="46" spans="2:180" s="4" customFormat="1" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="46" spans="2:181" s="4" customFormat="1" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B46" s="1" t="s">
         <v>20</v>
       </c>
       <c r="C46" s="27"/>
       <c r="D46" s="27"/>
       <c r="E46" s="27"/>
       <c r="F46" s="27"/>
       <c r="G46" s="27"/>
       <c r="H46" s="27"/>
       <c r="I46" s="27"/>
       <c r="J46" s="27"/>
       <c r="K46" s="27"/>
       <c r="L46" s="27"/>
       <c r="M46" s="27"/>
       <c r="N46" s="27"/>
       <c r="O46" s="27"/>
       <c r="P46" s="27"/>
       <c r="Q46" s="27"/>
       <c r="R46" s="27"/>
       <c r="S46" s="27"/>
       <c r="T46" s="27"/>
       <c r="U46" s="27"/>
       <c r="V46" s="27"/>
       <c r="W46" s="27"/>
       <c r="X46" s="27"/>
@@ -21123,52 +21234,53 @@
       <c r="EZ46" s="27"/>
       <c r="FA46" s="27"/>
       <c r="FB46" s="27"/>
       <c r="FC46" s="27"/>
       <c r="FD46" s="27"/>
       <c r="FE46" s="27"/>
       <c r="FF46" s="27"/>
       <c r="FG46" s="27"/>
       <c r="FH46" s="27"/>
       <c r="FI46" s="27"/>
       <c r="FJ46" s="27"/>
       <c r="FK46" s="27"/>
       <c r="FL46" s="27"/>
       <c r="FM46" s="27"/>
       <c r="FN46" s="27"/>
       <c r="FO46" s="27"/>
       <c r="FP46" s="27"/>
       <c r="FQ46" s="27"/>
       <c r="FR46" s="27"/>
       <c r="FS46" s="27"/>
       <c r="FT46" s="27"/>
       <c r="FU46" s="27"/>
       <c r="FV46" s="27"/>
       <c r="FW46" s="27"/>
       <c r="FX46" s="27"/>
+      <c r="FY46" s="27"/>
     </row>
-    <row r="47" spans="2:180" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="47" spans="2:181" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B47" s="21" t="s">
         <v>1</v>
       </c>
       <c r="C47" s="8" t="s">
         <v>12</v>
       </c>
       <c r="D47" s="8">
         <v>-4.0793636600000003</v>
       </c>
       <c r="E47" s="8">
         <v>0.54116774999999995</v>
       </c>
       <c r="F47" s="8">
         <v>-2.2131108899999998</v>
       </c>
       <c r="G47" s="8">
         <v>-0.48810787999999999</v>
       </c>
       <c r="H47" s="8">
         <v>5.4110516100000003</v>
       </c>
       <c r="I47" s="8">
         <v>0.31711931999999998</v>
       </c>
       <c r="J47" s="8">
@@ -21662,52 +21774,55 @@
       </c>
       <c r="FQ47" s="8">
         <v>-8.839255E-2</v>
       </c>
       <c r="FR47" s="8">
         <v>-0.11497736</v>
       </c>
       <c r="FS47" s="8">
         <v>-4.7256529999999998E-2</v>
       </c>
       <c r="FT47" s="8">
         <v>-5.8018220000000002E-2</v>
       </c>
       <c r="FU47" s="8">
         <v>-8.6838520000000002E-2</v>
       </c>
       <c r="FV47" s="8">
         <v>-5.9884569999999998E-2</v>
       </c>
       <c r="FW47" s="8">
         <v>-6.7727289999999996E-2</v>
       </c>
       <c r="FX47" s="8">
         <v>-2.1285680000000001E-2</v>
       </c>
+      <c r="FY47" s="8">
+        <v>3.1803500000000002E-3</v>
+      </c>
     </row>
-    <row r="48" spans="2:180" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="48" spans="2:181" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B48" s="20" t="s">
         <v>2</v>
       </c>
       <c r="C48" s="8" t="s">
         <v>12</v>
       </c>
       <c r="D48" s="8">
         <v>-0.27071485000000001</v>
       </c>
       <c r="E48" s="8">
         <v>-6.3254359999999996E-2</v>
       </c>
       <c r="F48" s="8">
         <v>-0.24325975</v>
       </c>
       <c r="G48" s="8">
         <v>-0.76655936999999996</v>
       </c>
       <c r="H48" s="8">
         <v>0.34101492999999999</v>
       </c>
       <c r="I48" s="8">
         <v>-8.3056640000000001E-2</v>
       </c>
       <c r="J48" s="8">
@@ -22201,52 +22316,55 @@
       </c>
       <c r="FQ48" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FR48" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FS48" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FT48" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FU48" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FV48" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FW48" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FX48" s="8" t="s">
         <v>0</v>
       </c>
+      <c r="FY48" s="8" t="s">
+        <v>0</v>
+      </c>
     </row>
-    <row r="49" spans="2:180" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="49" spans="2:181" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B49" s="20" t="s">
         <v>3</v>
       </c>
       <c r="C49" s="8" t="s">
         <v>12</v>
       </c>
       <c r="D49" s="8">
         <v>-3.8086488100000002</v>
       </c>
       <c r="E49" s="8">
         <v>0.60442211000000001</v>
       </c>
       <c r="F49" s="8">
         <v>-1.9698511400000001</v>
       </c>
       <c r="G49" s="8">
         <v>0.27845149000000002</v>
       </c>
       <c r="H49" s="8">
         <v>5.0700366800000003</v>
       </c>
       <c r="I49" s="8">
         <v>0.40017596</v>
       </c>
       <c r="J49" s="8">
@@ -22740,52 +22858,55 @@
       </c>
       <c r="FQ49" s="8">
         <v>-8.839255E-2</v>
       </c>
       <c r="FR49" s="8">
         <v>-0.11497736</v>
       </c>
       <c r="FS49" s="8">
         <v>-4.7256529999999998E-2</v>
       </c>
       <c r="FT49" s="8">
         <v>-5.8018220000000002E-2</v>
       </c>
       <c r="FU49" s="8">
         <v>-8.6838520000000002E-2</v>
       </c>
       <c r="FV49" s="8">
         <v>-5.9884569999999998E-2</v>
       </c>
       <c r="FW49" s="8">
         <v>-6.7727289999999996E-2</v>
       </c>
       <c r="FX49" s="8">
         <v>-2.1285680000000001E-2</v>
       </c>
+      <c r="FY49" s="8">
+        <v>3.1803500000000002E-3</v>
+      </c>
     </row>
-    <row r="50" spans="2:180" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="50" spans="2:181" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B50" s="20" t="s">
         <v>4</v>
       </c>
       <c r="C50" s="8" t="s">
         <v>12</v>
       </c>
       <c r="D50" s="8" t="s">
         <v>0</v>
       </c>
       <c r="E50" s="8" t="s">
         <v>0</v>
       </c>
       <c r="F50" s="8" t="s">
         <v>0</v>
       </c>
       <c r="G50" s="8" t="s">
         <v>0</v>
       </c>
       <c r="H50" s="8" t="s">
         <v>0</v>
       </c>
       <c r="I50" s="8" t="s">
         <v>0</v>
       </c>
       <c r="J50" s="8" t="s">
@@ -23279,52 +23400,55 @@
       </c>
       <c r="FQ50" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FR50" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FS50" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FT50" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FU50" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FV50" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FW50" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FX50" s="8" t="s">
         <v>0</v>
       </c>
+      <c r="FY50" s="8" t="s">
+        <v>0</v>
+      </c>
     </row>
-    <row r="51" spans="2:180" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="51" spans="2:181" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B51" s="20" t="s">
         <v>5</v>
       </c>
       <c r="C51" s="8" t="s">
         <v>12</v>
       </c>
       <c r="D51" s="8">
         <v>-51.455256149999997</v>
       </c>
       <c r="E51" s="8">
         <v>2.3312822400000002</v>
       </c>
       <c r="F51" s="8">
         <v>-86.379360070000004</v>
       </c>
       <c r="G51" s="8">
         <v>-37.474640559999997</v>
       </c>
       <c r="H51" s="8">
         <v>35.126101820000002</v>
       </c>
       <c r="I51" s="8">
         <v>0.42486088</v>
       </c>
       <c r="J51" s="8">
@@ -23818,52 +23942,55 @@
       </c>
       <c r="FQ51" s="8">
         <v>3.2672602500000001</v>
       </c>
       <c r="FR51" s="8">
         <v>-191.83263163999999</v>
       </c>
       <c r="FS51" s="8">
         <v>-3.3121675599999998</v>
       </c>
       <c r="FT51" s="8">
         <v>0.34164644999999999</v>
       </c>
       <c r="FU51" s="8">
         <v>-3.41636053</v>
       </c>
       <c r="FV51" s="8">
         <v>0.90039100000000005</v>
       </c>
       <c r="FW51" s="8">
         <v>-0.92629998999999996</v>
       </c>
       <c r="FX51" s="8">
         <v>-1.2459884800000001</v>
       </c>
+      <c r="FY51" s="8">
+        <v>1.2973228400000001</v>
+      </c>
     </row>
-    <row r="52" spans="2:180" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="52" spans="2:181" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B52" s="20" t="s">
         <v>6</v>
       </c>
       <c r="C52" s="8" t="s">
         <v>12</v>
       </c>
       <c r="D52" s="8">
         <v>-318.63540085</v>
       </c>
       <c r="E52" s="8">
         <v>26.402281460000001</v>
       </c>
       <c r="F52" s="8">
         <v>-153.6761711</v>
       </c>
       <c r="G52" s="8">
         <v>6.9698749700000002</v>
       </c>
       <c r="H52" s="8">
         <v>413.56231861999999</v>
       </c>
       <c r="I52" s="8">
         <v>49.433369040000002</v>
       </c>
       <c r="J52" s="8">
@@ -24357,52 +24484,55 @@
       </c>
       <c r="FQ52" s="8">
         <v>-0.14700832999999999</v>
       </c>
       <c r="FR52" s="8">
         <v>-1.47283228</v>
       </c>
       <c r="FS52" s="8">
         <v>0.29927425000000002</v>
       </c>
       <c r="FT52" s="8">
         <v>-0.57545111999999998</v>
       </c>
       <c r="FU52" s="8">
         <v>-0.61563875999999995</v>
       </c>
       <c r="FV52" s="8">
         <v>-0.50288067000000003</v>
       </c>
       <c r="FW52" s="8">
         <v>-0.55680023999999995</v>
       </c>
       <c r="FX52" s="8">
         <v>-0.46001271999999999</v>
       </c>
+      <c r="FY52" s="8">
+        <v>-0.24104094000000001</v>
+      </c>
     </row>
-    <row r="53" spans="2:180" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="53" spans="2:181" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B53" s="20" t="s">
         <v>7</v>
       </c>
       <c r="C53" s="8" t="s">
         <v>12</v>
       </c>
       <c r="D53" s="8">
         <v>0.97782146000000003</v>
       </c>
       <c r="E53" s="8">
         <v>-0.99899470000000001</v>
       </c>
       <c r="F53" s="8">
         <v>2.1947049500000002</v>
       </c>
       <c r="G53" s="8">
         <v>-1.5621235600000001</v>
       </c>
       <c r="H53" s="8">
         <v>6.0294059999999997E-2</v>
       </c>
       <c r="I53" s="8">
         <v>0.45958211999999998</v>
       </c>
       <c r="J53" s="8">
@@ -24896,52 +25026,55 @@
       </c>
       <c r="FQ53" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FR53" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FS53" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FT53" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FU53" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FV53" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FW53" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FX53" s="8" t="s">
         <v>0</v>
       </c>
+      <c r="FY53" s="8" t="s">
+        <v>0</v>
+      </c>
     </row>
-    <row r="54" spans="2:180" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="54" spans="2:181" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B54" s="20" t="s">
         <v>8</v>
       </c>
       <c r="C54" s="8" t="s">
         <v>12</v>
       </c>
       <c r="D54" s="8">
         <v>-0.60860062999999998</v>
       </c>
       <c r="E54" s="8">
         <v>8.1026734600000001</v>
       </c>
       <c r="F54" s="8">
         <v>-0.97456180000000003</v>
       </c>
       <c r="G54" s="8">
         <v>-1.2204315100000001</v>
       </c>
       <c r="H54" s="8">
         <v>1.3477444199999999</v>
       </c>
       <c r="I54" s="8">
         <v>-0.32740069999999999</v>
       </c>
       <c r="J54" s="8">
@@ -25435,52 +25568,55 @@
       </c>
       <c r="FQ54" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FR54" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FS54" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FT54" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FU54" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FV54" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FW54" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FX54" s="8" t="s">
         <v>0</v>
       </c>
+      <c r="FY54" s="8" t="s">
+        <v>0</v>
+      </c>
     </row>
-    <row r="55" spans="2:180" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="55" spans="2:181" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B55" s="20" t="s">
         <v>9</v>
       </c>
       <c r="C55" s="8" t="s">
         <v>12</v>
       </c>
       <c r="D55" s="8">
         <v>-8.6519960000000007E-2</v>
       </c>
       <c r="E55" s="8">
         <v>-1.9587279999999999E-2</v>
       </c>
       <c r="F55" s="8">
         <v>-7.5893329999999995E-2</v>
       </c>
       <c r="G55" s="8">
         <v>-0.14291951999999999</v>
       </c>
       <c r="H55" s="8">
         <v>0.11832537</v>
       </c>
       <c r="I55" s="8">
         <v>-2.4823319999999999E-2</v>
       </c>
       <c r="J55" s="8">
@@ -25974,52 +26110,55 @@
       </c>
       <c r="FQ55" s="8">
         <v>-9.4633309999999998E-2</v>
       </c>
       <c r="FR55" s="8">
         <v>-0.27919818000000002</v>
       </c>
       <c r="FS55" s="8">
         <v>-1.9957497799999999</v>
       </c>
       <c r="FT55" s="8">
         <v>2.0899000000000001E-2</v>
       </c>
       <c r="FU55" s="8">
         <v>-0.17002199000000001</v>
       </c>
       <c r="FV55" s="8">
         <v>8.1554689999999999E-2</v>
       </c>
       <c r="FW55" s="8">
         <v>-5.5684999999999998E-2</v>
       </c>
       <c r="FX55" s="8">
         <v>-2.9566530000000001E-2</v>
       </c>
+      <c r="FY55" s="8">
+        <v>7.9108250000000005E-2</v>
+      </c>
     </row>
-    <row r="56" spans="2:180" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="56" spans="2:181" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B56" s="20" t="s">
         <v>10</v>
       </c>
       <c r="C56" s="8" t="s">
         <v>12</v>
       </c>
       <c r="D56" s="8" t="s">
         <v>0</v>
       </c>
       <c r="E56" s="8" t="s">
         <v>0</v>
       </c>
       <c r="F56" s="8" t="s">
         <v>0</v>
       </c>
       <c r="G56" s="8" t="s">
         <v>0</v>
       </c>
       <c r="H56" s="8" t="s">
         <v>0</v>
       </c>
       <c r="I56" s="8" t="s">
         <v>0</v>
       </c>
       <c r="J56" s="8" t="s">
@@ -26513,52 +26652,55 @@
       </c>
       <c r="FQ56" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FR56" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FS56" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FT56" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FU56" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FV56" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FW56" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FX56" s="8" t="s">
         <v>0</v>
       </c>
+      <c r="FY56" s="8" t="s">
+        <v>0</v>
+      </c>
     </row>
-    <row r="57" spans="2:180" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="57" spans="2:181" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B57" s="23" t="s">
         <v>17</v>
       </c>
       <c r="C57" s="10" t="s">
         <v>12</v>
       </c>
       <c r="D57" s="10">
         <v>-373.88731978999999</v>
       </c>
       <c r="E57" s="10">
         <v>36.358822930000002</v>
       </c>
       <c r="F57" s="10">
         <v>-241.12439223999999</v>
       </c>
       <c r="G57" s="10">
         <v>-33.91834806</v>
       </c>
       <c r="H57" s="10">
         <v>455.62583590000003</v>
       </c>
       <c r="I57" s="10">
         <v>50.282707340000002</v>
       </c>
       <c r="J57" s="10">
@@ -27052,52 +27194,55 @@
       </c>
       <c r="FQ57" s="10">
         <v>2.93722606</v>
       </c>
       <c r="FR57" s="10">
         <v>-193.69963945999999</v>
       </c>
       <c r="FS57" s="10">
         <v>-5.0558996199999999</v>
       </c>
       <c r="FT57" s="10">
         <v>-0.27092389</v>
       </c>
       <c r="FU57" s="10">
         <v>-4.2888598</v>
       </c>
       <c r="FV57" s="10">
         <v>0.41918044999999998</v>
       </c>
       <c r="FW57" s="10">
         <v>-1.6065125200000001</v>
       </c>
       <c r="FX57" s="10">
         <v>-1.7568534099999999</v>
       </c>
+      <c r="FY57" s="10">
+        <v>1.1385704999999999</v>
+      </c>
     </row>
-    <row r="58" spans="2:180" s="9" customFormat="1" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="58" spans="2:181" s="9" customFormat="1" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B58" s="24" t="s">
         <v>18</v>
       </c>
       <c r="C58" s="11" t="s">
         <v>12</v>
       </c>
       <c r="D58" s="11">
         <v>-306.14806379999999</v>
       </c>
       <c r="E58" s="11">
         <v>237.80349079999999</v>
       </c>
       <c r="F58" s="11">
         <v>585.50218170999995</v>
       </c>
       <c r="G58" s="11">
         <v>36.208744940000003</v>
       </c>
       <c r="H58" s="11">
         <v>831.42238452000004</v>
       </c>
       <c r="I58" s="11">
         <v>-169.66890235</v>
       </c>
       <c r="J58" s="11">
@@ -27590,50 +27735,53 @@
         <v>722.89818184000001</v>
       </c>
       <c r="FQ58" s="11">
         <v>348.41006928000002</v>
       </c>
       <c r="FR58" s="11">
         <v>405.65499209000001</v>
       </c>
       <c r="FS58" s="11">
         <v>542.95303712999998</v>
       </c>
       <c r="FT58" s="11">
         <v>348.14593271000001</v>
       </c>
       <c r="FU58" s="11">
         <v>523.19589201999997</v>
       </c>
       <c r="FV58" s="11">
         <v>431.06694732</v>
       </c>
       <c r="FW58" s="11">
         <v>-49.723143030000003</v>
       </c>
       <c r="FX58" s="11">
         <v>431.88766724999999</v>
+      </c>
+      <c r="FY58" s="11">
+        <v>592.62562717000003</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Radni listovi</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>EUR</vt:lpstr>