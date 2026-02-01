--- v3 (2026-01-11)
+++ v4 (2026-02-01)
@@ -4,80 +4,80 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\261\MOST\Agregirana bilanca DMFI i Biltenske tablice\Biltenske tablice ENG serija od 12.2010\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F18246C1-C2B4-48DC-A480-83D471324EF5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5B44AE95-53AC-4959-AAD7-2F0FE921F0C3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{C6E838CC-2C9C-43D2-A278-67766EBBF756}"/>
   </bookViews>
   <sheets>
     <sheet name="EUR" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1001" uniqueCount="21">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1011" uniqueCount="21">
   <si>
     <t>-</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve"> 1</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">	</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>General government</t>
     </r>
@@ -956,78 +956,78 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6201921A-E51A-4797-A5E0-B13B8AB8935F}">
-  <dimension ref="B2:FZ58"/>
+  <dimension ref="B2:GA58"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.85546875" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.7109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="40.85546875" style="1" customWidth="1"/>
     <col min="3" max="36" width="9.85546875" style="6"/>
     <col min="37" max="37" width="9.85546875" style="9"/>
-    <col min="38" max="182" width="9.85546875" style="6"/>
-    <col min="183" max="16384" width="9.85546875" style="1"/>
+    <col min="38" max="183" width="9.85546875" style="6"/>
+    <col min="184" max="16384" width="9.85546875" style="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="2" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="16" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="3" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="15" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="4" spans="2:182" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="2:183" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C4" s="14"/>
     </row>
-    <row r="5" spans="2:182" s="2" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="5" spans="2:183" s="2" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="1"/>
       <c r="C5" s="6"/>
       <c r="D5" s="6"/>
       <c r="E5" s="6"/>
       <c r="F5" s="6"/>
       <c r="G5" s="6"/>
       <c r="H5" s="6"/>
       <c r="I5" s="6"/>
       <c r="J5" s="6"/>
       <c r="K5" s="6"/>
       <c r="L5" s="6"/>
       <c r="M5" s="6"/>
       <c r="N5" s="6"/>
       <c r="O5" s="6"/>
       <c r="P5" s="6"/>
       <c r="Q5" s="6"/>
       <c r="R5" s="6"/>
       <c r="S5" s="6"/>
       <c r="T5" s="6"/>
       <c r="U5" s="6"/>
       <c r="V5" s="6"/>
       <c r="W5" s="6"/>
       <c r="X5" s="6"/>
       <c r="Y5" s="6"/>
       <c r="Z5" s="6"/>
@@ -1164,52 +1164,53 @@
       <c r="FB5" s="6"/>
       <c r="FC5" s="6"/>
       <c r="FD5" s="6"/>
       <c r="FE5" s="6"/>
       <c r="FF5" s="6"/>
       <c r="FG5" s="6"/>
       <c r="FH5" s="6"/>
       <c r="FI5" s="6"/>
       <c r="FJ5" s="6"/>
       <c r="FK5" s="6"/>
       <c r="FL5" s="6"/>
       <c r="FM5" s="6"/>
       <c r="FN5" s="6"/>
       <c r="FO5" s="6"/>
       <c r="FP5" s="6"/>
       <c r="FQ5" s="6"/>
       <c r="FR5" s="6"/>
       <c r="FS5" s="6"/>
       <c r="FT5" s="6"/>
       <c r="FU5" s="6"/>
       <c r="FV5" s="6"/>
       <c r="FW5" s="6"/>
       <c r="FX5" s="6"/>
       <c r="FY5" s="6"/>
       <c r="FZ5" s="6"/>
+      <c r="GA5" s="6"/>
     </row>
-    <row r="6" spans="2:182" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="2:183" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B6" s="3"/>
       <c r="C6" s="12">
         <v>40543</v>
       </c>
       <c r="D6" s="12">
         <v>40574</v>
       </c>
       <c r="E6" s="12">
         <v>40602</v>
       </c>
       <c r="F6" s="12">
         <v>40633</v>
       </c>
       <c r="G6" s="12">
         <v>40663</v>
       </c>
       <c r="H6" s="12">
         <v>40694</v>
       </c>
       <c r="I6" s="12">
         <v>40724</v>
       </c>
       <c r="J6" s="12">
         <v>40755</v>
       </c>
@@ -1707,52 +1708,55 @@
       </c>
       <c r="FS6" s="12">
         <v>45777</v>
       </c>
       <c r="FT6" s="12">
         <v>45808</v>
       </c>
       <c r="FU6" s="12">
         <v>45838</v>
       </c>
       <c r="FV6" s="12">
         <v>45869</v>
       </c>
       <c r="FW6" s="12">
         <v>45900</v>
       </c>
       <c r="FX6" s="12">
         <v>45930</v>
       </c>
       <c r="FY6" s="12">
         <v>45961</v>
       </c>
       <c r="FZ6" s="12">
         <v>45991</v>
       </c>
+      <c r="GA6" s="12">
+        <v>46022</v>
+      </c>
     </row>
-    <row r="7" spans="2:182" s="4" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="2:183" s="4" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B7" s="17" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="18"/>
       <c r="D7" s="18"/>
       <c r="E7" s="18"/>
       <c r="F7" s="18"/>
       <c r="G7" s="18"/>
       <c r="H7" s="18"/>
       <c r="I7" s="18"/>
       <c r="J7" s="18"/>
       <c r="K7" s="18"/>
       <c r="L7" s="18"/>
       <c r="M7" s="18"/>
       <c r="N7" s="18"/>
       <c r="O7" s="18"/>
       <c r="P7" s="18"/>
       <c r="Q7" s="18"/>
       <c r="R7" s="18"/>
       <c r="S7" s="18"/>
       <c r="T7" s="18"/>
       <c r="U7" s="18"/>
       <c r="V7" s="18"/>
       <c r="W7" s="18"/>
       <c r="X7" s="18"/>
@@ -1892,52 +1896,53 @@
       <c r="FB7" s="18"/>
       <c r="FC7" s="18"/>
       <c r="FD7" s="18"/>
       <c r="FE7" s="18"/>
       <c r="FF7" s="18"/>
       <c r="FG7" s="18"/>
       <c r="FH7" s="18"/>
       <c r="FI7" s="18"/>
       <c r="FJ7" s="18"/>
       <c r="FK7" s="18"/>
       <c r="FL7" s="18"/>
       <c r="FM7" s="18"/>
       <c r="FN7" s="18"/>
       <c r="FO7" s="18"/>
       <c r="FP7" s="18"/>
       <c r="FQ7" s="18"/>
       <c r="FR7" s="18"/>
       <c r="FS7" s="18"/>
       <c r="FT7" s="18"/>
       <c r="FU7" s="18"/>
       <c r="FV7" s="18"/>
       <c r="FW7" s="18"/>
       <c r="FX7" s="18"/>
       <c r="FY7" s="18"/>
       <c r="FZ7" s="18"/>
+      <c r="GA7" s="18"/>
     </row>
-    <row r="8" spans="2:182" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="2:183" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B8" s="5" t="s">
         <v>19</v>
       </c>
       <c r="C8" s="26"/>
       <c r="D8" s="26"/>
       <c r="E8" s="26"/>
       <c r="F8" s="26"/>
       <c r="G8" s="26"/>
       <c r="H8" s="26"/>
       <c r="I8" s="26"/>
       <c r="J8" s="26"/>
       <c r="K8" s="26"/>
       <c r="L8" s="26"/>
       <c r="M8" s="26"/>
       <c r="N8" s="26"/>
       <c r="O8" s="26"/>
       <c r="P8" s="26"/>
       <c r="Q8" s="26"/>
       <c r="R8" s="26"/>
       <c r="S8" s="26"/>
       <c r="T8" s="26"/>
       <c r="U8" s="26"/>
       <c r="V8" s="26"/>
       <c r="W8" s="26"/>
       <c r="X8" s="26"/>
@@ -2077,52 +2082,53 @@
       <c r="FB8" s="26"/>
       <c r="FC8" s="26"/>
       <c r="FD8" s="26"/>
       <c r="FE8" s="26"/>
       <c r="FF8" s="26"/>
       <c r="FG8" s="26"/>
       <c r="FH8" s="26"/>
       <c r="FI8" s="26"/>
       <c r="FJ8" s="26"/>
       <c r="FK8" s="26"/>
       <c r="FL8" s="26"/>
       <c r="FM8" s="26"/>
       <c r="FN8" s="26"/>
       <c r="FO8" s="26"/>
       <c r="FP8" s="26"/>
       <c r="FQ8" s="26"/>
       <c r="FR8" s="26"/>
       <c r="FS8" s="26"/>
       <c r="FT8" s="26"/>
       <c r="FU8" s="26"/>
       <c r="FV8" s="26"/>
       <c r="FW8" s="26"/>
       <c r="FX8" s="26"/>
       <c r="FY8" s="26"/>
       <c r="FZ8" s="26"/>
+      <c r="GA8" s="26"/>
     </row>
-    <row r="9" spans="2:182" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="2:183" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B9" s="21" t="s">
         <v>1</v>
       </c>
       <c r="C9" s="13">
         <v>5001.8357278200001</v>
       </c>
       <c r="D9" s="13">
         <v>5024.7862632699998</v>
       </c>
       <c r="E9" s="13">
         <v>5092.1146063699998</v>
       </c>
       <c r="F9" s="13">
         <v>5762.2316846599997</v>
       </c>
       <c r="G9" s="13">
         <v>5694.7229667700003</v>
       </c>
       <c r="H9" s="13">
         <v>5749.7783084800003</v>
       </c>
       <c r="I9" s="13">
         <v>5606.2659890799996</v>
       </c>
       <c r="J9" s="13">
@@ -2622,52 +2628,55 @@
       </c>
       <c r="FS9" s="13">
         <v>5268.24795507</v>
       </c>
       <c r="FT9" s="13">
         <v>5140.2445639500002</v>
       </c>
       <c r="FU9" s="13">
         <v>5031.7326216299998</v>
       </c>
       <c r="FV9" s="13">
         <v>5036.7422984900004</v>
       </c>
       <c r="FW9" s="13">
         <v>5040.0130561899996</v>
       </c>
       <c r="FX9" s="13">
         <v>5103.9560270100001</v>
       </c>
       <c r="FY9" s="13">
         <v>5148.1345066100002</v>
       </c>
       <c r="FZ9" s="13">
         <v>5196.7197730899998</v>
       </c>
+      <c r="GA9" s="13">
+        <v>5208.4380893999996</v>
+      </c>
     </row>
-    <row r="10" spans="2:182" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="2:183" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B10" s="20" t="s">
         <v>2</v>
       </c>
       <c r="C10" s="8">
         <v>4636.2383991899997</v>
       </c>
       <c r="D10" s="8">
         <v>4642.3932508799999</v>
       </c>
       <c r="E10" s="8">
         <v>4709.2845071499996</v>
       </c>
       <c r="F10" s="8">
         <v>5380.2392150200003</v>
       </c>
       <c r="G10" s="8">
         <v>5332.9058313100004</v>
       </c>
       <c r="H10" s="8">
         <v>5390.18433611</v>
       </c>
       <c r="I10" s="8">
         <v>5252.1367474299996</v>
       </c>
       <c r="J10" s="8">
@@ -3167,52 +3176,55 @@
       </c>
       <c r="FS10" s="8">
         <v>4459.6532494200001</v>
       </c>
       <c r="FT10" s="8">
         <v>4304.6798136300004</v>
       </c>
       <c r="FU10" s="8">
         <v>4183.9799726700003</v>
       </c>
       <c r="FV10" s="8">
         <v>4187.47242998</v>
       </c>
       <c r="FW10" s="8">
         <v>4189.7779993300001</v>
       </c>
       <c r="FX10" s="8">
         <v>4257.3892450499998</v>
       </c>
       <c r="FY10" s="8">
         <v>4279.9804610499996</v>
       </c>
       <c r="FZ10" s="8">
         <v>4316.8013508800004</v>
       </c>
+      <c r="GA10" s="8">
+        <v>4273.6853484000003</v>
+      </c>
     </row>
-    <row r="11" spans="2:182" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="2:183" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B11" s="20" t="s">
         <v>3</v>
       </c>
       <c r="C11" s="8">
         <v>365.46117172999999</v>
       </c>
       <c r="D11" s="8">
         <v>382.25023390000001</v>
       </c>
       <c r="E11" s="8">
         <v>382.66950499000001</v>
       </c>
       <c r="F11" s="8">
         <v>381.82690693000001</v>
       </c>
       <c r="G11" s="8">
         <v>361.65051469000002</v>
       </c>
       <c r="H11" s="8">
         <v>359.41841493999999</v>
       </c>
       <c r="I11" s="8">
         <v>353.92116967999999</v>
       </c>
       <c r="J11" s="8">
@@ -3712,52 +3724,55 @@
       </c>
       <c r="FS11" s="8">
         <v>806.66671009000004</v>
       </c>
       <c r="FT11" s="8">
         <v>833.00642446999996</v>
       </c>
       <c r="FU11" s="8">
         <v>845.05710542999998</v>
       </c>
       <c r="FV11" s="8">
         <v>846.34930639000004</v>
       </c>
       <c r="FW11" s="8">
         <v>846.10701370000004</v>
       </c>
       <c r="FX11" s="8">
         <v>842.55359067999996</v>
       </c>
       <c r="FY11" s="8">
         <v>864.18302682000001</v>
       </c>
       <c r="FZ11" s="8">
         <v>876.13716939000005</v>
       </c>
+      <c r="GA11" s="8">
+        <v>931.55715537000003</v>
+      </c>
     </row>
-    <row r="12" spans="2:182" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="2:183" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B12" s="20" t="s">
         <v>4</v>
       </c>
       <c r="C12" s="8">
         <v>0.1361569</v>
       </c>
       <c r="D12" s="8">
         <v>0.14277849000000001</v>
       </c>
       <c r="E12" s="8">
         <v>0.16059423</v>
       </c>
       <c r="F12" s="8">
         <v>0.16556271</v>
       </c>
       <c r="G12" s="8">
         <v>0.16662077</v>
       </c>
       <c r="H12" s="8">
         <v>0.17555742999999999</v>
       </c>
       <c r="I12" s="8">
         <v>0.20807196999999999</v>
       </c>
       <c r="J12" s="8">
@@ -4257,52 +4272,55 @@
       </c>
       <c r="FS12" s="8">
         <v>1.9279955600000001</v>
       </c>
       <c r="FT12" s="8">
         <v>2.5583258500000001</v>
       </c>
       <c r="FU12" s="8">
         <v>2.6955435300000001</v>
       </c>
       <c r="FV12" s="8">
         <v>2.92056212</v>
       </c>
       <c r="FW12" s="8">
         <v>4.1280431599999998</v>
       </c>
       <c r="FX12" s="8">
         <v>4.01319128</v>
       </c>
       <c r="FY12" s="8">
         <v>3.9710187399999999</v>
       </c>
       <c r="FZ12" s="8">
         <v>3.7812528200000002</v>
       </c>
+      <c r="GA12" s="8">
+        <v>3.1955856300000001</v>
+      </c>
     </row>
-    <row r="13" spans="2:182" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="13" spans="2:183" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B13" s="20" t="s">
         <v>5</v>
       </c>
       <c r="C13" s="8">
         <v>12837.86029961</v>
       </c>
       <c r="D13" s="8">
         <v>12916.1454816</v>
       </c>
       <c r="E13" s="8">
         <v>13031.4981121</v>
       </c>
       <c r="F13" s="8">
         <v>13150.82542786</v>
       </c>
       <c r="G13" s="8">
         <v>13296.441236709999</v>
       </c>
       <c r="H13" s="8">
         <v>13481.30740147</v>
       </c>
       <c r="I13" s="8">
         <v>13417.385188869999</v>
       </c>
       <c r="J13" s="8">
@@ -4802,52 +4820,55 @@
       </c>
       <c r="FS13" s="8">
         <v>16515.8314508</v>
       </c>
       <c r="FT13" s="8">
         <v>16619.74399965</v>
       </c>
       <c r="FU13" s="8">
         <v>16812.716100940001</v>
       </c>
       <c r="FV13" s="8">
         <v>16910.02119023</v>
       </c>
       <c r="FW13" s="8">
         <v>16738.369911689999</v>
       </c>
       <c r="FX13" s="8">
         <v>16887.060208759998</v>
       </c>
       <c r="FY13" s="8">
         <v>17116.610791489999</v>
       </c>
       <c r="FZ13" s="8">
         <v>17331.950993750001</v>
       </c>
+      <c r="GA13" s="8">
+        <v>17424.543738849999</v>
+      </c>
     </row>
-    <row r="14" spans="2:182" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="14" spans="2:183" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B14" s="20" t="s">
         <v>6</v>
       </c>
       <c r="C14" s="8">
         <v>13268.812214199999</v>
       </c>
       <c r="D14" s="8">
         <v>13257.94134334</v>
       </c>
       <c r="E14" s="8">
         <v>13284.43671263</v>
       </c>
       <c r="F14" s="8">
         <v>13325.155518310001</v>
       </c>
       <c r="G14" s="8">
         <v>13323.35656744</v>
       </c>
       <c r="H14" s="8">
         <v>13472.773568189999</v>
       </c>
       <c r="I14" s="8">
         <v>13443.761364579999</v>
       </c>
       <c r="J14" s="8">
@@ -5347,52 +5368,55 @@
       </c>
       <c r="FS14" s="8">
         <v>25282.598413690001</v>
       </c>
       <c r="FT14" s="8">
         <v>25616.183177430001</v>
       </c>
       <c r="FU14" s="8">
         <v>26049.370092929999</v>
       </c>
       <c r="FV14" s="8">
         <v>26376.581632459998</v>
       </c>
       <c r="FW14" s="8">
         <v>26491.0395322</v>
       </c>
       <c r="FX14" s="8">
         <v>26721.673020120001</v>
       </c>
       <c r="FY14" s="8">
         <v>27010.200192709999</v>
       </c>
       <c r="FZ14" s="8">
         <v>27206.908297729999</v>
       </c>
+      <c r="GA14" s="8">
+        <v>27380.546972389999</v>
+      </c>
     </row>
-    <row r="15" spans="2:182" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="2:183" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B15" s="20" t="s">
         <v>7</v>
       </c>
       <c r="C15" s="8">
         <v>2.1172891300000001</v>
       </c>
       <c r="D15" s="8">
         <v>9.0737006299999994</v>
       </c>
       <c r="E15" s="8">
         <v>3.8382098299999998</v>
       </c>
       <c r="F15" s="8">
         <v>3.9028599900000001</v>
       </c>
       <c r="G15" s="8">
         <v>6.6400568700000004</v>
       </c>
       <c r="H15" s="8">
         <v>9.2715424100000003</v>
       </c>
       <c r="I15" s="8">
         <v>0.94221933000000002</v>
       </c>
       <c r="J15" s="8">
@@ -5892,52 +5916,55 @@
       </c>
       <c r="FS15" s="8">
         <v>9.8130035899999992</v>
       </c>
       <c r="FT15" s="8">
         <v>10.28797011</v>
       </c>
       <c r="FU15" s="8">
         <v>10.36072624</v>
       </c>
       <c r="FV15" s="8">
         <v>11.3271929</v>
       </c>
       <c r="FW15" s="8">
         <v>11.352457879999999</v>
       </c>
       <c r="FX15" s="8">
         <v>10.410393559999999</v>
       </c>
       <c r="FY15" s="8">
         <v>11.21627168</v>
       </c>
       <c r="FZ15" s="8">
         <v>10.97208026</v>
       </c>
+      <c r="GA15" s="8">
+        <v>11.302445799999999</v>
+      </c>
     </row>
-    <row r="16" spans="2:182" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="2:183" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B16" s="20" t="s">
         <v>8</v>
       </c>
       <c r="C16" s="8">
         <v>263.58798361999999</v>
       </c>
       <c r="D16" s="8">
         <v>245.31964980000001</v>
       </c>
       <c r="E16" s="8">
         <v>235.94974339000001</v>
       </c>
       <c r="F16" s="8">
         <v>234.42757835</v>
       </c>
       <c r="G16" s="8">
         <v>241.94371899000001</v>
       </c>
       <c r="H16" s="8">
         <v>242.58823519000001</v>
       </c>
       <c r="I16" s="8">
         <v>253.79601653</v>
       </c>
       <c r="J16" s="8">
@@ -6437,52 +6464,55 @@
       </c>
       <c r="FS16" s="8">
         <v>419.75905614999999</v>
       </c>
       <c r="FT16" s="8">
         <v>460.13456647999999</v>
       </c>
       <c r="FU16" s="8">
         <v>455.59549535999997</v>
       </c>
       <c r="FV16" s="8">
         <v>450.02738017000001</v>
       </c>
       <c r="FW16" s="8">
         <v>454.49792911999998</v>
       </c>
       <c r="FX16" s="8">
         <v>439.44934762999998</v>
       </c>
       <c r="FY16" s="8">
         <v>466.69093986000001</v>
       </c>
       <c r="FZ16" s="8">
         <v>465.38995004999998</v>
       </c>
+      <c r="GA16" s="8">
+        <v>511.92317917000003</v>
+      </c>
     </row>
-    <row r="17" spans="2:182" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="17" spans="2:183" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B17" s="20" t="s">
         <v>9</v>
       </c>
       <c r="C17" s="8">
         <v>81.076648079999998</v>
       </c>
       <c r="D17" s="8">
         <v>75.724152660000001</v>
       </c>
       <c r="E17" s="8">
         <v>86.690075059999998</v>
       </c>
       <c r="F17" s="8">
         <v>106.12058321000001</v>
       </c>
       <c r="G17" s="8">
         <v>97.775313220000001</v>
       </c>
       <c r="H17" s="8">
         <v>96.026754060000002</v>
       </c>
       <c r="I17" s="8">
         <v>101.07694941</v>
       </c>
       <c r="J17" s="8">
@@ -6982,52 +7012,55 @@
       </c>
       <c r="FS17" s="8">
         <v>22.489356310000002</v>
       </c>
       <c r="FT17" s="8">
         <v>24.921343239999999</v>
       </c>
       <c r="FU17" s="8">
         <v>26.947828909999998</v>
       </c>
       <c r="FV17" s="8">
         <v>32.697473199999997</v>
       </c>
       <c r="FW17" s="8">
         <v>33.41926694</v>
       </c>
       <c r="FX17" s="8">
         <v>33.953486869999999</v>
       </c>
       <c r="FY17" s="8">
         <v>34.471732799999998</v>
       </c>
       <c r="FZ17" s="8">
         <v>34.499930040000002</v>
       </c>
+      <c r="GA17" s="8">
+        <v>36.066151820000002</v>
+      </c>
     </row>
-    <row r="18" spans="2:182" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="18" spans="2:183" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B18" s="20" t="s">
         <v>10</v>
       </c>
       <c r="C18" s="8">
         <v>64.688219619999998</v>
       </c>
       <c r="D18" s="8">
         <v>55.31261361</v>
       </c>
       <c r="E18" s="8">
         <v>51.150371440000001</v>
       </c>
       <c r="F18" s="8">
         <v>29.213181559999999</v>
       </c>
       <c r="G18" s="8">
         <v>21.053350500000001</v>
       </c>
       <c r="H18" s="8">
         <v>5.6616480100000004</v>
       </c>
       <c r="I18" s="8">
         <v>4.4696502100000002</v>
       </c>
       <c r="J18" s="8">
@@ -7527,52 +7560,55 @@
       </c>
       <c r="FS18" s="8">
         <v>11.122076359999999</v>
       </c>
       <c r="FT18" s="8">
         <v>5.8382922900000001</v>
       </c>
       <c r="FU18" s="8">
         <v>4.8568968899999998</v>
       </c>
       <c r="FV18" s="8">
         <v>2.5350516299999999</v>
       </c>
       <c r="FW18" s="8">
         <v>2.1635963999999999</v>
       </c>
       <c r="FX18" s="8">
         <v>2.2284622299999999</v>
       </c>
       <c r="FY18" s="8">
         <v>1.30261619</v>
       </c>
       <c r="FZ18" s="8">
         <v>0.90410648000000005</v>
       </c>
+      <c r="GA18" s="8">
+        <v>1.45906399</v>
+      </c>
     </row>
-    <row r="19" spans="2:182" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="2:183" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B19" s="22" t="s">
         <v>16</v>
       </c>
       <c r="C19" s="10">
         <v>31519.97838208</v>
       </c>
       <c r="D19" s="10">
         <v>31584.30320491</v>
       </c>
       <c r="E19" s="10">
         <v>31785.677830820001</v>
       </c>
       <c r="F19" s="10">
         <v>32611.876833940001</v>
       </c>
       <c r="G19" s="10">
         <v>32681.933210499999</v>
       </c>
       <c r="H19" s="10">
         <v>33057.407457809997</v>
       </c>
       <c r="I19" s="10">
         <v>32827.697378010002</v>
       </c>
       <c r="J19" s="10">
@@ -8072,52 +8108,55 @@
       </c>
       <c r="FS19" s="10">
         <v>47529.861311970002</v>
       </c>
       <c r="FT19" s="10">
         <v>47877.35391315</v>
       </c>
       <c r="FU19" s="10">
         <v>48391.579762900001</v>
       </c>
       <c r="FV19" s="10">
         <v>48819.932219080001</v>
       </c>
       <c r="FW19" s="10">
         <v>48770.85575042</v>
       </c>
       <c r="FX19" s="10">
         <v>49198.730946180003</v>
       </c>
       <c r="FY19" s="10">
         <v>49788.627051340001</v>
       </c>
       <c r="FZ19" s="10">
         <v>50247.345131399998</v>
       </c>
+      <c r="GA19" s="10">
+        <v>50574.279641419998</v>
+      </c>
     </row>
-    <row r="20" spans="2:182" s="4" customFormat="1" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="20" spans="2:183" s="4" customFormat="1" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="1" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="25"/>
       <c r="D20" s="25"/>
       <c r="E20" s="25"/>
       <c r="F20" s="25"/>
       <c r="G20" s="25"/>
       <c r="H20" s="25"/>
       <c r="I20" s="25"/>
       <c r="J20" s="25"/>
       <c r="K20" s="25"/>
       <c r="L20" s="25"/>
       <c r="M20" s="25"/>
       <c r="N20" s="25"/>
       <c r="O20" s="25"/>
       <c r="P20" s="25"/>
       <c r="Q20" s="25"/>
       <c r="R20" s="25"/>
       <c r="S20" s="25"/>
       <c r="T20" s="25"/>
       <c r="U20" s="25"/>
       <c r="V20" s="25"/>
       <c r="W20" s="25"/>
       <c r="X20" s="25"/>
@@ -8257,52 +8296,53 @@
       <c r="FB20" s="25"/>
       <c r="FC20" s="25"/>
       <c r="FD20" s="25"/>
       <c r="FE20" s="25"/>
       <c r="FF20" s="25"/>
       <c r="FG20" s="25"/>
       <c r="FH20" s="25"/>
       <c r="FI20" s="25"/>
       <c r="FJ20" s="25"/>
       <c r="FK20" s="25"/>
       <c r="FL20" s="25"/>
       <c r="FM20" s="25"/>
       <c r="FN20" s="25"/>
       <c r="FO20" s="25"/>
       <c r="FP20" s="25"/>
       <c r="FQ20" s="25"/>
       <c r="FR20" s="25"/>
       <c r="FS20" s="25"/>
       <c r="FT20" s="25"/>
       <c r="FU20" s="25"/>
       <c r="FV20" s="25"/>
       <c r="FW20" s="25"/>
       <c r="FX20" s="25"/>
       <c r="FY20" s="25"/>
       <c r="FZ20" s="25"/>
+      <c r="GA20" s="25"/>
     </row>
-    <row r="21" spans="2:182" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="21" spans="2:183" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B21" s="21" t="s">
         <v>1</v>
       </c>
       <c r="C21" s="8">
         <v>54.420353400000003</v>
       </c>
       <c r="D21" s="8">
         <v>51.953971709999998</v>
       </c>
       <c r="E21" s="8">
         <v>52.351528389999999</v>
       </c>
       <c r="F21" s="8">
         <v>50.854249520000003</v>
       </c>
       <c r="G21" s="8">
         <v>50.067010029999999</v>
       </c>
       <c r="H21" s="8">
         <v>53.127241099999999</v>
       </c>
       <c r="I21" s="8">
         <v>52.652829019999999</v>
       </c>
       <c r="J21" s="8">
@@ -8802,52 +8842,55 @@
       </c>
       <c r="FS21" s="8">
         <v>0.48999842999999998</v>
       </c>
       <c r="FT21" s="8">
         <v>0.42941276</v>
       </c>
       <c r="FU21" s="8">
         <v>0.34359920999999999</v>
       </c>
       <c r="FV21" s="8">
         <v>0.28173745</v>
       </c>
       <c r="FW21" s="8">
         <v>0.21608204</v>
       </c>
       <c r="FX21" s="8">
         <v>0.19461796000000001</v>
       </c>
       <c r="FY21" s="8">
         <v>0.19621473</v>
       </c>
       <c r="FZ21" s="8">
         <v>0.19543815</v>
       </c>
+      <c r="GA21" s="8">
+        <v>0.17483019999999999</v>
+      </c>
     </row>
-    <row r="22" spans="2:182" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="22" spans="2:183" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B22" s="20" t="s">
         <v>2</v>
       </c>
       <c r="C22" s="8">
         <v>4.9500529899999997</v>
       </c>
       <c r="D22" s="8">
         <v>4.79471852</v>
       </c>
       <c r="E22" s="8">
         <v>4.78022203</v>
       </c>
       <c r="F22" s="8">
         <v>4.6622383200000002</v>
       </c>
       <c r="G22" s="8">
         <v>4.08754756</v>
       </c>
       <c r="H22" s="8">
         <v>4.2988535600000004</v>
       </c>
       <c r="I22" s="8">
         <v>4.2358616099999997</v>
       </c>
       <c r="J22" s="8">
@@ -9347,52 +9390,55 @@
       </c>
       <c r="FS22" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FT22" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FU22" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FV22" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FW22" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FX22" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FY22" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FZ22" s="8" t="s">
         <v>0</v>
       </c>
+      <c r="GA22" s="8" t="s">
+        <v>0</v>
+      </c>
     </row>
-    <row r="23" spans="2:182" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="23" spans="2:183" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B23" s="20" t="s">
         <v>3</v>
       </c>
       <c r="C23" s="8">
         <v>49.47030041</v>
       </c>
       <c r="D23" s="8">
         <v>47.159253190000001</v>
       </c>
       <c r="E23" s="8">
         <v>47.571306360000001</v>
       </c>
       <c r="F23" s="8">
         <v>46.192011200000003</v>
       </c>
       <c r="G23" s="8">
         <v>45.979462470000001</v>
       </c>
       <c r="H23" s="8">
         <v>48.828387540000001</v>
       </c>
       <c r="I23" s="8">
         <v>48.416967409999998</v>
       </c>
       <c r="J23" s="8">
@@ -9892,52 +9938,55 @@
       </c>
       <c r="FS23" s="8">
         <v>0.48999842999999998</v>
       </c>
       <c r="FT23" s="8">
         <v>0.42941276</v>
       </c>
       <c r="FU23" s="8">
         <v>0.34359920999999999</v>
       </c>
       <c r="FV23" s="8">
         <v>0.28173745</v>
       </c>
       <c r="FW23" s="8">
         <v>0.21608204</v>
       </c>
       <c r="FX23" s="8">
         <v>0.19461796000000001</v>
       </c>
       <c r="FY23" s="8">
         <v>0.19621473</v>
       </c>
       <c r="FZ23" s="8">
         <v>0.19543815</v>
       </c>
+      <c r="GA23" s="8">
+        <v>0.17483019999999999</v>
+      </c>
     </row>
-    <row r="24" spans="2:182" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="24" spans="2:183" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B24" s="20" t="s">
         <v>4</v>
       </c>
       <c r="C24" s="8" t="s">
         <v>0</v>
       </c>
       <c r="D24" s="8" t="s">
         <v>0</v>
       </c>
       <c r="E24" s="8" t="s">
         <v>0</v>
       </c>
       <c r="F24" s="8" t="s">
         <v>0</v>
       </c>
       <c r="G24" s="8" t="s">
         <v>0</v>
       </c>
       <c r="H24" s="8" t="s">
         <v>0</v>
       </c>
       <c r="I24" s="8" t="s">
         <v>0</v>
       </c>
       <c r="J24" s="8" t="s">
@@ -10437,52 +10486,55 @@
       </c>
       <c r="FS24" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FT24" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FU24" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FV24" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FW24" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FX24" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FY24" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FZ24" s="8" t="s">
         <v>0</v>
       </c>
+      <c r="GA24" s="8" t="s">
+        <v>0</v>
+      </c>
     </row>
-    <row r="25" spans="2:182" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="25" spans="2:183" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B25" s="20" t="s">
         <v>5</v>
       </c>
       <c r="C25" s="8">
         <v>871.19611597000005</v>
       </c>
       <c r="D25" s="8">
         <v>844.6139005</v>
       </c>
       <c r="E25" s="8">
         <v>848.67649381000001</v>
       </c>
       <c r="F25" s="8">
         <v>777.23497851000002</v>
       </c>
       <c r="G25" s="8">
         <v>748.68100902000003</v>
       </c>
       <c r="H25" s="8">
         <v>752.96226867999997</v>
       </c>
       <c r="I25" s="8">
         <v>747.15592216000005</v>
       </c>
       <c r="J25" s="8">
@@ -10982,52 +11034,55 @@
       </c>
       <c r="FS25" s="8">
         <v>36.14726177</v>
       </c>
       <c r="FT25" s="8">
         <v>36.376548679999999</v>
       </c>
       <c r="FU25" s="8">
         <v>34.001830949999999</v>
       </c>
       <c r="FV25" s="8">
         <v>34.398322960000002</v>
       </c>
       <c r="FW25" s="8">
         <v>33.849783279999997</v>
       </c>
       <c r="FX25" s="8">
         <v>32.778156389999999</v>
       </c>
       <c r="FY25" s="8">
         <v>33.583365090000001</v>
       </c>
       <c r="FZ25" s="8">
         <v>33.1362752</v>
       </c>
+      <c r="GA25" s="8">
+        <v>31.682544329999999</v>
+      </c>
     </row>
-    <row r="26" spans="2:182" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="26" spans="2:183" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B26" s="20" t="s">
         <v>6</v>
       </c>
       <c r="C26" s="8">
         <v>4100.0909242400003</v>
       </c>
       <c r="D26" s="8">
         <v>3905.4652412199998</v>
       </c>
       <c r="E26" s="8">
         <v>3916.3408027199998</v>
       </c>
       <c r="F26" s="8">
         <v>3811.5356322399998</v>
       </c>
       <c r="G26" s="8">
         <v>3778.7763279800001</v>
       </c>
       <c r="H26" s="8">
         <v>4010.0643125400002</v>
       </c>
       <c r="I26" s="8">
         <v>3993.0950345699998</v>
       </c>
       <c r="J26" s="8">
@@ -11527,52 +11582,55 @@
       </c>
       <c r="FS26" s="8">
         <v>48.998250349999999</v>
       </c>
       <c r="FT26" s="8">
         <v>47.965599249999997</v>
       </c>
       <c r="FU26" s="8">
         <v>47.528995860000002</v>
       </c>
       <c r="FV26" s="8">
         <v>46.656970880000003</v>
       </c>
       <c r="FW26" s="8">
         <v>46.433586769999998</v>
       </c>
       <c r="FX26" s="8">
         <v>45.870381109999997</v>
       </c>
       <c r="FY26" s="8">
         <v>45.20733852</v>
       </c>
       <c r="FZ26" s="8">
         <v>45.07830903</v>
       </c>
+      <c r="GA26" s="8">
+        <v>44.664030830000002</v>
+      </c>
     </row>
-    <row r="27" spans="2:182" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="27" spans="2:183" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B27" s="20" t="s">
         <v>7</v>
       </c>
       <c r="C27" s="8" t="s">
         <v>0</v>
       </c>
       <c r="D27" s="8">
         <v>1.0021456200000001</v>
       </c>
       <c r="E27" s="8" t="s">
         <v>0</v>
       </c>
       <c r="F27" s="8">
         <v>2.2272866499999999</v>
       </c>
       <c r="G27" s="8">
         <v>0.72229989999999999</v>
       </c>
       <c r="H27" s="8">
         <v>0.75965844000000005</v>
       </c>
       <c r="I27" s="8">
         <v>1.22489468</v>
       </c>
       <c r="J27" s="8">
@@ -12072,52 +12130,55 @@
       </c>
       <c r="FS27" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FT27" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FU27" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FV27" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FW27" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FX27" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FY27" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FZ27" s="8" t="s">
         <v>0</v>
       </c>
+      <c r="GA27" s="8" t="s">
+        <v>0</v>
+      </c>
     </row>
-    <row r="28" spans="2:182" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="28" spans="2:183" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B28" s="20" t="s">
         <v>8</v>
       </c>
       <c r="C28" s="8">
         <v>9.3731723900000006</v>
       </c>
       <c r="D28" s="8">
         <v>9.0139015199999992</v>
       </c>
       <c r="E28" s="8">
         <v>17.25882185</v>
       </c>
       <c r="F28" s="8">
         <v>16.676428489999999</v>
       </c>
       <c r="G28" s="8">
         <v>15.95437143</v>
       </c>
       <c r="H28" s="8">
         <v>16.729983270000002</v>
       </c>
       <c r="I28" s="8">
         <v>16.389222650000001</v>
       </c>
       <c r="J28" s="8">
@@ -12617,52 +12678,55 @@
       </c>
       <c r="FS28" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FT28" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FU28" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FV28" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FW28" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FX28" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FY28" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FZ28" s="8" t="s">
         <v>0</v>
       </c>
+      <c r="GA28" s="8" t="s">
+        <v>0</v>
+      </c>
     </row>
-    <row r="29" spans="2:182" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="29" spans="2:183" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B29" s="20" t="s">
         <v>9</v>
       </c>
       <c r="C29" s="8">
         <v>1.56099411</v>
       </c>
       <c r="D29" s="8">
         <v>1.51148255</v>
       </c>
       <c r="E29" s="8">
         <v>1.50617683</v>
       </c>
       <c r="F29" s="8">
         <v>1.4686672300000001</v>
       </c>
       <c r="G29" s="8">
         <v>1.3849356900000001</v>
       </c>
       <c r="H29" s="8">
         <v>1.45808099</v>
       </c>
       <c r="I29" s="8">
         <v>1.4383865</v>
       </c>
       <c r="J29" s="8">
@@ -13162,52 +13226,55 @@
       </c>
       <c r="FS29" s="8">
         <v>2.7136147899999998</v>
       </c>
       <c r="FT29" s="8">
         <v>2.7265142899999999</v>
       </c>
       <c r="FU29" s="8">
         <v>2.6414854399999999</v>
       </c>
       <c r="FV29" s="8">
         <v>2.6820461199999999</v>
       </c>
       <c r="FW29" s="8">
         <v>2.6567143500000001</v>
       </c>
       <c r="FX29" s="8">
         <v>2.6419837799999999</v>
       </c>
       <c r="FY29" s="8">
         <v>2.6815563400000002</v>
       </c>
       <c r="FZ29" s="8">
         <v>2.6778467699999999</v>
       </c>
+      <c r="GA29" s="8">
+        <v>2.6343434399999999</v>
+      </c>
     </row>
-    <row r="30" spans="2:182" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="30" spans="2:183" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B30" s="20" t="s">
         <v>10</v>
       </c>
       <c r="C30" s="8" t="s">
         <v>0</v>
       </c>
       <c r="D30" s="8" t="s">
         <v>0</v>
       </c>
       <c r="E30" s="8" t="s">
         <v>0</v>
       </c>
       <c r="F30" s="8" t="s">
         <v>0</v>
       </c>
       <c r="G30" s="8" t="s">
         <v>0</v>
       </c>
       <c r="H30" s="8" t="s">
         <v>0</v>
       </c>
       <c r="I30" s="8" t="s">
         <v>0</v>
       </c>
       <c r="J30" s="8" t="s">
@@ -13707,52 +13774,55 @@
       </c>
       <c r="FS30" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FT30" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FU30" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FV30" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FW30" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FX30" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FY30" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FZ30" s="8" t="s">
         <v>0</v>
       </c>
+      <c r="GA30" s="8" t="s">
+        <v>0</v>
+      </c>
     </row>
-    <row r="31" spans="2:182" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="31" spans="2:183" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B31" s="23" t="s">
         <v>17</v>
       </c>
       <c r="C31" s="10">
         <v>5036.6415601099998</v>
       </c>
       <c r="D31" s="10">
         <v>4813.5606431200003</v>
       </c>
       <c r="E31" s="10">
         <v>4836.1338236000001</v>
       </c>
       <c r="F31" s="10">
         <v>4659.99724264</v>
       </c>
       <c r="G31" s="10">
         <v>4595.5859540499996</v>
       </c>
       <c r="H31" s="10">
         <v>4835.1015450200002</v>
       </c>
       <c r="I31" s="10">
         <v>4811.95628958</v>
       </c>
       <c r="J31" s="10">
@@ -14252,52 +14322,55 @@
       </c>
       <c r="FS31" s="10">
         <v>88.349125340000001</v>
       </c>
       <c r="FT31" s="10">
         <v>87.498074979999998</v>
       </c>
       <c r="FU31" s="10">
         <v>84.515911459999998</v>
       </c>
       <c r="FV31" s="10">
         <v>84.019077409999994</v>
       </c>
       <c r="FW31" s="10">
         <v>83.156166440000007</v>
       </c>
       <c r="FX31" s="10">
         <v>81.485139239999995</v>
       </c>
       <c r="FY31" s="10">
         <v>81.668474680000003</v>
       </c>
       <c r="FZ31" s="10">
         <v>81.087869150000003</v>
       </c>
+      <c r="GA31" s="10">
+        <v>79.155748799999998</v>
+      </c>
     </row>
-    <row r="32" spans="2:182" s="9" customFormat="1" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="32" spans="2:183" s="9" customFormat="1" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B32" s="24" t="s">
         <v>18</v>
       </c>
       <c r="C32" s="11">
         <v>36556.619942190002</v>
       </c>
       <c r="D32" s="11">
         <v>36397.86384803</v>
       </c>
       <c r="E32" s="11">
         <v>36621.811654420002</v>
       </c>
       <c r="F32" s="11">
         <v>37271.874076580003</v>
       </c>
       <c r="G32" s="11">
         <v>37277.519164550002</v>
       </c>
       <c r="H32" s="11">
         <v>37892.509002829996</v>
       </c>
       <c r="I32" s="11">
         <v>37639.653667589999</v>
       </c>
       <c r="J32" s="11">
@@ -14797,52 +14870,55 @@
       </c>
       <c r="FS32" s="11">
         <v>47618.210437310001</v>
       </c>
       <c r="FT32" s="11">
         <v>47964.851988130002</v>
       </c>
       <c r="FU32" s="11">
         <v>48476.095674360004</v>
       </c>
       <c r="FV32" s="11">
         <v>48903.951296489999</v>
       </c>
       <c r="FW32" s="11">
         <v>48854.011916859999</v>
       </c>
       <c r="FX32" s="11">
         <v>49280.216085419997</v>
       </c>
       <c r="FY32" s="11">
         <v>49870.295526020003</v>
       </c>
       <c r="FZ32" s="11">
         <v>50328.433000550001</v>
       </c>
+      <c r="GA32" s="11">
+        <v>50653.435390220002</v>
+      </c>
     </row>
-    <row r="33" spans="2:182" s="4" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="33" spans="2:183" s="4" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B33" s="19" t="s">
         <v>15</v>
       </c>
       <c r="C33" s="18"/>
       <c r="D33" s="18"/>
       <c r="E33" s="18"/>
       <c r="F33" s="18"/>
       <c r="G33" s="18"/>
       <c r="H33" s="18"/>
       <c r="I33" s="18"/>
       <c r="J33" s="18"/>
       <c r="K33" s="18"/>
       <c r="L33" s="18"/>
       <c r="M33" s="18"/>
       <c r="N33" s="35"/>
       <c r="O33" s="35"/>
       <c r="P33" s="18"/>
       <c r="Q33" s="18"/>
       <c r="R33" s="18"/>
       <c r="S33" s="18"/>
       <c r="T33" s="18"/>
       <c r="U33" s="18"/>
       <c r="V33" s="18"/>
       <c r="W33" s="18"/>
       <c r="X33" s="18"/>
@@ -14982,52 +15058,53 @@
       <c r="FB33" s="18"/>
       <c r="FC33" s="18"/>
       <c r="FD33" s="18"/>
       <c r="FE33" s="18"/>
       <c r="FF33" s="18"/>
       <c r="FG33" s="18"/>
       <c r="FH33" s="18"/>
       <c r="FI33" s="18"/>
       <c r="FJ33" s="18"/>
       <c r="FK33" s="18"/>
       <c r="FL33" s="18"/>
       <c r="FM33" s="18"/>
       <c r="FN33" s="18"/>
       <c r="FO33" s="18"/>
       <c r="FP33" s="18"/>
       <c r="FQ33" s="18"/>
       <c r="FR33" s="18"/>
       <c r="FS33" s="18"/>
       <c r="FT33" s="18"/>
       <c r="FU33" s="18"/>
       <c r="FV33" s="18"/>
       <c r="FW33" s="18"/>
       <c r="FX33" s="18"/>
       <c r="FY33" s="18"/>
       <c r="FZ33" s="18"/>
+      <c r="GA33" s="18"/>
     </row>
-    <row r="34" spans="2:182" s="4" customFormat="1" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="34" spans="2:183" s="4" customFormat="1" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B34" s="5" t="s">
         <v>19</v>
       </c>
       <c r="C34" s="26"/>
       <c r="D34" s="26"/>
       <c r="E34" s="26"/>
       <c r="F34" s="26"/>
       <c r="G34" s="26"/>
       <c r="H34" s="26"/>
       <c r="I34" s="26"/>
       <c r="J34" s="26"/>
       <c r="K34" s="26"/>
       <c r="L34" s="26"/>
       <c r="M34" s="26"/>
       <c r="N34" s="26"/>
       <c r="O34" s="26"/>
       <c r="P34" s="26"/>
       <c r="Q34" s="26"/>
       <c r="R34" s="26"/>
       <c r="S34" s="26"/>
       <c r="T34" s="26"/>
       <c r="U34" s="26"/>
       <c r="V34" s="26"/>
       <c r="W34" s="26"/>
       <c r="X34" s="26"/>
@@ -15167,52 +15244,53 @@
       <c r="FB34" s="26"/>
       <c r="FC34" s="26"/>
       <c r="FD34" s="26"/>
       <c r="FE34" s="26"/>
       <c r="FF34" s="26"/>
       <c r="FG34" s="26"/>
       <c r="FH34" s="26"/>
       <c r="FI34" s="26"/>
       <c r="FJ34" s="26"/>
       <c r="FK34" s="26"/>
       <c r="FL34" s="26"/>
       <c r="FM34" s="26"/>
       <c r="FN34" s="26"/>
       <c r="FO34" s="26"/>
       <c r="FP34" s="26"/>
       <c r="FQ34" s="26"/>
       <c r="FR34" s="26"/>
       <c r="FS34" s="26"/>
       <c r="FT34" s="26"/>
       <c r="FU34" s="26"/>
       <c r="FV34" s="26"/>
       <c r="FW34" s="26"/>
       <c r="FX34" s="26"/>
       <c r="FY34" s="26"/>
       <c r="FZ34" s="26"/>
+      <c r="GA34" s="26"/>
     </row>
-    <row r="35" spans="2:182" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="35" spans="2:183" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B35" s="21" t="s">
         <v>1</v>
       </c>
       <c r="C35" s="13" t="s">
         <v>12</v>
       </c>
       <c r="D35" s="13">
         <v>22.95053545</v>
       </c>
       <c r="E35" s="13">
         <v>67.328343099999998</v>
       </c>
       <c r="F35" s="13">
         <v>670.11707828999999</v>
       </c>
       <c r="G35" s="13">
         <v>-67.50871789</v>
       </c>
       <c r="H35" s="13">
         <v>55.05534171</v>
       </c>
       <c r="I35" s="13">
         <v>-143.5123194</v>
       </c>
       <c r="J35" s="13">
@@ -15712,52 +15790,55 @@
       </c>
       <c r="FS35" s="13">
         <v>-105.13410947</v>
       </c>
       <c r="FT35" s="13">
         <v>-128.00339112</v>
       </c>
       <c r="FU35" s="13">
         <v>-108.51194223</v>
       </c>
       <c r="FV35" s="13">
         <v>5.0096776600000004</v>
       </c>
       <c r="FW35" s="13">
         <v>3.2707576999999999</v>
       </c>
       <c r="FX35" s="13">
         <v>63.94297083</v>
       </c>
       <c r="FY35" s="13">
         <v>44.178479600000003</v>
       </c>
       <c r="FZ35" s="13">
         <v>48.585266480000001</v>
       </c>
+      <c r="GA35" s="13">
+        <v>11.71831691</v>
+      </c>
     </row>
-    <row r="36" spans="2:182" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="36" spans="2:183" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B36" s="20" t="s">
         <v>2</v>
       </c>
       <c r="C36" s="8" t="s">
         <v>12</v>
       </c>
       <c r="D36" s="8">
         <v>6.1548516900000001</v>
       </c>
       <c r="E36" s="8">
         <v>66.89125627</v>
       </c>
       <c r="F36" s="8">
         <v>670.95470786999999</v>
       </c>
       <c r="G36" s="8">
         <v>-47.33338371</v>
       </c>
       <c r="H36" s="8">
         <v>57.2785048</v>
       </c>
       <c r="I36" s="8">
         <v>-138.04758867999999</v>
       </c>
       <c r="J36" s="8">
@@ -16257,52 +16338,55 @@
       </c>
       <c r="FS36" s="8">
         <v>-101.19192940000001</v>
       </c>
       <c r="FT36" s="8">
         <v>-154.97343579</v>
       </c>
       <c r="FU36" s="8">
         <v>-120.69984096</v>
       </c>
       <c r="FV36" s="8">
         <v>3.4924573099999998</v>
       </c>
       <c r="FW36" s="8">
         <v>2.3055693499999999</v>
       </c>
       <c r="FX36" s="8">
         <v>67.611245719999999</v>
       </c>
       <c r="FY36" s="8">
         <v>22.591215999999999</v>
       </c>
       <c r="FZ36" s="8">
         <v>36.820889829999999</v>
       </c>
+      <c r="GA36" s="8">
+        <v>-43.116002479999999</v>
+      </c>
     </row>
-    <row r="37" spans="2:182" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="37" spans="2:183" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B37" s="20" t="s">
         <v>3</v>
       </c>
       <c r="C37" s="8" t="s">
         <v>12</v>
       </c>
       <c r="D37" s="8">
         <v>16.789062170000001</v>
       </c>
       <c r="E37" s="8">
         <v>0.41927109000000001</v>
       </c>
       <c r="F37" s="8">
         <v>-0.84259806000000004</v>
       </c>
       <c r="G37" s="8">
         <v>-20.176392239999998</v>
       </c>
       <c r="H37" s="8">
         <v>-2.2320997500000002</v>
       </c>
       <c r="I37" s="8">
         <v>-5.4972452599999997</v>
       </c>
       <c r="J37" s="8">
@@ -16802,52 +16886,55 @@
       </c>
       <c r="FS37" s="8">
         <v>-4.1974259199999997</v>
       </c>
       <c r="FT37" s="8">
         <v>26.33971438</v>
       </c>
       <c r="FU37" s="8">
         <v>12.05068105</v>
       </c>
       <c r="FV37" s="8">
         <v>1.29220176</v>
       </c>
       <c r="FW37" s="8">
         <v>-0.24229269000000001</v>
       </c>
       <c r="FX37" s="8">
         <v>-3.5534230099999999</v>
       </c>
       <c r="FY37" s="8">
         <v>21.629436139999999</v>
       </c>
       <c r="FZ37" s="8">
         <v>11.95414257</v>
       </c>
+      <c r="GA37" s="8">
+        <v>55.41998658</v>
+      </c>
     </row>
-    <row r="38" spans="2:182" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="38" spans="2:183" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B38" s="20" t="s">
         <v>4</v>
       </c>
       <c r="C38" s="8" t="s">
         <v>12</v>
       </c>
       <c r="D38" s="8">
         <v>6.6215900000000001E-3</v>
       </c>
       <c r="E38" s="8">
         <v>1.781574E-2</v>
       </c>
       <c r="F38" s="8">
         <v>4.9684799999999999E-3</v>
       </c>
       <c r="G38" s="8">
         <v>1.05806E-3</v>
       </c>
       <c r="H38" s="8">
         <v>8.9366600000000008E-3</v>
       </c>
       <c r="I38" s="8">
         <v>3.2514540000000001E-2</v>
       </c>
       <c r="J38" s="8">
@@ -17347,52 +17434,55 @@
       </c>
       <c r="FS38" s="8">
         <v>0.25524585</v>
       </c>
       <c r="FT38" s="8">
         <v>0.63033028999999996</v>
       </c>
       <c r="FU38" s="8">
         <v>0.13721768000000001</v>
       </c>
       <c r="FV38" s="8">
         <v>0.22501858999999999</v>
       </c>
       <c r="FW38" s="8">
         <v>1.20748104</v>
       </c>
       <c r="FX38" s="8">
         <v>-0.11485188</v>
       </c>
       <c r="FY38" s="8">
         <v>-4.2172540000000001E-2</v>
       </c>
       <c r="FZ38" s="8">
         <v>-0.18976592</v>
       </c>
+      <c r="GA38" s="8">
+        <v>-0.58566719</v>
+      </c>
     </row>
-    <row r="39" spans="2:182" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="39" spans="2:183" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B39" s="20" t="s">
         <v>5</v>
       </c>
       <c r="C39" s="8" t="s">
         <v>12</v>
       </c>
       <c r="D39" s="8">
         <v>81.671215369999999</v>
       </c>
       <c r="E39" s="8">
         <v>115.36015412</v>
       </c>
       <c r="F39" s="8">
         <v>119.58193722999999</v>
       </c>
       <c r="G39" s="8">
         <v>145.61998295000001</v>
       </c>
       <c r="H39" s="8">
         <v>184.96162405000001</v>
       </c>
       <c r="I39" s="8">
         <v>-56.01806586</v>
       </c>
       <c r="J39" s="8">
@@ -17892,52 +17982,55 @@
       </c>
       <c r="FS39" s="8">
         <v>258.09943435999998</v>
       </c>
       <c r="FT39" s="8">
         <v>104.43819639</v>
       </c>
       <c r="FU39" s="8">
         <v>201.02276284000001</v>
       </c>
       <c r="FV39" s="8">
         <v>98.397487319999996</v>
       </c>
       <c r="FW39" s="8">
         <v>-171.39015628999999</v>
       </c>
       <c r="FX39" s="8">
         <v>150.23408018999999</v>
       </c>
       <c r="FY39" s="8">
         <v>230.06804208</v>
       </c>
       <c r="FZ39" s="8">
         <v>219.75708692000001</v>
       </c>
+      <c r="GA39" s="8">
+        <v>101.60711888</v>
+      </c>
     </row>
-    <row r="40" spans="2:182" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="40" spans="2:183" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B40" s="20" t="s">
         <v>6</v>
       </c>
       <c r="C40" s="8" t="s">
         <v>12</v>
       </c>
       <c r="D40" s="8">
         <v>-10.842471079999999</v>
       </c>
       <c r="E40" s="8">
         <v>26.55788763</v>
       </c>
       <c r="F40" s="8">
         <v>40.89175504</v>
       </c>
       <c r="G40" s="8">
         <v>-1.7324085300000001</v>
       </c>
       <c r="H40" s="8">
         <v>149.64384276999999</v>
       </c>
       <c r="I40" s="8">
         <v>-27.157880240000001</v>
       </c>
       <c r="J40" s="8">
@@ -18437,52 +18530,55 @@
       </c>
       <c r="FS40" s="8">
         <v>339.28321222</v>
       </c>
       <c r="FT40" s="8">
         <v>333.98337162000001</v>
       </c>
       <c r="FU40" s="8">
         <v>438.39515592999999</v>
       </c>
       <c r="FV40" s="8">
         <v>328.41445139000001</v>
       </c>
       <c r="FW40" s="8">
         <v>115.15661564</v>
       </c>
       <c r="FX40" s="8">
         <v>234.85902969</v>
       </c>
       <c r="FY40" s="8">
         <v>289.60066475000002</v>
       </c>
       <c r="FZ40" s="8">
         <v>200.83211428999999</v>
       </c>
+      <c r="GA40" s="8">
+        <v>188.19072055000001</v>
+      </c>
     </row>
-    <row r="41" spans="2:182" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="41" spans="2:183" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B41" s="20" t="s">
         <v>7</v>
       </c>
       <c r="C41" s="8" t="s">
         <v>12</v>
       </c>
       <c r="D41" s="8">
         <v>6.9564114999999997</v>
       </c>
       <c r="E41" s="8">
         <v>-5.2354908</v>
       </c>
       <c r="F41" s="8">
         <v>6.4650159999999998E-2</v>
       </c>
       <c r="G41" s="8">
         <v>2.7371968799999999</v>
       </c>
       <c r="H41" s="8">
         <v>2.6314855399999999</v>
       </c>
       <c r="I41" s="8">
         <v>-8.32932308</v>
       </c>
       <c r="J41" s="8">
@@ -18982,52 +19078,55 @@
       </c>
       <c r="FS41" s="8">
         <v>-1.7837188799999999</v>
       </c>
       <c r="FT41" s="8">
         <v>0.47496652</v>
       </c>
       <c r="FU41" s="8">
         <v>7.2756130000000002E-2</v>
       </c>
       <c r="FV41" s="8">
         <v>0.96646666000000003</v>
       </c>
       <c r="FW41" s="8">
         <v>2.5264979999999999E-2</v>
       </c>
       <c r="FX41" s="8">
         <v>-0.94206431999999996</v>
       </c>
       <c r="FY41" s="8">
         <v>0.80587812000000003</v>
       </c>
       <c r="FZ41" s="8">
         <v>-0.24419141999999999</v>
       </c>
+      <c r="GA41" s="8">
+        <v>0.33036554000000001</v>
+      </c>
     </row>
-    <row r="42" spans="2:182" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="42" spans="2:183" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B42" s="20" t="s">
         <v>8</v>
       </c>
       <c r="C42" s="8" t="s">
         <v>12</v>
       </c>
       <c r="D42" s="8">
         <v>-18.268333819999999</v>
       </c>
       <c r="E42" s="8">
         <v>-9.3699064100000005</v>
       </c>
       <c r="F42" s="8">
         <v>-1.52216504</v>
       </c>
       <c r="G42" s="8">
         <v>7.5161406399999997</v>
       </c>
       <c r="H42" s="8">
         <v>0.64451619999999998</v>
       </c>
       <c r="I42" s="8">
         <v>11.20778134</v>
       </c>
       <c r="J42" s="8">
@@ -19527,52 +19626,55 @@
       </c>
       <c r="FS42" s="8">
         <v>47.530587400000002</v>
       </c>
       <c r="FT42" s="8">
         <v>40.375510329999997</v>
       </c>
       <c r="FU42" s="8">
         <v>-4.53907112</v>
       </c>
       <c r="FV42" s="8">
         <v>-5.5681151900000003</v>
       </c>
       <c r="FW42" s="8">
         <v>4.4705489500000004</v>
       </c>
       <c r="FX42" s="8">
         <v>-15.04858149</v>
       </c>
       <c r="FY42" s="8">
         <v>27.241592229999998</v>
       </c>
       <c r="FZ42" s="8">
         <v>-1.3009898099999999</v>
       </c>
+      <c r="GA42" s="8">
+        <v>46.534697819999998</v>
+      </c>
     </row>
-    <row r="43" spans="2:182" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="43" spans="2:183" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B43" s="20" t="s">
         <v>9</v>
       </c>
       <c r="C43" s="8" t="s">
         <v>12</v>
       </c>
       <c r="D43" s="8">
         <v>-5.3524954200000003</v>
       </c>
       <c r="E43" s="8">
         <v>10.9659224</v>
       </c>
       <c r="F43" s="8">
         <v>19.430508150000001</v>
       </c>
       <c r="G43" s="8">
         <v>-8.3452699900000002</v>
       </c>
       <c r="H43" s="8">
         <v>-1.7485591599999999</v>
       </c>
       <c r="I43" s="8">
         <v>5.0501953500000001</v>
       </c>
       <c r="J43" s="8">
@@ -20072,52 +20174,55 @@
       </c>
       <c r="FS43" s="8">
         <v>1.1965844999999999</v>
       </c>
       <c r="FT43" s="8">
         <v>2.4319869299999999</v>
       </c>
       <c r="FU43" s="8">
         <v>2.02648567</v>
       </c>
       <c r="FV43" s="8">
         <v>5.74964429</v>
       </c>
       <c r="FW43" s="8">
         <v>0.72179373999999996</v>
       </c>
       <c r="FX43" s="8">
         <v>0.53421993000000001</v>
       </c>
       <c r="FY43" s="8">
         <v>0.51824592999999997</v>
       </c>
       <c r="FZ43" s="8">
         <v>2.8197239999999998E-2</v>
       </c>
+      <c r="GA43" s="8">
+        <v>1.56622178</v>
+      </c>
     </row>
-    <row r="44" spans="2:182" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="44" spans="2:183" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B44" s="20" t="s">
         <v>10</v>
       </c>
       <c r="C44" s="8" t="s">
         <v>12</v>
       </c>
       <c r="D44" s="8">
         <v>-9.3756060100000003</v>
       </c>
       <c r="E44" s="8">
         <v>-4.1622421699999999</v>
       </c>
       <c r="F44" s="8">
         <v>-21.937189879999998</v>
       </c>
       <c r="G44" s="8">
         <v>-8.1598310600000001</v>
       </c>
       <c r="H44" s="8">
         <v>-15.39170249</v>
       </c>
       <c r="I44" s="8">
         <v>-1.1919978</v>
       </c>
       <c r="J44" s="8">
@@ -20617,52 +20722,55 @@
       </c>
       <c r="FS44" s="8">
         <v>8.8169466199999995</v>
       </c>
       <c r="FT44" s="8">
         <v>-5.2837840700000003</v>
       </c>
       <c r="FU44" s="8">
         <v>-0.98139540000000003</v>
       </c>
       <c r="FV44" s="8">
         <v>-2.3218452599999999</v>
       </c>
       <c r="FW44" s="8">
         <v>-0.37145523000000003</v>
       </c>
       <c r="FX44" s="8">
         <v>6.4865829999999999E-2</v>
       </c>
       <c r="FY44" s="8">
         <v>-0.92584604000000004</v>
       </c>
       <c r="FZ44" s="8">
         <v>-0.39850971000000002</v>
       </c>
+      <c r="GA44" s="8">
+        <v>0.55495751000000004</v>
+      </c>
     </row>
-    <row r="45" spans="2:182" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="45" spans="2:183" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B45" s="22" t="s">
         <v>16</v>
       </c>
       <c r="C45" s="10" t="s">
         <v>12</v>
       </c>
       <c r="D45" s="10">
         <v>67.739255990000004</v>
       </c>
       <c r="E45" s="10">
         <v>201.44466786999999</v>
       </c>
       <c r="F45" s="10">
         <v>826.62657394999997</v>
       </c>
       <c r="G45" s="10">
         <v>70.127093000000002</v>
       </c>
       <c r="H45" s="10">
         <v>375.79654862000001</v>
       </c>
       <c r="I45" s="10">
         <v>-219.95160969</v>
       </c>
       <c r="J45" s="10">
@@ -21162,52 +21270,55 @@
       </c>
       <c r="FS45" s="10">
         <v>548.00893674999998</v>
       </c>
       <c r="FT45" s="10">
         <v>348.41685660000002</v>
       </c>
       <c r="FU45" s="10">
         <v>527.48475182000004</v>
       </c>
       <c r="FV45" s="10">
         <v>430.64776687</v>
       </c>
       <c r="FW45" s="10">
         <v>-48.11663051</v>
       </c>
       <c r="FX45" s="10">
         <v>433.64452066000001</v>
       </c>
       <c r="FY45" s="10">
         <v>591.48705667000002</v>
       </c>
       <c r="FZ45" s="10">
         <v>467.25897399000002</v>
       </c>
+      <c r="GA45" s="10">
+        <v>350.50239899000002</v>
+      </c>
     </row>
-    <row r="46" spans="2:182" s="4" customFormat="1" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="46" spans="2:183" s="4" customFormat="1" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B46" s="1" t="s">
         <v>20</v>
       </c>
       <c r="C46" s="27"/>
       <c r="D46" s="27"/>
       <c r="E46" s="27"/>
       <c r="F46" s="27"/>
       <c r="G46" s="27"/>
       <c r="H46" s="27"/>
       <c r="I46" s="27"/>
       <c r="J46" s="27"/>
       <c r="K46" s="27"/>
       <c r="L46" s="27"/>
       <c r="M46" s="27"/>
       <c r="N46" s="27"/>
       <c r="O46" s="27"/>
       <c r="P46" s="27"/>
       <c r="Q46" s="27"/>
       <c r="R46" s="27"/>
       <c r="S46" s="27"/>
       <c r="T46" s="27"/>
       <c r="U46" s="27"/>
       <c r="V46" s="27"/>
       <c r="W46" s="27"/>
       <c r="X46" s="27"/>
@@ -21347,52 +21458,53 @@
       <c r="FB46" s="27"/>
       <c r="FC46" s="27"/>
       <c r="FD46" s="27"/>
       <c r="FE46" s="27"/>
       <c r="FF46" s="27"/>
       <c r="FG46" s="27"/>
       <c r="FH46" s="27"/>
       <c r="FI46" s="27"/>
       <c r="FJ46" s="27"/>
       <c r="FK46" s="27"/>
       <c r="FL46" s="27"/>
       <c r="FM46" s="27"/>
       <c r="FN46" s="27"/>
       <c r="FO46" s="27"/>
       <c r="FP46" s="27"/>
       <c r="FQ46" s="27"/>
       <c r="FR46" s="27"/>
       <c r="FS46" s="27"/>
       <c r="FT46" s="27"/>
       <c r="FU46" s="27"/>
       <c r="FV46" s="27"/>
       <c r="FW46" s="27"/>
       <c r="FX46" s="27"/>
       <c r="FY46" s="27"/>
       <c r="FZ46" s="27"/>
+      <c r="GA46" s="27"/>
     </row>
-    <row r="47" spans="2:182" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="47" spans="2:183" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B47" s="21" t="s">
         <v>1</v>
       </c>
       <c r="C47" s="8" t="s">
         <v>12</v>
       </c>
       <c r="D47" s="8">
         <v>-4.0793636600000003</v>
       </c>
       <c r="E47" s="8">
         <v>0.54116774999999995</v>
       </c>
       <c r="F47" s="8">
         <v>-2.2131108899999998</v>
       </c>
       <c r="G47" s="8">
         <v>-0.48810787999999999</v>
       </c>
       <c r="H47" s="8">
         <v>5.4110516100000003</v>
       </c>
       <c r="I47" s="8">
         <v>0.31711931999999998</v>
       </c>
       <c r="J47" s="8">
@@ -21892,52 +22004,55 @@
       </c>
       <c r="FS47" s="8">
         <v>-4.7256529999999998E-2</v>
       </c>
       <c r="FT47" s="8">
         <v>-5.8018220000000002E-2</v>
       </c>
       <c r="FU47" s="8">
         <v>-8.6838520000000002E-2</v>
       </c>
       <c r="FV47" s="8">
         <v>-5.9884569999999998E-2</v>
       </c>
       <c r="FW47" s="8">
         <v>-6.7727289999999996E-2</v>
       </c>
       <c r="FX47" s="8">
         <v>-2.1285680000000001E-2</v>
       </c>
       <c r="FY47" s="8">
         <v>3.1803500000000002E-3</v>
       </c>
       <c r="FZ47" s="8">
         <v>-1.5540700000000001E-3</v>
       </c>
+      <c r="GA47" s="8">
+        <v>-2.0167060000000001E-2</v>
+      </c>
     </row>
-    <row r="48" spans="2:182" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="48" spans="2:183" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B48" s="20" t="s">
         <v>2</v>
       </c>
       <c r="C48" s="8" t="s">
         <v>12</v>
       </c>
       <c r="D48" s="8">
         <v>-0.27071485000000001</v>
       </c>
       <c r="E48" s="8">
         <v>-6.3254359999999996E-2</v>
       </c>
       <c r="F48" s="8">
         <v>-0.24325975</v>
       </c>
       <c r="G48" s="8">
         <v>-0.76655936999999996</v>
       </c>
       <c r="H48" s="8">
         <v>0.34101492999999999</v>
       </c>
       <c r="I48" s="8">
         <v>-8.3056640000000001E-2</v>
       </c>
       <c r="J48" s="8">
@@ -22437,52 +22552,55 @@
       </c>
       <c r="FS48" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FT48" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FU48" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FV48" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FW48" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FX48" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FY48" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FZ48" s="8" t="s">
         <v>0</v>
       </c>
+      <c r="GA48" s="8" t="s">
+        <v>0</v>
+      </c>
     </row>
-    <row r="49" spans="2:182" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="49" spans="2:183" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B49" s="20" t="s">
         <v>3</v>
       </c>
       <c r="C49" s="8" t="s">
         <v>12</v>
       </c>
       <c r="D49" s="8">
         <v>-3.8086488100000002</v>
       </c>
       <c r="E49" s="8">
         <v>0.60442211000000001</v>
       </c>
       <c r="F49" s="8">
         <v>-1.9698511400000001</v>
       </c>
       <c r="G49" s="8">
         <v>0.27845149000000002</v>
       </c>
       <c r="H49" s="8">
         <v>5.0700366800000003</v>
       </c>
       <c r="I49" s="8">
         <v>0.40017596</v>
       </c>
       <c r="J49" s="8">
@@ -22982,52 +23100,55 @@
       </c>
       <c r="FS49" s="8">
         <v>-4.7256529999999998E-2</v>
       </c>
       <c r="FT49" s="8">
         <v>-5.8018220000000002E-2</v>
       </c>
       <c r="FU49" s="8">
         <v>-8.6838520000000002E-2</v>
       </c>
       <c r="FV49" s="8">
         <v>-5.9884569999999998E-2</v>
       </c>
       <c r="FW49" s="8">
         <v>-6.7727289999999996E-2</v>
       </c>
       <c r="FX49" s="8">
         <v>-2.1285680000000001E-2</v>
       </c>
       <c r="FY49" s="8">
         <v>3.1803500000000002E-3</v>
       </c>
       <c r="FZ49" s="8">
         <v>-1.5540700000000001E-3</v>
       </c>
+      <c r="GA49" s="8">
+        <v>-2.0167060000000001E-2</v>
+      </c>
     </row>
-    <row r="50" spans="2:182" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="50" spans="2:183" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B50" s="20" t="s">
         <v>4</v>
       </c>
       <c r="C50" s="8" t="s">
         <v>12</v>
       </c>
       <c r="D50" s="8" t="s">
         <v>0</v>
       </c>
       <c r="E50" s="8" t="s">
         <v>0</v>
       </c>
       <c r="F50" s="8" t="s">
         <v>0</v>
       </c>
       <c r="G50" s="8" t="s">
         <v>0</v>
       </c>
       <c r="H50" s="8" t="s">
         <v>0</v>
       </c>
       <c r="I50" s="8" t="s">
         <v>0</v>
       </c>
       <c r="J50" s="8" t="s">
@@ -23527,52 +23648,55 @@
       </c>
       <c r="FS50" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FT50" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FU50" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FV50" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FW50" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FX50" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FY50" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FZ50" s="8" t="s">
         <v>0</v>
       </c>
+      <c r="GA50" s="8" t="s">
+        <v>0</v>
+      </c>
     </row>
-    <row r="51" spans="2:182" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="51" spans="2:183" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B51" s="20" t="s">
         <v>5</v>
       </c>
       <c r="C51" s="8" t="s">
         <v>12</v>
       </c>
       <c r="D51" s="8">
         <v>-51.455256149999997</v>
       </c>
       <c r="E51" s="8">
         <v>2.3312822400000002</v>
       </c>
       <c r="F51" s="8">
         <v>-86.379360070000004</v>
       </c>
       <c r="G51" s="8">
         <v>-37.474640559999997</v>
       </c>
       <c r="H51" s="8">
         <v>35.126101820000002</v>
       </c>
       <c r="I51" s="8">
         <v>0.42486088</v>
       </c>
       <c r="J51" s="8">
@@ -24072,52 +24196,55 @@
       </c>
       <c r="FS51" s="8">
         <v>-3.3121675599999998</v>
       </c>
       <c r="FT51" s="8">
         <v>0.34164644999999999</v>
       </c>
       <c r="FU51" s="8">
         <v>-3.41636053</v>
       </c>
       <c r="FV51" s="8">
         <v>0.90039100000000005</v>
       </c>
       <c r="FW51" s="8">
         <v>-0.92629998999999996</v>
       </c>
       <c r="FX51" s="8">
         <v>-1.2459884800000001</v>
       </c>
       <c r="FY51" s="8">
         <v>1.2973228400000001</v>
       </c>
       <c r="FZ51" s="8">
         <v>-0.49959572000000002</v>
       </c>
+      <c r="GA51" s="8">
+        <v>-1.9448458500000001</v>
+      </c>
     </row>
-    <row r="52" spans="2:182" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="52" spans="2:183" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B52" s="20" t="s">
         <v>6</v>
       </c>
       <c r="C52" s="8" t="s">
         <v>12</v>
       </c>
       <c r="D52" s="8">
         <v>-318.63540085</v>
       </c>
       <c r="E52" s="8">
         <v>26.402281460000001</v>
       </c>
       <c r="F52" s="8">
         <v>-153.6761711</v>
       </c>
       <c r="G52" s="8">
         <v>6.9698749700000002</v>
       </c>
       <c r="H52" s="8">
         <v>413.56231861999999</v>
       </c>
       <c r="I52" s="8">
         <v>49.433369040000002</v>
       </c>
       <c r="J52" s="8">
@@ -24617,52 +24744,55 @@
       </c>
       <c r="FS52" s="8">
         <v>0.29927425000000002</v>
       </c>
       <c r="FT52" s="8">
         <v>-0.57545111999999998</v>
       </c>
       <c r="FU52" s="8">
         <v>-0.61563875999999995</v>
       </c>
       <c r="FV52" s="8">
         <v>-0.50288067000000003</v>
       </c>
       <c r="FW52" s="8">
         <v>-0.55680023999999995</v>
       </c>
       <c r="FX52" s="8">
         <v>-0.46001271999999999</v>
       </c>
       <c r="FY52" s="8">
         <v>-0.24104094000000001</v>
       </c>
       <c r="FZ52" s="8">
         <v>-0.25589857999999999</v>
       </c>
+      <c r="GA52" s="8">
+        <v>-0.36278201999999998</v>
+      </c>
     </row>
-    <row r="53" spans="2:182" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="53" spans="2:183" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B53" s="20" t="s">
         <v>7</v>
       </c>
       <c r="C53" s="8" t="s">
         <v>12</v>
       </c>
       <c r="D53" s="8">
         <v>0.97782146000000003</v>
       </c>
       <c r="E53" s="8">
         <v>-0.99899470000000001</v>
       </c>
       <c r="F53" s="8">
         <v>2.1947049500000002</v>
       </c>
       <c r="G53" s="8">
         <v>-1.5621235600000001</v>
       </c>
       <c r="H53" s="8">
         <v>6.0294059999999997E-2</v>
       </c>
       <c r="I53" s="8">
         <v>0.45958211999999998</v>
       </c>
       <c r="J53" s="8">
@@ -25162,52 +25292,55 @@
       </c>
       <c r="FS53" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FT53" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FU53" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FV53" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FW53" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FX53" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FY53" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FZ53" s="8" t="s">
         <v>0</v>
       </c>
+      <c r="GA53" s="8" t="s">
+        <v>0</v>
+      </c>
     </row>
-    <row r="54" spans="2:182" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="54" spans="2:183" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B54" s="20" t="s">
         <v>8</v>
       </c>
       <c r="C54" s="8" t="s">
         <v>12</v>
       </c>
       <c r="D54" s="8">
         <v>-0.60860062999999998</v>
       </c>
       <c r="E54" s="8">
         <v>8.1026734600000001</v>
       </c>
       <c r="F54" s="8">
         <v>-0.97456180000000003</v>
       </c>
       <c r="G54" s="8">
         <v>-1.2204315100000001</v>
       </c>
       <c r="H54" s="8">
         <v>1.3477444199999999</v>
       </c>
       <c r="I54" s="8">
         <v>-0.32740069999999999</v>
       </c>
       <c r="J54" s="8">
@@ -25707,52 +25840,55 @@
       </c>
       <c r="FS54" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FT54" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FU54" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FV54" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FW54" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FX54" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FY54" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FZ54" s="8" t="s">
         <v>0</v>
       </c>
+      <c r="GA54" s="8" t="s">
+        <v>0</v>
+      </c>
     </row>
-    <row r="55" spans="2:182" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="55" spans="2:183" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B55" s="20" t="s">
         <v>9</v>
       </c>
       <c r="C55" s="8" t="s">
         <v>12</v>
       </c>
       <c r="D55" s="8">
         <v>-8.6519960000000007E-2</v>
       </c>
       <c r="E55" s="8">
         <v>-1.9587279999999999E-2</v>
       </c>
       <c r="F55" s="8">
         <v>-7.5893329999999995E-2</v>
       </c>
       <c r="G55" s="8">
         <v>-0.14291951999999999</v>
       </c>
       <c r="H55" s="8">
         <v>0.11832537</v>
       </c>
       <c r="I55" s="8">
         <v>-2.4823319999999999E-2</v>
       </c>
       <c r="J55" s="8">
@@ -26252,52 +26388,55 @@
       </c>
       <c r="FS55" s="8">
         <v>-1.9957497799999999</v>
       </c>
       <c r="FT55" s="8">
         <v>2.0899000000000001E-2</v>
       </c>
       <c r="FU55" s="8">
         <v>-0.17002199000000001</v>
       </c>
       <c r="FV55" s="8">
         <v>8.1554689999999999E-2</v>
       </c>
       <c r="FW55" s="8">
         <v>-5.5684999999999998E-2</v>
       </c>
       <c r="FX55" s="8">
         <v>-2.9566530000000001E-2</v>
       </c>
       <c r="FY55" s="8">
         <v>7.9108250000000005E-2</v>
       </c>
       <c r="FZ55" s="8">
         <v>-7.4205499999999997E-3</v>
       </c>
+      <c r="GA55" s="8">
+        <v>-8.7364789999999998E-2</v>
+      </c>
     </row>
-    <row r="56" spans="2:182" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="56" spans="2:183" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B56" s="20" t="s">
         <v>10</v>
       </c>
       <c r="C56" s="8" t="s">
         <v>12</v>
       </c>
       <c r="D56" s="8" t="s">
         <v>0</v>
       </c>
       <c r="E56" s="8" t="s">
         <v>0</v>
       </c>
       <c r="F56" s="8" t="s">
         <v>0</v>
       </c>
       <c r="G56" s="8" t="s">
         <v>0</v>
       </c>
       <c r="H56" s="8" t="s">
         <v>0</v>
       </c>
       <c r="I56" s="8" t="s">
         <v>0</v>
       </c>
       <c r="J56" s="8" t="s">
@@ -26797,52 +26936,55 @@
       </c>
       <c r="FS56" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FT56" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FU56" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FV56" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FW56" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FX56" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FY56" s="8" t="s">
         <v>0</v>
       </c>
       <c r="FZ56" s="8" t="s">
         <v>0</v>
       </c>
+      <c r="GA56" s="8" t="s">
+        <v>0</v>
+      </c>
     </row>
-    <row r="57" spans="2:182" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="57" spans="2:183" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B57" s="23" t="s">
         <v>17</v>
       </c>
       <c r="C57" s="10" t="s">
         <v>12</v>
       </c>
       <c r="D57" s="10">
         <v>-373.88731978999999</v>
       </c>
       <c r="E57" s="10">
         <v>36.358822930000002</v>
       </c>
       <c r="F57" s="10">
         <v>-241.12439223999999</v>
       </c>
       <c r="G57" s="10">
         <v>-33.91834806</v>
       </c>
       <c r="H57" s="10">
         <v>455.62583590000003</v>
       </c>
       <c r="I57" s="10">
         <v>50.282707340000002</v>
       </c>
       <c r="J57" s="10">
@@ -27342,52 +27484,55 @@
       </c>
       <c r="FS57" s="10">
         <v>-5.0558996199999999</v>
       </c>
       <c r="FT57" s="10">
         <v>-0.27092389</v>
       </c>
       <c r="FU57" s="10">
         <v>-4.2888598</v>
       </c>
       <c r="FV57" s="10">
         <v>0.41918044999999998</v>
       </c>
       <c r="FW57" s="10">
         <v>-1.6065125200000001</v>
       </c>
       <c r="FX57" s="10">
         <v>-1.7568534099999999</v>
       </c>
       <c r="FY57" s="10">
         <v>1.1385704999999999</v>
       </c>
       <c r="FZ57" s="10">
         <v>-0.76446892</v>
       </c>
+      <c r="GA57" s="10">
+        <v>-2.4151597200000001</v>
+      </c>
     </row>
-    <row r="58" spans="2:182" s="9" customFormat="1" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="58" spans="2:183" s="9" customFormat="1" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B58" s="24" t="s">
         <v>18</v>
       </c>
       <c r="C58" s="11" t="s">
         <v>12</v>
       </c>
       <c r="D58" s="11">
         <v>-306.14806379999999</v>
       </c>
       <c r="E58" s="11">
         <v>237.80349079999999</v>
       </c>
       <c r="F58" s="11">
         <v>585.50218170999995</v>
       </c>
       <c r="G58" s="11">
         <v>36.208744940000003</v>
       </c>
       <c r="H58" s="11">
         <v>831.42238452000004</v>
       </c>
       <c r="I58" s="11">
         <v>-169.66890235</v>
       </c>
       <c r="J58" s="11">
@@ -27886,50 +28031,53 @@
         <v>405.65499209000001</v>
       </c>
       <c r="FS58" s="11">
         <v>542.95303712999998</v>
       </c>
       <c r="FT58" s="11">
         <v>348.14593271000001</v>
       </c>
       <c r="FU58" s="11">
         <v>523.19589201999997</v>
       </c>
       <c r="FV58" s="11">
         <v>431.06694732</v>
       </c>
       <c r="FW58" s="11">
         <v>-49.723143030000003</v>
       </c>
       <c r="FX58" s="11">
         <v>431.88766724999999</v>
       </c>
       <c r="FY58" s="11">
         <v>592.62562717000003</v>
       </c>
       <c r="FZ58" s="11">
         <v>466.49450507</v>
+      </c>
+      <c r="GA58" s="11">
+        <v>348.08723927</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Radni listovi</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>EUR</vt:lpstr>