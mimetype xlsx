--- v0 (2026-03-10)
+++ v1 (2026-03-31)
@@ -1,158 +1,201 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/chart3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/chart4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/chart5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/chart6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style2.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors2.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/charts/chart8.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style3.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors3.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
+  <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/charts/chart9.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
+  <Override PartName="/xl/charts/style4.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
+  <Override PartName="/xl/charts/colors4.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
+  <Override PartName="/xl/charts/chart10.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
+  <Override PartName="/xl/charts/style5.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
+  <Override PartName="/xl/charts/colors5.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="24334"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{256D62F7-EA02-42A9-B282-E884D77CDAD6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E84B2286-C3A3-48A3-AC66-4310D754292A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="2" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="3" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Chart 2026" sheetId="1" r:id="rId1"/>
     <sheet name="January 2026" sheetId="37" r:id="rId2"/>
-    <sheet name="2026" sheetId="27" r:id="rId3"/>
+    <sheet name="February 2026" sheetId="38" r:id="rId3"/>
+    <sheet name="2026" sheetId="27" r:id="rId4"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="C16" i="27" l="1"/>
+  <c r="D52" i="27" l="1"/>
+  <c r="D51" i="27"/>
+  <c r="D50" i="27"/>
+  <c r="D42" i="27"/>
+  <c r="D41" i="27"/>
+  <c r="D40" i="27"/>
+  <c r="D16" i="27"/>
+  <c r="D17" i="27"/>
+  <c r="D18" i="27"/>
+  <c r="D19" i="27"/>
+  <c r="D33" i="27" s="1"/>
+  <c r="D20" i="27"/>
+  <c r="D21" i="27"/>
+  <c r="D22" i="27"/>
+  <c r="D23" i="27"/>
+  <c r="D24" i="27"/>
+  <c r="D25" i="27"/>
+  <c r="D26" i="27"/>
+  <c r="D27" i="27"/>
+  <c r="D28" i="27"/>
+  <c r="D29" i="27"/>
+  <c r="D30" i="27"/>
+  <c r="D31" i="27"/>
+  <c r="D32" i="27"/>
+  <c r="D15" i="27"/>
+  <c r="D7" i="27"/>
+  <c r="E73" i="38"/>
+  <c r="E74" i="38" s="1"/>
+  <c r="E50" i="38"/>
+  <c r="E51" i="38" s="1"/>
+  <c r="E81" i="38" s="1"/>
+  <c r="E24" i="38"/>
+  <c r="E25" i="38" s="1"/>
+  <c r="E80" i="38" s="1"/>
+  <c r="C16" i="27"/>
   <c r="O16" i="27" s="1"/>
   <c r="C17" i="27"/>
   <c r="C18" i="27"/>
   <c r="O18" i="27" s="1"/>
   <c r="C19" i="27"/>
   <c r="C20" i="27"/>
   <c r="C21" i="27"/>
   <c r="C22" i="27"/>
   <c r="C23" i="27"/>
   <c r="C24" i="27"/>
   <c r="O24" i="27" s="1"/>
   <c r="C25" i="27"/>
   <c r="C26" i="27"/>
   <c r="O26" i="27" s="1"/>
   <c r="C27" i="27"/>
   <c r="C28" i="27"/>
   <c r="O28" i="27" s="1"/>
   <c r="C29" i="27"/>
   <c r="C30" i="27"/>
   <c r="O30" i="27" s="1"/>
   <c r="C31" i="27"/>
   <c r="C32" i="27"/>
   <c r="C15" i="27"/>
   <c r="O15" i="27" s="1"/>
   <c r="F8" i="27"/>
   <c r="N33" i="27"/>
   <c r="N8" i="27"/>
   <c r="M33" i="27"/>
   <c r="M8" i="27"/>
   <c r="L8" i="27"/>
   <c r="K8" i="27"/>
   <c r="J8" i="27"/>
   <c r="J33" i="27"/>
   <c r="I8" i="27"/>
   <c r="H8" i="27"/>
   <c r="G33" i="27"/>
   <c r="G8" i="27"/>
   <c r="F33" i="27"/>
   <c r="E33" i="27"/>
   <c r="E8" i="27"/>
-  <c r="D33" i="27"/>
   <c r="E73" i="37"/>
   <c r="E50" i="37"/>
   <c r="C7" i="27" s="1"/>
   <c r="E24" i="37"/>
   <c r="C6" i="27" s="1"/>
   <c r="E74" i="37"/>
   <c r="O20" i="27"/>
   <c r="O32" i="27"/>
   <c r="O22" i="27"/>
-  <c r="C33" i="27" l="1"/>
+  <c r="D6" i="27" l="1"/>
+  <c r="D8" i="27" s="1"/>
+  <c r="C33" i="27"/>
   <c r="E25" i="37"/>
   <c r="E80" i="37" s="1"/>
   <c r="E43" i="27"/>
   <c r="J53" i="27"/>
   <c r="K53" i="27"/>
   <c r="N53" i="27"/>
   <c r="I43" i="27"/>
   <c r="L53" i="27"/>
-  <c r="D8" i="27"/>
   <c r="K43" i="27"/>
   <c r="E51" i="37"/>
   <c r="E81" i="37" s="1"/>
   <c r="C8" i="27"/>
   <c r="C51" i="27" s="1"/>
   <c r="F53" i="27"/>
   <c r="L43" i="27"/>
   <c r="M53" i="27"/>
   <c r="E53" i="27"/>
   <c r="H33" i="27"/>
   <c r="K33" i="27"/>
   <c r="M43" i="27"/>
   <c r="G53" i="27"/>
   <c r="I33" i="27"/>
   <c r="I53" i="27"/>
   <c r="L33" i="27"/>
   <c r="O25" i="27"/>
   <c r="O23" i="27"/>
   <c r="O31" i="27"/>
   <c r="O17" i="27"/>
   <c r="H43" i="27"/>
   <c r="O29" i="27"/>
   <c r="O27" i="27"/>
   <c r="O21" i="27"/>
   <c r="O19" i="27"/>
@@ -172,51 +215,51 @@
   <c r="O33" i="27"/>
   <c r="P28" i="27" s="1"/>
   <c r="D43" i="27" l="1"/>
   <c r="P30" i="27"/>
   <c r="P23" i="27"/>
   <c r="P25" i="27"/>
   <c r="P24" i="27"/>
   <c r="P31" i="27"/>
   <c r="P16" i="27"/>
   <c r="P21" i="27"/>
   <c r="P15" i="27"/>
   <c r="P22" i="27"/>
   <c r="P26" i="27"/>
   <c r="P17" i="27"/>
   <c r="P19" i="27"/>
   <c r="P29" i="27"/>
   <c r="P27" i="27"/>
   <c r="P32" i="27"/>
   <c r="P20" i="27"/>
   <c r="P18" i="27"/>
   <c r="P33" i="27" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="221" uniqueCount="80">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="352" uniqueCount="84">
   <si>
     <t>036</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
     <t>752</t>
   </si>
   <si>
@@ -412,50 +455,62 @@
     <t>in EUR and in %</t>
   </si>
   <si>
     <t>other currencies</t>
   </si>
   <si>
     <t>other</t>
   </si>
   <si>
     <t>currencies</t>
   </si>
   <si>
     <t>Turnover of authorised exchange offices in 2026</t>
   </si>
   <si>
     <t>Purchased foreign cash in January 2026</t>
   </si>
   <si>
     <t>Sold foreign cash in January 2026</t>
   </si>
   <si>
     <t>Redeemed cheques denominated in foreign currency in January 2026</t>
   </si>
   <si>
     <t>Total turnover of authorised exchange offices in January 2026</t>
+  </si>
+  <si>
+    <t>Purchased foreign cash in February 2026</t>
+  </si>
+  <si>
+    <t>Sold foreign cash in February 2026</t>
+  </si>
+  <si>
+    <t>Redeemed cheques denominated in foreign currency in February 2026</t>
+  </si>
+  <si>
+    <t>Total turnover of authorised exchange offices in February 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="5">
     <numFmt numFmtId="164" formatCode="#,##0.000000"/>
     <numFmt numFmtId="165" formatCode="#,##0.00000"/>
     <numFmt numFmtId="166" formatCode="[$-41A]mmm\-yy;@"/>
     <numFmt numFmtId="167" formatCode="#,##0.0"/>
     <numFmt numFmtId="168" formatCode="0.000"/>
   </numFmts>
   <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
@@ -689,63 +744,71 @@
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF007FDE"/>
       <color rgb="FF008AF2"/>
       <color rgb="FF0099FF"/>
       <color rgb="FF0066FF"/>
       <color rgb="FF008FFA"/>
       <color rgb="FF199CFF"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
+</file>
+
+<file path=xl/charts/_rels/chart10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors5.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style5.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors2.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style2.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors3.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style3.xml"/></Relationships>
+</file>
+
+<file path=xl/charts/_rels/chart9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors4.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style4.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="hr-HR"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1000"/>
             </a:pPr>
@@ -828,50 +891,53 @@
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>September</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>October</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>November</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>December</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>'2026'!$C$6:$N$6</c:f>
               <c:numCache>
                 <c:formatCode>#,##0.00</c:formatCode>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
                   <c:v>11183193</c:v>
                 </c:pt>
+                <c:pt idx="1">
+                  <c:v>11550188</c:v>
+                </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-1EF2-4B8C-A1D4-160A30CCD038}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
               <c:f>'2026'!$B$7</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Sale of foreign cash </c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:invertIfNegative val="0"/>
           <c:cat>
@@ -904,50 +970,53 @@
                   <c:v>August</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>September</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>October</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>November</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>December</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>'2026'!$C$7:$N$7</c:f>
               <c:numCache>
                 <c:formatCode>#,##0.00</c:formatCode>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
                   <c:v>2274729</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>2182262</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-1EF2-4B8C-A1D4-160A30CCD038}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="75"/>
         <c:axId val="767339344"/>
         <c:axId val="655641392"/>
       </c:barChart>
       <c:catAx>
         <c:axId val="767339344"/>
         <c:scaling>
@@ -1030,50 +1099,466 @@
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr sz="800">
           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
         </a:defRPr>
       </a:pPr>
       <a:endParaRPr lang="sr-Latn-RS"/>
     </a:p>
   </c:txPr>
   <c:printSettings>
     <c:headerFooter/>
     <c:pageMargins b="0.75000000000000833" l="0.70000000000000062" r="0.70000000000000062" t="0.75000000000000833" header="0.30000000000000032" footer="0.30000000000000032"/>
     <c:pageSetup/>
   </c:printSettings>
 </c:chartSpace>
 </file>
 
+<file path=xl/charts/chart10.xml><?xml version="1.0" encoding="utf-8"?>
+<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+  <c:date1904 val="0"/>
+  <c:lang val="hr-HR"/>
+  <c:roundedCorners val="0"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
+      <c14:style val="102"/>
+    </mc:Choice>
+    <mc:Fallback>
+      <c:style val="2"/>
+    </mc:Fallback>
+  </mc:AlternateContent>
+  <c:chart>
+    <c:title>
+      <c:tx>
+        <c:rich>
+          <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1000" b="1" i="0" baseline="0">
+                <a:effectLst/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Share of individual currencies in the total turnover of authorised exchange offices in February 2026</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1000">
+              <a:effectLst/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </c:rich>
+      </c:tx>
+      <c:overlay val="0"/>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+      <c:txPr>
+        <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr>
+            <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="65000"/>
+                  <a:lumOff val="35000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:pPr>
+          <a:endParaRPr lang="sr-Latn-RS"/>
+        </a:p>
+      </c:txPr>
+    </c:title>
+    <c:autoTitleDeleted val="0"/>
+    <c:plotArea>
+      <c:layout/>
+      <c:pieChart>
+        <c:varyColors val="1"/>
+        <c:ser>
+          <c:idx val="0"/>
+          <c:order val="0"/>
+          <c:spPr>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </c:spPr>
+          <c:dPt>
+            <c:idx val="0"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:schemeClr val="accent1"/>
+              </a:solidFill>
+              <a:ln w="19050">
+                <a:noFill/>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000001-44C0-46D6-860D-1C158D710D66}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dPt>
+            <c:idx val="1"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+              <a:ln w="19050">
+                <a:noFill/>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000003-44C0-46D6-860D-1C158D710D66}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dPt>
+            <c:idx val="2"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:schemeClr val="accent3"/>
+              </a:solidFill>
+              <a:ln w="19050">
+                <a:noFill/>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000005-44C0-46D6-860D-1C158D710D66}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dPt>
+            <c:idx val="3"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:schemeClr val="accent4"/>
+              </a:solidFill>
+              <a:ln w="19050">
+                <a:noFill/>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000007-44C0-46D6-860D-1C158D710D66}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dLbls>
+            <c:dLbl>
+              <c:idx val="0"/>
+              <c:layout>
+                <c:manualLayout>
+                  <c:x val="3.6111111111111108E-2"/>
+                  <c:y val="1.3888888888888805E-2"/>
+                </c:manualLayout>
+              </c:layout>
+              <c:dLblPos val="bestFit"/>
+              <c:showLegendKey val="1"/>
+              <c:showVal val="0"/>
+              <c:showCatName val="1"/>
+              <c:showSerName val="0"/>
+              <c:showPercent val="1"/>
+              <c:showBubbleSize val="0"/>
+              <c:separator>
+</c:separator>
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000001-44C0-46D6-860D-1C158D710D66}"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:dLbl>
+              <c:idx val="1"/>
+              <c:layout>
+                <c:manualLayout>
+                  <c:x val="-7.4999999999999997E-2"/>
+                  <c:y val="-2.1245625546806649E-2"/>
+                </c:manualLayout>
+              </c:layout>
+              <c:dLblPos val="bestFit"/>
+              <c:showLegendKey val="1"/>
+              <c:showVal val="0"/>
+              <c:showCatName val="1"/>
+              <c:showSerName val="0"/>
+              <c:showPercent val="1"/>
+              <c:showBubbleSize val="0"/>
+              <c:separator>
+</c:separator>
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000003-44C0-46D6-860D-1C158D710D66}"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:dLbl>
+              <c:idx val="2"/>
+              <c:layout>
+                <c:manualLayout>
+                  <c:x val="0"/>
+                  <c:y val="2.3148148148148147E-2"/>
+                </c:manualLayout>
+              </c:layout>
+              <c:dLblPos val="bestFit"/>
+              <c:showLegendKey val="1"/>
+              <c:showVal val="0"/>
+              <c:showCatName val="1"/>
+              <c:showSerName val="0"/>
+              <c:showPercent val="1"/>
+              <c:showBubbleSize val="0"/>
+              <c:separator>
+</c:separator>
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000005-44C0-46D6-860D-1C158D710D66}"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:dLbl>
+              <c:idx val="3"/>
+              <c:layout>
+                <c:manualLayout>
+                  <c:x val="0.22777777777777777"/>
+                  <c:y val="2.3148148148148147E-2"/>
+                </c:manualLayout>
+              </c:layout>
+              <c:dLblPos val="bestFit"/>
+              <c:showLegendKey val="1"/>
+              <c:showVal val="0"/>
+              <c:showCatName val="1"/>
+              <c:showSerName val="0"/>
+              <c:showPercent val="1"/>
+              <c:showBubbleSize val="0"/>
+              <c:separator>
+</c:separator>
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000007-44C0-46D6-860D-1C158D710D66}"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:numFmt formatCode="0.00%" sourceLinked="0"/>
+            <c:spPr>
+              <a:noFill/>
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:txPr>
+              <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr" anchorCtr="1">
+                <a:spAutoFit/>
+              </a:bodyPr>
+              <a:lstStyle/>
+              <a:p>
+                <a:pPr>
+                  <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                    <a:solidFill>
+                      <a:schemeClr val="tx1">
+                        <a:lumMod val="75000"/>
+                        <a:lumOff val="25000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                    <a:latin typeface="+mn-lt"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="+mn-cs"/>
+                  </a:defRPr>
+                </a:pPr>
+                <a:endParaRPr lang="sr-Latn-RS"/>
+              </a:p>
+            </c:txPr>
+            <c:dLblPos val="outEnd"/>
+            <c:showLegendKey val="1"/>
+            <c:showVal val="0"/>
+            <c:showCatName val="1"/>
+            <c:showSerName val="0"/>
+            <c:showPercent val="1"/>
+            <c:showBubbleSize val="0"/>
+            <c:separator>
+</c:separator>
+            <c:showLeaderLines val="1"/>
+            <c:leaderLines>
+              <c:spPr>
+                <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1">
+                      <a:lumMod val="35000"/>
+                      <a:lumOff val="65000"/>
+                    </a:schemeClr>
+                  </a:solidFill>
+                  <a:round/>
+                </a:ln>
+                <a:effectLst/>
+              </c:spPr>
+            </c:leaderLines>
+            <c:extLst>
+              <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+            </c:extLst>
+          </c:dLbls>
+          <c:cat>
+            <c:strRef>
+              <c:f>'2026'!$B$40:$B$42</c:f>
+              <c:strCache>
+                <c:ptCount val="3"/>
+                <c:pt idx="0">
+                  <c:v>USD</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>CHF</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>Other currencies</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>'2026'!$D$40:$D$42</c:f>
+              <c:numCache>
+                <c:formatCode>0.00</c:formatCode>
+                <c:ptCount val="3"/>
+                <c:pt idx="0">
+                  <c:v>53.943076435741624</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>21.025323230741783</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>25.031600333516593</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000008-44C0-46D6-860D-1C158D710D66}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:dLbls>
+          <c:dLblPos val="outEnd"/>
+          <c:showLegendKey val="0"/>
+          <c:showVal val="1"/>
+          <c:showCatName val="0"/>
+          <c:showSerName val="0"/>
+          <c:showPercent val="0"/>
+          <c:showBubbleSize val="0"/>
+          <c:showLeaderLines val="1"/>
+        </c:dLbls>
+        <c:firstSliceAng val="0"/>
+      </c:pieChart>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+    </c:plotArea>
+    <c:plotVisOnly val="1"/>
+    <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
+  </c:chart>
+  <c:spPr>
+    <a:solidFill>
+      <a:schemeClr val="bg1"/>
+    </a:solidFill>
+    <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+      <a:solidFill>
+        <a:schemeClr val="tx1">
+          <a:lumMod val="15000"/>
+          <a:lumOff val="85000"/>
+        </a:schemeClr>
+      </a:solidFill>
+      <a:round/>
+    </a:ln>
+    <a:effectLst/>
+  </c:spPr>
+  <c:txPr>
+    <a:bodyPr/>
+    <a:lstStyle/>
+    <a:p>
+      <a:pPr>
+        <a:defRPr/>
+      </a:pPr>
+      <a:endParaRPr lang="sr-Latn-RS"/>
+    </a:p>
+  </c:txPr>
+  <c:printSettings>
+    <c:headerFooter/>
+    <c:pageMargins b="0.75" l="0.7" r="0.7" t="0.75" header="0.3" footer="0.3"/>
+    <c:pageSetup/>
+  </c:printSettings>
+</c:chartSpace>
+</file>
+
 <file path=xl/charts/chart2.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="hr-HR"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1000"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="hr-HR" sz="1000"/>
@@ -1147,50 +1632,53 @@
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>September</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>October</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>November</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>December</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>'2026'!$C$6:$N$6</c:f>
               <c:numCache>
                 <c:formatCode>#,##0.00</c:formatCode>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
                   <c:v>11183193</c:v>
                 </c:pt>
+                <c:pt idx="1">
+                  <c:v>11550188</c:v>
+                </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-95F7-443A-A8A2-20CA3F7A5AC8}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
               <c:f>'2026'!$B$7</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Sale of foreign cash </c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:invertIfNegative val="0"/>
           <c:cat>
@@ -1223,50 +1711,53 @@
                   <c:v>August</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>September</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>October</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>November</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>December</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>'2026'!$C$7:$N$7</c:f>
               <c:numCache>
                 <c:formatCode>#,##0.00</c:formatCode>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
                   <c:v>2274729</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>2182262</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-95F7-443A-A8A2-20CA3F7A5AC8}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="75"/>
         <c:overlap val="100"/>
         <c:axId val="655644752"/>
         <c:axId val="699254288"/>
       </c:barChart>
       <c:catAx>
         <c:axId val="655644752"/>
@@ -1516,50 +2007,53 @@
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>September</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>October</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>November</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>December</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>'2026'!$C$40:$N$40</c:f>
               <c:numCache>
                 <c:formatCode>0.00</c:formatCode>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
                   <c:v>50.746772049949463</c:v>
                 </c:pt>
+                <c:pt idx="1">
+                  <c:v>53.943076435741624</c:v>
+                </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-0B9C-4885-8EFC-A3DF5E9DA086}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="2"/>
           <c:tx>
             <c:strRef>
               <c:f>'2026'!$B$41</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>CHF</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:invertIfNegative val="0"/>
           <c:cat>
@@ -1593,50 +2087,53 @@
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>September</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>October</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>November</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>December</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>'2026'!$C$41:$N$41</c:f>
               <c:numCache>
                 <c:formatCode>0.00</c:formatCode>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
                   <c:v>23.932216281235689</c:v>
                 </c:pt>
+                <c:pt idx="1">
+                  <c:v>21.025323230741783</c:v>
+                </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000002-0B9C-4885-8EFC-A3DF5E9DA086}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="3"/>
           <c:order val="3"/>
           <c:tx>
             <c:strRef>
               <c:f>'2026'!$B$42</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Other currencies</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:invertIfNegative val="0"/>
           <c:cat>
@@ -1669,50 +2166,53 @@
                   <c:v>August</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>September</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>October</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>November</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>December</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>'2026'!$C$42:$N$42</c:f>
               <c:numCache>
                 <c:formatCode>0.00</c:formatCode>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
                   <c:v>25.321011668814847</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>25.031600333516593</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000003-0B9C-4885-8EFC-A3DF5E9DA086}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="55"/>
         <c:overlap val="100"/>
         <c:axId val="816337872"/>
         <c:axId val="816338432"/>
       </c:barChart>
       <c:catAx>
         <c:axId val="816337872"/>
@@ -1890,60 +2390,82 @@
             <c:numRef>
               <c:f>'January 2026'!$E$80</c:f>
               <c:numCache>
                 <c:formatCode>#,##0.00</c:formatCode>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>11.183192999999999</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-E4A1-40D5-A593-CAEF72364558}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>February</c:v>
           </c:tx>
           <c:invertIfNegative val="0"/>
           <c:dLbls>
-            <c:delete val="1"/>
+            <c:spPr>
+              <a:noFill/>
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:dLblPos val="outEnd"/>
+            <c:showLegendKey val="1"/>
+            <c:showVal val="1"/>
+            <c:showCatName val="0"/>
+            <c:showSerName val="0"/>
+            <c:showPercent val="0"/>
+            <c:showBubbleSize val="0"/>
+            <c:showLeaderLines val="0"/>
+            <c:extLst>
+              <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
+                <c15:showLeaderLines val="1"/>
+              </c:ext>
+            </c:extLst>
           </c:dLbls>
           <c:val>
-            <c:numLit>
-[...5 lines deleted...]
-            </c:numLit>
+            <c:numRef>
+              <c:f>'February 2026'!$E$80</c:f>
+              <c:numCache>
+                <c:formatCode>#,##0.00</c:formatCode>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>11.550188</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000003-E4A1-40D5-A593-CAEF72364558}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>March</c:v>
           </c:tx>
           <c:invertIfNegative val="0"/>
           <c:dLbls>
             <c:delete val="1"/>
           </c:dLbls>
           <c:val>
             <c:numLit>
               <c:formatCode>General</c:formatCode>
               <c:ptCount val="1"/>
               <c:pt idx="0">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
@@ -2403,60 +2925,82 @@
             <c:numRef>
               <c:f>'January 2026'!$E$81</c:f>
               <c:numCache>
                 <c:formatCode>#,##0.00</c:formatCode>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>2.2747289999999998</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-0580-4227-A998-E15E02A4EB68}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>February</c:v>
           </c:tx>
           <c:invertIfNegative val="0"/>
           <c:dLbls>
-            <c:delete val="1"/>
+            <c:spPr>
+              <a:noFill/>
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:dLblPos val="outEnd"/>
+            <c:showLegendKey val="1"/>
+            <c:showVal val="1"/>
+            <c:showCatName val="0"/>
+            <c:showSerName val="0"/>
+            <c:showPercent val="0"/>
+            <c:showBubbleSize val="0"/>
+            <c:showLeaderLines val="0"/>
+            <c:extLst>
+              <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
+                <c15:showLeaderLines val="1"/>
+              </c:ext>
+            </c:extLst>
           </c:dLbls>
           <c:val>
-            <c:numLit>
-[...5 lines deleted...]
-            </c:numLit>
+            <c:numRef>
+              <c:f>'February 2026'!$E$81</c:f>
+              <c:numCache>
+                <c:formatCode>#,##0.00</c:formatCode>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>2.1822620000000001</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000003-0580-4227-A998-E15E02A4EB68}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>March</c:v>
           </c:tx>
           <c:invertIfNegative val="0"/>
           <c:dLbls>
             <c:delete val="1"/>
           </c:dLbls>
           <c:val>
             <c:numLit>
               <c:formatCode>General</c:formatCode>
               <c:ptCount val="1"/>
               <c:pt idx="0">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
@@ -3792,102 +4336,102 @@
                 <c:pt idx="13">
                   <c:v>RON</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>BGN</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>BAM</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>PLN</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>other currencies</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>'2026'!$P$15:$P$32</c:f>
               <c:numCache>
                 <c:formatCode>#,##0.00</c:formatCode>
                 <c:ptCount val="18"/>
                 <c:pt idx="0">
-                  <c:v>3.6898341363547802</c:v>
+                  <c:v>3.697602960341992</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>1.5709780454961768</c:v>
+                  <c:v>1.8699413159922931</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>0.12744166595704745</c:v>
+                  <c:v>0.1190752373671092</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>0.1198476258073126</c:v>
+                  <c:v>0.10974840653154727</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>5.0460316236042981</c:v>
+                  <c:v>5.398782333687822</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>0.16016588593692249</c:v>
+                  <c:v>0.10178235148824004</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>1.5277247111403975E-2</c:v>
+                  <c:v>1.3960824074050918E-2</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>1.4861135322377407E-5</c:v>
+                  <c:v>7.355544822998376E-6</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>1.5217802570114465E-2</c:v>
+                  <c:v>1.2986214385003633E-2</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>23.932216281235689</c:v>
+                  <c:v>22.464095011278257</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>3.5881914013173803</c:v>
+                  <c:v>3.3725687901585166</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>50.746772049949463</c:v>
+                  <c:v>52.361060010506655</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>8.1884855626299519E-2</c:v>
+                  <c:v>8.1819402838622435E-2</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>4.0125065370418998E-4</c:v>
+                  <c:v>1.9859971022095614E-4</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>10.43339380329296</c:v>
+                  <c:v>9.9484589618707684</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>0.47139521242581139</c:v>
+                  <c:v>0.44713253647283679</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>9.3625152530977661E-4</c:v>
+                  <c:v>7.7968775123782785E-4</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000024-0099-44EF-8CD7-1715CDB51D62}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:dLblPos val="outEnd"/>
           <c:showLegendKey val="0"/>
           <c:showVal val="1"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
           <c:showLeaderLines val="0"/>
         </c:dLbls>
         <c:firstSliceAng val="75"/>
       </c:pieChart>
       <c:spPr>
         <a:noFill/>
         <a:ln>
@@ -4697,50 +5241,423 @@
           <a:lumOff val="85000"/>
         </a:schemeClr>
       </a:solidFill>
       <a:round/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr/>
       </a:pPr>
       <a:endParaRPr lang="sr-Latn-RS"/>
     </a:p>
   </c:txPr>
   <c:printSettings>
     <c:headerFooter/>
     <c:pageMargins b="0.75" l="0.7" r="0.7" t="0.75" header="0.3" footer="0.3"/>
     <c:pageSetup/>
   </c:printSettings>
 </c:chartSpace>
 </file>
 
+<file path=xl/charts/chart9.xml><?xml version="1.0" encoding="utf-8"?>
+<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+  <c:date1904 val="0"/>
+  <c:lang val="hr-HR"/>
+  <c:roundedCorners val="0"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
+      <c14:style val="102"/>
+    </mc:Choice>
+    <mc:Fallback>
+      <c:style val="2"/>
+    </mc:Fallback>
+  </mc:AlternateContent>
+  <c:chart>
+    <c:title>
+      <c:tx>
+        <c:rich>
+          <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1000" b="1" i="0" u="none" strike="noStrike" baseline="0">
+                <a:effectLst/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Ratio of the purchase and sale of foreign cash and cheques in February 2026</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1000" b="1">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </c:rich>
+      </c:tx>
+      <c:overlay val="0"/>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+      <c:txPr>
+        <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr>
+            <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="65000"/>
+                  <a:lumOff val="35000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:pPr>
+          <a:endParaRPr lang="sr-Latn-RS"/>
+        </a:p>
+      </c:txPr>
+    </c:title>
+    <c:autoTitleDeleted val="0"/>
+    <c:plotArea>
+      <c:layout/>
+      <c:pieChart>
+        <c:varyColors val="1"/>
+        <c:ser>
+          <c:idx val="0"/>
+          <c:order val="0"/>
+          <c:spPr>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </c:spPr>
+          <c:dPt>
+            <c:idx val="0"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:schemeClr val="accent1"/>
+              </a:solidFill>
+              <a:ln w="19050">
+                <a:noFill/>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000001-AA4F-4B21-87BB-3D0C47BA7398}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dPt>
+            <c:idx val="1"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+              <a:ln w="19050">
+                <a:noFill/>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000003-AA4F-4B21-87BB-3D0C47BA7398}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dPt>
+            <c:idx val="2"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:schemeClr val="accent3"/>
+              </a:solidFill>
+              <a:ln w="19050">
+                <a:noFill/>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000005-AA4F-4B21-87BB-3D0C47BA7398}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dLbls>
+            <c:dLbl>
+              <c:idx val="0"/>
+              <c:layout>
+                <c:manualLayout>
+                  <c:x val="6.9444444444444448E-2"/>
+                  <c:y val="0"/>
+                </c:manualLayout>
+              </c:layout>
+              <c:dLblPos val="bestFit"/>
+              <c:showLegendKey val="1"/>
+              <c:showVal val="0"/>
+              <c:showCatName val="1"/>
+              <c:showSerName val="0"/>
+              <c:showPercent val="1"/>
+              <c:showBubbleSize val="0"/>
+              <c:separator>
+</c:separator>
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000001-AA4F-4B21-87BB-3D0C47BA7398}"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:dLbl>
+              <c:idx val="1"/>
+              <c:layout>
+                <c:manualLayout>
+                  <c:x val="-6.1111111111111137E-2"/>
+                  <c:y val="6.4814814814814797E-2"/>
+                </c:manualLayout>
+              </c:layout>
+              <c:dLblPos val="bestFit"/>
+              <c:showLegendKey val="1"/>
+              <c:showVal val="0"/>
+              <c:showCatName val="1"/>
+              <c:showSerName val="0"/>
+              <c:showPercent val="1"/>
+              <c:showBubbleSize val="0"/>
+              <c:separator>
+</c:separator>
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000003-AA4F-4B21-87BB-3D0C47BA7398}"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:dLbl>
+              <c:idx val="2"/>
+              <c:layout>
+                <c:manualLayout>
+                  <c:x val="0.11388888888888889"/>
+                  <c:y val="8.3333333333333329E-2"/>
+                </c:manualLayout>
+              </c:layout>
+              <c:dLblPos val="bestFit"/>
+              <c:showLegendKey val="1"/>
+              <c:showVal val="0"/>
+              <c:showCatName val="1"/>
+              <c:showSerName val="0"/>
+              <c:showPercent val="1"/>
+              <c:showBubbleSize val="0"/>
+              <c:separator>
+</c:separator>
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000005-AA4F-4B21-87BB-3D0C47BA7398}"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:numFmt formatCode="0.00%" sourceLinked="0"/>
+            <c:spPr>
+              <a:noFill/>
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:txPr>
+              <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr" anchorCtr="1">
+                <a:spAutoFit/>
+              </a:bodyPr>
+              <a:lstStyle/>
+              <a:p>
+                <a:pPr>
+                  <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                    <a:solidFill>
+                      <a:schemeClr val="tx1">
+                        <a:lumMod val="75000"/>
+                        <a:lumOff val="25000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                    <a:latin typeface="+mn-lt"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="+mn-cs"/>
+                  </a:defRPr>
+                </a:pPr>
+                <a:endParaRPr lang="sr-Latn-RS"/>
+              </a:p>
+            </c:txPr>
+            <c:dLblPos val="outEnd"/>
+            <c:showLegendKey val="1"/>
+            <c:showVal val="0"/>
+            <c:showCatName val="1"/>
+            <c:showSerName val="0"/>
+            <c:showPercent val="1"/>
+            <c:showBubbleSize val="0"/>
+            <c:separator>
+</c:separator>
+            <c:showLeaderLines val="1"/>
+            <c:leaderLines>
+              <c:spPr>
+                <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1">
+                      <a:lumMod val="35000"/>
+                      <a:lumOff val="65000"/>
+                    </a:schemeClr>
+                  </a:solidFill>
+                  <a:round/>
+                </a:ln>
+                <a:effectLst/>
+              </c:spPr>
+            </c:leaderLines>
+            <c:extLst>
+              <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+            </c:extLst>
+          </c:dLbls>
+          <c:cat>
+            <c:strRef>
+              <c:f>'2026'!$B$50:$B$52</c:f>
+              <c:strCache>
+                <c:ptCount val="3"/>
+                <c:pt idx="0">
+                  <c:v>Purchase of foreign cash</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>Sale of foreign cash</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>Redemption of cheques</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>'2026'!$D$50:$D$52</c:f>
+              <c:numCache>
+                <c:formatCode>#,##0.00</c:formatCode>
+                <c:ptCount val="3"/>
+                <c:pt idx="0">
+                  <c:v>84.108720585183278</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>15.891279414816731</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>0</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000006-AA4F-4B21-87BB-3D0C47BA7398}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:dLbls>
+          <c:dLblPos val="outEnd"/>
+          <c:showLegendKey val="0"/>
+          <c:showVal val="1"/>
+          <c:showCatName val="0"/>
+          <c:showSerName val="0"/>
+          <c:showPercent val="0"/>
+          <c:showBubbleSize val="0"/>
+          <c:showLeaderLines val="1"/>
+        </c:dLbls>
+        <c:firstSliceAng val="10"/>
+      </c:pieChart>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+    </c:plotArea>
+    <c:plotVisOnly val="1"/>
+    <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
+  </c:chart>
+  <c:spPr>
+    <a:solidFill>
+      <a:schemeClr val="bg1"/>
+    </a:solidFill>
+    <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+      <a:solidFill>
+        <a:schemeClr val="tx1">
+          <a:lumMod val="15000"/>
+          <a:lumOff val="85000"/>
+        </a:schemeClr>
+      </a:solidFill>
+      <a:round/>
+    </a:ln>
+    <a:effectLst/>
+  </c:spPr>
+  <c:txPr>
+    <a:bodyPr/>
+    <a:lstStyle/>
+    <a:p>
+      <a:pPr>
+        <a:defRPr/>
+      </a:pPr>
+      <a:endParaRPr lang="sr-Latn-RS"/>
+    </a:p>
+  </c:txPr>
+  <c:printSettings>
+    <c:headerFooter/>
+    <c:pageMargins b="0.75" l="0.7" r="0.7" t="0.75" header="0.3" footer="0.3"/>
+    <c:pageSetup/>
+  </c:printSettings>
+</c:chartSpace>
+</file>
+
 <file path=xl/charts/colors1.xml><?xml version="1.0" encoding="utf-8"?>
 <cs:colorStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" meth="cycle" id="10">
   <a:schemeClr val="accent1"/>
   <a:schemeClr val="accent2"/>
   <a:schemeClr val="accent3"/>
   <a:schemeClr val="accent4"/>
   <a:schemeClr val="accent5"/>
   <a:schemeClr val="accent6"/>
   <cs:variation/>
   <cs:variation>
     <a:lumMod val="60000"/>
   </cs:variation>
   <cs:variation>
     <a:lumMod val="80000"/>
     <a:lumOff val="20000"/>
   </cs:variation>
   <cs:variation>
     <a:lumMod val="80000"/>
   </cs:variation>
   <cs:variation>
     <a:lumMod val="60000"/>
     <a:lumOff val="40000"/>
   </cs:variation>
   <cs:variation>
     <a:lumMod val="50000"/>
@@ -4817,50 +5734,130 @@
   </cs:variation>
   <cs:variation>
     <a:lumMod val="80000"/>
   </cs:variation>
   <cs:variation>
     <a:lumMod val="60000"/>
     <a:lumOff val="40000"/>
   </cs:variation>
   <cs:variation>
     <a:lumMod val="50000"/>
   </cs:variation>
   <cs:variation>
     <a:lumMod val="70000"/>
     <a:lumOff val="30000"/>
   </cs:variation>
   <cs:variation>
     <a:lumMod val="70000"/>
   </cs:variation>
   <cs:variation>
     <a:lumMod val="50000"/>
     <a:lumOff val="50000"/>
   </cs:variation>
 </cs:colorStyle>
 </file>
 
+<file path=xl/charts/colors4.xml><?xml version="1.0" encoding="utf-8"?>
+<cs:colorStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" meth="cycle" id="10">
+  <a:schemeClr val="accent1"/>
+  <a:schemeClr val="accent2"/>
+  <a:schemeClr val="accent3"/>
+  <a:schemeClr val="accent4"/>
+  <a:schemeClr val="accent5"/>
+  <a:schemeClr val="accent6"/>
+  <cs:variation/>
+  <cs:variation>
+    <a:lumMod val="60000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="80000"/>
+    <a:lumOff val="20000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="80000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="60000"/>
+    <a:lumOff val="40000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="50000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="70000"/>
+    <a:lumOff val="30000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="70000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="50000"/>
+    <a:lumOff val="50000"/>
+  </cs:variation>
+</cs:colorStyle>
+</file>
+
+<file path=xl/charts/colors5.xml><?xml version="1.0" encoding="utf-8"?>
+<cs:colorStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" meth="cycle" id="10">
+  <a:schemeClr val="accent1"/>
+  <a:schemeClr val="accent2"/>
+  <a:schemeClr val="accent3"/>
+  <a:schemeClr val="accent4"/>
+  <a:schemeClr val="accent5"/>
+  <a:schemeClr val="accent6"/>
+  <cs:variation/>
+  <cs:variation>
+    <a:lumMod val="60000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="80000"/>
+    <a:lumOff val="20000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="80000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="60000"/>
+    <a:lumOff val="40000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="50000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="70000"/>
+    <a:lumOff val="30000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="70000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="50000"/>
+    <a:lumOff val="50000"/>
+  </cs:variation>
+</cs:colorStyle>
+</file>
+
 <file path=xl/charts/style1.xml><?xml version="1.0" encoding="utf-8"?>
 <cs:chartStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" id="251">
   <cs:axisTitle>
     <cs:lnRef idx="0"/>
     <cs:fillRef idx="0"/>
     <cs:effectRef idx="0"/>
     <cs:fontRef idx="minor">
       <a:schemeClr val="tx1">
         <a:lumMod val="65000"/>
         <a:lumOff val="35000"/>
       </a:schemeClr>
     </cs:fontRef>
     <cs:defRPr sz="1000" kern="1200"/>
   </cs:axisTitle>
   <cs:categoryAxis>
     <cs:lnRef idx="0"/>
     <cs:fillRef idx="0"/>
     <cs:effectRef idx="0"/>
     <cs:fontRef idx="minor">
       <a:schemeClr val="tx1">
         <a:lumMod val="65000"/>
         <a:lumOff val="35000"/>
       </a:schemeClr>
     </cs:fontRef>
     <cs:spPr>
@@ -6374,56 +7371,1098 @@
     <cs:fontRef idx="minor">
       <a:schemeClr val="tx1">
         <a:lumMod val="65000"/>
         <a:lumOff val="35000"/>
       </a:schemeClr>
     </cs:fontRef>
     <cs:defRPr sz="900" kern="1200"/>
   </cs:valueAxis>
   <cs:wall>
     <cs:lnRef idx="0"/>
     <cs:fillRef idx="0"/>
     <cs:effectRef idx="0"/>
     <cs:fontRef idx="minor">
       <a:schemeClr val="tx1"/>
     </cs:fontRef>
     <cs:spPr>
       <a:noFill/>
       <a:ln>
         <a:noFill/>
       </a:ln>
     </cs:spPr>
   </cs:wall>
 </cs:chartStyle>
 </file>
 
+<file path=xl/charts/style4.xml><?xml version="1.0" encoding="utf-8"?>
+<cs:chartStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" id="251">
+  <cs:axisTitle>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="1000" kern="1200"/>
+  </cs:axisTitle>
+  <cs:categoryAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:categoryAxis>
+  <cs:chartArea mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="bg1"/>
+      </a:solidFill>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:chartArea>
+  <cs:dataLabel>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="75000"/>
+        <a:lumOff val="25000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:dataLabel>
+  <cs:dataLabelCallout>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="dk1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="lt1"/>
+      </a:solidFill>
+      <a:ln>
+        <a:solidFill>
+          <a:schemeClr val="dk1">
+            <a:lumMod val="25000"/>
+            <a:lumOff val="75000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+    <cs:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="clip" horzOverflow="clip" vert="horz" wrap="square" lIns="36576" tIns="18288" rIns="36576" bIns="18288" anchor="ctr" anchorCtr="1">
+      <a:spAutoFit/>
+    </cs:bodyPr>
+  </cs:dataLabelCallout>
+  <cs:dataPoint>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="19050">
+        <a:solidFill>
+          <a:schemeClr val="lt1"/>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPoint>
+  <cs:dataPoint3D>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="25400">
+        <a:solidFill>
+          <a:schemeClr val="lt1"/>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPoint3D>
+  <cs:dataPointLine>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="28575" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointLine>
+  <cs:dataPointMarker>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointMarker>
+  <cs:dataPointMarkerLayout symbol="circle" size="5"/>
+  <cs:dataPointWireframe>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointWireframe>
+  <cs:dataTable>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:noFill/>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:dataTable>
+  <cs:downBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="dk1">
+          <a:lumMod val="75000"/>
+          <a:lumOff val="25000"/>
+        </a:schemeClr>
+      </a:solidFill>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="65000"/>
+            <a:lumOff val="35000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:downBar>
+  <cs:dropLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dropLine>
+  <cs:errorBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="65000"/>
+            <a:lumOff val="35000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:errorBar>
+  <cs:floor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:noFill/>
+      <a:ln>
+        <a:noFill/>
+      </a:ln>
+    </cs:spPr>
+  </cs:floor>
+  <cs:gridlineMajor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:gridlineMajor>
+  <cs:gridlineMinor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="5000"/>
+            <a:lumOff val="95000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:gridlineMinor>
+  <cs:hiLoLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="50000"/>
+            <a:lumOff val="50000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:hiLoLine>
+  <cs:leaderLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:leaderLine>
+  <cs:legend>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:legend>
+  <cs:plotArea mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:plotArea>
+  <cs:plotArea3D mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:plotArea3D>
+  <cs:seriesAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:seriesAxis>
+  <cs:seriesLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:seriesLine>
+  <cs:title>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="1400" b="0" kern="1200" spc="0" baseline="0"/>
+  </cs:title>
+  <cs:trendline>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="19050" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:prstDash val="sysDot"/>
+      </a:ln>
+    </cs:spPr>
+  </cs:trendline>
+  <cs:trendlineLabel>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:trendlineLabel>
+  <cs:upBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="lt1"/>
+      </a:solidFill>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="65000"/>
+            <a:lumOff val="35000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:upBar>
+  <cs:valueAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:valueAxis>
+  <cs:wall>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:noFill/>
+      <a:ln>
+        <a:noFill/>
+      </a:ln>
+    </cs:spPr>
+  </cs:wall>
+</cs:chartStyle>
+</file>
+
+<file path=xl/charts/style5.xml><?xml version="1.0" encoding="utf-8"?>
+<cs:chartStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" id="251">
+  <cs:axisTitle>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="1000" kern="1200"/>
+  </cs:axisTitle>
+  <cs:categoryAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:categoryAxis>
+  <cs:chartArea mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="bg1"/>
+      </a:solidFill>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:chartArea>
+  <cs:dataLabel>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="75000"/>
+        <a:lumOff val="25000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:dataLabel>
+  <cs:dataLabelCallout>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="dk1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="lt1"/>
+      </a:solidFill>
+      <a:ln>
+        <a:solidFill>
+          <a:schemeClr val="dk1">
+            <a:lumMod val="25000"/>
+            <a:lumOff val="75000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+    <cs:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="clip" horzOverflow="clip" vert="horz" wrap="square" lIns="36576" tIns="18288" rIns="36576" bIns="18288" anchor="ctr" anchorCtr="1">
+      <a:spAutoFit/>
+    </cs:bodyPr>
+  </cs:dataLabelCallout>
+  <cs:dataPoint>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="19050">
+        <a:solidFill>
+          <a:schemeClr val="lt1"/>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPoint>
+  <cs:dataPoint3D>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="25400">
+        <a:solidFill>
+          <a:schemeClr val="lt1"/>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPoint3D>
+  <cs:dataPointLine>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="28575" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointLine>
+  <cs:dataPointMarker>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointMarker>
+  <cs:dataPointMarkerLayout symbol="circle" size="5"/>
+  <cs:dataPointWireframe>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointWireframe>
+  <cs:dataTable>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:noFill/>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:dataTable>
+  <cs:downBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="dk1">
+          <a:lumMod val="75000"/>
+          <a:lumOff val="25000"/>
+        </a:schemeClr>
+      </a:solidFill>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="65000"/>
+            <a:lumOff val="35000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:downBar>
+  <cs:dropLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dropLine>
+  <cs:errorBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="65000"/>
+            <a:lumOff val="35000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:errorBar>
+  <cs:floor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:noFill/>
+      <a:ln>
+        <a:noFill/>
+      </a:ln>
+    </cs:spPr>
+  </cs:floor>
+  <cs:gridlineMajor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:gridlineMajor>
+  <cs:gridlineMinor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="5000"/>
+            <a:lumOff val="95000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:gridlineMinor>
+  <cs:hiLoLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="50000"/>
+            <a:lumOff val="50000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:hiLoLine>
+  <cs:leaderLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:leaderLine>
+  <cs:legend>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:legend>
+  <cs:plotArea mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:plotArea>
+  <cs:plotArea3D mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:plotArea3D>
+  <cs:seriesAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:seriesAxis>
+  <cs:seriesLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:seriesLine>
+  <cs:title>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="1400" b="0" kern="1200" spc="0" baseline="0"/>
+  </cs:title>
+  <cs:trendline>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="19050" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:prstDash val="sysDot"/>
+      </a:ln>
+    </cs:spPr>
+  </cs:trendline>
+  <cs:trendlineLabel>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:trendlineLabel>
+  <cs:upBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="lt1"/>
+      </a:solidFill>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="65000"/>
+            <a:lumOff val="35000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:upBar>
+  <cs:valueAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:valueAxis>
+  <cs:wall>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:noFill/>
+      <a:ln>
+        <a:noFill/>
+      </a:ln>
+    </cs:spPr>
+  </cs:wall>
+</cs:chartStyle>
+</file>
+
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart4.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart7.xml"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>152400</xdr:colOff>
       <xdr:row>45</xdr:row>
       <xdr:rowOff>14288</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>11</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>65</xdr:row>
       <xdr:rowOff>15788</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="7" name="Grafikon 6">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000007000000}"/>
             </a:ext>
           </a:extLst>
@@ -6664,50 +8703,131 @@
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>6</xdr:col>
       <xdr:colOff>28575</xdr:colOff>
       <xdr:row>28</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>12</xdr:col>
       <xdr:colOff>304800</xdr:colOff>
       <xdr:row>44</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="5" name="Grafikon 4">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000005000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvGraphicFramePr>
+          <a:graphicFrameLocks/>
+        </xdr:cNvGraphicFramePr>
+      </xdr:nvGraphicFramePr>
+      <xdr:xfrm>
+        <a:off x="0" y="0"/>
+        <a:ext cx="0" cy="0"/>
+      </xdr:xfrm>
+      <a:graphic>
+        <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
+          <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
+        </a:graphicData>
+      </a:graphic>
+    </xdr:graphicFrame>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>6</xdr:col>
+      <xdr:colOff>28575</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>114300</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>12</xdr:col>
+      <xdr:colOff>304800</xdr:colOff>
+      <xdr:row>18</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:graphicFrame macro="">
+      <xdr:nvGraphicFramePr>
+        <xdr:cNvPr id="2" name="Grafikon 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{490404EF-C4B0-41E4-BA77-84AF8A3FB08E}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvGraphicFramePr>
+          <a:graphicFrameLocks/>
+        </xdr:cNvGraphicFramePr>
+      </xdr:nvGraphicFramePr>
+      <xdr:xfrm>
+        <a:off x="0" y="0"/>
+        <a:ext cx="0" cy="0"/>
+      </xdr:xfrm>
+      <a:graphic>
+        <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
+          <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
+        </a:graphicData>
+      </a:graphic>
+    </xdr:graphicFrame>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>6</xdr:col>
+      <xdr:colOff>28575</xdr:colOff>
+      <xdr:row>28</xdr:row>
+      <xdr:rowOff>142875</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>12</xdr:col>
+      <xdr:colOff>304800</xdr:colOff>
+      <xdr:row>44</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:to>
+    <xdr:graphicFrame macro="">
+      <xdr:nvGraphicFramePr>
+        <xdr:cNvPr id="3" name="Grafikon 2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E58B151E-2869-4FDB-8627-8102ED9C849F}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema sustava Office">
   <a:themeElements>
@@ -7014,62 +9134,66 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="N90:Q107"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="O44" sqref="O44"/>
+      <selection activeCell="S35" sqref="S35"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.33203125" defaultRowHeight="12.95" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.83203125" style="1" customWidth="1"/>
     <col min="2" max="16384" width="9.33203125" style="1"/>
   </cols>
   <sheetData>
     <row r="90" spans="14:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="N90" s="27"/>
       <c r="O90" s="58"/>
       <c r="P90" s="27"/>
       <c r="Q90" s="58"/>
     </row>
     <row r="91" spans="14:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="N91" s="27"/>
       <c r="O91" s="58"/>
       <c r="P91" s="27"/>
       <c r="Q91" s="58"/>
     </row>
     <row r="92" spans="14:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="N92" s="27"/>
       <c r="O92" s="58"/>
       <c r="P92" s="27"/>
       <c r="Q92" s="58"/>
@@ -7156,51 +9280,51 @@
       <c r="N106" s="27"/>
       <c r="O106" s="58"/>
       <c r="P106" s="27"/>
       <c r="Q106" s="58"/>
     </row>
     <row r="107" spans="14:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="N107" s="27"/>
       <c r="O107" s="58"/>
       <c r="P107" s="27"/>
       <c r="Q107" s="58"/>
     </row>
   </sheetData>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="53" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B2:Q81"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+    <sheetView showGridLines="0" topLeftCell="A31" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="F24" sqref="F24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.33203125" defaultRowHeight="12.95" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.83203125" style="30" customWidth="1"/>
     <col min="2" max="2" width="10.33203125" style="30" customWidth="1"/>
     <col min="3" max="3" width="11.33203125" style="30" customWidth="1"/>
     <col min="4" max="4" width="13.83203125" style="30" customWidth="1"/>
     <col min="5" max="5" width="14.1640625" style="30" customWidth="1"/>
     <col min="6" max="6" width="10.33203125" style="30" customWidth="1"/>
     <col min="7" max="7" width="11.5" style="30" customWidth="1"/>
     <col min="8" max="9" width="17.83203125" style="30" customWidth="1"/>
     <col min="10" max="16384" width="9.33203125" style="30"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="26" t="s">
         <v>76</v>
       </c>
       <c r="C2" s="39"/>
       <c r="D2" s="39"/>
       <c r="E2" s="39"/>
     </row>
     <row r="3" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
@@ -8167,58 +10291,1075 @@
       <c r="E81" s="19">
         <f>+E51</f>
         <v>2.2747289999999998</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="7">
     <mergeCell ref="B79:E79"/>
     <mergeCell ref="B4:C4"/>
     <mergeCell ref="D4:E4"/>
     <mergeCell ref="B30:C30"/>
     <mergeCell ref="D30:E30"/>
     <mergeCell ref="B56:C56"/>
     <mergeCell ref="D56:E56"/>
   </mergeCells>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="75" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <ignoredErrors>
     <ignoredError sqref="B6:B7 B8:B21 B32:B47 B58:B70 B22:C22 B48:C48 B71:C71" numberStoredAsText="1"/>
   </ignoredErrors>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A8F8F0F7-DBDD-4284-AD64-87D582226B98}">
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="B2:Q81"/>
+  <sheetViews>
+    <sheetView showGridLines="0" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+      <selection activeCell="I26" sqref="I26"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="9.33203125" defaultRowHeight="12.95" customHeight="1" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="2.83203125" style="30" customWidth="1"/>
+    <col min="2" max="2" width="10.33203125" style="30" customWidth="1"/>
+    <col min="3" max="3" width="11.33203125" style="30" customWidth="1"/>
+    <col min="4" max="4" width="13.83203125" style="30" customWidth="1"/>
+    <col min="5" max="5" width="14.1640625" style="30" customWidth="1"/>
+    <col min="6" max="6" width="10.33203125" style="30" customWidth="1"/>
+    <col min="7" max="7" width="11.5" style="30" customWidth="1"/>
+    <col min="8" max="9" width="17.83203125" style="30" customWidth="1"/>
+    <col min="10" max="16384" width="9.33203125" style="30"/>
+  </cols>
+  <sheetData>
+    <row r="2" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B2" s="26" t="s">
+        <v>80</v>
+      </c>
+      <c r="C2" s="39"/>
+      <c r="D2" s="39"/>
+      <c r="E2" s="39"/>
+    </row>
+    <row r="3" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B3" s="32"/>
+      <c r="C3" s="39"/>
+      <c r="D3" s="39"/>
+      <c r="E3" s="39"/>
+    </row>
+    <row r="4" spans="2:5" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B4" s="61" t="s">
+        <v>50</v>
+      </c>
+      <c r="C4" s="61"/>
+      <c r="D4" s="61" t="s">
+        <v>59</v>
+      </c>
+      <c r="E4" s="61"/>
+    </row>
+    <row r="5" spans="2:5" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B5" s="33" t="s">
+        <v>60</v>
+      </c>
+      <c r="C5" s="33" t="s">
+        <v>61</v>
+      </c>
+      <c r="D5" s="33" t="s">
+        <v>62</v>
+      </c>
+      <c r="E5" s="33" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="6" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B6" s="27" t="s">
+        <v>0</v>
+      </c>
+      <c r="C6" s="27" t="s">
+        <v>14</v>
+      </c>
+      <c r="D6" s="36">
+        <v>830505</v>
+      </c>
+      <c r="E6" s="36">
+        <v>484333</v>
+      </c>
+    </row>
+    <row r="7" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B7" s="27" t="s">
+        <v>1</v>
+      </c>
+      <c r="C7" s="27" t="s">
+        <v>15</v>
+      </c>
+      <c r="D7" s="36">
+        <v>444280</v>
+      </c>
+      <c r="E7" s="36">
+        <v>268813</v>
+      </c>
+    </row>
+    <row r="8" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B8" s="27" t="s">
+        <v>2</v>
+      </c>
+      <c r="C8" s="27" t="s">
+        <v>16</v>
+      </c>
+      <c r="D8" s="36">
+        <v>247800</v>
+      </c>
+      <c r="E8" s="36">
+        <v>9486</v>
+      </c>
+    </row>
+    <row r="9" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B9" s="27" t="s">
+        <v>3</v>
+      </c>
+      <c r="C9" s="27" t="s">
+        <v>17</v>
+      </c>
+      <c r="D9" s="36">
+        <v>85650</v>
+      </c>
+      <c r="E9" s="36">
+        <v>9672</v>
+      </c>
+    </row>
+    <row r="10" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B10" s="27" t="s">
+        <v>4</v>
+      </c>
+      <c r="C10" s="27" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" s="36">
+        <v>170148710</v>
+      </c>
+      <c r="E10" s="36">
+        <v>427965</v>
+      </c>
+    </row>
+    <row r="11" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B11" s="27" t="s">
+        <v>5</v>
+      </c>
+      <c r="C11" s="27" t="s">
+        <v>19</v>
+      </c>
+      <c r="D11" s="36">
+        <v>412000</v>
+      </c>
+      <c r="E11" s="36">
+        <v>1961</v>
+      </c>
+    </row>
+    <row r="12" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B12" s="27" t="s">
+        <v>6</v>
+      </c>
+      <c r="C12" s="27" t="s">
+        <v>20</v>
+      </c>
+      <c r="D12" s="36">
+        <v>9950</v>
+      </c>
+      <c r="E12" s="36">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="13" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B13" s="27" t="s">
+        <v>28</v>
+      </c>
+      <c r="C13" s="27" t="s">
+        <v>29</v>
+      </c>
+      <c r="D13" s="36">
+        <v>0</v>
+      </c>
+      <c r="E13" s="36">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="14" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B14" s="27" t="s">
+        <v>7</v>
+      </c>
+      <c r="C14" s="27" t="s">
+        <v>21</v>
+      </c>
+      <c r="D14" s="36">
+        <v>18980</v>
+      </c>
+      <c r="E14" s="36">
+        <v>1189</v>
+      </c>
+    </row>
+    <row r="15" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B15" s="27" t="s">
+        <v>8</v>
+      </c>
+      <c r="C15" s="27" t="s">
+        <v>22</v>
+      </c>
+      <c r="D15" s="36">
+        <v>2426530</v>
+      </c>
+      <c r="E15" s="36">
+        <v>2588897</v>
+      </c>
+    </row>
+    <row r="16" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B16" s="27" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" s="27" t="s">
+        <v>23</v>
+      </c>
+      <c r="D16" s="36">
+        <v>281235</v>
+      </c>
+      <c r="E16" s="36">
+        <v>313765</v>
+      </c>
+    </row>
+    <row r="17" spans="2:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B17" s="27" t="s">
+        <v>10</v>
+      </c>
+      <c r="C17" s="27" t="s">
+        <v>24</v>
+      </c>
+      <c r="D17" s="36">
+        <v>8103619</v>
+      </c>
+      <c r="E17" s="36">
+        <v>6710026</v>
+      </c>
+    </row>
+    <row r="18" spans="2:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B18" s="27" t="s">
+        <v>11</v>
+      </c>
+      <c r="C18" s="27" t="s">
+        <v>25</v>
+      </c>
+      <c r="D18" s="36">
+        <v>668080</v>
+      </c>
+      <c r="E18" s="36">
+        <v>5149</v>
+      </c>
+    </row>
+    <row r="19" spans="2:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B19" s="27" t="s">
+        <v>30</v>
+      </c>
+      <c r="C19" s="27" t="s">
+        <v>31</v>
+      </c>
+      <c r="D19" s="36">
+        <v>0</v>
+      </c>
+      <c r="E19" s="36">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20" spans="2:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B20" s="27" t="s">
+        <v>32</v>
+      </c>
+      <c r="C20" s="27" t="s">
+        <v>33</v>
+      </c>
+      <c r="D20" s="36">
+        <v>0</v>
+      </c>
+      <c r="E20" s="36">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="21" spans="2:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B21" s="27" t="s">
+        <v>12</v>
+      </c>
+      <c r="C21" s="27" t="s">
+        <v>26</v>
+      </c>
+      <c r="D21" s="36">
+        <v>1352317</v>
+      </c>
+      <c r="E21" s="36">
+        <v>682983</v>
+      </c>
+      <c r="H21" s="14"/>
+    </row>
+    <row r="22" spans="2:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B22" s="27" t="s">
+        <v>13</v>
+      </c>
+      <c r="C22" s="27" t="s">
+        <v>27</v>
+      </c>
+      <c r="D22" s="36">
+        <v>199015</v>
+      </c>
+      <c r="E22" s="36">
+        <v>45313</v>
+      </c>
+      <c r="H22" s="14"/>
+    </row>
+    <row r="23" spans="2:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B23" s="59" t="s">
+        <v>73</v>
+      </c>
+      <c r="C23" s="27" t="s">
+        <v>74</v>
+      </c>
+      <c r="D23" s="36"/>
+      <c r="E23" s="36">
+        <v>36</v>
+      </c>
+      <c r="H23" s="14"/>
+      <c r="I23" s="14"/>
+    </row>
+    <row r="24" spans="2:17" s="25" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B24" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="C24" s="10"/>
+      <c r="D24" s="10"/>
+      <c r="E24" s="16">
+        <f>SUM(E6:E23)</f>
+        <v>11550188</v>
+      </c>
+      <c r="H24" s="21"/>
+      <c r="I24" s="21"/>
+    </row>
+    <row r="25" spans="2:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B25" s="17" t="s">
+        <v>68</v>
+      </c>
+      <c r="C25" s="6"/>
+      <c r="D25" s="18"/>
+      <c r="E25" s="9">
+        <f>+E24/1000000</f>
+        <v>11.550188</v>
+      </c>
+      <c r="I25" s="14"/>
+    </row>
+    <row r="26" spans="2:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B26" s="31"/>
+      <c r="D26" s="28"/>
+      <c r="E26" s="28"/>
+    </row>
+    <row r="27" spans="2:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B27" s="31"/>
+      <c r="D27" s="28"/>
+      <c r="E27" s="28"/>
+    </row>
+    <row r="28" spans="2:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B28" s="37" t="s">
+        <v>81</v>
+      </c>
+      <c r="C28" s="39"/>
+      <c r="D28" s="39"/>
+      <c r="E28" s="39"/>
+    </row>
+    <row r="29" spans="2:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B29" s="29"/>
+      <c r="C29" s="39"/>
+      <c r="D29" s="39"/>
+      <c r="E29" s="39"/>
+      <c r="Q29" s="22"/>
+    </row>
+    <row r="30" spans="2:17" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B30" s="61" t="s">
+        <v>50</v>
+      </c>
+      <c r="C30" s="61"/>
+      <c r="D30" s="61" t="s">
+        <v>63</v>
+      </c>
+      <c r="E30" s="61"/>
+      <c r="Q30" s="22"/>
+    </row>
+    <row r="31" spans="2:17" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="B31" s="33" t="s">
+        <v>60</v>
+      </c>
+      <c r="C31" s="33" t="s">
+        <v>61</v>
+      </c>
+      <c r="D31" s="33" t="s">
+        <v>62</v>
+      </c>
+      <c r="E31" s="33" t="s">
+        <v>67</v>
+      </c>
+      <c r="Q31" s="22"/>
+    </row>
+    <row r="32" spans="2:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B32" s="27" t="s">
+        <v>0</v>
+      </c>
+      <c r="C32" s="27" t="s">
+        <v>14</v>
+      </c>
+      <c r="D32" s="36">
+        <v>41025</v>
+      </c>
+      <c r="E32" s="36">
+        <v>24484</v>
+      </c>
+      <c r="Q32" s="22"/>
+    </row>
+    <row r="33" spans="2:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B33" s="27">
+        <v>124</v>
+      </c>
+      <c r="C33" s="27" t="s">
+        <v>15</v>
+      </c>
+      <c r="D33" s="36">
+        <v>45275</v>
+      </c>
+      <c r="E33" s="36">
+        <v>28210</v>
+      </c>
+      <c r="Q33" s="22"/>
+    </row>
+    <row r="34" spans="2:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B34" s="27" t="s">
+        <v>2</v>
+      </c>
+      <c r="C34" s="27" t="s">
+        <v>16</v>
+      </c>
+      <c r="D34" s="36">
+        <v>156000</v>
+      </c>
+      <c r="E34" s="36">
+        <v>5740</v>
+      </c>
+    </row>
+    <row r="35" spans="2:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B35" s="27" t="s">
+        <v>3</v>
+      </c>
+      <c r="C35" s="27" t="s">
+        <v>17</v>
+      </c>
+      <c r="D35" s="36">
+        <v>32900</v>
+      </c>
+      <c r="E35" s="36">
+        <v>4040</v>
+      </c>
+    </row>
+    <row r="36" spans="2:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B36" s="27" t="s">
+        <v>4</v>
+      </c>
+      <c r="C36" s="27" t="s">
+        <v>18</v>
+      </c>
+      <c r="D36" s="36">
+        <v>140191210</v>
+      </c>
+      <c r="E36" s="36">
+        <v>360893</v>
+      </c>
+    </row>
+    <row r="37" spans="2:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B37" s="27" t="s">
+        <v>5</v>
+      </c>
+      <c r="C37" s="27" t="s">
+        <v>19</v>
+      </c>
+      <c r="D37" s="36">
+        <v>741000</v>
+      </c>
+      <c r="E37" s="36">
+        <v>4159</v>
+      </c>
+    </row>
+    <row r="38" spans="2:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B38" s="27" t="s">
+        <v>6</v>
+      </c>
+      <c r="C38" s="27" t="s">
+        <v>20</v>
+      </c>
+      <c r="D38" s="36">
+        <v>14150</v>
+      </c>
+      <c r="E38" s="36">
+        <v>1140</v>
+      </c>
+    </row>
+    <row r="39" spans="2:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B39" s="27" t="s">
+        <v>28</v>
+      </c>
+      <c r="C39" s="27" t="s">
+        <v>29</v>
+      </c>
+      <c r="D39" s="36">
+        <v>0</v>
+      </c>
+      <c r="E39" s="36">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="40" spans="2:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B40" s="27" t="s">
+        <v>7</v>
+      </c>
+      <c r="C40" s="27" t="s">
+        <v>21</v>
+      </c>
+      <c r="D40" s="36">
+        <v>3020</v>
+      </c>
+      <c r="E40" s="36">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="41" spans="2:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B41" s="27" t="s">
+        <v>8</v>
+      </c>
+      <c r="C41" s="27" t="s">
+        <v>22</v>
+      </c>
+      <c r="D41" s="36">
+        <v>269100</v>
+      </c>
+      <c r="E41" s="36">
+        <v>298395</v>
+      </c>
+    </row>
+    <row r="42" spans="2:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B42" s="27" t="s">
+        <v>9</v>
+      </c>
+      <c r="C42" s="27" t="s">
+        <v>23</v>
+      </c>
+      <c r="D42" s="36">
+        <v>102340</v>
+      </c>
+      <c r="E42" s="36">
+        <v>120353</v>
+      </c>
+    </row>
+    <row r="43" spans="2:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B43" s="27" t="s">
+        <v>10</v>
+      </c>
+      <c r="C43" s="27" t="s">
+        <v>24</v>
+      </c>
+      <c r="D43" s="36">
+        <v>813573</v>
+      </c>
+      <c r="E43" s="36">
+        <v>697680</v>
+      </c>
+    </row>
+    <row r="44" spans="2:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B44" s="27" t="s">
+        <v>11</v>
+      </c>
+      <c r="C44" s="27" t="s">
+        <v>25</v>
+      </c>
+      <c r="D44" s="36">
+        <v>638710</v>
+      </c>
+      <c r="E44" s="36">
+        <v>6078</v>
+      </c>
+    </row>
+    <row r="45" spans="2:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B45" s="27" t="s">
+        <v>30</v>
+      </c>
+      <c r="C45" s="27" t="s">
+        <v>31</v>
+      </c>
+      <c r="D45" s="36">
+        <v>0</v>
+      </c>
+      <c r="E45" s="36">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="46" spans="2:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B46" s="20" t="s">
+        <v>32</v>
+      </c>
+      <c r="C46" s="20" t="s">
+        <v>33</v>
+      </c>
+      <c r="D46" s="36">
+        <v>0</v>
+      </c>
+      <c r="E46" s="36">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="47" spans="2:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B47" s="27" t="s">
+        <v>12</v>
+      </c>
+      <c r="C47" s="27" t="s">
+        <v>26</v>
+      </c>
+      <c r="D47" s="36">
+        <v>1186360</v>
+      </c>
+      <c r="E47" s="36">
+        <v>617922</v>
+      </c>
+    </row>
+    <row r="48" spans="2:17" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B48" s="27" t="s">
+        <v>13</v>
+      </c>
+      <c r="C48" s="27" t="s">
+        <v>27</v>
+      </c>
+      <c r="D48" s="36">
+        <v>51665</v>
+      </c>
+      <c r="E48" s="36">
+        <v>12824</v>
+      </c>
+    </row>
+    <row r="49" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B49" s="59" t="s">
+        <v>73</v>
+      </c>
+      <c r="C49" s="27" t="s">
+        <v>74</v>
+      </c>
+      <c r="D49" s="36"/>
+      <c r="E49" s="36">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="50" spans="2:5" s="25" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B50" s="10" t="s">
+        <v>54</v>
+      </c>
+      <c r="C50" s="10"/>
+      <c r="D50" s="16"/>
+      <c r="E50" s="16">
+        <f>SUM(E32:E49)</f>
+        <v>2182262</v>
+      </c>
+    </row>
+    <row r="51" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B51" s="17" t="s">
+        <v>68</v>
+      </c>
+      <c r="C51" s="6"/>
+      <c r="D51" s="18"/>
+      <c r="E51" s="9">
+        <f>+E50/1000000</f>
+        <v>2.1822620000000001</v>
+      </c>
+    </row>
+    <row r="52" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B52" s="31"/>
+      <c r="D52" s="28"/>
+      <c r="E52" s="28"/>
+    </row>
+    <row r="53" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B53" s="31"/>
+      <c r="D53" s="28"/>
+      <c r="E53" s="28"/>
+    </row>
+    <row r="54" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B54" s="34" t="s">
+        <v>82</v>
+      </c>
+      <c r="C54" s="39"/>
+      <c r="D54" s="39"/>
+      <c r="E54" s="39"/>
+    </row>
+    <row r="55" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B55" s="32"/>
+      <c r="C55" s="39"/>
+      <c r="D55" s="39"/>
+      <c r="E55" s="39"/>
+    </row>
+    <row r="56" spans="2:5" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B56" s="61" t="s">
+        <v>50</v>
+      </c>
+      <c r="C56" s="61"/>
+      <c r="D56" s="61" t="s">
+        <v>64</v>
+      </c>
+      <c r="E56" s="61"/>
+    </row>
+    <row r="57" spans="2:5" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="B57" s="33" t="s">
+        <v>60</v>
+      </c>
+      <c r="C57" s="33" t="s">
+        <v>61</v>
+      </c>
+      <c r="D57" s="33" t="s">
+        <v>65</v>
+      </c>
+      <c r="E57" s="33" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="58" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B58" s="27" t="s">
+        <v>0</v>
+      </c>
+      <c r="C58" s="27" t="s">
+        <v>14</v>
+      </c>
+      <c r="D58" s="36">
+        <v>0</v>
+      </c>
+      <c r="E58" s="36">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="59" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B59" s="27">
+        <v>124</v>
+      </c>
+      <c r="C59" s="27" t="s">
+        <v>15</v>
+      </c>
+      <c r="D59" s="36">
+        <v>0</v>
+      </c>
+      <c r="E59" s="36">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="60" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B60" s="27" t="s">
+        <v>2</v>
+      </c>
+      <c r="C60" s="27" t="s">
+        <v>16</v>
+      </c>
+      <c r="D60" s="36">
+        <v>0</v>
+      </c>
+      <c r="E60" s="36">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="61" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B61" s="27" t="s">
+        <v>3</v>
+      </c>
+      <c r="C61" s="27" t="s">
+        <v>17</v>
+      </c>
+      <c r="D61" s="36">
+        <v>0</v>
+      </c>
+      <c r="E61" s="36">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="62" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B62" s="27" t="s">
+        <v>4</v>
+      </c>
+      <c r="C62" s="27" t="s">
+        <v>18</v>
+      </c>
+      <c r="D62" s="36">
+        <v>0</v>
+      </c>
+      <c r="E62" s="36">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="63" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B63" s="27" t="s">
+        <v>5</v>
+      </c>
+      <c r="C63" s="27" t="s">
+        <v>19</v>
+      </c>
+      <c r="D63" s="36">
+        <v>0</v>
+      </c>
+      <c r="E63" s="36">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="64" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B64" s="27" t="s">
+        <v>6</v>
+      </c>
+      <c r="C64" s="27" t="s">
+        <v>20</v>
+      </c>
+      <c r="D64" s="36">
+        <v>0</v>
+      </c>
+      <c r="E64" s="36">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="65" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B65" s="27" t="s">
+        <v>7</v>
+      </c>
+      <c r="C65" s="27" t="s">
+        <v>21</v>
+      </c>
+      <c r="D65" s="36">
+        <v>0</v>
+      </c>
+      <c r="E65" s="36">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="66" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B66" s="27" t="s">
+        <v>8</v>
+      </c>
+      <c r="C66" s="27" t="s">
+        <v>22</v>
+      </c>
+      <c r="D66" s="36">
+        <v>0</v>
+      </c>
+      <c r="E66" s="36">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="67" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B67" s="27" t="s">
+        <v>9</v>
+      </c>
+      <c r="C67" s="27" t="s">
+        <v>23</v>
+      </c>
+      <c r="D67" s="36">
+        <v>0</v>
+      </c>
+      <c r="E67" s="36">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="68" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B68" s="27" t="s">
+        <v>10</v>
+      </c>
+      <c r="C68" s="27" t="s">
+        <v>24</v>
+      </c>
+      <c r="D68" s="36">
+        <v>0</v>
+      </c>
+      <c r="E68" s="36">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="69" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B69" s="27" t="s">
+        <v>11</v>
+      </c>
+      <c r="C69" s="27" t="s">
+        <v>25</v>
+      </c>
+      <c r="D69" s="36">
+        <v>0</v>
+      </c>
+      <c r="E69" s="36">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="70" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B70" s="27" t="s">
+        <v>12</v>
+      </c>
+      <c r="C70" s="27" t="s">
+        <v>26</v>
+      </c>
+      <c r="D70" s="36">
+        <v>0</v>
+      </c>
+      <c r="E70" s="36">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="71" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B71" s="27" t="s">
+        <v>13</v>
+      </c>
+      <c r="C71" s="27" t="s">
+        <v>27</v>
+      </c>
+      <c r="D71" s="36">
+        <v>0</v>
+      </c>
+      <c r="E71" s="36">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="72" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B72" s="59" t="s">
+        <v>73</v>
+      </c>
+      <c r="C72" s="27" t="s">
+        <v>74</v>
+      </c>
+      <c r="D72" s="36"/>
+      <c r="E72" s="36">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="73" spans="2:5" s="25" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B73" s="10" t="s">
+        <v>54</v>
+      </c>
+      <c r="C73" s="10"/>
+      <c r="D73" s="16"/>
+      <c r="E73" s="16">
+        <f>SUM(E58:E72)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="74" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B74" s="17" t="s">
+        <v>68</v>
+      </c>
+      <c r="C74" s="6"/>
+      <c r="D74" s="18"/>
+      <c r="E74" s="9">
+        <f>+E73/1000000</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="75" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B75" s="31"/>
+      <c r="D75" s="36"/>
+      <c r="E75" s="36"/>
+    </row>
+    <row r="76" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B76" s="31"/>
+      <c r="D76" s="36"/>
+      <c r="E76" s="36"/>
+    </row>
+    <row r="77" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B77" s="37" t="s">
+        <v>83</v>
+      </c>
+      <c r="C77" s="39"/>
+      <c r="D77" s="36"/>
+      <c r="E77" s="36"/>
+    </row>
+    <row r="78" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B78" s="38" t="s">
+        <v>69</v>
+      </c>
+      <c r="C78" s="39"/>
+      <c r="D78" s="36"/>
+      <c r="E78" s="36"/>
+    </row>
+    <row r="79" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B79" s="60"/>
+      <c r="C79" s="60"/>
+      <c r="D79" s="60"/>
+      <c r="E79" s="60"/>
+    </row>
+    <row r="80" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B80" s="52" t="s">
+        <v>46</v>
+      </c>
+      <c r="C80" s="53"/>
+      <c r="D80" s="53"/>
+      <c r="E80" s="14">
+        <f>+E25+E74</f>
+        <v>11.550188</v>
+      </c>
+    </row>
+    <row r="81" spans="2:5" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B81" s="24" t="s">
+        <v>57</v>
+      </c>
+      <c r="C81" s="11"/>
+      <c r="D81" s="11"/>
+      <c r="E81" s="19">
+        <f>+E51</f>
+        <v>2.1822620000000001</v>
+      </c>
+    </row>
+  </sheetData>
+  <mergeCells count="7">
+    <mergeCell ref="B79:E79"/>
+    <mergeCell ref="B4:C4"/>
+    <mergeCell ref="D4:E4"/>
+    <mergeCell ref="B30:C30"/>
+    <mergeCell ref="D30:E30"/>
+    <mergeCell ref="B56:C56"/>
+    <mergeCell ref="D56:E56"/>
+  </mergeCells>
+  <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageSetup paperSize="9" scale="75" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
+  <ignoredErrors>
+    <ignoredError sqref="B6:B22 A32:B48 A58:B71" numberStoredAsText="1"/>
+  </ignoredErrors>
+  <drawing r:id="rId2"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A2:P53"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="H2" sqref="H2"/>
+      <selection activeCell="D3" sqref="D3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.33203125" defaultRowHeight="12.95" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.83203125" style="2" customWidth="1"/>
     <col min="2" max="2" width="39" style="2" customWidth="1"/>
     <col min="3" max="14" width="16.1640625" style="45" customWidth="1"/>
     <col min="15" max="15" width="19.5" style="2" customWidth="1"/>
     <col min="16" max="16" width="11.6640625" style="2" customWidth="1"/>
     <col min="17" max="16384" width="9.33203125" style="2"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:16" s="35" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B2" s="41" t="s">
         <v>75</v>
       </c>
       <c r="C2" s="45"/>
       <c r="D2" s="45"/>
       <c r="E2" s="45"/>
       <c r="F2" s="45"/>
       <c r="G2" s="45"/>
       <c r="H2" s="45"/>
       <c r="I2" s="45"/>
       <c r="J2" s="45"/>
       <c r="K2" s="45"/>
@@ -8268,93 +11409,99 @@
       </c>
       <c r="J5" s="23" t="s">
         <v>41</v>
       </c>
       <c r="K5" s="23" t="s">
         <v>42</v>
       </c>
       <c r="L5" s="23" t="s">
         <v>43</v>
       </c>
       <c r="M5" s="23" t="s">
         <v>44</v>
       </c>
       <c r="N5" s="23" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="6" spans="2:16" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B6" s="39" t="s">
         <v>46</v>
       </c>
       <c r="C6" s="43">
         <f>+'January 2026'!$E$24+'January 2026'!$E$71</f>
         <v>11183193</v>
       </c>
-      <c r="D6" s="43"/>
+      <c r="D6" s="43">
+        <f>+'February 2026'!$E$24+'February 2026'!$E$71</f>
+        <v>11550188</v>
+      </c>
       <c r="E6" s="43"/>
       <c r="F6" s="43"/>
       <c r="G6" s="43"/>
       <c r="H6" s="43"/>
       <c r="I6" s="43"/>
       <c r="J6" s="43"/>
       <c r="K6" s="43"/>
       <c r="L6" s="43"/>
       <c r="M6" s="43"/>
       <c r="N6" s="43"/>
     </row>
     <row r="7" spans="2:16" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B7" s="39" t="s">
         <v>47</v>
       </c>
       <c r="C7" s="43">
         <f>+'January 2026'!$E$50</f>
         <v>2274729</v>
       </c>
-      <c r="D7" s="43"/>
+      <c r="D7" s="43">
+        <f>+'February 2026'!$E$50</f>
+        <v>2182262</v>
+      </c>
       <c r="E7" s="43"/>
       <c r="F7" s="43"/>
       <c r="G7" s="43"/>
       <c r="H7" s="43"/>
       <c r="I7" s="43"/>
       <c r="J7" s="43"/>
       <c r="K7" s="43"/>
       <c r="L7" s="43"/>
       <c r="M7" s="43"/>
       <c r="N7" s="43"/>
     </row>
     <row r="8" spans="2:16" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B8" s="48" t="s">
         <v>48</v>
       </c>
       <c r="C8" s="7">
         <f t="shared" ref="C8" si="0">SUM(C6:C7)</f>
         <v>13457922</v>
       </c>
       <c r="D8" s="7">
         <f t="shared" ref="D8:N8" si="1">SUM(D6:D7)</f>
-        <v>0</v>
+        <v>13732450</v>
       </c>
       <c r="E8" s="7">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="F8" s="7">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G8" s="7">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="H8" s="7">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="I8" s="7">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="J8" s="7">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
@@ -8487,606 +11634,660 @@
       </c>
       <c r="L14" s="23" t="s">
         <v>43</v>
       </c>
       <c r="M14" s="23" t="s">
         <v>44</v>
       </c>
       <c r="N14" s="23" t="s">
         <v>45</v>
       </c>
       <c r="O14" s="51" t="s">
         <v>54</v>
       </c>
       <c r="P14" s="23" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="15" spans="2:16" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B15" s="4" t="s">
         <v>14</v>
       </c>
       <c r="C15" s="43">
         <f>+'January 2026'!$E6+'January 2026'!$E32</f>
         <v>496575</v>
       </c>
-      <c r="D15" s="43"/>
+      <c r="D15" s="43">
+        <f>+'February 2026'!$E6+'February 2026'!$E32</f>
+        <v>508817</v>
+      </c>
       <c r="E15" s="43"/>
       <c r="F15" s="43"/>
       <c r="G15" s="43"/>
       <c r="H15" s="43"/>
       <c r="I15" s="43"/>
       <c r="J15" s="43"/>
       <c r="K15" s="43"/>
       <c r="L15" s="43"/>
       <c r="M15" s="43"/>
       <c r="N15" s="43"/>
       <c r="O15" s="3">
         <f t="shared" ref="O15:O32" si="2">SUM(C15:N15)</f>
-        <v>496575</v>
+        <v>1005392</v>
       </c>
       <c r="P15" s="43">
         <f>+(O15/O33)*100</f>
-        <v>3.6898341363547802</v>
+        <v>3.697602960341992</v>
       </c>
     </row>
     <row r="16" spans="2:16" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="4" t="s">
         <v>15</v>
       </c>
       <c r="C16" s="43">
         <f>+'January 2026'!$E7+'January 2026'!$E33</f>
         <v>211421</v>
       </c>
-      <c r="D16" s="43"/>
+      <c r="D16" s="43">
+        <f>+'February 2026'!$E7+'February 2026'!$E33</f>
+        <v>297023</v>
+      </c>
       <c r="E16" s="43"/>
       <c r="F16" s="43"/>
       <c r="G16" s="43"/>
       <c r="H16" s="43"/>
       <c r="I16" s="43"/>
       <c r="J16" s="43"/>
       <c r="K16" s="43"/>
       <c r="L16" s="43"/>
       <c r="M16" s="43"/>
       <c r="N16" s="43"/>
       <c r="O16" s="3">
         <f t="shared" si="2"/>
-        <v>211421</v>
+        <v>508444</v>
       </c>
       <c r="P16" s="43">
         <f>+(O16/O33)*100</f>
-        <v>1.5709780454961768</v>
+        <v>1.8699413159922931</v>
       </c>
     </row>
     <row r="17" spans="1:16" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B17" s="4" t="s">
         <v>16</v>
       </c>
       <c r="C17" s="43">
         <f>+'January 2026'!$E8+'January 2026'!$E34</f>
         <v>17151</v>
       </c>
-      <c r="D17" s="43"/>
+      <c r="D17" s="43">
+        <f>+'February 2026'!$E8+'February 2026'!$E34</f>
+        <v>15226</v>
+      </c>
       <c r="E17" s="43"/>
       <c r="F17" s="43"/>
       <c r="G17" s="43"/>
       <c r="H17" s="43"/>
       <c r="I17" s="43"/>
       <c r="J17" s="43"/>
       <c r="K17" s="43"/>
       <c r="L17" s="43"/>
       <c r="M17" s="43"/>
       <c r="N17" s="43"/>
       <c r="O17" s="3">
         <f t="shared" si="2"/>
-        <v>17151</v>
+        <v>32377</v>
       </c>
       <c r="P17" s="43">
         <f>+(O17/O33)*100</f>
-        <v>0.12744166595704745</v>
+        <v>0.1190752373671092</v>
       </c>
     </row>
     <row r="18" spans="1:16" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B18" s="4" t="s">
         <v>17</v>
       </c>
       <c r="C18" s="43">
         <f>+'January 2026'!$E9+'January 2026'!$E35</f>
         <v>16129</v>
       </c>
-      <c r="D18" s="43"/>
+      <c r="D18" s="43">
+        <f>+'February 2026'!$E9+'February 2026'!$E35</f>
+        <v>13712</v>
+      </c>
       <c r="E18" s="43"/>
       <c r="F18" s="43"/>
       <c r="G18" s="43"/>
       <c r="H18" s="43"/>
       <c r="I18" s="43"/>
       <c r="J18" s="43"/>
       <c r="K18" s="43"/>
       <c r="L18" s="43"/>
       <c r="M18" s="43"/>
       <c r="N18" s="43"/>
       <c r="O18" s="3">
         <f t="shared" si="2"/>
-        <v>16129</v>
+        <v>29841</v>
       </c>
       <c r="P18" s="43">
         <f>+(O18/O33)*100</f>
-        <v>0.1198476258073126</v>
+        <v>0.10974840653154727</v>
       </c>
     </row>
     <row r="19" spans="1:16" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B19" s="4" t="s">
         <v>18</v>
       </c>
       <c r="C19" s="43">
         <f>+'January 2026'!$E10+'January 2026'!$E36</f>
         <v>679091</v>
       </c>
-      <c r="D19" s="43"/>
+      <c r="D19" s="43">
+        <f>+'February 2026'!$E10+'February 2026'!$E36</f>
+        <v>788858</v>
+      </c>
       <c r="E19" s="43"/>
       <c r="F19" s="43"/>
       <c r="G19" s="43"/>
       <c r="H19" s="43"/>
       <c r="I19" s="43"/>
       <c r="J19" s="43"/>
       <c r="K19" s="43"/>
       <c r="L19" s="43"/>
       <c r="M19" s="43"/>
       <c r="N19" s="43"/>
       <c r="O19" s="3">
         <f t="shared" si="2"/>
-        <v>679091</v>
+        <v>1467949</v>
       </c>
       <c r="P19" s="43">
         <f>+(O19/O33)*100</f>
-        <v>5.0460316236042981</v>
+        <v>5.398782333687822</v>
       </c>
     </row>
     <row r="20" spans="1:16" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="4" t="s">
         <v>19</v>
       </c>
       <c r="C20" s="43">
         <f>+'January 2026'!$E11+'January 2026'!$E37</f>
         <v>21555</v>
       </c>
-      <c r="D20" s="43"/>
+      <c r="D20" s="43">
+        <f>+'February 2026'!$E11+'February 2026'!$E37</f>
+        <v>6120</v>
+      </c>
       <c r="E20" s="43"/>
       <c r="F20" s="43"/>
       <c r="G20" s="43"/>
       <c r="H20" s="43"/>
       <c r="I20" s="43"/>
       <c r="J20" s="43"/>
       <c r="K20" s="43"/>
       <c r="L20" s="43"/>
       <c r="M20" s="43"/>
       <c r="N20" s="43"/>
       <c r="O20" s="3">
         <f t="shared" si="2"/>
-        <v>21555</v>
+        <v>27675</v>
       </c>
       <c r="P20" s="43">
         <f>+(O20/O33)*100</f>
-        <v>0.16016588593692249</v>
+        <v>0.10178235148824004</v>
       </c>
     </row>
     <row r="21" spans="1:16" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="4" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="43">
         <f>+'January 2026'!$E12+'January 2026'!$E38</f>
         <v>2056</v>
       </c>
-      <c r="D21" s="43"/>
+      <c r="D21" s="43">
+        <f>+'February 2026'!$E12+'February 2026'!$E38</f>
+        <v>1740</v>
+      </c>
       <c r="E21" s="43"/>
       <c r="F21" s="43"/>
       <c r="G21" s="43"/>
       <c r="H21" s="43"/>
       <c r="I21" s="43"/>
       <c r="J21" s="43"/>
       <c r="K21" s="43"/>
       <c r="L21" s="43"/>
       <c r="M21" s="43"/>
       <c r="N21" s="43"/>
       <c r="O21" s="3">
         <f t="shared" si="2"/>
-        <v>2056</v>
+        <v>3796</v>
       </c>
       <c r="P21" s="43">
         <f>+(O21/O33)*100</f>
-        <v>1.5277247111403975E-2</v>
+        <v>1.3960824074050918E-2</v>
       </c>
     </row>
     <row r="22" spans="1:16" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B22" s="20" t="s">
         <v>29</v>
       </c>
       <c r="C22" s="43">
         <f>+'January 2026'!$E13+'January 2026'!$E39</f>
         <v>2</v>
       </c>
-      <c r="D22" s="43"/>
+      <c r="D22" s="43">
+        <f>+'February 2026'!$E13+'February 2026'!$E39</f>
+        <v>0</v>
+      </c>
       <c r="E22" s="43"/>
       <c r="F22" s="43"/>
       <c r="G22" s="43"/>
       <c r="H22" s="43"/>
       <c r="I22" s="43"/>
       <c r="J22" s="43"/>
       <c r="K22" s="43"/>
       <c r="L22" s="43"/>
       <c r="M22" s="43"/>
       <c r="N22" s="43"/>
       <c r="O22" s="3">
         <f t="shared" si="2"/>
         <v>2</v>
       </c>
       <c r="P22" s="43">
         <f>+(O22/O33)*100</f>
-        <v>1.4861135322377407E-5</v>
+        <v>7.355544822998376E-6</v>
       </c>
     </row>
     <row r="23" spans="1:16" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="4" t="s">
         <v>21</v>
       </c>
       <c r="C23" s="43">
         <f>+'January 2026'!$E14+'January 2026'!$E40</f>
         <v>2048</v>
       </c>
-      <c r="D23" s="43"/>
+      <c r="D23" s="43">
+        <f>+'February 2026'!$E14+'February 2026'!$E40</f>
+        <v>1483</v>
+      </c>
       <c r="E23" s="43"/>
       <c r="F23" s="43"/>
       <c r="G23" s="43"/>
       <c r="H23" s="43"/>
       <c r="I23" s="43"/>
       <c r="J23" s="43"/>
       <c r="K23" s="43"/>
       <c r="L23" s="43"/>
       <c r="M23" s="43"/>
       <c r="N23" s="43"/>
       <c r="O23" s="3">
         <f t="shared" si="2"/>
-        <v>2048</v>
+        <v>3531</v>
       </c>
       <c r="P23" s="43">
         <f>+(O23/O33)*100</f>
-        <v>1.5217802570114465E-2</v>
+        <v>1.2986214385003633E-2</v>
       </c>
     </row>
     <row r="24" spans="1:16" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B24" s="4" t="s">
         <v>22</v>
       </c>
       <c r="C24" s="43">
         <f>+'January 2026'!$E15+'January 2026'!$E41</f>
         <v>3220779</v>
       </c>
-      <c r="D24" s="43"/>
+      <c r="D24" s="43">
+        <f>+'February 2026'!$E15+'February 2026'!$E41</f>
+        <v>2887292</v>
+      </c>
       <c r="E24" s="43"/>
       <c r="F24" s="43"/>
       <c r="G24" s="43"/>
       <c r="H24" s="43"/>
       <c r="I24" s="43"/>
       <c r="J24" s="43"/>
       <c r="K24" s="43"/>
       <c r="L24" s="43"/>
       <c r="M24" s="43"/>
       <c r="N24" s="43"/>
       <c r="O24" s="3">
         <f t="shared" si="2"/>
-        <v>3220779</v>
+        <v>6108071</v>
       </c>
       <c r="P24" s="43">
         <f>+(O24/O33)*100</f>
-        <v>23.932216281235689</v>
+        <v>22.464095011278257</v>
       </c>
     </row>
     <row r="25" spans="1:16" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B25" s="4" t="s">
         <v>23</v>
       </c>
       <c r="C25" s="43">
         <f>+'January 2026'!$E16+'January 2026'!$E42</f>
         <v>482896</v>
       </c>
-      <c r="D25" s="43"/>
+      <c r="D25" s="43">
+        <f>+'February 2026'!$E16+'February 2026'!$E42</f>
+        <v>434118</v>
+      </c>
       <c r="E25" s="43"/>
       <c r="F25" s="43"/>
       <c r="G25" s="43"/>
       <c r="H25" s="43"/>
       <c r="I25" s="43"/>
       <c r="J25" s="43"/>
       <c r="K25" s="43"/>
       <c r="L25" s="43"/>
       <c r="M25" s="43"/>
       <c r="N25" s="43"/>
       <c r="O25" s="3">
         <f t="shared" si="2"/>
-        <v>482896</v>
+        <v>917014</v>
       </c>
       <c r="P25" s="43">
         <f>+(O25/O33)*100</f>
-        <v>3.5881914013173803</v>
+        <v>3.3725687901585166</v>
       </c>
     </row>
     <row r="26" spans="1:16" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B26" s="4" t="s">
         <v>24</v>
       </c>
       <c r="C26" s="43">
         <f>+'January 2026'!$E17+'January 2026'!$E43</f>
         <v>6829461</v>
       </c>
-      <c r="D26" s="43"/>
+      <c r="D26" s="43">
+        <f>+'February 2026'!$E17+'February 2026'!$E43</f>
+        <v>7407706</v>
+      </c>
       <c r="E26" s="43"/>
       <c r="F26" s="43"/>
       <c r="G26" s="43"/>
       <c r="H26" s="43"/>
       <c r="I26" s="43"/>
       <c r="J26" s="43"/>
       <c r="K26" s="43"/>
       <c r="L26" s="43"/>
       <c r="M26" s="43"/>
       <c r="N26" s="43"/>
       <c r="O26" s="3">
         <f t="shared" si="2"/>
-        <v>6829461</v>
+        <v>14237167</v>
       </c>
       <c r="P26" s="43">
         <f>+(O26/O33)*100</f>
-        <v>50.746772049949463</v>
+        <v>52.361060010506655</v>
       </c>
     </row>
     <row r="27" spans="1:16" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="4" t="s">
         <v>25</v>
       </c>
       <c r="C27" s="43">
         <f>+'January 2026'!$E18+'January 2026'!$E44</f>
         <v>11020</v>
       </c>
-      <c r="D27" s="43"/>
+      <c r="D27" s="43">
+        <f>+'February 2026'!$E18+'February 2026'!$E44</f>
+        <v>11227</v>
+      </c>
       <c r="E27" s="43"/>
       <c r="F27" s="43"/>
       <c r="G27" s="43"/>
       <c r="H27" s="43"/>
       <c r="I27" s="43"/>
       <c r="J27" s="43"/>
       <c r="K27" s="43"/>
       <c r="L27" s="43"/>
       <c r="M27" s="43"/>
       <c r="N27" s="43"/>
       <c r="O27" s="3">
         <f t="shared" si="2"/>
-        <v>11020</v>
+        <v>22247</v>
       </c>
       <c r="P27" s="43">
         <f>+(O27/O33)*100</f>
-        <v>8.1884855626299519E-2</v>
+        <v>8.1819402838622435E-2</v>
       </c>
     </row>
     <row r="28" spans="1:16" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B28" s="20" t="s">
         <v>31</v>
       </c>
       <c r="C28" s="43">
         <f>+'January 2026'!$E19+'January 2026'!$E45</f>
         <v>0</v>
       </c>
-      <c r="D28" s="43"/>
+      <c r="D28" s="43">
+        <f>+'February 2026'!$E19+'February 2026'!$E45</f>
+        <v>0</v>
+      </c>
       <c r="E28" s="43"/>
       <c r="F28" s="43"/>
       <c r="G28" s="43"/>
       <c r="H28" s="43"/>
       <c r="I28" s="43"/>
       <c r="J28" s="43"/>
       <c r="K28" s="43"/>
       <c r="L28" s="43"/>
       <c r="M28" s="43"/>
       <c r="N28" s="43"/>
       <c r="O28" s="3">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="P28" s="43">
         <f>+(O28/O33)*100</f>
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:16" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="12"/>
       <c r="B29" s="20" t="s">
         <v>33</v>
       </c>
       <c r="C29" s="43">
         <f>+'January 2026'!$E20+'January 2026'!$E46</f>
         <v>54</v>
       </c>
-      <c r="D29" s="43"/>
+      <c r="D29" s="43">
+        <f>+'February 2026'!$E20+'February 2026'!$E46</f>
+        <v>0</v>
+      </c>
       <c r="E29" s="43"/>
       <c r="F29" s="43"/>
       <c r="G29" s="43"/>
       <c r="H29" s="43"/>
       <c r="I29" s="43"/>
       <c r="J29" s="43"/>
       <c r="K29" s="43"/>
       <c r="L29" s="43"/>
       <c r="M29" s="43"/>
       <c r="N29" s="43"/>
       <c r="O29" s="3">
         <f t="shared" si="2"/>
         <v>54</v>
       </c>
       <c r="P29" s="43">
         <f>+(O29/O33)*100</f>
-        <v>4.0125065370418998E-4</v>
+        <v>1.9859971022095614E-4</v>
       </c>
     </row>
     <row r="30" spans="1:16" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B30" s="4" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="43">
         <f>+'January 2026'!$E21+'January 2026'!$E47</f>
         <v>1404118</v>
       </c>
-      <c r="D30" s="43"/>
+      <c r="D30" s="43">
+        <f>+'February 2026'!$E21+'February 2026'!$E47</f>
+        <v>1300905</v>
+      </c>
       <c r="E30" s="43"/>
       <c r="F30" s="43"/>
       <c r="G30" s="43"/>
       <c r="H30" s="43"/>
       <c r="I30" s="43"/>
       <c r="J30" s="43"/>
       <c r="K30" s="43"/>
       <c r="L30" s="43"/>
       <c r="M30" s="43"/>
       <c r="N30" s="43"/>
       <c r="O30" s="3">
         <f t="shared" si="2"/>
-        <v>1404118</v>
+        <v>2705023</v>
       </c>
       <c r="P30" s="43">
         <f>+(O30/O33)*100</f>
-        <v>10.43339380329296</v>
+        <v>9.9484589618707684</v>
       </c>
     </row>
     <row r="31" spans="1:16" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B31" s="4" t="s">
         <v>27</v>
       </c>
       <c r="C31" s="43">
         <f>+'January 2026'!$E22+'January 2026'!$E48</f>
         <v>63440</v>
       </c>
-      <c r="D31" s="43"/>
+      <c r="D31" s="43">
+        <f>+'February 2026'!$E22+'February 2026'!$E48</f>
+        <v>58137</v>
+      </c>
       <c r="E31" s="43"/>
       <c r="F31" s="43"/>
       <c r="G31" s="43"/>
       <c r="H31" s="43"/>
       <c r="I31" s="43"/>
       <c r="J31" s="43"/>
       <c r="K31" s="43"/>
       <c r="L31" s="43"/>
       <c r="M31" s="43"/>
       <c r="N31" s="43"/>
       <c r="O31" s="3">
         <f t="shared" si="2"/>
-        <v>63440</v>
+        <v>121577</v>
       </c>
       <c r="P31" s="43">
         <f>+(O31/O33)*100</f>
-        <v>0.47139521242581139</v>
+        <v>0.44713253647283679</v>
       </c>
     </row>
     <row r="32" spans="1:16" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B32" s="27" t="s">
         <v>72</v>
       </c>
       <c r="C32" s="43">
         <f>+'January 2026'!$E23+'January 2026'!$E49</f>
         <v>126</v>
       </c>
-      <c r="D32" s="43"/>
+      <c r="D32" s="43">
+        <f>+'February 2026'!$E23+'February 2026'!$E49</f>
+        <v>86</v>
+      </c>
       <c r="E32" s="43"/>
       <c r="F32" s="43"/>
       <c r="G32" s="43"/>
       <c r="H32" s="43"/>
       <c r="I32" s="43"/>
       <c r="J32" s="43"/>
       <c r="K32" s="43"/>
       <c r="L32" s="43"/>
       <c r="M32" s="43"/>
       <c r="N32" s="43"/>
       <c r="O32" s="3">
         <f t="shared" si="2"/>
-        <v>126</v>
+        <v>212</v>
       </c>
       <c r="P32" s="43">
         <f>+(O32/O33)*100</f>
-        <v>9.3625152530977661E-4</v>
+        <v>7.7968775123782785E-4</v>
       </c>
     </row>
     <row r="33" spans="2:16" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B33" s="48" t="s">
         <v>48</v>
       </c>
       <c r="C33" s="7">
         <f t="shared" ref="C33" si="3">SUM(C15:C32)</f>
         <v>13457922</v>
       </c>
       <c r="D33" s="7">
         <f t="shared" ref="D33:N33" si="4">SUM(D15:D32)</f>
-        <v>0</v>
+        <v>13732450</v>
       </c>
       <c r="E33" s="7">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="F33" s="7">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="G33" s="7">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="H33" s="7">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="I33" s="7">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="J33" s="7">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="K33" s="7">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="L33" s="7">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="M33" s="7">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="N33" s="7">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="O33" s="7">
         <f t="shared" ref="O33:P33" si="5">SUM(O15:O32)</f>
-        <v>13457922</v>
+        <v>27190372</v>
       </c>
       <c r="P33" s="7">
         <f t="shared" si="5"/>
-        <v>100</v>
+        <v>99.999999999999986</v>
       </c>
     </row>
     <row r="34" spans="2:16" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C34" s="43"/>
       <c r="D34" s="43"/>
       <c r="E34" s="43"/>
       <c r="F34" s="43"/>
       <c r="G34" s="43"/>
       <c r="H34" s="43"/>
       <c r="I34" s="43"/>
       <c r="J34" s="43"/>
       <c r="K34" s="43"/>
       <c r="L34" s="43"/>
       <c r="M34" s="43"/>
       <c r="N34" s="43"/>
     </row>
     <row r="35" spans="2:16" s="42" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C35" s="43"/>
       <c r="D35" s="43"/>
       <c r="E35" s="43"/>
       <c r="F35" s="43"/>
       <c r="G35" s="43"/>
       <c r="H35" s="43"/>
       <c r="I35" s="43"/>
       <c r="J35" s="43"/>
@@ -9167,116 +12368,125 @@
       </c>
       <c r="I39" s="23" t="s">
         <v>40</v>
       </c>
       <c r="J39" s="23" t="s">
         <v>41</v>
       </c>
       <c r="K39" s="23" t="s">
         <v>42</v>
       </c>
       <c r="L39" s="23" t="s">
         <v>43</v>
       </c>
       <c r="M39" s="23" t="s">
         <v>44</v>
       </c>
       <c r="N39" s="23" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="40" spans="2:16" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B40" s="45" t="s">
         <v>24</v>
       </c>
       <c r="C40" s="54">
-        <f t="shared" ref="C40" si="6">+(C26/C8)*100</f>
+        <f t="shared" ref="C40:D40" si="6">+(C26/C8)*100</f>
         <v>50.746772049949463</v>
       </c>
-      <c r="D40" s="54"/>
+      <c r="D40" s="54">
+        <f t="shared" si="6"/>
+        <v>53.943076435741624</v>
+      </c>
       <c r="E40" s="54"/>
       <c r="F40" s="54"/>
       <c r="G40" s="54"/>
       <c r="H40" s="54"/>
       <c r="I40" s="54"/>
       <c r="J40" s="54"/>
       <c r="K40" s="54"/>
       <c r="L40" s="54"/>
       <c r="M40" s="54"/>
       <c r="N40" s="54"/>
     </row>
     <row r="41" spans="2:16" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B41" s="45" t="s">
         <v>22</v>
       </c>
       <c r="C41" s="54">
-        <f t="shared" ref="C41" si="7">+(C24/C8)*100</f>
+        <f t="shared" ref="C41:D41" si="7">+(C24/C8)*100</f>
         <v>23.932216281235689</v>
       </c>
-      <c r="D41" s="54"/>
+      <c r="D41" s="54">
+        <f t="shared" si="7"/>
+        <v>21.025323230741783</v>
+      </c>
       <c r="E41" s="54"/>
       <c r="F41" s="54"/>
       <c r="G41" s="54"/>
       <c r="H41" s="54"/>
       <c r="I41" s="54"/>
       <c r="J41" s="54"/>
       <c r="K41" s="54"/>
       <c r="L41" s="54"/>
       <c r="M41" s="54"/>
       <c r="N41" s="54"/>
     </row>
     <row r="42" spans="2:16" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B42" s="49" t="s">
         <v>53</v>
       </c>
       <c r="C42" s="55">
-        <f t="shared" ref="C42" si="8">100-C40-C41</f>
+        <f t="shared" ref="C42:D42" si="8">100-C40-C41</f>
         <v>25.321011668814847</v>
       </c>
-      <c r="D42" s="55"/>
+      <c r="D42" s="55">
+        <f t="shared" si="8"/>
+        <v>25.031600333516593</v>
+      </c>
       <c r="E42" s="55"/>
       <c r="F42" s="55"/>
       <c r="G42" s="55"/>
       <c r="H42" s="55"/>
       <c r="I42" s="55"/>
       <c r="J42" s="55"/>
       <c r="K42" s="55"/>
       <c r="L42" s="55"/>
       <c r="M42" s="55"/>
       <c r="N42" s="55"/>
     </row>
     <row r="43" spans="2:16" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B43" s="24" t="s">
         <v>54</v>
       </c>
       <c r="C43" s="56">
         <f t="shared" ref="C43:N43" si="9">SUM(C40:C42)</f>
         <v>100</v>
       </c>
       <c r="D43" s="56">
         <f t="shared" si="9"/>
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="E43" s="56">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="F43" s="56">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="G43" s="56">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="H43" s="56">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="I43" s="56">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="J43" s="56">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
@@ -9370,113 +12580,122 @@
       </c>
       <c r="J49" s="23" t="s">
         <v>41</v>
       </c>
       <c r="K49" s="23" t="s">
         <v>42</v>
       </c>
       <c r="L49" s="23" t="s">
         <v>43</v>
       </c>
       <c r="M49" s="23" t="s">
         <v>44</v>
       </c>
       <c r="N49" s="23" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="50" spans="2:14" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B50" s="39" t="s">
         <v>56</v>
       </c>
       <c r="C50" s="43">
         <f>+('January 2026'!$E$24/'2026'!C8)*100</f>
         <v>83.097472254631882</v>
       </c>
-      <c r="D50" s="43"/>
+      <c r="D50" s="43">
+        <f>+('February 2026'!$E$24/'2026'!D8)*100</f>
+        <v>84.108720585183278</v>
+      </c>
       <c r="E50" s="43"/>
       <c r="F50" s="43"/>
       <c r="G50" s="43"/>
       <c r="H50" s="43"/>
       <c r="I50" s="43"/>
       <c r="J50" s="43"/>
       <c r="K50" s="43"/>
       <c r="L50" s="43"/>
       <c r="M50" s="43"/>
       <c r="N50" s="43"/>
     </row>
     <row r="51" spans="2:14" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B51" s="39" t="s">
         <v>57</v>
       </c>
       <c r="C51" s="43">
         <f>+('January 2026'!$E$50/'2026'!C8)*100</f>
         <v>16.902527745368118</v>
       </c>
-      <c r="D51" s="43"/>
+      <c r="D51" s="43">
+        <f>+('February 2026'!$E$50/'2026'!D8)*100</f>
+        <v>15.891279414816731</v>
+      </c>
       <c r="E51" s="43"/>
       <c r="F51" s="43"/>
       <c r="G51" s="43"/>
       <c r="H51" s="43"/>
       <c r="I51" s="43"/>
       <c r="J51" s="43"/>
       <c r="K51" s="43"/>
       <c r="L51" s="43"/>
       <c r="M51" s="43"/>
       <c r="N51" s="43"/>
     </row>
     <row r="52" spans="2:14" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B52" s="50" t="s">
         <v>58</v>
       </c>
       <c r="C52" s="57">
         <f>+('January 2026'!$E$73/'2026'!C8)*100</f>
         <v>0</v>
       </c>
-      <c r="D52" s="57"/>
+      <c r="D52" s="57">
+        <f>+('February 2026'!$E$73/'2026'!D8)*100</f>
+        <v>0</v>
+      </c>
       <c r="E52" s="57"/>
       <c r="F52" s="57"/>
       <c r="G52" s="57"/>
       <c r="H52" s="57"/>
       <c r="I52" s="57"/>
       <c r="J52" s="57"/>
       <c r="K52" s="57"/>
       <c r="L52" s="57"/>
       <c r="M52" s="57"/>
       <c r="N52" s="57"/>
     </row>
     <row r="53" spans="2:14" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B53" s="24" t="s">
         <v>54</v>
       </c>
       <c r="C53" s="19">
         <f t="shared" ref="C53:N53" si="10">SUM(C50:C52)</f>
         <v>100</v>
       </c>
       <c r="D53" s="19">
         <f t="shared" si="10"/>
-        <v>0</v>
+        <v>100.00000000000001</v>
       </c>
       <c r="E53" s="19">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="F53" s="19">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="G53" s="19">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="H53" s="19">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="I53" s="19">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="J53" s="19">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
@@ -9492,51 +12711,52 @@
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="N53" s="19">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="79" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Radni listovi</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3</vt:i4>
+        <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="3" baseType="lpstr">
+    <vt:vector size="4" baseType="lpstr">
       <vt:lpstr>Chart 2026</vt:lpstr>
       <vt:lpstr>January 2026</vt:lpstr>
+      <vt:lpstr>February 2026</vt:lpstr>
       <vt:lpstr>2026</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>