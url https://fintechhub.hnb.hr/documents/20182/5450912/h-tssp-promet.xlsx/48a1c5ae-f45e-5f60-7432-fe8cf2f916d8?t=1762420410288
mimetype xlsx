--- v0 (2025-11-24)
+++ v1 (2026-03-04)
@@ -5,53 +5,53 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24334"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\Front office\NT_TSSP_web podaci\Prijedlozi TSSP i NT WEB 2025\podaci spt i psp_2023_ 2025\tablica za objavu na WEBu\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{40E424B1-07B7-4BCC-9C10-172F0714B385}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3A57FBA4-C368-4C2C-A3F0-2C64BC504A8C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="TSSP promet" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_GoBack" localSheetId="0">'TSSP promet'!#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
@@ -284,77 +284,73 @@
       <bottom style="thin">
         <color rgb="FFFF0000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color rgb="FFFF0000"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="6">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="3" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="4" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="4" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="17">
+  <cellXfs count="16">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="4" fontId="4" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="3" xfId="3" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="17" fontId="7" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="4" fontId="4" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="3" xfId="3" applyNumberFormat="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="3" xfId="3" applyNumberFormat="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1"/>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="17" fontId="7" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="4" fontId="4" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="4" fontId="4" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle name="Naslov 1" xfId="1" builtinId="16"/>
@@ -626,96 +622,96 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3AB73843-B4C9-43B6-92BF-D887A66496FE}">
-  <dimension ref="B1:AE44"/>
+  <dimension ref="B1:AE60"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0"/>
+    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="2.7109375" style="8" customWidth="1"/>
     <col min="2" max="2" width="15.5703125" style="7" customWidth="1"/>
     <col min="3" max="31" width="13.7109375" style="8" customWidth="1"/>
     <col min="32" max="16384" width="8" style="8"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:31" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="2" spans="2:31" ht="19.5" x14ac:dyDescent="0.3">
-      <c r="B2" s="15" t="s">
+      <c r="B2" s="14" t="s">
         <v>30</v>
       </c>
-      <c r="C2" s="15"/>
-[...6 lines deleted...]
-      <c r="J2" s="15"/>
+      <c r="C2" s="14"/>
+      <c r="D2" s="14"/>
+      <c r="E2" s="14"/>
+      <c r="F2" s="14"/>
+      <c r="G2" s="14"/>
+      <c r="H2" s="14"/>
+      <c r="I2" s="14"/>
+      <c r="J2" s="14"/>
     </row>
     <row r="3" spans="2:31" ht="16.5" x14ac:dyDescent="0.25">
-      <c r="B3" s="16" t="s">
+      <c r="B3" s="15" t="s">
         <v>31</v>
       </c>
-      <c r="C3" s="16"/>
-[...2 lines deleted...]
-      <c r="F3" s="16"/>
+      <c r="C3" s="15"/>
+      <c r="D3" s="15"/>
+      <c r="E3" s="15"/>
+      <c r="F3" s="15"/>
     </row>
     <row r="4" spans="2:31" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B4" s="7" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="5" spans="2:31" ht="12.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="6" spans="2:31" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B6" s="13"/>
+      <c r="B6" s="12"/>
     </row>
     <row r="7" spans="2:31" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B7" s="14"/>
+      <c r="B7" s="13"/>
     </row>
     <row r="8" spans="2:31" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B8" s="2" t="s">
         <v>32</v>
       </c>
       <c r="C8" s="5" t="s">
         <v>0</v>
       </c>
       <c r="D8" s="6" t="s">
         <v>1</v>
       </c>
       <c r="E8" s="5" t="s">
         <v>2</v>
       </c>
       <c r="F8" s="6" t="s">
         <v>3</v>
       </c>
       <c r="G8" s="5" t="s">
         <v>4</v>
       </c>
       <c r="H8" s="6" t="s">
         <v>5</v>
       </c>
       <c r="I8" s="5" t="s">
         <v>6</v>
@@ -773,3172 +769,3487 @@
       </c>
       <c r="AA8" s="5" t="s">
         <v>23</v>
       </c>
       <c r="AB8" s="6" t="s">
         <v>24</v>
       </c>
       <c r="AC8" s="5" t="s">
         <v>25</v>
       </c>
       <c r="AD8" s="6" t="s">
         <v>26</v>
       </c>
       <c r="AE8" s="5" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="9" spans="2:31" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B9" s="3">
         <v>44927</v>
       </c>
       <c r="C9" s="1">
         <v>0</v>
       </c>
       <c r="D9" s="4">
-        <v>10335025.199999997</v>
+        <v>10335025.200000003</v>
       </c>
       <c r="E9" s="1">
-        <v>1599626.7400000005</v>
+        <v>1599626.7400000002</v>
       </c>
       <c r="F9" s="4">
         <v>0</v>
       </c>
       <c r="G9" s="1">
-        <v>16285279.189999998</v>
+        <v>14124334.720000001</v>
       </c>
       <c r="H9" s="4">
-        <v>40831141.629999973</v>
+        <v>40739007.900000006</v>
       </c>
       <c r="I9" s="1">
         <v>171770.67</v>
       </c>
       <c r="J9" s="4">
-        <v>3146944.0699999994</v>
+        <v>3146944.0700000003</v>
       </c>
       <c r="K9" s="1">
-        <v>4641149.8</v>
+        <v>4600275.120000001</v>
       </c>
       <c r="L9" s="4">
-        <v>23768527.590000022</v>
+        <v>23754830.509999998</v>
       </c>
       <c r="M9" s="1">
         <v>0</v>
       </c>
       <c r="N9" s="4">
-        <v>25851820.739999995</v>
+        <v>25851820.739999991</v>
       </c>
       <c r="O9" s="1">
         <v>0</v>
       </c>
       <c r="P9" s="4">
-        <v>3072450.31</v>
+        <v>3072450.3099999996</v>
       </c>
       <c r="Q9" s="1">
         <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>2588424.310000001</v>
+        <v>2582948.3800000004</v>
       </c>
       <c r="S9" s="1">
         <v>0</v>
       </c>
       <c r="T9" s="4">
-        <v>12583300.940000005</v>
+        <v>12583300.939999999</v>
       </c>
       <c r="U9" s="1">
         <v>0</v>
       </c>
       <c r="V9" s="4">
-        <v>513248.53</v>
+        <v>513248.52999999997</v>
       </c>
       <c r="W9" s="1">
         <v>1529935.83</v>
       </c>
       <c r="X9" s="4">
         <v>0</v>
       </c>
       <c r="Y9" s="1">
         <v>0</v>
       </c>
       <c r="Z9" s="4">
-        <v>10086279.740000004</v>
+        <v>10086279.739999996</v>
       </c>
       <c r="AA9" s="1">
         <v>69983.899999999994</v>
       </c>
       <c r="AB9" s="4">
         <v>0</v>
       </c>
       <c r="AC9" s="1">
         <v>0</v>
       </c>
       <c r="AD9" s="4">
-        <v>892210951.4799993</v>
+        <v>891478263.74999952</v>
       </c>
       <c r="AE9" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="2:31" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B10" s="3">
         <v>44958</v>
       </c>
       <c r="C10" s="1">
         <v>0</v>
       </c>
       <c r="D10" s="4">
-        <v>11320740.749999998</v>
+        <v>11320740.750000002</v>
       </c>
       <c r="E10" s="1">
         <v>984092.32</v>
       </c>
       <c r="F10" s="4">
         <v>0</v>
       </c>
       <c r="G10" s="1">
-        <v>9644026.2899999991</v>
+        <v>8715371.2600000035</v>
       </c>
       <c r="H10" s="4">
         <v>75724713.680000052</v>
       </c>
       <c r="I10" s="1">
         <v>51281.210000000006</v>
       </c>
       <c r="J10" s="4">
-        <v>1418698.3299999998</v>
+        <v>1418698.33</v>
       </c>
       <c r="K10" s="1">
-        <v>2659639.3799999994</v>
+        <v>2659639.38</v>
       </c>
       <c r="L10" s="4">
-        <v>12746492.919999996</v>
+        <v>12746492.92</v>
       </c>
       <c r="M10" s="1">
         <v>0</v>
       </c>
       <c r="N10" s="4">
-        <v>25208390.229999993</v>
+        <v>25208390.229999997</v>
       </c>
       <c r="O10" s="1">
         <v>0</v>
       </c>
       <c r="P10" s="4">
-        <v>2209307.48</v>
+        <v>1923844.15</v>
       </c>
       <c r="Q10" s="1">
         <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>1646130.1599999997</v>
+        <v>1645203.8099999998</v>
       </c>
       <c r="S10" s="1">
         <v>0</v>
       </c>
       <c r="T10" s="4">
-        <v>8042600.8400000008</v>
+        <v>8042600.8399999999</v>
       </c>
       <c r="U10" s="1">
         <v>0</v>
       </c>
       <c r="V10" s="4">
-        <v>443861.05</v>
+        <v>443861.05000000005</v>
       </c>
       <c r="W10" s="1">
         <v>634842.75</v>
       </c>
       <c r="X10" s="4">
-        <v>7059646.1200000001</v>
+        <v>7029646.1200000001</v>
       </c>
       <c r="Y10" s="1">
         <v>0</v>
       </c>
       <c r="Z10" s="4">
-        <v>11598275.65</v>
+        <v>11598275.649999999</v>
       </c>
       <c r="AA10" s="1">
         <v>0</v>
       </c>
       <c r="AB10" s="4">
         <v>0</v>
       </c>
       <c r="AC10" s="1">
         <v>200.16</v>
       </c>
       <c r="AD10" s="4">
-        <v>1557035182.0400019</v>
+        <v>1556625000.3500021</v>
       </c>
       <c r="AE10" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="2:31" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B11" s="3">
         <v>44986</v>
       </c>
       <c r="C11" s="1">
         <v>0</v>
       </c>
       <c r="D11" s="4">
-        <v>9896554.8400000017</v>
+        <v>9896554.839999998</v>
       </c>
       <c r="E11" s="1">
         <v>2121969.33</v>
       </c>
       <c r="F11" s="4">
         <v>76693.78</v>
       </c>
       <c r="G11" s="1">
-        <v>16047683.160000002</v>
+        <v>14626844.190000001</v>
       </c>
       <c r="H11" s="4">
-        <v>43168326.18000003</v>
+        <v>43013165.580000028</v>
       </c>
       <c r="I11" s="1">
         <v>20490.88</v>
       </c>
       <c r="J11" s="4">
-        <v>184556203</v>
+        <v>184556203.00000003</v>
       </c>
       <c r="K11" s="1">
-        <v>3472008.9500000011</v>
+        <v>3472008.95</v>
       </c>
       <c r="L11" s="4">
-        <v>27200463.580000009</v>
+        <v>27200463.579999998</v>
       </c>
       <c r="M11" s="1">
         <v>0</v>
       </c>
       <c r="N11" s="4">
-        <v>12602635.670000006</v>
+        <v>12602635.670000002</v>
       </c>
       <c r="O11" s="1">
         <v>0</v>
       </c>
       <c r="P11" s="4">
-        <v>38263565</v>
+        <v>11436314.280000001</v>
       </c>
       <c r="Q11" s="1">
         <v>0</v>
       </c>
       <c r="R11" s="4">
         <v>2586164.8300000005</v>
       </c>
       <c r="S11" s="1">
         <v>0</v>
       </c>
       <c r="T11" s="4">
-        <v>9570628.9700000044</v>
+        <v>9570628.9700000007</v>
       </c>
       <c r="U11" s="1">
         <v>0</v>
       </c>
       <c r="V11" s="4">
         <v>2783122.2600000002</v>
       </c>
       <c r="W11" s="1">
         <v>542070.65</v>
       </c>
       <c r="X11" s="4">
-        <v>2875865.88</v>
+        <v>2271078.35</v>
       </c>
       <c r="Y11" s="1">
         <v>0</v>
       </c>
       <c r="Z11" s="4">
-        <v>9484194.0999999996</v>
+        <v>9484194.1000000015</v>
       </c>
       <c r="AA11" s="1">
         <v>0</v>
       </c>
       <c r="AB11" s="4">
         <v>0</v>
       </c>
       <c r="AC11" s="1">
         <v>345.3</v>
       </c>
       <c r="AD11" s="4">
-        <v>1471350218.520004</v>
+        <v>1471131114.610002</v>
       </c>
       <c r="AE11" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="2:31" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B12" s="3">
         <v>45017</v>
       </c>
       <c r="C12" s="1">
         <v>4982.5600000000004</v>
       </c>
       <c r="D12" s="4">
-        <v>10075689.160000002</v>
+        <v>10075689.16</v>
       </c>
       <c r="E12" s="1">
-        <v>11395837.74</v>
+        <v>11395837.740000002</v>
       </c>
       <c r="F12" s="4">
         <v>128162.32999999999</v>
       </c>
       <c r="G12" s="1">
         <v>7037109.2999999998</v>
       </c>
       <c r="H12" s="4">
-        <v>56974747.150000021</v>
+        <v>56942747.150000006</v>
       </c>
       <c r="I12" s="1">
-        <v>196516.33</v>
+        <v>66420.929999999993</v>
       </c>
       <c r="J12" s="4">
-        <v>3240880.9599999981</v>
+        <v>3240880.96</v>
       </c>
       <c r="K12" s="1">
         <v>2719038.1400000011</v>
       </c>
       <c r="L12" s="4">
-        <v>16190819.56000001</v>
+        <v>16190819.560000008</v>
       </c>
       <c r="M12" s="1">
         <v>0</v>
       </c>
       <c r="N12" s="4">
-        <v>17613185.209999993</v>
+        <v>17601185.209999993</v>
       </c>
       <c r="O12" s="1">
         <v>2234.64</v>
       </c>
       <c r="P12" s="4">
-        <v>2318833.5199999996</v>
+        <v>2318833.52</v>
       </c>
       <c r="Q12" s="1">
         <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>1630890.2199999995</v>
+        <v>1627734.3299999998</v>
       </c>
       <c r="S12" s="1">
         <v>0</v>
       </c>
       <c r="T12" s="4">
-        <v>8202698.6999999983</v>
+        <v>8200698.700000003</v>
       </c>
       <c r="U12" s="1">
         <v>0</v>
       </c>
       <c r="V12" s="4">
         <v>533755.43000000005</v>
       </c>
       <c r="W12" s="1">
         <v>247242.49</v>
       </c>
       <c r="X12" s="4">
-        <v>3145975.87</v>
+        <v>2585114.09</v>
       </c>
       <c r="Y12" s="1">
         <v>0</v>
       </c>
       <c r="Z12" s="4">
-        <v>8123724.3599999985</v>
+        <v>8123724.3600000013</v>
       </c>
       <c r="AA12" s="1">
         <v>137845.48000000001</v>
       </c>
       <c r="AB12" s="4">
         <v>0</v>
       </c>
       <c r="AC12" s="1">
         <v>0</v>
       </c>
       <c r="AD12" s="4">
-        <v>720595233.9399997</v>
+        <v>720264849.40000033</v>
       </c>
       <c r="AE12" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="2:31" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B13" s="3">
         <v>45047</v>
       </c>
       <c r="C13" s="1">
         <v>0</v>
       </c>
       <c r="D13" s="4">
-        <v>11539534.669999994</v>
+        <v>11539534.669999992</v>
       </c>
       <c r="E13" s="1">
         <v>4179460.6399999992</v>
       </c>
       <c r="F13" s="4">
-        <v>626022.07000000007</v>
+        <v>626022.06999999995</v>
       </c>
       <c r="G13" s="1">
-        <v>12520042.230000002</v>
+        <v>12520042.23</v>
       </c>
       <c r="H13" s="4">
-        <v>45574278.10999997</v>
+        <v>44988984.299999982</v>
       </c>
       <c r="I13" s="1">
-        <v>467007.97</v>
+        <v>367007.97</v>
       </c>
       <c r="J13" s="4">
         <v>12573798.770000003</v>
       </c>
       <c r="K13" s="1">
-        <v>1837535.3</v>
+        <v>1837535.3000000003</v>
       </c>
       <c r="L13" s="4">
-        <v>16418055.789999988</v>
+        <v>16373946.249999991</v>
       </c>
       <c r="M13" s="1">
         <v>0</v>
       </c>
       <c r="N13" s="4">
-        <v>9509385.8699999992</v>
+        <v>9507385.8699999992</v>
       </c>
       <c r="O13" s="1">
         <v>0</v>
       </c>
       <c r="P13" s="4">
-        <v>9910396.5200000014</v>
+        <v>9419885.209999999</v>
       </c>
       <c r="Q13" s="1">
         <v>485831.23</v>
       </c>
       <c r="R13" s="4">
-        <v>1599578.72</v>
+        <v>1599578.7200000002</v>
       </c>
       <c r="S13" s="1">
         <v>225000</v>
       </c>
       <c r="T13" s="4">
-        <v>10956612.709999999</v>
+        <v>10956612.710000001</v>
       </c>
       <c r="U13" s="1">
         <v>0</v>
       </c>
       <c r="V13" s="4">
-        <v>8654510.8600000013</v>
+        <v>8654510.8599999994</v>
       </c>
       <c r="W13" s="1">
         <v>290123.17</v>
       </c>
       <c r="X13" s="4">
-        <v>2990433.5700000003</v>
+        <v>2990433.57</v>
       </c>
       <c r="Y13" s="1">
         <v>0</v>
       </c>
       <c r="Z13" s="4">
-        <v>13772487.480000012</v>
+        <v>13772487.479999999</v>
       </c>
       <c r="AA13" s="1">
         <v>0</v>
       </c>
       <c r="AB13" s="4">
         <v>0</v>
       </c>
       <c r="AC13" s="1">
         <v>0</v>
       </c>
       <c r="AD13" s="4">
-        <v>951638301.20000005</v>
+        <v>947898221.94999933</v>
       </c>
       <c r="AE13" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="2:31" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B14" s="3">
         <v>45078</v>
       </c>
       <c r="C14" s="1">
         <v>0</v>
       </c>
       <c r="D14" s="4">
-        <v>11430679.040000003</v>
+        <v>11430679.040000001</v>
       </c>
       <c r="E14" s="1">
-        <v>1049513.1900000002</v>
+        <v>1049513.19</v>
       </c>
       <c r="F14" s="4">
         <v>0</v>
       </c>
       <c r="G14" s="1">
-        <v>16033186.35</v>
+        <v>16033186.349999998</v>
       </c>
       <c r="H14" s="4">
-        <v>32059329.700000022</v>
+        <v>31949788.290000018</v>
       </c>
       <c r="I14" s="1">
-        <v>339289.27</v>
+        <v>199154.74</v>
       </c>
       <c r="J14" s="4">
         <v>764881.73999999987</v>
       </c>
       <c r="K14" s="1">
         <v>2648743.4500000002</v>
       </c>
       <c r="L14" s="4">
         <v>82539776.669999972</v>
       </c>
       <c r="M14" s="1">
-        <v>987582.26</v>
+        <v>0</v>
       </c>
       <c r="N14" s="4">
-        <v>17404193.060000006</v>
+        <v>17404193.060000002</v>
       </c>
       <c r="O14" s="1">
         <v>0</v>
       </c>
       <c r="P14" s="4">
-        <v>3372879.72</v>
+        <v>1122879.72</v>
       </c>
       <c r="Q14" s="1">
         <v>179226.1</v>
       </c>
       <c r="R14" s="4">
-        <v>3580574.3699999992</v>
+        <v>3575836.6199999992</v>
       </c>
       <c r="S14" s="1">
         <v>0</v>
       </c>
       <c r="T14" s="4">
-        <v>8897436.5800000001</v>
+        <v>8897436.5799999982</v>
       </c>
       <c r="U14" s="1">
         <v>0</v>
       </c>
       <c r="V14" s="4">
-        <v>187305614.53999996</v>
+        <v>187305614.53999999</v>
       </c>
       <c r="W14" s="1">
         <v>332303.71999999997</v>
       </c>
       <c r="X14" s="4">
-        <v>2946091.41</v>
+        <v>2346091.41</v>
       </c>
       <c r="Y14" s="1">
         <v>0</v>
       </c>
       <c r="Z14" s="4">
-        <v>12786076.000000002</v>
+        <v>12686076.000000007</v>
       </c>
       <c r="AA14" s="1">
         <v>0</v>
       </c>
       <c r="AB14" s="4">
         <v>0</v>
       </c>
       <c r="AC14" s="1">
         <v>0</v>
       </c>
       <c r="AD14" s="4">
-        <v>1057844072.7200006</v>
+        <v>1055052266.6699997</v>
       </c>
       <c r="AE14" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="2:31" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B15" s="3">
         <v>45108</v>
       </c>
       <c r="C15" s="1">
         <v>0</v>
       </c>
       <c r="D15" s="4">
         <v>13674143.340000004</v>
       </c>
       <c r="E15" s="1">
-        <v>2703660.6399999997</v>
+        <v>2703660.64</v>
       </c>
       <c r="F15" s="4">
         <v>1616597.5899999999</v>
       </c>
       <c r="G15" s="1">
-        <v>14930682.51</v>
+        <v>12990682.509999998</v>
       </c>
       <c r="H15" s="4">
-        <v>41794547.879999988</v>
+        <v>41768947.879999988</v>
       </c>
       <c r="I15" s="1">
         <v>125141.88</v>
       </c>
       <c r="J15" s="4">
-        <v>8078541.709999999</v>
+        <v>5992085.8899999997</v>
       </c>
       <c r="K15" s="1">
-        <v>4018207.669999999</v>
+        <v>4018207.6699999995</v>
       </c>
       <c r="L15" s="4">
-        <v>20722521.249999989</v>
+        <v>20721526.249999996</v>
       </c>
       <c r="M15" s="1">
-        <v>1035540.63</v>
+        <v>0</v>
       </c>
       <c r="N15" s="4">
         <v>21679356.429999996</v>
       </c>
       <c r="O15" s="1">
         <v>0</v>
       </c>
       <c r="P15" s="4">
-        <v>896088.18999999983</v>
+        <v>896088.19000000006</v>
       </c>
       <c r="Q15" s="1">
         <v>80000</v>
       </c>
       <c r="R15" s="4">
-        <v>2709547.7799999993</v>
+        <v>2709547.7800000003</v>
       </c>
       <c r="S15" s="1">
         <v>0</v>
       </c>
       <c r="T15" s="4">
         <v>6958491.8999999985</v>
       </c>
       <c r="U15" s="1">
         <v>0</v>
       </c>
       <c r="V15" s="4">
-        <v>256436033.19000009</v>
+        <v>256347365.71999997</v>
       </c>
       <c r="W15" s="1">
-        <v>3427547.4299999997</v>
+        <v>3427547.43</v>
       </c>
       <c r="X15" s="4">
         <v>2578945.2199999997</v>
       </c>
       <c r="Y15" s="1">
         <v>0</v>
       </c>
       <c r="Z15" s="4">
-        <v>7273670.0300000003</v>
+        <v>7273670.0300000012</v>
       </c>
       <c r="AA15" s="1">
         <v>0</v>
       </c>
       <c r="AB15" s="4">
         <v>0</v>
       </c>
       <c r="AC15" s="1">
         <v>0</v>
       </c>
       <c r="AD15" s="4">
-        <v>1198424689.4399989</v>
+        <v>1196511350.9999993</v>
       </c>
       <c r="AE15" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="2:31" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B16" s="3">
         <v>45139</v>
       </c>
       <c r="C16" s="1">
         <v>0</v>
       </c>
       <c r="D16" s="4">
-        <v>11830085.860000003</v>
+        <v>11830085.860000001</v>
       </c>
       <c r="E16" s="1">
-        <v>4867316.8199999984</v>
+        <v>4834850.5500000017</v>
       </c>
       <c r="F16" s="4">
         <v>710549.16</v>
       </c>
       <c r="G16" s="1">
-        <v>13892869.779999999</v>
+        <v>13892869.780000003</v>
       </c>
       <c r="H16" s="4">
-        <v>41821366.240000017</v>
+        <v>41818182.500000067</v>
       </c>
       <c r="I16" s="1">
         <v>125784.74</v>
       </c>
       <c r="J16" s="4">
-        <v>4855230.0600000015</v>
+        <v>4855230.0599999977</v>
       </c>
       <c r="K16" s="1">
-        <v>2521036.7500000014</v>
+        <v>2521036.7500000023</v>
       </c>
       <c r="L16" s="4">
-        <v>22287018.609999996</v>
+        <v>22287018.610000003</v>
       </c>
       <c r="M16" s="1">
         <v>0</v>
       </c>
       <c r="N16" s="4">
-        <v>16512301.1</v>
+        <v>16508301.100000003</v>
       </c>
       <c r="O16" s="1">
         <v>0</v>
       </c>
       <c r="P16" s="4">
-        <v>10972049.060000002</v>
+        <v>5272049.0600000005</v>
       </c>
       <c r="Q16" s="1">
         <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>2549066.9500000007</v>
+        <v>2547008.4800000009</v>
       </c>
       <c r="S16" s="1">
         <v>0</v>
       </c>
       <c r="T16" s="4">
-        <v>7057889.0700000003</v>
+        <v>7054906.169999999</v>
       </c>
       <c r="U16" s="1">
         <v>0</v>
       </c>
       <c r="V16" s="4">
-        <v>5271509.6300000008</v>
+        <v>5271509.63</v>
       </c>
       <c r="W16" s="1">
-        <v>88104.700000000012</v>
+        <v>57296.130000000005</v>
       </c>
       <c r="X16" s="4">
-        <v>770405.65999999992</v>
+        <v>145021.69</v>
       </c>
       <c r="Y16" s="1">
         <v>0</v>
       </c>
       <c r="Z16" s="4">
-        <v>9151332.7099999897</v>
+        <v>9144919.1099999994</v>
       </c>
       <c r="AA16" s="1">
         <v>101655.63</v>
       </c>
       <c r="AB16" s="4">
         <v>0</v>
       </c>
       <c r="AC16" s="1">
         <v>0</v>
       </c>
       <c r="AD16" s="4">
-        <v>1335335036.2099957</v>
+        <v>1334177017.6599979</v>
       </c>
       <c r="AE16" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="2:31" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B17" s="3">
         <v>45170</v>
       </c>
       <c r="C17" s="1">
         <v>0</v>
       </c>
       <c r="D17" s="4">
         <v>14594044.119999997</v>
       </c>
       <c r="E17" s="1">
-        <v>2407477.81</v>
+        <v>2407477.8099999996</v>
       </c>
       <c r="F17" s="4">
         <v>2154009.73</v>
       </c>
       <c r="G17" s="1">
-        <v>17603324.889999993</v>
+        <v>17603324.890000012</v>
       </c>
       <c r="H17" s="4">
-        <v>31104275.059999995</v>
+        <v>31104275.06000001</v>
       </c>
       <c r="I17" s="1">
         <v>0</v>
       </c>
       <c r="J17" s="4">
-        <v>24634621.110000011</v>
+        <v>24634621.110000014</v>
       </c>
       <c r="K17" s="1">
-        <v>4633260.75</v>
+        <v>4633260.7499999972</v>
       </c>
       <c r="L17" s="4">
-        <v>49534385.31999997</v>
+        <v>49534385.320000008</v>
       </c>
       <c r="M17" s="1">
-        <v>479576.57999999996</v>
+        <v>0</v>
       </c>
       <c r="N17" s="4">
-        <v>11070946.629999997</v>
+        <v>11068946.630000005</v>
       </c>
       <c r="O17" s="1">
         <v>0</v>
       </c>
       <c r="P17" s="4">
-        <v>7903526</v>
+        <v>1403526</v>
       </c>
       <c r="Q17" s="1">
         <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>1695797.42</v>
+        <v>1695797.4199999997</v>
       </c>
       <c r="S17" s="1">
         <v>0</v>
       </c>
       <c r="T17" s="4">
-        <v>48450032.199999973</v>
+        <v>48450032.199999988</v>
       </c>
       <c r="U17" s="1">
         <v>0</v>
       </c>
       <c r="V17" s="4">
-        <v>14254368.989999998</v>
+        <v>14254368.99</v>
       </c>
       <c r="W17" s="1">
         <v>61799.71</v>
       </c>
       <c r="X17" s="4">
-        <v>1685354.22</v>
+        <v>1270602.82</v>
       </c>
       <c r="Y17" s="1">
         <v>0</v>
       </c>
       <c r="Z17" s="4">
         <v>7658497.2800000012</v>
       </c>
       <c r="AA17" s="1">
         <v>68850.13</v>
       </c>
       <c r="AB17" s="4">
         <v>0</v>
       </c>
       <c r="AC17" s="1">
         <v>348.31</v>
       </c>
       <c r="AD17" s="4">
-        <v>1182935376.5900023</v>
+        <v>1180310400.2800009</v>
       </c>
       <c r="AE17" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="2:31" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B18" s="3">
         <v>45200</v>
       </c>
       <c r="C18" s="1">
         <v>0</v>
       </c>
       <c r="D18" s="4">
-        <v>8512893.9499999993</v>
+        <v>8512893.9499999974</v>
       </c>
       <c r="E18" s="1">
-        <v>1252577.3599999999</v>
+        <v>1252577.3600000001</v>
       </c>
       <c r="F18" s="4">
         <v>3154165.1999999997</v>
       </c>
       <c r="G18" s="1">
-        <v>14323211.800000003</v>
+        <v>14297211.800000001</v>
       </c>
       <c r="H18" s="4">
-        <v>36230502.68</v>
+        <v>35913814.520000011</v>
       </c>
       <c r="I18" s="1">
         <v>44089.14</v>
       </c>
       <c r="J18" s="4">
-        <v>2789102.7199999993</v>
+        <v>2789102.7199999997</v>
       </c>
       <c r="K18" s="1">
-        <v>3211740.46</v>
+        <v>3211740.4599999995</v>
       </c>
       <c r="L18" s="4">
-        <v>24957125.429999966</v>
+        <v>24957125.429999981</v>
       </c>
       <c r="M18" s="1">
-        <v>656189.83000000007</v>
+        <v>374787.75</v>
       </c>
       <c r="N18" s="4">
         <v>14683643.119999997</v>
       </c>
       <c r="O18" s="1">
         <v>0</v>
       </c>
       <c r="P18" s="4">
-        <v>4421856.84</v>
+        <v>1421856.84</v>
       </c>
       <c r="Q18" s="1">
         <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>2779785.38</v>
+        <v>2779785.3800000004</v>
       </c>
       <c r="S18" s="1">
         <v>14186.26</v>
       </c>
       <c r="T18" s="4">
-        <v>33148633.979999982</v>
+        <v>33148633.979999993</v>
       </c>
       <c r="U18" s="1">
         <v>0</v>
       </c>
       <c r="V18" s="4">
-        <v>20228609.430000003</v>
+        <v>20228609.429999992</v>
       </c>
       <c r="W18" s="1">
         <v>61271.450000000004</v>
       </c>
       <c r="X18" s="4">
-        <v>4646739.7</v>
+        <v>3336660.68</v>
       </c>
       <c r="Y18" s="1">
         <v>0</v>
       </c>
       <c r="Z18" s="4">
-        <v>4885634.2700000014</v>
+        <v>4879615.9499999993</v>
       </c>
       <c r="AA18" s="1">
         <v>0</v>
       </c>
       <c r="AB18" s="4">
         <v>0</v>
       </c>
       <c r="AC18" s="1">
         <v>66342.329999999987</v>
       </c>
       <c r="AD18" s="4">
-        <v>1196545361.6200013</v>
+        <v>1192022820.3100004</v>
       </c>
       <c r="AE18" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="2:31" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B19" s="3">
         <v>45231</v>
       </c>
       <c r="C19" s="1">
         <v>0</v>
       </c>
       <c r="D19" s="4">
-        <v>14423300.470000001</v>
+        <v>14423300.469999999</v>
       </c>
       <c r="E19" s="1">
-        <v>721610.74</v>
+        <v>721610.73999999987</v>
       </c>
       <c r="F19" s="4">
-        <v>4122042.37</v>
+        <v>4122042.3700000006</v>
       </c>
       <c r="G19" s="1">
-        <v>8337687.4099999983</v>
+        <v>8337687.4099999992</v>
       </c>
       <c r="H19" s="4">
-        <v>49789475.310000025</v>
+        <v>49739475.310000032</v>
       </c>
       <c r="I19" s="1">
-        <v>394470.58</v>
+        <v>394470.57999999996</v>
       </c>
       <c r="J19" s="4">
-        <v>51366229.310000002</v>
+        <v>51366229.309999995</v>
       </c>
       <c r="K19" s="1">
-        <v>5305686.5900000008</v>
+        <v>5305686.5899999989</v>
       </c>
       <c r="L19" s="4">
-        <v>21745929.729999993</v>
+        <v>21745929.730000004</v>
       </c>
       <c r="M19" s="1">
-        <v>512820.83999999997</v>
+        <v>0</v>
       </c>
       <c r="N19" s="4">
-        <v>8852339.4099999983</v>
+        <v>8852339.4100000001</v>
       </c>
       <c r="O19" s="1">
         <v>0</v>
       </c>
       <c r="P19" s="4">
-        <v>3483410.4899999998</v>
+        <v>791675.5199999999</v>
       </c>
       <c r="Q19" s="1">
         <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>2033873.93</v>
+        <v>2033873.9300000004</v>
       </c>
       <c r="S19" s="1">
         <v>82772.78</v>
       </c>
       <c r="T19" s="4">
-        <v>33876416.759999998</v>
+        <v>33876416.75999999</v>
       </c>
       <c r="U19" s="1">
         <v>0</v>
       </c>
       <c r="V19" s="4">
         <v>9721375.5600000005</v>
       </c>
       <c r="W19" s="1">
         <v>3683.65</v>
       </c>
       <c r="X19" s="4">
-        <v>1920259.4099999997</v>
+        <v>1212593.2599999998</v>
       </c>
       <c r="Y19" s="1">
         <v>0</v>
       </c>
       <c r="Z19" s="4">
-        <v>18935335.280000009</v>
+        <v>18935335.279999997</v>
       </c>
       <c r="AA19" s="1">
         <v>0</v>
       </c>
       <c r="AB19" s="4">
         <v>0</v>
       </c>
       <c r="AC19" s="1">
         <v>164.19</v>
       </c>
       <c r="AD19" s="4">
-        <v>1442718522.1000016</v>
+        <v>1441324642.9700007</v>
       </c>
       <c r="AE19" s="1">
         <v>1485029.86</v>
       </c>
     </row>
     <row r="20" spans="2:31" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B20" s="3">
         <v>45261</v>
       </c>
       <c r="C20" s="1">
         <v>0</v>
       </c>
       <c r="D20" s="4">
-        <v>7322127.2399999993</v>
+        <v>7322127.2400000002</v>
       </c>
       <c r="E20" s="1">
-        <v>23594197.48</v>
+        <v>23594197.480000004</v>
       </c>
       <c r="F20" s="4">
-        <v>6841233.0200000005</v>
+        <v>6841233.0199999996</v>
       </c>
       <c r="G20" s="1">
-        <v>8066921.5600000024</v>
+        <v>8062839.4900000012</v>
       </c>
       <c r="H20" s="4">
-        <v>73830265.469999954</v>
+        <v>73830265.469999984</v>
       </c>
       <c r="I20" s="1">
         <v>136379.91</v>
       </c>
       <c r="J20" s="4">
-        <v>7176449.0899999999</v>
+        <v>7176449.0900000008</v>
       </c>
       <c r="K20" s="1">
-        <v>2508131.34</v>
+        <v>2508131.3399999994</v>
       </c>
       <c r="L20" s="4">
-        <v>21333586.279999983</v>
+        <v>21333586.279999986</v>
       </c>
       <c r="M20" s="1">
         <v>0.01</v>
       </c>
       <c r="N20" s="4">
-        <v>28008774.480000012</v>
+        <v>28002774.480000019</v>
       </c>
       <c r="O20" s="1">
         <v>0</v>
       </c>
       <c r="P20" s="4">
         <v>2007715.81</v>
       </c>
       <c r="Q20" s="1">
         <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>7392705.6800000016</v>
+        <v>5415263.0600000005</v>
       </c>
       <c r="S20" s="1">
         <v>0</v>
       </c>
       <c r="T20" s="4">
-        <v>50396022.869999997</v>
+        <v>50396022.86999999</v>
       </c>
       <c r="U20" s="1">
         <v>0</v>
       </c>
       <c r="V20" s="4">
-        <v>16539865.449999999</v>
+        <v>16539865.450000005</v>
       </c>
       <c r="W20" s="1">
-        <v>1860167.5500000003</v>
+        <v>1860167.55</v>
       </c>
       <c r="X20" s="4">
-        <v>2034138.3800000001</v>
+        <v>2034138.38</v>
       </c>
       <c r="Y20" s="1">
         <v>0</v>
       </c>
       <c r="Z20" s="4">
-        <v>5078900.5100000007</v>
+        <v>5076447.9799999986</v>
       </c>
       <c r="AA20" s="1">
         <v>0</v>
       </c>
       <c r="AB20" s="4">
         <v>0</v>
       </c>
       <c r="AC20" s="1">
         <v>0</v>
       </c>
       <c r="AD20" s="4">
-        <v>1136750335.1800005</v>
+        <v>1136019400.53</v>
       </c>
       <c r="AE20" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="2:31" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B21" s="3">
         <v>45292</v>
       </c>
       <c r="C21" s="1">
         <v>45000</v>
       </c>
       <c r="D21" s="4">
-        <v>9720141.7900000028</v>
+        <v>9720141.7899999972</v>
       </c>
       <c r="E21" s="1">
-        <v>1963878.0899999999</v>
+        <v>1963878.0900000005</v>
       </c>
       <c r="F21" s="4">
         <v>6050170.4500000002</v>
       </c>
       <c r="G21" s="1">
-        <v>10447617.500000002</v>
+        <v>9788718.7799999956</v>
       </c>
       <c r="H21" s="4">
-        <v>34596263.840000018</v>
+        <v>34134936.480000019</v>
       </c>
       <c r="I21" s="1">
-        <v>297472.31999999995</v>
+        <v>297472.32</v>
       </c>
       <c r="J21" s="4">
-        <v>8852928.9800000004</v>
+        <v>8852928.9799999986</v>
       </c>
       <c r="K21" s="1">
-        <v>4412438.6499999994</v>
+        <v>4412438.6500000004</v>
       </c>
       <c r="L21" s="4">
-        <v>41865105.160000019</v>
+        <v>41864735.159999989</v>
       </c>
       <c r="M21" s="1">
         <v>0</v>
       </c>
       <c r="N21" s="4">
-        <v>52255091.640000015</v>
+        <v>51755091.640000023</v>
       </c>
       <c r="O21" s="1">
         <v>0</v>
       </c>
       <c r="P21" s="4">
-        <v>3534159.85</v>
+        <v>2452575.2100000004</v>
       </c>
       <c r="Q21" s="1">
         <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>6328175.8500000015</v>
+        <v>6324874.410000002</v>
       </c>
       <c r="S21" s="1">
         <v>0</v>
       </c>
       <c r="T21" s="4">
-        <v>30594943.680000018</v>
+        <v>30483733.720000006</v>
       </c>
       <c r="U21" s="1">
         <v>0</v>
       </c>
       <c r="V21" s="4">
-        <v>7577164.79</v>
+        <v>7577164.7899999991</v>
       </c>
       <c r="W21" s="1">
         <v>998098.3899999999</v>
       </c>
       <c r="X21" s="4">
         <v>1604056.46</v>
       </c>
       <c r="Y21" s="1">
         <v>0</v>
       </c>
       <c r="Z21" s="4">
-        <v>5919271.629999998</v>
+        <v>3419271.63</v>
       </c>
       <c r="AA21" s="1">
         <v>0</v>
       </c>
       <c r="AB21" s="4">
         <v>0</v>
       </c>
       <c r="AC21" s="1">
         <v>0</v>
       </c>
       <c r="AD21" s="4">
-        <v>937666814.95999837</v>
+        <v>936977811.15000021</v>
       </c>
       <c r="AE21" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="2:31" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B22" s="3">
         <v>45323</v>
       </c>
       <c r="C22" s="1">
         <v>0</v>
       </c>
       <c r="D22" s="4">
-        <v>5173960.1900000004</v>
+        <v>5173960.1900000023</v>
       </c>
       <c r="E22" s="1">
-        <v>568980.01</v>
+        <v>568980.00999999989</v>
       </c>
       <c r="F22" s="4">
         <v>2131193.2399999998</v>
       </c>
       <c r="G22" s="1">
         <v>10118988.630000006</v>
       </c>
       <c r="H22" s="4">
-        <v>68254761.64000003</v>
+        <v>62573928.709999993</v>
       </c>
       <c r="I22" s="1">
         <v>73584.37</v>
       </c>
       <c r="J22" s="4">
         <v>34708328.710000008</v>
       </c>
       <c r="K22" s="1">
-        <v>3354322.7000000007</v>
+        <v>3281533.81</v>
       </c>
       <c r="L22" s="4">
-        <v>28236894.490000002</v>
+        <v>28236894.489999995</v>
       </c>
       <c r="M22" s="1">
         <v>0</v>
       </c>
       <c r="N22" s="4">
-        <v>16630050.599999998</v>
+        <v>16624550.599999998</v>
       </c>
       <c r="O22" s="1">
         <v>0</v>
       </c>
       <c r="P22" s="4">
-        <v>24997294.000000004</v>
+        <v>683364.5</v>
       </c>
       <c r="Q22" s="1">
         <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>1205321.8999999999</v>
+        <v>1199544.07</v>
       </c>
       <c r="S22" s="1">
         <v>0</v>
       </c>
       <c r="T22" s="4">
-        <v>9973507.8200000003</v>
+        <v>7673507.8200000012</v>
       </c>
       <c r="U22" s="1">
         <v>0</v>
       </c>
       <c r="V22" s="4">
-        <v>7456222.9499999993</v>
+        <v>6925720.9400000013</v>
       </c>
       <c r="W22" s="1">
         <v>204786.84</v>
       </c>
       <c r="X22" s="4">
-        <v>2159248.2400000002</v>
+        <v>1984193.5399999998</v>
       </c>
       <c r="Y22" s="1">
         <v>0</v>
       </c>
       <c r="Z22" s="4">
-        <v>4214723.5199999996</v>
+        <v>4212488.67</v>
       </c>
       <c r="AA22" s="1">
         <v>0</v>
       </c>
       <c r="AB22" s="4">
         <v>0</v>
       </c>
       <c r="AC22" s="1">
         <v>0</v>
       </c>
       <c r="AD22" s="4">
-        <v>1134931430.0400004</v>
+        <v>1133838113.7399991</v>
       </c>
       <c r="AE22" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="2:31" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B23" s="3">
         <v>45352</v>
       </c>
       <c r="C23" s="1">
         <v>0</v>
       </c>
       <c r="D23" s="4">
         <v>7516213.3000000007</v>
       </c>
       <c r="E23" s="1">
-        <v>1144607.8999999999</v>
+        <v>1094980.1099999999</v>
       </c>
       <c r="F23" s="4">
         <v>2956324.6199999996</v>
       </c>
       <c r="G23" s="1">
-        <v>13172967.820000008</v>
+        <v>12787885.120000007</v>
       </c>
       <c r="H23" s="4">
-        <v>48125376.210000038</v>
+        <v>47640972.009999983</v>
       </c>
       <c r="I23" s="1">
         <v>63788.82</v>
       </c>
       <c r="J23" s="4">
-        <v>1127563.9700000002</v>
+        <v>1127563.9699999997</v>
       </c>
       <c r="K23" s="1">
         <v>3129080.9099999997</v>
       </c>
       <c r="L23" s="4">
-        <v>47635159.519999996</v>
+        <v>47635159.519999981</v>
       </c>
       <c r="M23" s="1">
-        <v>155298.89000000001</v>
+        <v>0</v>
       </c>
       <c r="N23" s="4">
-        <v>18384293.98</v>
+        <v>18384293.980000004</v>
       </c>
       <c r="O23" s="1">
         <v>0</v>
       </c>
       <c r="P23" s="4">
-        <v>9060462.8100000005</v>
+        <v>8488117.0100000016</v>
       </c>
       <c r="Q23" s="1">
         <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>994614.36000000022</v>
+        <v>994614.35999999987</v>
       </c>
       <c r="S23" s="1">
         <v>0</v>
       </c>
       <c r="T23" s="4">
-        <v>14508663.390000002</v>
+        <v>14508663.390000001</v>
       </c>
       <c r="U23" s="1">
         <v>0</v>
       </c>
       <c r="V23" s="4">
         <v>5070295.4200000009</v>
       </c>
       <c r="W23" s="1">
         <v>58910.5</v>
       </c>
       <c r="X23" s="4">
         <v>2751972.38</v>
       </c>
       <c r="Y23" s="1">
         <v>0</v>
       </c>
       <c r="Z23" s="4">
         <v>8435855.7299999986</v>
       </c>
       <c r="AA23" s="1">
         <v>0</v>
       </c>
       <c r="AB23" s="4">
         <v>0</v>
       </c>
       <c r="AC23" s="1">
         <v>2849.81</v>
       </c>
       <c r="AD23" s="4">
-        <v>1204660631.9000001</v>
+        <v>1171313623.9100008</v>
       </c>
       <c r="AE23" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="2:31" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B24" s="3">
         <v>45383</v>
       </c>
       <c r="C24" s="1">
         <v>0</v>
       </c>
       <c r="D24" s="4">
-        <v>12350189.059999993</v>
+        <v>12350189.059999999</v>
       </c>
       <c r="E24" s="1">
         <v>842083.0299999998</v>
       </c>
       <c r="F24" s="4">
         <v>3905539.8</v>
       </c>
       <c r="G24" s="1">
         <v>58642622.470000006</v>
       </c>
       <c r="H24" s="4">
-        <v>38853308.239999965</v>
+        <v>38823308.239999995</v>
       </c>
       <c r="I24" s="1">
         <v>462295.16000000003</v>
       </c>
       <c r="J24" s="4">
-        <v>18592701.529999994</v>
+        <v>12770101.529999999</v>
       </c>
       <c r="K24" s="1">
         <v>5259729.3100000005</v>
       </c>
       <c r="L24" s="4">
-        <v>53661236.020000003</v>
+        <v>53661236.020000011</v>
       </c>
       <c r="M24" s="1">
         <v>0</v>
       </c>
       <c r="N24" s="4">
-        <v>9805633.7800000031</v>
+        <v>9805633.7799999993</v>
       </c>
       <c r="O24" s="1">
         <v>0</v>
       </c>
       <c r="P24" s="4">
-        <v>41660730.840000004</v>
+        <v>41034355.670000002</v>
       </c>
       <c r="Q24" s="1">
         <v>0</v>
       </c>
       <c r="R24" s="4">
-        <v>1469537.0900000003</v>
+        <v>1469537.0899999996</v>
       </c>
       <c r="S24" s="1">
         <v>27804.5</v>
       </c>
       <c r="T24" s="4">
         <v>9027369.5199999996</v>
       </c>
       <c r="U24" s="1">
         <v>0</v>
       </c>
       <c r="V24" s="4">
         <v>7919170.5099999998</v>
       </c>
       <c r="W24" s="1">
-        <v>556150.37999999989</v>
+        <v>556150.38</v>
       </c>
       <c r="X24" s="4">
-        <v>2483924.5</v>
+        <v>2051492.07</v>
       </c>
       <c r="Y24" s="1">
         <v>0</v>
       </c>
       <c r="Z24" s="4">
-        <v>7626392.6100000031</v>
+        <v>7626392.610000005</v>
       </c>
       <c r="AA24" s="1">
         <v>2079.8200000000002</v>
       </c>
       <c r="AB24" s="4">
         <v>0</v>
       </c>
       <c r="AC24" s="1">
         <v>2894.61</v>
       </c>
       <c r="AD24" s="4">
-        <v>1063145750.8999999</v>
+        <v>1044906374.4399979</v>
       </c>
       <c r="AE24" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="2:31" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B25" s="3">
         <v>45413</v>
       </c>
       <c r="C25" s="1">
         <v>50054.31</v>
       </c>
       <c r="D25" s="4">
-        <v>10412072.290000005</v>
+        <v>9970177.8900000006</v>
       </c>
       <c r="E25" s="1">
         <v>1689004.63</v>
       </c>
       <c r="F25" s="4">
         <v>4259306.4799999995</v>
       </c>
       <c r="G25" s="1">
-        <v>24260176.88000001</v>
+        <v>24260176.880000006</v>
       </c>
       <c r="H25" s="4">
-        <v>40414674.949999981</v>
+        <v>39973281.030000009</v>
       </c>
       <c r="I25" s="1">
         <v>201555.46000000002</v>
       </c>
       <c r="J25" s="4">
-        <v>9876965.8599999994</v>
+        <v>9812965.8600000031</v>
       </c>
       <c r="K25" s="1">
-        <v>2593910.5500000003</v>
+        <v>2521649.0100000007</v>
       </c>
       <c r="L25" s="4">
-        <v>20001148.139999993</v>
+        <v>20001148.139999989</v>
       </c>
       <c r="M25" s="1">
         <v>0</v>
       </c>
       <c r="N25" s="4">
-        <v>35213037.230000004</v>
+        <v>34853037.230000004</v>
       </c>
       <c r="O25" s="1">
         <v>0</v>
       </c>
       <c r="P25" s="4">
-        <v>62610739.620000005</v>
+        <v>52436579.719999999</v>
       </c>
       <c r="Q25" s="1">
         <v>0</v>
       </c>
       <c r="R25" s="4">
-        <v>1685766.3599999999</v>
+        <v>1682358.5999999999</v>
       </c>
       <c r="S25" s="1">
         <v>0</v>
       </c>
       <c r="T25" s="4">
-        <v>11096819.020000001</v>
+        <v>10804076.610000001</v>
       </c>
       <c r="U25" s="1">
         <v>0</v>
       </c>
       <c r="V25" s="4">
-        <v>6685780.6900000013</v>
+        <v>6685780.6900000004</v>
       </c>
       <c r="W25" s="1">
-        <v>218787.23</v>
+        <v>218787.22999999998</v>
       </c>
       <c r="X25" s="4">
-        <v>6711804.3200000003</v>
+        <v>3711403.7800000003</v>
       </c>
       <c r="Y25" s="1">
         <v>0</v>
       </c>
       <c r="Z25" s="4">
-        <v>10307538.369999997</v>
+        <v>10307538.369999999</v>
       </c>
       <c r="AA25" s="1">
         <v>0</v>
       </c>
       <c r="AB25" s="4">
         <v>0</v>
       </c>
       <c r="AC25" s="1">
         <v>0</v>
       </c>
       <c r="AD25" s="4">
-        <v>694470133.66000044</v>
+        <v>691496575.77999926</v>
       </c>
       <c r="AE25" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="2:31" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B26" s="3">
         <v>45444</v>
       </c>
       <c r="C26" s="1">
         <v>0</v>
       </c>
       <c r="D26" s="4">
-        <v>14249193.27</v>
+        <v>14249193.270000001</v>
       </c>
       <c r="E26" s="1">
         <v>528265.60000000009</v>
       </c>
       <c r="F26" s="4">
         <v>5465320.7499999991</v>
       </c>
       <c r="G26" s="1">
-        <v>13400523.319999989</v>
+        <v>13400523.319999995</v>
       </c>
       <c r="H26" s="4">
-        <v>73364679.839999974</v>
+        <v>68795489.979999989</v>
       </c>
       <c r="I26" s="1">
         <v>179651.99</v>
       </c>
       <c r="J26" s="4">
         <v>3477665.5700000003</v>
       </c>
       <c r="K26" s="1">
-        <v>2406124.64</v>
+        <v>2406124.6399999997</v>
       </c>
       <c r="L26" s="4">
-        <v>115152077.33000001</v>
+        <v>115152077.33</v>
       </c>
       <c r="M26" s="1">
         <v>0</v>
       </c>
       <c r="N26" s="4">
-        <v>11180835.290000003</v>
+        <v>11180835.289999999</v>
       </c>
       <c r="O26" s="1">
         <v>0</v>
       </c>
       <c r="P26" s="4">
-        <v>12256034.180000002</v>
+        <v>5256034.18</v>
       </c>
       <c r="Q26" s="1">
         <v>0</v>
       </c>
       <c r="R26" s="4">
-        <v>2718510.0200000014</v>
+        <v>2718510.0200000009</v>
       </c>
       <c r="S26" s="1">
         <v>100000</v>
       </c>
       <c r="T26" s="4">
         <v>8222635.169999999</v>
       </c>
       <c r="U26" s="1">
         <v>0</v>
       </c>
       <c r="V26" s="4">
         <v>6347059.669999999</v>
       </c>
       <c r="W26" s="1">
         <v>107155.83</v>
       </c>
       <c r="X26" s="4">
-        <v>3433343.4000000004</v>
+        <v>3098147.87</v>
       </c>
       <c r="Y26" s="1">
         <v>0</v>
       </c>
       <c r="Z26" s="4">
         <v>4401529.169999999</v>
       </c>
       <c r="AA26" s="1">
         <v>0</v>
       </c>
       <c r="AB26" s="4">
         <v>0</v>
       </c>
       <c r="AC26" s="1">
         <v>4256.6499999999996</v>
       </c>
       <c r="AD26" s="4">
-        <v>916958203.63000107</v>
+        <v>916276946.20999908</v>
       </c>
       <c r="AE26" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="2:31" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B27" s="3">
         <v>45474</v>
       </c>
       <c r="C27" s="1">
         <v>0</v>
       </c>
       <c r="D27" s="4">
-        <v>16673581.969999988</v>
+        <v>16673581.969999991</v>
       </c>
       <c r="E27" s="1">
         <v>1648777.6600000001</v>
       </c>
       <c r="F27" s="4">
-        <v>6369061.6200000001</v>
+        <v>6369061.6199999992</v>
       </c>
       <c r="G27" s="1">
-        <v>11830515.130000003</v>
+        <v>11530515.130000003</v>
       </c>
       <c r="H27" s="4">
-        <v>77013162.210000008</v>
+        <v>77001721.079999983</v>
       </c>
       <c r="I27" s="1">
         <v>431287.48</v>
       </c>
       <c r="J27" s="4">
-        <v>1170985.02</v>
+        <v>1170985.0199999996</v>
       </c>
       <c r="K27" s="1">
-        <v>1897686.59</v>
+        <v>1897686.5900000008</v>
       </c>
       <c r="L27" s="4">
-        <v>26600302.09999999</v>
+        <v>26600302.100000001</v>
       </c>
       <c r="M27" s="1">
         <v>0</v>
       </c>
       <c r="N27" s="4">
-        <v>33327737.479999997</v>
+        <v>33327737.479999989</v>
       </c>
       <c r="O27" s="1">
         <v>0</v>
       </c>
       <c r="P27" s="4">
-        <v>32967224.899999995</v>
+        <v>22467224.900000002</v>
       </c>
       <c r="Q27" s="1">
         <v>0</v>
       </c>
       <c r="R27" s="4">
-        <v>4219267.3600000003</v>
+        <v>4206442.2799999993</v>
       </c>
       <c r="S27" s="1">
         <v>16472.77</v>
       </c>
       <c r="T27" s="4">
-        <v>27140486.869999986</v>
+        <v>27140486.86999999</v>
       </c>
       <c r="U27" s="1">
         <v>0</v>
       </c>
       <c r="V27" s="4">
         <v>8144060.7599999988</v>
       </c>
       <c r="W27" s="1">
-        <v>51527.729999999996</v>
+        <v>14220.98</v>
       </c>
       <c r="X27" s="4">
-        <v>3093544.56</v>
+        <v>2196683.5700000003</v>
       </c>
       <c r="Y27" s="1">
         <v>0</v>
       </c>
       <c r="Z27" s="4">
-        <v>5444380.2400000049</v>
+        <v>5434170.6000000052</v>
       </c>
       <c r="AA27" s="1">
         <v>0</v>
       </c>
       <c r="AB27" s="4">
         <v>0</v>
       </c>
       <c r="AC27" s="1">
         <v>13351.62</v>
       </c>
       <c r="AD27" s="4">
-        <v>912352608.81000006</v>
+        <v>911434514.6000005</v>
       </c>
       <c r="AE27" s="1">
         <v>25502.79</v>
       </c>
     </row>
     <row r="28" spans="2:31" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B28" s="3">
         <v>45505</v>
       </c>
       <c r="C28" s="1">
         <v>0</v>
       </c>
       <c r="D28" s="4">
-        <v>11544203.86999999</v>
+        <v>11544203.869999995</v>
       </c>
       <c r="E28" s="1">
         <v>5462804.1099999994</v>
       </c>
       <c r="F28" s="4">
         <v>10498920.439999999</v>
       </c>
       <c r="G28" s="1">
-        <v>9580640.6999999974</v>
+        <v>9580640.7000000011</v>
       </c>
       <c r="H28" s="4">
-        <v>63040953.150000006</v>
+        <v>61840953.149999991</v>
       </c>
       <c r="I28" s="1">
-        <v>1782066.6300000004</v>
+        <v>1782066.63</v>
       </c>
       <c r="J28" s="4">
         <v>319259.81999999995</v>
       </c>
       <c r="K28" s="1">
-        <v>2353172.39</v>
+        <v>2353172.3899999997</v>
       </c>
       <c r="L28" s="4">
-        <v>25781567.219999984</v>
+        <v>25781567.220000003</v>
       </c>
       <c r="M28" s="1">
         <v>0</v>
       </c>
       <c r="N28" s="4">
-        <v>9595478.9400000032</v>
+        <v>9595478.9400000013</v>
       </c>
       <c r="O28" s="1">
         <v>0</v>
       </c>
       <c r="P28" s="4">
-        <v>15734041.540000001</v>
+        <v>5514041.54</v>
       </c>
       <c r="Q28" s="1">
         <v>0</v>
       </c>
       <c r="R28" s="4">
-        <v>1532355.3799999997</v>
+        <v>1529263.6199999996</v>
       </c>
       <c r="S28" s="1">
         <v>0</v>
       </c>
       <c r="T28" s="4">
-        <v>7323135.6200000029</v>
+        <v>7323135.620000002</v>
       </c>
       <c r="U28" s="1">
         <v>0</v>
       </c>
       <c r="V28" s="4">
         <v>1626817.64</v>
       </c>
       <c r="W28" s="1">
         <v>119643.48000000001</v>
       </c>
       <c r="X28" s="4">
-        <v>4731592.7299999995</v>
+        <v>2197704.5199999996</v>
       </c>
       <c r="Y28" s="1">
         <v>0</v>
       </c>
       <c r="Z28" s="4">
-        <v>11145791.589999996</v>
+        <v>11145791.590000002</v>
       </c>
       <c r="AA28" s="1">
         <v>0</v>
       </c>
       <c r="AB28" s="4">
         <v>0</v>
       </c>
       <c r="AC28" s="1">
         <v>0</v>
       </c>
       <c r="AD28" s="4">
-        <v>857453438.89000022</v>
+        <v>855643406.42000043</v>
       </c>
       <c r="AE28" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="2:31" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B29" s="3">
         <v>45536</v>
       </c>
       <c r="C29" s="1">
         <v>0</v>
       </c>
       <c r="D29" s="4">
-        <v>10126072.449999997</v>
+        <v>10126072.450000003</v>
       </c>
       <c r="E29" s="1">
-        <v>1541736.6400000001</v>
+        <v>1541736.6399999997</v>
       </c>
       <c r="F29" s="4">
         <v>379899.65</v>
       </c>
       <c r="G29" s="1">
-        <v>23076110.019999996</v>
+        <v>23008045.389999993</v>
       </c>
       <c r="H29" s="4">
-        <v>85374602.770000055</v>
+        <v>83874602.769999996</v>
       </c>
       <c r="I29" s="1">
         <v>254558.21999999997</v>
       </c>
       <c r="J29" s="4">
-        <v>5001004.7</v>
+        <v>5001004.6999999993</v>
       </c>
       <c r="K29" s="1">
-        <v>2664925.7999999998</v>
+        <v>2664925.8000000003</v>
       </c>
       <c r="L29" s="4">
-        <v>34821559.449999996</v>
+        <v>32173285.269999992</v>
       </c>
       <c r="M29" s="1">
         <v>0</v>
       </c>
       <c r="N29" s="4">
         <v>8145734.5300000003</v>
       </c>
       <c r="O29" s="1">
         <v>0</v>
       </c>
       <c r="P29" s="4">
-        <v>23105340.91</v>
+        <v>10445340.91</v>
       </c>
       <c r="Q29" s="1">
         <v>0</v>
       </c>
       <c r="R29" s="4">
-        <v>1496808.0799999998</v>
+        <v>1496808.08</v>
       </c>
       <c r="S29" s="1">
         <v>0</v>
       </c>
       <c r="T29" s="4">
         <v>8415354.540000001</v>
       </c>
       <c r="U29" s="1">
         <v>0</v>
       </c>
       <c r="V29" s="4">
         <v>4333556.76</v>
       </c>
       <c r="W29" s="1">
         <v>162009.78</v>
       </c>
       <c r="X29" s="4">
         <v>1598256.76</v>
       </c>
       <c r="Y29" s="1">
         <v>0</v>
       </c>
       <c r="Z29" s="4">
         <v>4803845.6899999985</v>
       </c>
       <c r="AA29" s="1">
         <v>0</v>
       </c>
       <c r="AB29" s="4">
         <v>0</v>
       </c>
       <c r="AC29" s="1">
         <v>0</v>
       </c>
       <c r="AD29" s="4">
-        <v>1072112810.5499978</v>
+        <v>1072111339.2499968</v>
       </c>
       <c r="AE29" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="2:31" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B30" s="3">
         <v>45566</v>
       </c>
       <c r="C30" s="1">
         <v>0</v>
       </c>
       <c r="D30" s="4">
-        <v>11167182.43</v>
+        <v>10581714.43</v>
       </c>
       <c r="E30" s="1">
         <v>1539861.25</v>
       </c>
       <c r="F30" s="4">
         <v>0</v>
       </c>
       <c r="G30" s="1">
-        <v>10717271.549999997</v>
+        <v>10666731.039999997</v>
       </c>
       <c r="H30" s="4">
-        <v>38704427.869999982</v>
+        <v>37890170.979999982</v>
       </c>
       <c r="I30" s="1">
         <v>116664.48000000001</v>
       </c>
       <c r="J30" s="4">
-        <v>2450665.7399999993</v>
+        <v>2450665.7399999998</v>
       </c>
       <c r="K30" s="1">
         <v>1351403.4499999997</v>
       </c>
       <c r="L30" s="4">
-        <v>37250246.919999994</v>
+        <v>37250246.920000009</v>
       </c>
       <c r="M30" s="1">
         <v>0</v>
       </c>
       <c r="N30" s="4">
         <v>19935068.199999999</v>
       </c>
       <c r="O30" s="1">
         <v>0</v>
       </c>
       <c r="P30" s="4">
-        <v>73053460.879999995</v>
+        <v>4353460.88</v>
       </c>
       <c r="Q30" s="1">
         <v>0</v>
       </c>
       <c r="R30" s="4">
-        <v>4143672.6200000015</v>
+        <v>4143672.620000002</v>
       </c>
       <c r="S30" s="1">
         <v>0</v>
       </c>
       <c r="T30" s="4">
-        <v>18350889.289999992</v>
+        <v>18350889.289999999</v>
       </c>
       <c r="U30" s="1">
         <v>0</v>
       </c>
       <c r="V30" s="4">
         <v>10979908.750000002</v>
       </c>
       <c r="W30" s="1">
         <v>35537.040000000001</v>
       </c>
       <c r="X30" s="4">
         <v>8519527.0899999999</v>
       </c>
       <c r="Y30" s="1">
         <v>0</v>
       </c>
       <c r="Z30" s="4">
-        <v>5567028.8699999982</v>
+        <v>5560767.799999998</v>
       </c>
       <c r="AA30" s="1">
         <v>0</v>
       </c>
       <c r="AB30" s="4">
         <v>0</v>
       </c>
       <c r="AC30" s="1">
         <v>0</v>
       </c>
       <c r="AD30" s="4">
-        <v>927998360.4599998</v>
+        <v>919362024.13999939</v>
       </c>
       <c r="AE30" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="2:31" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B31" s="3">
         <v>45597</v>
       </c>
       <c r="C31" s="1">
         <v>0</v>
       </c>
       <c r="D31" s="4">
-        <v>7127099.5599999959</v>
+        <v>7127099.5599999949</v>
       </c>
       <c r="E31" s="1">
-        <v>1584821.5499999998</v>
+        <v>1584821.55</v>
       </c>
       <c r="F31" s="4">
         <v>0</v>
       </c>
       <c r="G31" s="1">
-        <v>14196740.189999999</v>
+        <v>12034095.82</v>
       </c>
       <c r="H31" s="4">
-        <v>127085992.83000003</v>
+        <v>72665503.230000004</v>
       </c>
       <c r="I31" s="1">
-        <v>492046.49000000005</v>
+        <v>478984.84</v>
       </c>
       <c r="J31" s="4">
         <v>1313510.9700000002</v>
       </c>
       <c r="K31" s="1">
-        <v>1162609.4799999997</v>
+        <v>1158537.21</v>
       </c>
       <c r="L31" s="4">
-        <v>39480412.87999998</v>
+        <v>39451908.859999985</v>
       </c>
       <c r="M31" s="1">
         <v>0</v>
       </c>
       <c r="N31" s="4">
-        <v>25656509.840000007</v>
+        <v>25656509.839999992</v>
       </c>
       <c r="O31" s="1">
         <v>0</v>
       </c>
       <c r="P31" s="4">
-        <v>30247884.650000002</v>
+        <v>9747884.6500000004</v>
       </c>
       <c r="Q31" s="1">
         <v>0</v>
       </c>
       <c r="R31" s="4">
         <v>672574.85000000009</v>
       </c>
       <c r="S31" s="1">
         <v>27750.66</v>
       </c>
       <c r="T31" s="4">
         <v>22093454.149999995</v>
       </c>
       <c r="U31" s="1">
         <v>0</v>
       </c>
       <c r="V31" s="4">
         <v>6402122.0900000008</v>
       </c>
       <c r="W31" s="1">
         <v>93067.53</v>
       </c>
       <c r="X31" s="4">
         <v>2973036.9</v>
       </c>
       <c r="Y31" s="1">
         <v>0</v>
       </c>
       <c r="Z31" s="4">
-        <v>7452534.910000002</v>
+        <v>7443417.169999999</v>
       </c>
       <c r="AA31" s="1">
         <v>0</v>
       </c>
       <c r="AB31" s="4">
         <v>0</v>
       </c>
       <c r="AC31" s="1">
         <v>54.91</v>
       </c>
       <c r="AD31" s="4">
-        <v>1162129172.9599991</v>
+        <v>1159943202.039999</v>
       </c>
       <c r="AE31" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="2:31" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B32" s="3">
         <v>45627</v>
       </c>
       <c r="C32" s="1">
         <v>0</v>
       </c>
       <c r="D32" s="4">
-        <v>7920765.4700000035</v>
+        <v>7920765.4699999997</v>
       </c>
       <c r="E32" s="1">
-        <v>3777339.7399999998</v>
+        <v>3777339.74</v>
       </c>
       <c r="F32" s="4">
         <v>3696067.1100000003</v>
       </c>
       <c r="G32" s="1">
-        <v>8119676.4199999999</v>
+        <v>8119676.419999999</v>
       </c>
       <c r="H32" s="4">
-        <v>59822365.700000003</v>
+        <v>51792365.70000001</v>
       </c>
       <c r="I32" s="1">
         <v>0</v>
       </c>
       <c r="J32" s="4">
-        <v>6537061.3900000015</v>
+        <v>6537061.3900000006</v>
       </c>
       <c r="K32" s="1">
         <v>1801630.37</v>
       </c>
       <c r="L32" s="4">
-        <v>18845640.920000002</v>
+        <v>18817640.920000006</v>
       </c>
       <c r="M32" s="1">
         <v>0</v>
       </c>
       <c r="N32" s="4">
-        <v>53400683.49000001</v>
+        <v>53400683.490000002</v>
       </c>
       <c r="O32" s="1">
         <v>0</v>
       </c>
       <c r="P32" s="4">
-        <v>37742694.680000007</v>
+        <v>6242364.709999999</v>
       </c>
       <c r="Q32" s="1">
         <v>0</v>
       </c>
       <c r="R32" s="4">
-        <v>4445561.6400000015</v>
+        <v>3808455.4600000009</v>
       </c>
       <c r="S32" s="1">
         <v>55257.1</v>
       </c>
       <c r="T32" s="4">
-        <v>10250959.880000003</v>
+        <v>10250959.880000001</v>
       </c>
       <c r="U32" s="1">
         <v>0</v>
       </c>
       <c r="V32" s="4">
         <v>5121737.3200000012</v>
       </c>
       <c r="W32" s="1">
         <v>316321.66000000003</v>
       </c>
       <c r="X32" s="4">
         <v>2100000</v>
       </c>
       <c r="Y32" s="1">
         <v>0</v>
       </c>
       <c r="Z32" s="4">
         <v>9493107.1900000013</v>
       </c>
       <c r="AA32" s="1">
         <v>0</v>
       </c>
       <c r="AB32" s="4">
         <v>0</v>
       </c>
       <c r="AC32" s="1">
         <v>1000</v>
       </c>
       <c r="AD32" s="4">
-        <v>1070596901.8600004</v>
+        <v>1070278644.8100001</v>
       </c>
       <c r="AE32" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="2:31" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B33" s="3">
         <v>45658</v>
       </c>
       <c r="C33" s="1">
         <v>0</v>
       </c>
       <c r="D33" s="4">
-        <v>5467923.7499999991</v>
+        <v>5467923.75</v>
       </c>
       <c r="E33" s="1">
         <v>1197673.4000000001</v>
       </c>
       <c r="F33" s="4">
         <v>529.84</v>
       </c>
       <c r="G33" s="1">
-        <v>7155571.5799999991</v>
+        <v>7155571.5800000001</v>
       </c>
       <c r="H33" s="4">
-        <v>30120345.829999991</v>
+        <v>29900987.339999992</v>
       </c>
       <c r="I33" s="1">
-        <v>443997.79</v>
+        <v>443997.79000000004</v>
       </c>
       <c r="J33" s="4">
         <v>1195151.47</v>
       </c>
       <c r="K33" s="1">
-        <v>1103751.8999999999</v>
+        <v>1099187.0699999998</v>
       </c>
       <c r="L33" s="4">
-        <v>28680454.300000001</v>
+        <v>23880454.300000001</v>
       </c>
       <c r="M33" s="1">
-        <v>295336.19</v>
+        <v>0</v>
       </c>
       <c r="N33" s="4">
-        <v>32578433.110000003</v>
+        <v>32578433.109999992</v>
       </c>
       <c r="O33" s="1">
         <v>0</v>
       </c>
       <c r="P33" s="4">
-        <v>16584965.719999999</v>
+        <v>11084965.720000001</v>
       </c>
       <c r="Q33" s="1">
         <v>0</v>
       </c>
       <c r="R33" s="4">
-        <v>1370646.65</v>
+        <v>1370646.6500000001</v>
       </c>
       <c r="S33" s="1">
         <v>54458.97</v>
       </c>
       <c r="T33" s="4">
-        <v>23164821.940000001</v>
+        <v>23164821.93999999</v>
       </c>
       <c r="U33" s="1">
         <v>0</v>
       </c>
       <c r="V33" s="4">
-        <v>13155576.649999999</v>
+        <v>13155576.650000002</v>
       </c>
       <c r="W33" s="1">
-        <v>685479.32000000007</v>
+        <v>685479.32</v>
       </c>
       <c r="X33" s="4">
         <v>1406891.97</v>
       </c>
       <c r="Y33" s="1">
         <v>0</v>
       </c>
       <c r="Z33" s="4">
-        <v>3768661.5600000005</v>
+        <v>3768661.560000001</v>
       </c>
       <c r="AA33" s="1">
         <v>0</v>
       </c>
       <c r="AB33" s="4">
         <v>0</v>
       </c>
       <c r="AC33" s="1">
         <v>6765.9</v>
       </c>
       <c r="AD33" s="4">
-        <v>1053252835.1299996</v>
+        <v>1053178293.3600004</v>
       </c>
       <c r="AE33" s="1">
         <v>249.3</v>
       </c>
     </row>
     <row r="34" spans="2:31" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B34" s="3">
         <v>45689</v>
       </c>
       <c r="C34" s="1">
         <v>0</v>
       </c>
       <c r="D34" s="4">
-        <v>6929326.5199999996</v>
+        <v>6929326.5199999986</v>
       </c>
       <c r="E34" s="1">
         <v>4786565.1400000006</v>
       </c>
       <c r="F34" s="4">
         <v>30682.959999999999</v>
       </c>
       <c r="G34" s="1">
-        <v>10510232.160000004</v>
+        <v>10389801.310000001</v>
       </c>
       <c r="H34" s="4">
-        <v>39410054.079999998</v>
+        <v>37134388.82</v>
       </c>
       <c r="I34" s="1">
         <v>175181.13999999998</v>
       </c>
       <c r="J34" s="4">
         <v>8777943.6699999999</v>
       </c>
       <c r="K34" s="1">
-        <v>1401120.0899999999</v>
+        <v>1396879.2700000003</v>
       </c>
       <c r="L34" s="4">
-        <v>21222411.629999995</v>
+        <v>21187713.669999994</v>
       </c>
       <c r="M34" s="1">
         <v>100775.31</v>
       </c>
       <c r="N34" s="4">
         <v>29670899.949999999</v>
       </c>
       <c r="O34" s="1">
         <v>0</v>
       </c>
       <c r="P34" s="4">
-        <v>13670259.359999999</v>
+        <v>11471983.389999999</v>
       </c>
       <c r="Q34" s="1">
         <v>0</v>
       </c>
       <c r="R34" s="4">
-        <v>2115807.9</v>
+        <v>1475541.55</v>
       </c>
       <c r="S34" s="1">
         <v>0</v>
       </c>
       <c r="T34" s="4">
-        <v>19293734.660000004</v>
+        <v>19293734.66</v>
       </c>
       <c r="U34" s="1">
         <v>79.239999999999995</v>
       </c>
       <c r="V34" s="4">
-        <v>17310196.259999998</v>
+        <v>17310196.260000002</v>
       </c>
       <c r="W34" s="1">
-        <v>220697.37</v>
+        <v>220697.36999999997</v>
       </c>
       <c r="X34" s="4">
         <v>2000000</v>
       </c>
       <c r="Y34" s="1">
         <v>0</v>
       </c>
       <c r="Z34" s="4">
-        <v>18776329.319999997</v>
+        <v>18771820.860000003</v>
       </c>
       <c r="AA34" s="1">
         <v>0</v>
       </c>
       <c r="AB34" s="4">
         <v>8.2200000000000006</v>
       </c>
       <c r="AC34" s="1">
         <v>0</v>
       </c>
       <c r="AD34" s="4">
-        <v>1398169699.1700003</v>
+        <v>1384628191.2999992</v>
       </c>
       <c r="AE34" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="2:31" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B35" s="3">
         <v>45717</v>
       </c>
       <c r="C35" s="1">
         <v>0</v>
       </c>
       <c r="D35" s="4">
-        <v>7090271.5400000019</v>
+        <v>7090271.5399999991</v>
       </c>
       <c r="E35" s="1">
-        <v>1463417.4199999997</v>
+        <v>1463417.4200000002</v>
       </c>
       <c r="F35" s="4">
         <v>50199.78</v>
       </c>
       <c r="G35" s="1">
-        <v>10864022.24</v>
+        <v>10719270.349999998</v>
       </c>
       <c r="H35" s="4">
-        <v>43535670.069999993</v>
+        <v>31535670.069999993</v>
       </c>
       <c r="I35" s="1">
         <v>256266.37</v>
       </c>
       <c r="J35" s="4">
-        <v>9609510.75</v>
+        <v>9609510.7499999944</v>
       </c>
       <c r="K35" s="1">
         <v>2995860.38</v>
       </c>
       <c r="L35" s="4">
-        <v>92590981.450000018</v>
+        <v>92590981.449999988</v>
       </c>
       <c r="M35" s="1">
         <v>0</v>
       </c>
       <c r="N35" s="4">
-        <v>28951066.550000001</v>
+        <v>28951066.549999997</v>
       </c>
       <c r="O35" s="1">
         <v>0</v>
       </c>
       <c r="P35" s="4">
-        <v>10104569.83</v>
+        <v>5804569.8299999991</v>
       </c>
       <c r="Q35" s="1">
         <v>0</v>
       </c>
       <c r="R35" s="4">
-        <v>4144441.1900000004</v>
+        <v>4062765.0700000003</v>
       </c>
       <c r="S35" s="1">
         <v>0</v>
       </c>
       <c r="T35" s="4">
-        <v>6861383.7399999974</v>
+        <v>6601383.7399999984</v>
       </c>
       <c r="U35" s="1">
         <v>0</v>
       </c>
       <c r="V35" s="4">
-        <v>8907439.1300000008</v>
+        <v>8907439.129999999</v>
       </c>
       <c r="W35" s="1">
         <v>54077.98</v>
       </c>
       <c r="X35" s="4">
         <v>3659554.73</v>
       </c>
       <c r="Y35" s="1">
         <v>0</v>
       </c>
       <c r="Z35" s="4">
         <v>21771853.919999998</v>
       </c>
       <c r="AA35" s="1">
         <v>0</v>
       </c>
       <c r="AB35" s="4">
         <v>0</v>
       </c>
       <c r="AC35" s="1">
         <v>0</v>
       </c>
       <c r="AD35" s="4">
-        <v>1626285582.5699987</v>
+        <v>1574260795.2599981</v>
       </c>
       <c r="AE35" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="2:31" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B36" s="3">
         <v>45748</v>
       </c>
       <c r="C36" s="1">
         <v>0</v>
       </c>
       <c r="D36" s="4">
         <v>7096336.2699999986</v>
       </c>
       <c r="E36" s="1">
         <v>8608644.0800000001</v>
       </c>
       <c r="F36" s="4">
         <v>22630.74</v>
       </c>
       <c r="G36" s="1">
-        <v>8354442.8900000025</v>
+        <v>8354442.8900000015</v>
       </c>
       <c r="H36" s="4">
-        <v>68160202.200000018</v>
+        <v>51318031.43</v>
       </c>
       <c r="I36" s="1">
         <v>2953882.4499999997</v>
       </c>
       <c r="J36" s="4">
-        <v>528900.17999999993</v>
+        <v>528900.18000000005</v>
       </c>
       <c r="K36" s="1">
-        <v>1693309.3500000003</v>
+        <v>1193309.3500000001</v>
       </c>
       <c r="L36" s="4">
-        <v>41447142.490000032</v>
+        <v>41428730.449999981</v>
       </c>
       <c r="M36" s="1">
-        <v>3035617.0000000005</v>
+        <v>42225.82</v>
       </c>
       <c r="N36" s="4">
-        <v>40829165.05999995</v>
+        <v>40829165.059999995</v>
       </c>
       <c r="O36" s="1">
         <v>0</v>
       </c>
       <c r="P36" s="4">
-        <v>15567197.729999997</v>
+        <v>12567197.730000002</v>
       </c>
       <c r="Q36" s="1">
         <v>0</v>
       </c>
       <c r="R36" s="4">
-        <v>6747914.459999999</v>
+        <v>6338442.1599999983</v>
       </c>
       <c r="S36" s="1">
         <v>0</v>
       </c>
       <c r="T36" s="4">
-        <v>6434052.3400000008</v>
+        <v>6434052.3399999999</v>
       </c>
       <c r="U36" s="1">
         <v>0</v>
       </c>
       <c r="V36" s="4">
-        <v>6334021.6100000003</v>
+        <v>6334021.6099999994</v>
       </c>
       <c r="W36" s="1">
         <v>327966.62</v>
       </c>
       <c r="X36" s="4">
-        <v>5386698.6799999997</v>
+        <v>5184798.4399999995</v>
       </c>
       <c r="Y36" s="1">
         <v>0</v>
       </c>
       <c r="Z36" s="4">
-        <v>14060416.980000002</v>
+        <v>14060416.979999999</v>
       </c>
       <c r="AA36" s="1">
         <v>0</v>
       </c>
       <c r="AB36" s="4">
         <v>0</v>
       </c>
       <c r="AC36" s="1">
         <v>58075.020000000004</v>
       </c>
       <c r="AD36" s="4">
-        <v>1943792245.6200013</v>
+        <v>1925896540.559998</v>
       </c>
       <c r="AE36" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="2:31" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B37" s="3">
         <v>45778</v>
       </c>
       <c r="C37" s="1">
         <v>0</v>
       </c>
       <c r="D37" s="4">
         <v>7623213.9700000016</v>
       </c>
       <c r="E37" s="1">
         <v>1210710.06</v>
       </c>
       <c r="F37" s="4">
         <v>790294.09</v>
       </c>
       <c r="G37" s="1">
-        <v>9245750.3900000006</v>
+        <v>8995750.3900000025</v>
       </c>
       <c r="H37" s="4">
-        <v>53081992.219999991</v>
+        <v>52881992.220000006</v>
       </c>
       <c r="I37" s="1">
         <v>2148876.5799999996</v>
       </c>
       <c r="J37" s="4">
         <v>6527058.8100000005</v>
       </c>
       <c r="K37" s="1">
-        <v>1627123.0000000002</v>
+        <v>1627123.0000000005</v>
       </c>
       <c r="L37" s="4">
-        <v>21541999.859999996</v>
+        <v>21541999.859999999</v>
       </c>
       <c r="M37" s="1">
         <v>32301.19</v>
       </c>
       <c r="N37" s="4">
         <v>7310925.830000001</v>
       </c>
       <c r="O37" s="1">
         <v>0</v>
       </c>
       <c r="P37" s="4">
         <v>4524733.43</v>
       </c>
       <c r="Q37" s="1">
         <v>0</v>
       </c>
       <c r="R37" s="4">
-        <v>10019442.890000002</v>
+        <v>8888682.5100000016</v>
       </c>
       <c r="S37" s="1">
         <v>0</v>
       </c>
       <c r="T37" s="4">
-        <v>3752832.5100000012</v>
+        <v>3382832.5100000002</v>
       </c>
       <c r="U37" s="1">
         <v>0</v>
       </c>
       <c r="V37" s="4">
-        <v>15603059.399999999</v>
+        <v>15603059.4</v>
       </c>
       <c r="W37" s="1">
         <v>360830.73</v>
       </c>
       <c r="X37" s="4">
         <v>3266760.75</v>
       </c>
       <c r="Y37" s="1">
         <v>0</v>
       </c>
       <c r="Z37" s="4">
-        <v>3856554.52</v>
+        <v>3171243.2200000007</v>
       </c>
       <c r="AA37" s="1">
         <v>68395.240000000005</v>
       </c>
       <c r="AB37" s="4">
         <v>0</v>
       </c>
       <c r="AC37" s="1">
         <v>85057.4</v>
       </c>
       <c r="AD37" s="4">
-        <v>1194373770.5700014</v>
+        <v>1173289445.7200007</v>
       </c>
       <c r="AE37" s="1">
         <v>908.46</v>
       </c>
     </row>
     <row r="38" spans="2:31" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B38" s="3">
         <v>45809</v>
       </c>
       <c r="C38" s="1">
         <v>0</v>
       </c>
       <c r="D38" s="4">
-        <v>10606453.880000008</v>
+        <v>10606453.879999995</v>
       </c>
       <c r="E38" s="1">
         <v>997123.53</v>
       </c>
       <c r="F38" s="4">
         <v>622172.17000000004</v>
       </c>
       <c r="G38" s="1">
-        <v>9018331.5899999999</v>
+        <v>8998842.4399999958</v>
       </c>
       <c r="H38" s="4">
-        <v>45060436.199999973</v>
+        <v>44748436.199999981</v>
       </c>
       <c r="I38" s="1">
         <v>1694518.9500000002</v>
       </c>
       <c r="J38" s="4">
         <v>1507932.7499999995</v>
       </c>
       <c r="K38" s="1">
         <v>2627856.3200000003</v>
       </c>
       <c r="L38" s="4">
-        <v>32086073.910000008</v>
+        <v>32078514.060000002</v>
       </c>
       <c r="M38" s="1">
         <v>0</v>
       </c>
       <c r="N38" s="4">
-        <v>5923016.5399999982</v>
+        <v>5923016.5399999991</v>
       </c>
       <c r="O38" s="1">
         <v>0</v>
       </c>
       <c r="P38" s="4">
-        <v>3948518.9899999998</v>
+        <v>3840078.29</v>
       </c>
       <c r="Q38" s="1">
         <v>0</v>
       </c>
       <c r="R38" s="4">
-        <v>4007891.879999999</v>
+        <v>3610289.4199999995</v>
       </c>
       <c r="S38" s="1">
         <v>0</v>
       </c>
       <c r="T38" s="4">
-        <v>14436248.73</v>
+        <v>14436248.730000002</v>
       </c>
       <c r="U38" s="1">
         <v>0</v>
       </c>
       <c r="V38" s="4">
         <v>5186570.5299999993</v>
       </c>
       <c r="W38" s="1">
-        <v>151306.28</v>
+        <v>151306.28000000003</v>
       </c>
       <c r="X38" s="4">
         <v>3176348.2199999997</v>
       </c>
       <c r="Y38" s="1">
         <v>0</v>
       </c>
       <c r="Z38" s="4">
-        <v>4345407.54</v>
+        <v>4049271.4999999995</v>
       </c>
       <c r="AA38" s="1">
         <v>0</v>
       </c>
       <c r="AB38" s="4">
         <v>0</v>
       </c>
       <c r="AC38" s="1">
         <v>0</v>
       </c>
       <c r="AD38" s="4">
-        <v>832514011.19999981</v>
+        <v>805143909.59000111</v>
       </c>
       <c r="AE38" s="1">
         <v>14387.28</v>
       </c>
     </row>
     <row r="39" spans="2:31" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B39" s="3">
         <v>45839</v>
       </c>
       <c r="C39" s="1">
         <v>0</v>
       </c>
       <c r="D39" s="4">
-        <v>9259019.0899999999</v>
+        <v>9259019.0900000017</v>
       </c>
       <c r="E39" s="1">
         <v>1235001.9600000004</v>
       </c>
       <c r="F39" s="4">
         <v>5113.3500000000004</v>
       </c>
       <c r="G39" s="1">
-        <v>9854613.2299999967</v>
+        <v>9854613.2299999986</v>
       </c>
       <c r="H39" s="4">
-        <v>43362894.619999982</v>
+        <v>42822894.620000005</v>
       </c>
       <c r="I39" s="1">
         <v>327491.81999999995</v>
       </c>
       <c r="J39" s="4">
-        <v>3486612.9999999991</v>
+        <v>3486613.0000000005</v>
       </c>
       <c r="K39" s="1">
-        <v>1432092.02</v>
+        <v>1424494.9100000001</v>
       </c>
       <c r="L39" s="4">
-        <v>39376363.240000017</v>
+        <v>39376363.240000002</v>
       </c>
       <c r="M39" s="1">
         <v>0</v>
       </c>
       <c r="N39" s="4">
-        <v>16497041.719999999</v>
+        <v>16497041.720000001</v>
       </c>
       <c r="O39" s="1">
         <v>0</v>
       </c>
       <c r="P39" s="4">
-        <v>8892391.2599999998</v>
+        <v>7504320.2199999988</v>
       </c>
       <c r="Q39" s="1">
         <v>0</v>
       </c>
       <c r="R39" s="4">
-        <v>1817927.8300000005</v>
+        <v>1192654.2700000005</v>
       </c>
       <c r="S39" s="1">
         <v>0</v>
       </c>
       <c r="T39" s="4">
-        <v>36148210.810000002</v>
+        <v>36148210.809999995</v>
       </c>
       <c r="U39" s="1">
         <v>0</v>
       </c>
       <c r="V39" s="4">
-        <v>11334983.43</v>
+        <v>11334983.430000002</v>
       </c>
       <c r="W39" s="1">
         <v>230994.56</v>
       </c>
       <c r="X39" s="4">
         <v>2236736.9</v>
       </c>
       <c r="Y39" s="1">
         <v>0</v>
       </c>
       <c r="Z39" s="4">
-        <v>5592785.2299999995</v>
+        <v>5592785.2299999986</v>
       </c>
       <c r="AA39" s="1">
         <v>0</v>
       </c>
       <c r="AB39" s="4">
         <v>0</v>
       </c>
       <c r="AC39" s="1">
         <v>0</v>
       </c>
       <c r="AD39" s="4">
-        <v>890366936.26999986</v>
+        <v>877792030.72000027</v>
       </c>
       <c r="AE39" s="1">
         <v>98.82</v>
       </c>
     </row>
     <row r="40" spans="2:31" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B40" s="3">
         <v>45870</v>
       </c>
       <c r="C40" s="1">
         <v>0</v>
       </c>
       <c r="D40" s="4">
-        <v>8052911.839999998</v>
+        <v>7772911.8400000008</v>
       </c>
       <c r="E40" s="1">
-        <v>1446272.93</v>
+        <v>1446272.9300000002</v>
       </c>
       <c r="F40" s="4">
         <v>0</v>
       </c>
       <c r="G40" s="1">
-        <v>8054224.2699999968</v>
+        <v>8043034.4399999976</v>
       </c>
       <c r="H40" s="4">
-        <v>36786889.049999982</v>
+        <v>32786889.050000001</v>
       </c>
       <c r="I40" s="1">
         <v>763651.9</v>
       </c>
       <c r="J40" s="4">
-        <v>638204.66</v>
+        <v>638204.66000000015</v>
       </c>
       <c r="K40" s="1">
-        <v>2825321.13</v>
+        <v>2607562.0699999998</v>
       </c>
       <c r="L40" s="4">
-        <v>18226391.41</v>
+        <v>18226391.410000008</v>
       </c>
       <c r="M40" s="1">
         <v>0</v>
       </c>
       <c r="N40" s="4">
-        <v>22325739.879999995</v>
+        <v>22325739.879999999</v>
       </c>
       <c r="O40" s="1">
         <v>0</v>
       </c>
       <c r="P40" s="4">
         <v>1476627.51</v>
       </c>
       <c r="Q40" s="1">
         <v>0</v>
       </c>
       <c r="R40" s="4">
-        <v>2898583.48</v>
+        <v>2898583.4800000004</v>
       </c>
       <c r="S40" s="1">
         <v>0</v>
       </c>
       <c r="T40" s="4">
-        <v>2056280.6399999997</v>
+        <v>2056280.6400000004</v>
       </c>
       <c r="U40" s="1">
         <v>0</v>
       </c>
       <c r="V40" s="4">
-        <v>13871674.83</v>
+        <v>13871674.830000002</v>
       </c>
       <c r="W40" s="1">
-        <v>103494.79</v>
+        <v>103494.79000000001</v>
       </c>
       <c r="X40" s="4">
-        <v>2316830.42</v>
+        <v>2041830.42</v>
       </c>
       <c r="Y40" s="1">
         <v>0</v>
       </c>
       <c r="Z40" s="4">
-        <v>4070663.1300000013</v>
+        <v>3747709.1</v>
       </c>
       <c r="AA40" s="1">
         <v>0</v>
       </c>
       <c r="AB40" s="4">
         <v>0</v>
       </c>
       <c r="AC40" s="1">
         <v>0</v>
       </c>
       <c r="AD40" s="4">
-        <v>561241288.2099998</v>
+        <v>538918154.83999991</v>
       </c>
       <c r="AE40" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="2:31" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B41" s="3">
         <v>45901</v>
       </c>
       <c r="C41" s="1">
         <v>0</v>
       </c>
       <c r="D41" s="4">
-        <v>11082108.999999998</v>
+        <v>11072532.839999996</v>
       </c>
       <c r="E41" s="1">
         <v>1442208.1300000001</v>
       </c>
       <c r="F41" s="4">
         <v>3082.49</v>
       </c>
       <c r="G41" s="1">
-        <v>9081594.0699999984</v>
+        <v>8900976.0599999949</v>
       </c>
       <c r="H41" s="4">
-        <v>51197255.360000029</v>
+        <v>50550044.350000016</v>
       </c>
       <c r="I41" s="1">
         <v>188165.52000000002</v>
       </c>
       <c r="J41" s="4">
         <v>2136611</v>
       </c>
       <c r="K41" s="1">
-        <v>3150677</v>
+        <v>3136583.4200000009</v>
       </c>
       <c r="L41" s="4">
         <v>61189179.110000007</v>
       </c>
       <c r="M41" s="1">
         <v>511.76</v>
       </c>
       <c r="N41" s="4">
-        <v>41836398.57</v>
+        <v>41836398.569999993</v>
       </c>
       <c r="O41" s="1">
         <v>0</v>
       </c>
       <c r="P41" s="4">
         <v>1768511.4</v>
       </c>
       <c r="Q41" s="1">
         <v>0</v>
       </c>
       <c r="R41" s="4">
-        <v>3349882.6800000006</v>
+        <v>3088982.8000000003</v>
       </c>
       <c r="S41" s="1">
         <v>79331.399999999994</v>
       </c>
       <c r="T41" s="4">
-        <v>4958110.6400000006</v>
+        <v>4682362.6699999971</v>
       </c>
       <c r="U41" s="1">
         <v>0</v>
       </c>
       <c r="V41" s="4">
         <v>8291507.4200000018</v>
       </c>
       <c r="W41" s="1">
-        <v>101295.47</v>
+        <v>101295.47000000002</v>
       </c>
       <c r="X41" s="4">
-        <v>380670.6</v>
+        <v>327729.42</v>
       </c>
       <c r="Y41" s="1">
         <v>1000</v>
       </c>
       <c r="Z41" s="4">
-        <v>7399479.8300000001</v>
+        <v>7391551.8100000015</v>
       </c>
       <c r="AA41" s="1">
         <v>0</v>
       </c>
       <c r="AB41" s="4">
         <v>0</v>
       </c>
       <c r="AC41" s="1">
         <v>0</v>
       </c>
       <c r="AD41" s="4">
-        <v>798247103.20000017</v>
+        <v>791488030.29999804</v>
       </c>
       <c r="AE41" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="2:31" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B42" s="10">
+      <c r="B42" s="3">
         <v>45931</v>
       </c>
-      <c r="C42" s="11">
-[...8 lines deleted...]
-      <c r="F42" s="12">
+      <c r="C42" s="1">
+        <v>0</v>
+      </c>
+      <c r="D42" s="4">
+        <v>8113862.1700000018</v>
+      </c>
+      <c r="E42" s="1">
+        <v>3769733.3700000006</v>
+      </c>
+      <c r="F42" s="4">
         <v>255649.86</v>
       </c>
-      <c r="G42" s="11">
-[...8 lines deleted...]
-      <c r="J42" s="12">
+      <c r="G42" s="1">
+        <v>10535595.300000001</v>
+      </c>
+      <c r="H42" s="4">
+        <v>41462897.459999993</v>
+      </c>
+      <c r="I42" s="1">
+        <v>165498.92000000001</v>
+      </c>
+      <c r="J42" s="4">
         <v>4612479.5299999993</v>
       </c>
-      <c r="K42" s="11">
-[...5 lines deleted...]
-      <c r="M42" s="11">
+      <c r="K42" s="1">
+        <v>3810600.52</v>
+      </c>
+      <c r="L42" s="4">
+        <v>44141303.169999979</v>
+      </c>
+      <c r="M42" s="1">
         <v>134369.19</v>
       </c>
-      <c r="N42" s="12">
-[...23 lines deleted...]
-      <c r="V42" s="12">
+      <c r="N42" s="4">
+        <v>13562592.930000005</v>
+      </c>
+      <c r="O42" s="1">
+        <v>0</v>
+      </c>
+      <c r="P42" s="4">
+        <v>68267332</v>
+      </c>
+      <c r="Q42" s="1">
+        <v>0</v>
+      </c>
+      <c r="R42" s="4">
+        <v>1336092.49</v>
+      </c>
+      <c r="S42" s="1">
+        <v>0</v>
+      </c>
+      <c r="T42" s="4">
+        <v>2553811.9499999997</v>
+      </c>
+      <c r="U42" s="1">
+        <v>0</v>
+      </c>
+      <c r="V42" s="4">
         <v>4456206.12</v>
       </c>
-      <c r="W42" s="11">
-[...17 lines deleted...]
-      <c r="AC42" s="11">
+      <c r="W42" s="1">
+        <v>216287.11000000002</v>
+      </c>
+      <c r="X42" s="4">
+        <v>1136479.6200000001</v>
+      </c>
+      <c r="Y42" s="1">
+        <v>0</v>
+      </c>
+      <c r="Z42" s="4">
+        <v>3906660.1599999992</v>
+      </c>
+      <c r="AA42" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB42" s="4">
+        <v>0</v>
+      </c>
+      <c r="AC42" s="1">
         <v>30000</v>
       </c>
-      <c r="AD42" s="12">
-[...7 lines deleted...]
-      <c r="B44" s="9"/>
+      <c r="AD42" s="4">
+        <v>1282597856.3799987</v>
+      </c>
+      <c r="AE42" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="43" spans="2:31" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B43" s="3">
+        <v>45962</v>
+      </c>
+      <c r="C43" s="1">
+        <v>0</v>
+      </c>
+      <c r="D43" s="4">
+        <v>4387689.3400000008</v>
+      </c>
+      <c r="E43" s="1">
+        <v>850337.75000000012</v>
+      </c>
+      <c r="F43" s="4">
+        <v>204519.89</v>
+      </c>
+      <c r="G43" s="1">
+        <v>5207122.68</v>
+      </c>
+      <c r="H43" s="4">
+        <v>41564160.789999999</v>
+      </c>
+      <c r="I43" s="1">
+        <v>238719.56</v>
+      </c>
+      <c r="J43" s="4">
+        <v>2343513.2799999998</v>
+      </c>
+      <c r="K43" s="1">
+        <v>1213167.6100000001</v>
+      </c>
+      <c r="L43" s="4">
+        <v>20683487.929999989</v>
+      </c>
+      <c r="M43" s="1">
+        <v>0</v>
+      </c>
+      <c r="N43" s="4">
+        <v>15339138.309999991</v>
+      </c>
+      <c r="O43" s="1">
+        <v>0</v>
+      </c>
+      <c r="P43" s="4">
+        <v>5813691.4700000007</v>
+      </c>
+      <c r="Q43" s="1">
+        <v>0</v>
+      </c>
+      <c r="R43" s="4">
+        <v>4156509.4000000004</v>
+      </c>
+      <c r="S43" s="1">
+        <v>0</v>
+      </c>
+      <c r="T43" s="4">
+        <v>3220582.5100000002</v>
+      </c>
+      <c r="U43" s="1">
+        <v>0</v>
+      </c>
+      <c r="V43" s="4">
+        <v>6713782.4800000004</v>
+      </c>
+      <c r="W43" s="1">
+        <v>52428.090000000004</v>
+      </c>
+      <c r="X43" s="4">
+        <v>965752.69000000006</v>
+      </c>
+      <c r="Y43" s="1">
+        <v>0</v>
+      </c>
+      <c r="Z43" s="4">
+        <v>4061484.76</v>
+      </c>
+      <c r="AA43" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB43" s="4">
+        <v>0</v>
+      </c>
+      <c r="AC43" s="1">
+        <v>0</v>
+      </c>
+      <c r="AD43" s="4">
+        <v>864386907.93000102</v>
+      </c>
+      <c r="AE43" s="1">
+        <v>15000</v>
+      </c>
+    </row>
+    <row r="44" spans="2:31" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B44" s="3">
+        <v>45992</v>
+      </c>
+      <c r="C44" s="1">
+        <v>0</v>
+      </c>
+      <c r="D44" s="4">
+        <v>5892021.5399999982</v>
+      </c>
+      <c r="E44" s="1">
+        <v>47122330.530000001</v>
+      </c>
+      <c r="F44" s="4">
+        <v>420392.9</v>
+      </c>
+      <c r="G44" s="1">
+        <v>6360672.8800000018</v>
+      </c>
+      <c r="H44" s="4">
+        <v>29108725.510000005</v>
+      </c>
+      <c r="I44" s="1">
+        <v>424171.68</v>
+      </c>
+      <c r="J44" s="4">
+        <v>3060811.9199999995</v>
+      </c>
+      <c r="K44" s="1">
+        <v>4053643.1400000006</v>
+      </c>
+      <c r="L44" s="4">
+        <v>66179054.400000006</v>
+      </c>
+      <c r="M44" s="1">
+        <v>398209.83</v>
+      </c>
+      <c r="N44" s="4">
+        <v>27455844.82</v>
+      </c>
+      <c r="O44" s="1">
+        <v>0</v>
+      </c>
+      <c r="P44" s="4">
+        <v>6953141.3700000001</v>
+      </c>
+      <c r="Q44" s="1">
+        <v>0</v>
+      </c>
+      <c r="R44" s="4">
+        <v>7646550.7199999997</v>
+      </c>
+      <c r="S44" s="1">
+        <v>0</v>
+      </c>
+      <c r="T44" s="4">
+        <v>10452388.440000001</v>
+      </c>
+      <c r="U44" s="1">
+        <v>0</v>
+      </c>
+      <c r="V44" s="4">
+        <v>16188683.980000002</v>
+      </c>
+      <c r="W44" s="1">
+        <v>307555.26</v>
+      </c>
+      <c r="X44" s="4">
+        <v>404168.75</v>
+      </c>
+      <c r="Y44" s="1">
+        <v>0</v>
+      </c>
+      <c r="Z44" s="4">
+        <v>6121433.1399999997</v>
+      </c>
+      <c r="AA44" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB44" s="4">
+        <v>0</v>
+      </c>
+      <c r="AC44" s="1">
+        <v>0</v>
+      </c>
+      <c r="AD44" s="4">
+        <v>1080327854.0700002</v>
+      </c>
+      <c r="AE44" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="45" spans="2:31" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B45" s="9">
+        <v>46023</v>
+      </c>
+      <c r="C45" s="10">
+        <v>0</v>
+      </c>
+      <c r="D45" s="11">
+        <v>6919019.1199999992</v>
+      </c>
+      <c r="E45" s="10">
+        <v>1237243.0499999998</v>
+      </c>
+      <c r="F45" s="11">
+        <v>0</v>
+      </c>
+      <c r="G45" s="10">
+        <v>5892752.2600000007</v>
+      </c>
+      <c r="H45" s="11">
+        <v>38145450.670000017</v>
+      </c>
+      <c r="I45" s="10">
+        <v>303089.10000000003</v>
+      </c>
+      <c r="J45" s="11">
+        <v>1901318.6300000001</v>
+      </c>
+      <c r="K45" s="10">
+        <v>4865521.1900000004</v>
+      </c>
+      <c r="L45" s="11">
+        <v>58187252.839999959</v>
+      </c>
+      <c r="M45" s="10">
+        <v>0</v>
+      </c>
+      <c r="N45" s="11">
+        <v>15530930.119999995</v>
+      </c>
+      <c r="O45" s="10">
+        <v>0</v>
+      </c>
+      <c r="P45" s="11">
+        <v>7169768.2699999986</v>
+      </c>
+      <c r="Q45" s="10">
+        <v>0</v>
+      </c>
+      <c r="R45" s="11">
+        <v>3142521.3500000006</v>
+      </c>
+      <c r="S45" s="10">
+        <v>0</v>
+      </c>
+      <c r="T45" s="11">
+        <v>14333129.640000001</v>
+      </c>
+      <c r="U45" s="10">
+        <v>0</v>
+      </c>
+      <c r="V45" s="11">
+        <v>17656828.699999999</v>
+      </c>
+      <c r="W45" s="10">
+        <v>123586.08</v>
+      </c>
+      <c r="X45" s="11">
+        <v>1686413.0899999999</v>
+      </c>
+      <c r="Y45" s="10">
+        <v>0</v>
+      </c>
+      <c r="Z45" s="11">
+        <v>2989764.4700000007</v>
+      </c>
+      <c r="AA45" s="10">
+        <v>0</v>
+      </c>
+      <c r="AB45" s="11">
+        <v>0</v>
+      </c>
+      <c r="AC45" s="10">
+        <v>11673.15</v>
+      </c>
+      <c r="AD45" s="11">
+        <v>849701283.7099998</v>
+      </c>
+      <c r="AE45" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="47" spans="2:31" x14ac:dyDescent="0.25">
+      <c r="B47" s="8"/>
+    </row>
+    <row r="48" spans="2:31" x14ac:dyDescent="0.25">
+      <c r="B48" s="8"/>
+    </row>
+    <row r="49" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B49" s="8"/>
+    </row>
+    <row r="50" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B50" s="8"/>
+    </row>
+    <row r="51" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B51" s="8"/>
+    </row>
+    <row r="52" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B52" s="8"/>
+    </row>
+    <row r="53" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B53" s="8"/>
+    </row>
+    <row r="54" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B54" s="8"/>
+    </row>
+    <row r="55" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B55" s="8"/>
+    </row>
+    <row r="56" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B56" s="8"/>
+    </row>
+    <row r="57" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B57" s="8"/>
+    </row>
+    <row r="58" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B58" s="8"/>
+    </row>
+    <row r="59" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B59" s="8"/>
+    </row>
+    <row r="60" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B60" s="8"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="B2:J2"/>
     <mergeCell ref="B3:F3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Radni listovi</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>