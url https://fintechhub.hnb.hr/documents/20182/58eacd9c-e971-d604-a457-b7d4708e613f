--- v2 (2026-02-01)
+++ v3 (2026-03-14)
@@ -4,80 +4,80 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\261\MOST\Agregirana bilanca DMFI i Biltenske tablice\Biltenske tablice ENG serija od 12.2010\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D66FA8AA-2216-403F-8F8B-C46607343AA2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B219B19E-637B-48F4-8303-1AA120178B28}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{408E98DD-6766-486C-BD38-1EFF91D07DC9}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{408E98DD-6766-486C-BD38-1EFF91D07DC9}"/>
   </bookViews>
   <sheets>
     <sheet name="EUR" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1099" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1103" uniqueCount="16">
   <si>
     <t>end of period, million EUR</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t xml:space="preserve">                      Monetary financial institutions</t>
   </si>
   <si>
     <t xml:space="preserve">                      Other sectors</t>
   </si>
   <si>
     <t xml:space="preserve">            Debt securities issued</t>
   </si>
   <si>
     <t xml:space="preserve"> Total (1+2)</t>
   </si>
   <si>
     <t xml:space="preserve">Table D10 Foreign liabilities of other monetary financial institutions </t>
   </si>
   <si>
     <t xml:space="preserve">            MMFs shares / units</t>
   </si>
   <si>
@@ -689,74 +689,74 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1AD5FF11-26CD-4795-B119-1CDD4EE4DFF6}">
-  <dimension ref="B2:GA158"/>
+  <dimension ref="B2:GB158"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.7109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="40.85546875" style="1" customWidth="1"/>
     <col min="3" max="16384" width="8.85546875" style="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="2" spans="2:184" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="13" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="3" spans="2:183" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="2:184" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="14" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="4" spans="2:183" s="2" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2"/>
-[...1 lines deleted...]
-    <row r="6" spans="2:183" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="2:184" s="2" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="5" spans="2:184" s="3" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="6" spans="2:184" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B6" s="4"/>
       <c r="C6" s="5">
         <v>40543</v>
       </c>
       <c r="D6" s="5">
         <v>40574</v>
       </c>
       <c r="E6" s="5">
         <v>40602</v>
       </c>
       <c r="F6" s="5">
         <v>40633</v>
       </c>
       <c r="G6" s="5">
         <v>40663</v>
       </c>
       <c r="H6" s="5">
         <v>40694</v>
       </c>
       <c r="I6" s="5">
         <v>40724</v>
       </c>
       <c r="J6" s="5">
         <v>40755</v>
       </c>
@@ -1257,52 +1257,55 @@
       </c>
       <c r="FT6" s="5">
         <v>45808</v>
       </c>
       <c r="FU6" s="5">
         <v>45838</v>
       </c>
       <c r="FV6" s="5">
         <v>45869</v>
       </c>
       <c r="FW6" s="5">
         <v>45900</v>
       </c>
       <c r="FX6" s="5">
         <v>45930</v>
       </c>
       <c r="FY6" s="5">
         <v>45961</v>
       </c>
       <c r="FZ6" s="5">
         <v>45991</v>
       </c>
       <c r="GA6" s="5">
         <v>46022</v>
       </c>
+      <c r="GB6" s="5">
+        <v>46053</v>
+      </c>
     </row>
-    <row r="7" spans="2:183" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="2:184" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B7" s="6" t="s">
         <v>10</v>
       </c>
       <c r="C7" s="7">
         <v>8698.7027145200009</v>
       </c>
       <c r="D7" s="7">
         <v>8736.9596677600002</v>
       </c>
       <c r="E7" s="7">
         <v>8919.5068032700001</v>
       </c>
       <c r="F7" s="7">
         <v>9339.54849689</v>
       </c>
       <c r="G7" s="7">
         <v>9480.4565416000005</v>
       </c>
       <c r="H7" s="7">
         <v>9749.2051592900007</v>
       </c>
       <c r="I7" s="7">
         <v>9647.2364888600005</v>
       </c>
       <c r="J7" s="7">
@@ -1805,52 +1808,55 @@
       </c>
       <c r="FT7" s="8">
         <v>5684.2275972899997</v>
       </c>
       <c r="FU7" s="8">
         <v>6573.9663371400002</v>
       </c>
       <c r="FV7" s="8">
         <v>6714.7536689400004</v>
       </c>
       <c r="FW7" s="8">
         <v>6698.5080222899996</v>
       </c>
       <c r="FX7" s="8">
         <v>6545.7445382300002</v>
       </c>
       <c r="FY7" s="8">
         <v>6493.4902890800004</v>
       </c>
       <c r="FZ7" s="8">
         <v>6721.0690136699995</v>
       </c>
       <c r="GA7" s="8">
         <v>7051.8539007400004</v>
       </c>
+      <c r="GB7" s="8">
+        <v>6405.7776511299999</v>
+      </c>
     </row>
-    <row r="8" spans="2:183" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="2:184" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B8" s="6" t="s">
         <v>11</v>
       </c>
       <c r="C8" s="7">
         <v>7285.1793683799997</v>
       </c>
       <c r="D8" s="7">
         <v>7512.6917998999998</v>
       </c>
       <c r="E8" s="7">
         <v>7692.22869601</v>
       </c>
       <c r="F8" s="7">
         <v>8170.9846531000003</v>
       </c>
       <c r="G8" s="7">
         <v>8250.6310354599991</v>
       </c>
       <c r="H8" s="7">
         <v>8480.7435523799995</v>
       </c>
       <c r="I8" s="7">
         <v>8352.6490347599993</v>
       </c>
       <c r="J8" s="7">
@@ -2353,52 +2359,55 @@
       </c>
       <c r="FT8" s="8">
         <v>3081.07166895</v>
       </c>
       <c r="FU8" s="8">
         <v>3925.2507989400001</v>
       </c>
       <c r="FV8" s="8">
         <v>4023.2085797</v>
       </c>
       <c r="FW8" s="8">
         <v>4014.46848456</v>
       </c>
       <c r="FX8" s="8">
         <v>4011.8184829900001</v>
       </c>
       <c r="FY8" s="8">
         <v>3994.9795536699999</v>
       </c>
       <c r="FZ8" s="8">
         <v>4236.8463327899999</v>
       </c>
       <c r="GA8" s="8">
         <v>4465.2094067199996</v>
       </c>
+      <c r="GB8" s="8">
+        <v>3845.82236784</v>
+      </c>
     </row>
-    <row r="9" spans="2:183" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="2:184" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B9" s="6" t="s">
         <v>8</v>
       </c>
       <c r="C9" s="7">
         <v>7275.0327096800002</v>
       </c>
       <c r="D9" s="7">
         <v>7502.5451412000002</v>
       </c>
       <c r="E9" s="7">
         <v>7692.22869601</v>
       </c>
       <c r="F9" s="7">
         <v>8170.9846531000003</v>
       </c>
       <c r="G9" s="7">
         <v>8250.6310354599991</v>
       </c>
       <c r="H9" s="7">
         <v>8480.7435523799995</v>
       </c>
       <c r="I9" s="7">
         <v>8352.6490347599993</v>
       </c>
       <c r="J9" s="7">
@@ -2901,52 +2910,55 @@
       </c>
       <c r="FT9" s="8">
         <v>1793.0270621300001</v>
       </c>
       <c r="FU9" s="8">
         <v>2636.8395239500001</v>
       </c>
       <c r="FV9" s="8">
         <v>2735.3530103100002</v>
       </c>
       <c r="FW9" s="8">
         <v>2723.1145991600001</v>
       </c>
       <c r="FX9" s="8">
         <v>2724.4763060199998</v>
       </c>
       <c r="FY9" s="8">
         <v>2706.4919601400002</v>
       </c>
       <c r="FZ9" s="8">
         <v>2947.42735171</v>
       </c>
       <c r="GA9" s="8">
         <v>3177.8865489200002</v>
       </c>
+      <c r="GB9" s="8">
+        <v>2554.1692308400002</v>
+      </c>
     </row>
-    <row r="10" spans="2:183" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="2:184" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B10" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C10" s="7">
         <v>6636.6452610099996</v>
       </c>
       <c r="D10" s="7">
         <v>6885.37642959</v>
       </c>
       <c r="E10" s="7">
         <v>7081.8536219899997</v>
       </c>
       <c r="F10" s="7">
         <v>7554.2633340100001</v>
       </c>
       <c r="G10" s="7">
         <v>7640.92304203</v>
       </c>
       <c r="H10" s="7">
         <v>7858.6763048599996</v>
       </c>
       <c r="I10" s="7">
         <v>7735.0028034999996</v>
       </c>
       <c r="J10" s="7">
@@ -3449,52 +3461,55 @@
       </c>
       <c r="FT10" s="8">
         <v>990.37016740000001</v>
       </c>
       <c r="FU10" s="8">
         <v>1859.34771443</v>
       </c>
       <c r="FV10" s="8">
         <v>1948.2996865299999</v>
       </c>
       <c r="FW10" s="8">
         <v>1932.06125542</v>
       </c>
       <c r="FX10" s="8">
         <v>1950.01418098</v>
       </c>
       <c r="FY10" s="8">
         <v>1928.45471408</v>
       </c>
       <c r="FZ10" s="8">
         <v>2164.1385532700001</v>
       </c>
       <c r="GA10" s="8">
         <v>2391.5318210099999</v>
       </c>
+      <c r="GB10" s="8">
+        <v>1769.1612373099999</v>
+      </c>
     </row>
-    <row r="11" spans="2:183" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="2:184" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B11" s="6" t="s">
         <v>9</v>
       </c>
       <c r="C11" s="7">
         <v>1.9386656200000001</v>
       </c>
       <c r="D11" s="7">
         <v>2.0900500200000001</v>
       </c>
       <c r="E11" s="7">
         <v>2.4709344600000001</v>
       </c>
       <c r="F11" s="7">
         <v>2.5639538499999999</v>
       </c>
       <c r="G11" s="7">
         <v>2.4044175700000001</v>
       </c>
       <c r="H11" s="7">
         <v>2.3305600200000001</v>
       </c>
       <c r="I11" s="7">
         <v>2.88390755</v>
       </c>
       <c r="J11" s="7">
@@ -3997,52 +4012,55 @@
       </c>
       <c r="FT11" s="8">
         <v>5.7013434299999997</v>
       </c>
       <c r="FU11" s="8">
         <v>5.47490685</v>
       </c>
       <c r="FV11" s="8">
         <v>5.61308775</v>
       </c>
       <c r="FW11" s="8">
         <v>5.2845932400000004</v>
       </c>
       <c r="FX11" s="8">
         <v>4.9539017000000003</v>
       </c>
       <c r="FY11" s="8">
         <v>4.5820777100000001</v>
       </c>
       <c r="FZ11" s="8">
         <v>5.2178698700000004</v>
       </c>
       <c r="GA11" s="8">
         <v>5.1407865499999996</v>
       </c>
+      <c r="GB11" s="8">
+        <v>4.9993579500000003</v>
+      </c>
     </row>
-    <row r="12" spans="2:183" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="2:184" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B12" s="6" t="s">
         <v>3</v>
       </c>
       <c r="C12" s="7">
         <v>636.44878304999997</v>
       </c>
       <c r="D12" s="7">
         <v>615.07866159000002</v>
       </c>
       <c r="E12" s="7">
         <v>607.90413955999998</v>
       </c>
       <c r="F12" s="7">
         <v>614.15736523999999</v>
       </c>
       <c r="G12" s="7">
         <v>607.30357586000002</v>
       </c>
       <c r="H12" s="7">
         <v>619.73668750000002</v>
       </c>
       <c r="I12" s="7">
         <v>614.76232371000003</v>
       </c>
       <c r="J12" s="7">
@@ -4545,52 +4563,55 @@
       </c>
       <c r="FT12" s="8">
         <v>796.95555130000002</v>
       </c>
       <c r="FU12" s="8">
         <v>772.01690267000004</v>
       </c>
       <c r="FV12" s="8">
         <v>781.44023603000005</v>
       </c>
       <c r="FW12" s="8">
         <v>785.76875050000001</v>
       </c>
       <c r="FX12" s="8">
         <v>769.50822333999997</v>
       </c>
       <c r="FY12" s="8">
         <v>773.45516835000001</v>
       </c>
       <c r="FZ12" s="8">
         <v>778.07092856999998</v>
       </c>
       <c r="GA12" s="8">
         <v>781.21394136000004</v>
       </c>
+      <c r="GB12" s="8">
+        <v>780.00863558000003</v>
+      </c>
     </row>
-    <row r="13" spans="2:183" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="13" spans="2:184" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B13" s="6" t="s">
         <v>4</v>
       </c>
       <c r="C13" s="7">
         <v>10.1466587</v>
       </c>
       <c r="D13" s="7">
         <v>10.1466587</v>
       </c>
       <c r="E13" s="7" t="s">
         <v>1</v>
       </c>
       <c r="F13" s="7" t="s">
         <v>1</v>
       </c>
       <c r="G13" s="7" t="s">
         <v>1</v>
       </c>
       <c r="H13" s="7" t="s">
         <v>1</v>
       </c>
       <c r="I13" s="7" t="s">
         <v>1</v>
       </c>
       <c r="J13" s="7">
@@ -5093,52 +5114,55 @@
       </c>
       <c r="FT13" s="8">
         <v>1209.2226923400001</v>
       </c>
       <c r="FU13" s="8">
         <v>1209.29051493</v>
       </c>
       <c r="FV13" s="8">
         <v>1209.6577338</v>
       </c>
       <c r="FW13" s="8">
         <v>1209.9237668000001</v>
       </c>
       <c r="FX13" s="8">
         <v>1209.9866063699999</v>
       </c>
       <c r="FY13" s="8">
         <v>1209.6385953700001</v>
       </c>
       <c r="FZ13" s="8">
         <v>1210.16229759</v>
       </c>
       <c r="GA13" s="8">
         <v>1210.18792377</v>
       </c>
+      <c r="GB13" s="8">
+        <v>1214.66851189</v>
+      </c>
     </row>
-    <row r="14" spans="2:183" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="14" spans="2:184" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B14" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C14" s="7">
         <v>10.1466587</v>
       </c>
       <c r="D14" s="7">
         <v>10.1466587</v>
       </c>
       <c r="E14" s="7" t="s">
         <v>1</v>
       </c>
       <c r="F14" s="7" t="s">
         <v>1</v>
       </c>
       <c r="G14" s="7" t="s">
         <v>1</v>
       </c>
       <c r="H14" s="7" t="s">
         <v>1</v>
       </c>
       <c r="I14" s="7" t="s">
         <v>1</v>
       </c>
       <c r="J14" s="7" t="s">
@@ -5641,52 +5665,55 @@
       </c>
       <c r="FT14" s="8">
         <v>1080.7102594400001</v>
       </c>
       <c r="FU14" s="8">
         <v>1078.27286871</v>
       </c>
       <c r="FV14" s="8">
         <v>1081.9313731899999</v>
       </c>
       <c r="FW14" s="8">
         <v>1082.19320412</v>
       </c>
       <c r="FX14" s="8">
         <v>1082.25405432</v>
       </c>
       <c r="FY14" s="8">
         <v>1082.1946458299999</v>
       </c>
       <c r="FZ14" s="8">
         <v>1082.67438644</v>
       </c>
       <c r="GA14" s="8">
         <v>1082.72196676</v>
       </c>
+      <c r="GB14" s="8">
+        <v>1084.49816932</v>
+      </c>
     </row>
-    <row r="15" spans="2:183" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="2:184" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B15" s="6" t="s">
         <v>3</v>
       </c>
       <c r="C15" s="7" t="s">
         <v>1</v>
       </c>
       <c r="D15" s="7" t="s">
         <v>1</v>
       </c>
       <c r="E15" s="7" t="s">
         <v>1</v>
       </c>
       <c r="F15" s="7" t="s">
         <v>1</v>
       </c>
       <c r="G15" s="7" t="s">
         <v>1</v>
       </c>
       <c r="H15" s="7" t="s">
         <v>1</v>
       </c>
       <c r="I15" s="7" t="s">
         <v>1</v>
       </c>
       <c r="J15" s="7">
@@ -6189,52 +6216,55 @@
       </c>
       <c r="FT15" s="7">
         <v>128.51243289999999</v>
       </c>
       <c r="FU15" s="7">
         <v>131.01764621999999</v>
       </c>
       <c r="FV15" s="7">
         <v>127.72636061</v>
       </c>
       <c r="FW15" s="7">
         <v>127.73056268000001</v>
       </c>
       <c r="FX15" s="7">
         <v>127.73255205</v>
       </c>
       <c r="FY15" s="7">
         <v>127.44394954000001</v>
       </c>
       <c r="FZ15" s="7">
         <v>127.48791115</v>
       </c>
       <c r="GA15" s="7">
         <v>127.46595701</v>
       </c>
+      <c r="GB15" s="7">
+        <v>130.17034257</v>
+      </c>
     </row>
-    <row r="16" spans="2:183" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="2:184" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B16" s="6" t="s">
         <v>7</v>
       </c>
       <c r="C16" s="7" t="s">
         <v>1</v>
       </c>
       <c r="D16" s="7" t="s">
         <v>1</v>
       </c>
       <c r="E16" s="7" t="s">
         <v>1</v>
       </c>
       <c r="F16" s="7" t="s">
         <v>1</v>
       </c>
       <c r="G16" s="7" t="s">
         <v>1</v>
       </c>
       <c r="H16" s="7" t="s">
         <v>1</v>
       </c>
       <c r="I16" s="7" t="s">
         <v>1</v>
       </c>
       <c r="J16" s="7" t="s">
@@ -6737,52 +6767,55 @@
       </c>
       <c r="FT16" s="7">
         <v>78.821914480000004</v>
       </c>
       <c r="FU16" s="7">
         <v>79.120760059999995</v>
       </c>
       <c r="FV16" s="7">
         <v>78.197835589999997</v>
       </c>
       <c r="FW16" s="7">
         <v>81.4301186</v>
       </c>
       <c r="FX16" s="7">
         <v>77.355570599999993</v>
       </c>
       <c r="FY16" s="7">
         <v>78.848998159999994</v>
       </c>
       <c r="FZ16" s="7">
         <v>79.25668349</v>
       </c>
       <c r="GA16" s="7">
         <v>77.134934029999997</v>
       </c>
+      <c r="GB16" s="7">
+        <v>76.984625109999996</v>
+      </c>
     </row>
-    <row r="17" spans="2:183" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="17" spans="2:184" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B17" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C17" s="7">
         <v>1413.5233461400001</v>
       </c>
       <c r="D17" s="7">
         <v>1224.26786786</v>
       </c>
       <c r="E17" s="7">
         <v>1227.2781072600001</v>
       </c>
       <c r="F17" s="7">
         <v>1168.56384379</v>
       </c>
       <c r="G17" s="7">
         <v>1229.82550614</v>
       </c>
       <c r="H17" s="7">
         <v>1268.46160691</v>
       </c>
       <c r="I17" s="7">
         <v>1294.5874541000001</v>
       </c>
       <c r="J17" s="7">
@@ -7285,52 +7318,55 @@
       </c>
       <c r="FT17" s="8">
         <v>2603.1559283400002</v>
       </c>
       <c r="FU17" s="8">
         <v>2648.7155382000001</v>
       </c>
       <c r="FV17" s="8">
         <v>2691.5450892399999</v>
       </c>
       <c r="FW17" s="8">
         <v>2684.0395377300001</v>
       </c>
       <c r="FX17" s="8">
         <v>2533.9260552400001</v>
       </c>
       <c r="FY17" s="8">
         <v>2498.5107354100001</v>
       </c>
       <c r="FZ17" s="8">
         <v>2484.2226808800001</v>
       </c>
       <c r="GA17" s="8">
         <v>2586.6444940199999</v>
       </c>
+      <c r="GB17" s="8">
+        <v>2559.9552832899999</v>
+      </c>
     </row>
-    <row r="18" spans="2:183" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="18" spans="2:184" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B18" s="6" t="s">
         <v>8</v>
       </c>
       <c r="C18" s="7">
         <v>1413.5233461400001</v>
       </c>
       <c r="D18" s="7">
         <v>1224.26786786</v>
       </c>
       <c r="E18" s="7">
         <v>1227.2781072600001</v>
       </c>
       <c r="F18" s="7">
         <v>1168.56384379</v>
       </c>
       <c r="G18" s="7">
         <v>1229.82550614</v>
       </c>
       <c r="H18" s="7">
         <v>1268.46160691</v>
       </c>
       <c r="I18" s="7">
         <v>1294.5874541000001</v>
       </c>
       <c r="J18" s="7">
@@ -7833,52 +7869,55 @@
       </c>
       <c r="FT18" s="8">
         <v>2115.74530022</v>
       </c>
       <c r="FU18" s="8">
         <v>2157.4007903000002</v>
       </c>
       <c r="FV18" s="8">
         <v>2198.85780359</v>
       </c>
       <c r="FW18" s="8">
         <v>2189.3725463699998</v>
       </c>
       <c r="FX18" s="8">
         <v>2226.2523420500002</v>
       </c>
       <c r="FY18" s="8">
         <v>2190.4014610300001</v>
       </c>
       <c r="FZ18" s="8">
         <v>2172.85316302</v>
       </c>
       <c r="GA18" s="8">
         <v>2274.5689872100002</v>
       </c>
+      <c r="GB18" s="8">
+        <v>2251.0623727000002</v>
+      </c>
     </row>
-    <row r="19" spans="2:183" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="2:184" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B19" s="6" t="s">
         <v>4</v>
       </c>
       <c r="C19" s="7" t="s">
         <v>1</v>
       </c>
       <c r="D19" s="7" t="s">
         <v>1</v>
       </c>
       <c r="E19" s="7" t="s">
         <v>1</v>
       </c>
       <c r="F19" s="7" t="s">
         <v>1</v>
       </c>
       <c r="G19" s="7" t="s">
         <v>1</v>
       </c>
       <c r="H19" s="7" t="s">
         <v>1</v>
       </c>
       <c r="I19" s="7" t="s">
         <v>1</v>
       </c>
       <c r="J19" s="7">
@@ -8381,52 +8420,55 @@
       </c>
       <c r="FT19" s="8">
         <v>469.93620120000003</v>
       </c>
       <c r="FU19" s="8">
         <v>469.94243319999998</v>
       </c>
       <c r="FV19" s="8">
         <v>469.95595985</v>
       </c>
       <c r="FW19" s="8">
         <v>469.96839684000003</v>
       </c>
       <c r="FX19" s="8">
         <v>279.97964829</v>
       </c>
       <c r="FY19" s="8">
         <v>279.51889229</v>
       </c>
       <c r="FZ19" s="8">
         <v>279.50683223999999</v>
       </c>
       <c r="GA19" s="8">
         <v>279.56572628999999</v>
       </c>
+      <c r="GB19" s="8">
+        <v>274.89886338000002</v>
+      </c>
     </row>
-    <row r="20" spans="2:183" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="20" spans="2:184" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B20" s="6" t="s">
         <v>7</v>
       </c>
       <c r="C20" s="7" t="s">
         <v>1</v>
       </c>
       <c r="D20" s="7" t="s">
         <v>1</v>
       </c>
       <c r="E20" s="7" t="s">
         <v>1</v>
       </c>
       <c r="F20" s="7" t="s">
         <v>1</v>
       </c>
       <c r="G20" s="7" t="s">
         <v>1</v>
       </c>
       <c r="H20" s="7" t="s">
         <v>1</v>
       </c>
       <c r="I20" s="7" t="s">
         <v>1</v>
       </c>
       <c r="J20" s="7" t="s">
@@ -8929,52 +8971,55 @@
       </c>
       <c r="FT20" s="7">
         <v>17.474426919999999</v>
       </c>
       <c r="FU20" s="7">
         <v>21.3723147</v>
       </c>
       <c r="FV20" s="7">
         <v>22.7313258</v>
       </c>
       <c r="FW20" s="7">
         <v>24.69859452</v>
       </c>
       <c r="FX20" s="7">
         <v>27.694064900000001</v>
       </c>
       <c r="FY20" s="7">
         <v>28.590382089999999</v>
       </c>
       <c r="FZ20" s="7">
         <v>31.862685620000001</v>
       </c>
       <c r="GA20" s="7">
         <v>32.50978052</v>
       </c>
+      <c r="GB20" s="7">
+        <v>33.994047209999998</v>
+      </c>
     </row>
-    <row r="21" spans="2:183" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="21" spans="2:184" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B21" s="6" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="7">
         <v>2203.34924099</v>
       </c>
       <c r="D21" s="7">
         <v>2072.1203674200001</v>
       </c>
       <c r="E21" s="7">
         <v>2105.7710929499999</v>
       </c>
       <c r="F21" s="7">
         <v>2066.27515107</v>
       </c>
       <c r="G21" s="7">
         <v>2090.6140785399998</v>
       </c>
       <c r="H21" s="7">
         <v>2473.5285338899998</v>
       </c>
       <c r="I21" s="7">
         <v>2471.3357373700001</v>
       </c>
       <c r="J21" s="7">
@@ -9477,52 +9522,55 @@
       </c>
       <c r="FT21" s="8">
         <v>255.17968102</v>
       </c>
       <c r="FU21" s="8">
         <v>240.31944283000001</v>
       </c>
       <c r="FV21" s="8">
         <v>237.87302059000001</v>
       </c>
       <c r="FW21" s="8">
         <v>228.41883713999999</v>
       </c>
       <c r="FX21" s="8">
         <v>257.58224457</v>
       </c>
       <c r="FY21" s="8">
         <v>260.09919287999998</v>
       </c>
       <c r="FZ21" s="8">
         <v>263.00790741999998</v>
       </c>
       <c r="GA21" s="8">
         <v>270.72636118999998</v>
       </c>
+      <c r="GB21" s="8">
+        <v>269.87666478</v>
+      </c>
     </row>
-    <row r="22" spans="2:183" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="22" spans="2:184" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B22" s="6" t="s">
         <v>14</v>
       </c>
       <c r="C22" s="7">
         <v>2049.4600494400001</v>
       </c>
       <c r="D22" s="7">
         <v>1909.04580194</v>
       </c>
       <c r="E22" s="7">
         <v>1935.76215172</v>
       </c>
       <c r="F22" s="7">
         <v>1904.52910363</v>
       </c>
       <c r="G22" s="7">
         <v>1940.43355602</v>
       </c>
       <c r="H22" s="7">
         <v>2306.6691428600002</v>
       </c>
       <c r="I22" s="7">
         <v>2314.6795253099999</v>
       </c>
       <c r="J22" s="7">
@@ -10025,52 +10073,55 @@
       </c>
       <c r="FT22" s="8">
         <v>43.672303249999999</v>
       </c>
       <c r="FU22" s="8">
         <v>35.933932380000002</v>
       </c>
       <c r="FV22" s="8">
         <v>33.900326900000003</v>
       </c>
       <c r="FW22" s="8">
         <v>24.623544320000001</v>
       </c>
       <c r="FX22" s="8">
         <v>24.306661030000001</v>
       </c>
       <c r="FY22" s="8">
         <v>25.99685229</v>
       </c>
       <c r="FZ22" s="8">
         <v>26.71262883</v>
       </c>
       <c r="GA22" s="8">
         <v>25.713891669999999</v>
       </c>
+      <c r="GB22" s="8">
+        <v>24.299376179999999</v>
+      </c>
     </row>
-    <row r="23" spans="2:183" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="23" spans="2:184" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B23" s="6" t="s">
         <v>8</v>
       </c>
       <c r="C23" s="7">
         <v>2049.4600494400001</v>
       </c>
       <c r="D23" s="7">
         <v>1909.04580194</v>
       </c>
       <c r="E23" s="7">
         <v>1935.76215172</v>
       </c>
       <c r="F23" s="7">
         <v>1904.52910363</v>
       </c>
       <c r="G23" s="7">
         <v>1940.43355602</v>
       </c>
       <c r="H23" s="7">
         <v>2306.6691428600002</v>
       </c>
       <c r="I23" s="7">
         <v>2314.6795253099999</v>
       </c>
       <c r="J23" s="7">
@@ -10573,52 +10624,55 @@
       </c>
       <c r="FT23" s="8">
         <v>43.571408769999998</v>
       </c>
       <c r="FU23" s="8">
         <v>35.836054879999999</v>
       </c>
       <c r="FV23" s="8">
         <v>33.799817900000001</v>
       </c>
       <c r="FW23" s="8">
         <v>24.515788860000001</v>
       </c>
       <c r="FX23" s="8">
         <v>24.199362199999999</v>
       </c>
       <c r="FY23" s="8">
         <v>25.884747740000002</v>
       </c>
       <c r="FZ23" s="8">
         <v>26.498426779999999</v>
       </c>
       <c r="GA23" s="8">
         <v>25.476916920000001</v>
       </c>
+      <c r="GB23" s="8">
+        <v>24.068391089999999</v>
+      </c>
     </row>
-    <row r="24" spans="2:183" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="24" spans="2:184" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B24" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C24" s="7">
         <v>2014.9085048899999</v>
       </c>
       <c r="D24" s="7">
         <v>1845.65078799</v>
       </c>
       <c r="E24" s="7">
         <v>1869.96408415</v>
       </c>
       <c r="F24" s="7">
         <v>1839.0445841200001</v>
       </c>
       <c r="G24" s="7">
         <v>1874.86960834</v>
       </c>
       <c r="H24" s="7">
         <v>2236.0935352199999</v>
       </c>
       <c r="I24" s="7">
         <v>2243.9705267700001</v>
       </c>
       <c r="J24" s="7">
@@ -11121,52 +11175,55 @@
       </c>
       <c r="FT24" s="8">
         <v>19.497586720000001</v>
       </c>
       <c r="FU24" s="8">
         <v>13.550995540000001</v>
       </c>
       <c r="FV24" s="8">
         <v>11.6695666</v>
       </c>
       <c r="FW24" s="8">
         <v>2.3497218599999998</v>
       </c>
       <c r="FX24" s="8">
         <v>2.2127558899999999</v>
       </c>
       <c r="FY24" s="8">
         <v>1.89106778</v>
       </c>
       <c r="FZ24" s="8">
         <v>2.0191330500000002</v>
       </c>
       <c r="GA24" s="8">
         <v>1.98370497</v>
       </c>
+      <c r="GB24" s="8">
+        <v>1.70608976</v>
+      </c>
     </row>
-    <row r="25" spans="2:183" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="25" spans="2:184" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B25" s="6" t="s">
         <v>9</v>
       </c>
       <c r="C25" s="7">
         <v>1.79E-6</v>
       </c>
       <c r="D25" s="7">
         <v>1.9E-6</v>
       </c>
       <c r="E25" s="7">
         <v>1.88E-6</v>
       </c>
       <c r="F25" s="7">
         <v>1.84E-6</v>
       </c>
       <c r="G25" s="7">
         <v>1.7600000000000001E-6</v>
       </c>
       <c r="H25" s="7">
         <v>1.8500000000000001E-6</v>
       </c>
       <c r="I25" s="7">
         <v>1.8199999999999999E-6</v>
       </c>
       <c r="J25" s="7">
@@ -11669,52 +11726,55 @@
       </c>
       <c r="FT25" s="8">
         <v>4.9999999999999998E-8</v>
       </c>
       <c r="FU25" s="8">
         <v>4.9999999999999998E-8</v>
       </c>
       <c r="FV25" s="8">
         <v>4.9999999999999998E-8</v>
       </c>
       <c r="FW25" s="8">
         <v>4.9999999999999998E-8</v>
       </c>
       <c r="FX25" s="8">
         <v>4.9999999999999998E-8</v>
       </c>
       <c r="FY25" s="8">
         <v>4.9999999999999998E-8</v>
       </c>
       <c r="FZ25" s="8">
         <v>4.9999999999999998E-8</v>
       </c>
       <c r="GA25" s="8">
         <v>4.9999999999999998E-8</v>
       </c>
+      <c r="GB25" s="8">
+        <v>2.1E-7</v>
+      </c>
     </row>
-    <row r="26" spans="2:183" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="26" spans="2:184" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B26" s="6" t="s">
         <v>3</v>
       </c>
       <c r="C26" s="7">
         <v>34.551542759999997</v>
       </c>
       <c r="D26" s="7">
         <v>63.395012049999998</v>
       </c>
       <c r="E26" s="7">
         <v>65.798065690000001</v>
       </c>
       <c r="F26" s="7">
         <v>65.484517670000002</v>
       </c>
       <c r="G26" s="7">
         <v>65.563945919999995</v>
       </c>
       <c r="H26" s="7">
         <v>70.575605789999997</v>
       </c>
       <c r="I26" s="7">
         <v>70.708996720000002</v>
       </c>
       <c r="J26" s="7">
@@ -12217,52 +12277,55 @@
       </c>
       <c r="FT26" s="8">
         <v>24.073822</v>
       </c>
       <c r="FU26" s="8">
         <v>22.28505929</v>
       </c>
       <c r="FV26" s="8">
         <v>22.130251250000001</v>
       </c>
       <c r="FW26" s="8">
         <v>22.166066950000001</v>
       </c>
       <c r="FX26" s="8">
         <v>21.986606259999999</v>
       </c>
       <c r="FY26" s="8">
         <v>23.993679910000001</v>
       </c>
       <c r="FZ26" s="8">
         <v>24.479293680000001</v>
       </c>
       <c r="GA26" s="8">
         <v>23.493211899999999</v>
       </c>
+      <c r="GB26" s="8">
+        <v>22.362301120000001</v>
+      </c>
     </row>
-    <row r="27" spans="2:183" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="27" spans="2:184" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B27" s="6" t="s">
         <v>4</v>
       </c>
       <c r="C27" s="7" t="s">
         <v>1</v>
       </c>
       <c r="D27" s="7" t="s">
         <v>1</v>
       </c>
       <c r="E27" s="7" t="s">
         <v>1</v>
       </c>
       <c r="F27" s="7" t="s">
         <v>1</v>
       </c>
       <c r="G27" s="7" t="s">
         <v>1</v>
       </c>
       <c r="H27" s="7" t="s">
         <v>1</v>
       </c>
       <c r="I27" s="7" t="s">
         <v>1</v>
       </c>
       <c r="J27" s="7" t="s">
@@ -12765,52 +12828,55 @@
       </c>
       <c r="FT27" s="7" t="s">
         <v>1</v>
       </c>
       <c r="FU27" s="7" t="s">
         <v>1</v>
       </c>
       <c r="FV27" s="7" t="s">
         <v>1</v>
       </c>
       <c r="FW27" s="7" t="s">
         <v>1</v>
       </c>
       <c r="FX27" s="7" t="s">
         <v>1</v>
       </c>
       <c r="FY27" s="7" t="s">
         <v>1</v>
       </c>
       <c r="FZ27" s="7" t="s">
         <v>1</v>
       </c>
       <c r="GA27" s="7" t="s">
         <v>1</v>
       </c>
+      <c r="GB27" s="7" t="s">
+        <v>1</v>
+      </c>
     </row>
-    <row r="28" spans="2:183" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="28" spans="2:184" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B28" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C28" s="7" t="s">
         <v>1</v>
       </c>
       <c r="D28" s="7" t="s">
         <v>1</v>
       </c>
       <c r="E28" s="7" t="s">
         <v>1</v>
       </c>
       <c r="F28" s="7" t="s">
         <v>1</v>
       </c>
       <c r="G28" s="7" t="s">
         <v>1</v>
       </c>
       <c r="H28" s="7" t="s">
         <v>1</v>
       </c>
       <c r="I28" s="7" t="s">
         <v>1</v>
       </c>
       <c r="J28" s="7" t="s">
@@ -13313,52 +13379,55 @@
       </c>
       <c r="FT28" s="7" t="s">
         <v>1</v>
       </c>
       <c r="FU28" s="7" t="s">
         <v>1</v>
       </c>
       <c r="FV28" s="7" t="s">
         <v>1</v>
       </c>
       <c r="FW28" s="7" t="s">
         <v>1</v>
       </c>
       <c r="FX28" s="7" t="s">
         <v>1</v>
       </c>
       <c r="FY28" s="7" t="s">
         <v>1</v>
       </c>
       <c r="FZ28" s="7" t="s">
         <v>1</v>
       </c>
       <c r="GA28" s="7" t="s">
         <v>1</v>
       </c>
+      <c r="GB28" s="7" t="s">
+        <v>1</v>
+      </c>
     </row>
-    <row r="29" spans="2:183" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="29" spans="2:184" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B29" s="6" t="s">
         <v>3</v>
       </c>
       <c r="C29" s="7" t="s">
         <v>1</v>
       </c>
       <c r="D29" s="7" t="s">
         <v>1</v>
       </c>
       <c r="E29" s="7" t="s">
         <v>1</v>
       </c>
       <c r="F29" s="7" t="s">
         <v>1</v>
       </c>
       <c r="G29" s="7" t="s">
         <v>1</v>
       </c>
       <c r="H29" s="7" t="s">
         <v>1</v>
       </c>
       <c r="I29" s="7" t="s">
         <v>1</v>
       </c>
       <c r="J29" s="7" t="s">
@@ -13861,52 +13930,55 @@
       </c>
       <c r="FT29" s="7" t="s">
         <v>1</v>
       </c>
       <c r="FU29" s="7" t="s">
         <v>1</v>
       </c>
       <c r="FV29" s="7" t="s">
         <v>1</v>
       </c>
       <c r="FW29" s="7" t="s">
         <v>1</v>
       </c>
       <c r="FX29" s="7" t="s">
         <v>1</v>
       </c>
       <c r="FY29" s="7" t="s">
         <v>1</v>
       </c>
       <c r="FZ29" s="7" t="s">
         <v>1</v>
       </c>
       <c r="GA29" s="7" t="s">
         <v>1</v>
       </c>
+      <c r="GB29" s="7" t="s">
+        <v>1</v>
+      </c>
     </row>
-    <row r="30" spans="2:183" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="30" spans="2:184" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B30" s="6" t="s">
         <v>7</v>
       </c>
       <c r="C30" s="7" t="s">
         <v>1</v>
       </c>
       <c r="D30" s="7" t="s">
         <v>1</v>
       </c>
       <c r="E30" s="7" t="s">
         <v>1</v>
       </c>
       <c r="F30" s="7" t="s">
         <v>1</v>
       </c>
       <c r="G30" s="7" t="s">
         <v>1</v>
       </c>
       <c r="H30" s="7" t="s">
         <v>1</v>
       </c>
       <c r="I30" s="7" t="s">
         <v>1</v>
       </c>
       <c r="J30" s="7" t="s">
@@ -14409,52 +14481,55 @@
       </c>
       <c r="FT30" s="7">
         <v>0.10089447999999999</v>
       </c>
       <c r="FU30" s="7">
         <v>9.7877500000000006E-2</v>
       </c>
       <c r="FV30" s="7">
         <v>0.100509</v>
       </c>
       <c r="FW30" s="7">
         <v>0.10775546</v>
       </c>
       <c r="FX30" s="7">
         <v>0.10729883</v>
       </c>
       <c r="FY30" s="7">
         <v>0.11210455</v>
       </c>
       <c r="FZ30" s="7">
         <v>0.21420205</v>
       </c>
       <c r="GA30" s="7">
         <v>0.23697475000000001</v>
       </c>
+      <c r="GB30" s="7">
+        <v>0.23098509</v>
+      </c>
     </row>
-    <row r="31" spans="2:183" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="31" spans="2:184" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B31" s="6" t="s">
         <v>15</v>
       </c>
       <c r="C31" s="7">
         <v>153.88919154999999</v>
       </c>
       <c r="D31" s="7">
         <v>163.07456547999999</v>
       </c>
       <c r="E31" s="7">
         <v>170.00894123</v>
       </c>
       <c r="F31" s="7">
         <v>161.74604744000001</v>
       </c>
       <c r="G31" s="7">
         <v>150.18052252000001</v>
       </c>
       <c r="H31" s="7">
         <v>166.85939103000001</v>
       </c>
       <c r="I31" s="7">
         <v>156.65621206</v>
       </c>
       <c r="J31" s="7">
@@ -14957,52 +15032,55 @@
       </c>
       <c r="FT31" s="8">
         <v>211.50737777000001</v>
       </c>
       <c r="FU31" s="8">
         <v>204.38551045</v>
       </c>
       <c r="FV31" s="8">
         <v>203.97269369</v>
       </c>
       <c r="FW31" s="8">
         <v>203.79529281999999</v>
       </c>
       <c r="FX31" s="8">
         <v>233.27558354000001</v>
       </c>
       <c r="FY31" s="8">
         <v>234.10234059000001</v>
       </c>
       <c r="FZ31" s="8">
         <v>236.29527859000001</v>
       </c>
       <c r="GA31" s="8">
         <v>245.01246952</v>
       </c>
+      <c r="GB31" s="8">
+        <v>245.5772886</v>
+      </c>
     </row>
-    <row r="32" spans="2:183" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="32" spans="2:184" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B32" s="6" t="s">
         <v>8</v>
       </c>
       <c r="C32" s="7">
         <v>153.88919154999999</v>
       </c>
       <c r="D32" s="7">
         <v>163.07456547999999</v>
       </c>
       <c r="E32" s="7">
         <v>170.00894123</v>
       </c>
       <c r="F32" s="7">
         <v>161.74604744000001</v>
       </c>
       <c r="G32" s="7">
         <v>150.18052252000001</v>
       </c>
       <c r="H32" s="7">
         <v>166.85939103000001</v>
       </c>
       <c r="I32" s="7">
         <v>156.65621206</v>
       </c>
       <c r="J32" s="7">
@@ -15505,52 +15583,55 @@
       </c>
       <c r="FT32" s="8">
         <v>210.01778568</v>
       </c>
       <c r="FU32" s="8">
         <v>202.6791484</v>
       </c>
       <c r="FV32" s="8">
         <v>201.69736402000001</v>
       </c>
       <c r="FW32" s="8">
         <v>201.54505551</v>
       </c>
       <c r="FX32" s="8">
         <v>230.99797713000001</v>
       </c>
       <c r="FY32" s="8">
         <v>231.77582404</v>
       </c>
       <c r="FZ32" s="8">
         <v>234.29609991000001</v>
       </c>
       <c r="GA32" s="8">
         <v>243.07759958</v>
       </c>
+      <c r="GB32" s="8">
+        <v>243.66757521</v>
+      </c>
     </row>
-    <row r="33" spans="2:183" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="33" spans="2:184" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B33" s="6" t="s">
         <v>4</v>
       </c>
       <c r="C33" s="7" t="s">
         <v>1</v>
       </c>
       <c r="D33" s="7" t="s">
         <v>1</v>
       </c>
       <c r="E33" s="7" t="s">
         <v>1</v>
       </c>
       <c r="F33" s="7" t="s">
         <v>1</v>
       </c>
       <c r="G33" s="7" t="s">
         <v>1</v>
       </c>
       <c r="H33" s="7" t="s">
         <v>1</v>
       </c>
       <c r="I33" s="7" t="s">
         <v>1</v>
       </c>
       <c r="J33" s="7" t="s">
@@ -16053,52 +16134,55 @@
       </c>
       <c r="FT33" s="7" t="s">
         <v>1</v>
       </c>
       <c r="FU33" s="7" t="s">
         <v>1</v>
       </c>
       <c r="FV33" s="7" t="s">
         <v>1</v>
       </c>
       <c r="FW33" s="7" t="s">
         <v>1</v>
       </c>
       <c r="FX33" s="7" t="s">
         <v>1</v>
       </c>
       <c r="FY33" s="7" t="s">
         <v>1</v>
       </c>
       <c r="FZ33" s="7" t="s">
         <v>1</v>
       </c>
       <c r="GA33" s="7" t="s">
         <v>1</v>
       </c>
+      <c r="GB33" s="7" t="s">
+        <v>1</v>
+      </c>
     </row>
-    <row r="34" spans="2:183" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="34" spans="2:184" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B34" s="6" t="s">
         <v>7</v>
       </c>
       <c r="C34" s="7" t="s">
         <v>1</v>
       </c>
       <c r="D34" s="7" t="s">
         <v>1</v>
       </c>
       <c r="E34" s="7" t="s">
         <v>1</v>
       </c>
       <c r="F34" s="7" t="s">
         <v>1</v>
       </c>
       <c r="G34" s="7" t="s">
         <v>1</v>
       </c>
       <c r="H34" s="7" t="s">
         <v>1</v>
       </c>
       <c r="I34" s="7" t="s">
         <v>1</v>
       </c>
       <c r="J34" s="7" t="s">
@@ -16601,52 +16685,55 @@
       </c>
       <c r="FT34" s="7">
         <v>1.4895920899999999</v>
       </c>
       <c r="FU34" s="7">
         <v>1.7063620500000001</v>
       </c>
       <c r="FV34" s="7">
         <v>2.2753296700000001</v>
       </c>
       <c r="FW34" s="7">
         <v>2.2502373100000002</v>
       </c>
       <c r="FX34" s="7">
         <v>2.2776064100000002</v>
       </c>
       <c r="FY34" s="7">
         <v>2.32651655</v>
       </c>
       <c r="FZ34" s="7">
         <v>1.99917868</v>
       </c>
       <c r="GA34" s="7">
         <v>1.93486994</v>
       </c>
+      <c r="GB34" s="7">
+        <v>1.9097133900000001</v>
+      </c>
     </row>
-    <row r="35" spans="2:183" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="35" spans="2:184" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B35" s="10" t="s">
         <v>5</v>
       </c>
       <c r="C35" s="11">
         <v>10902.05195551</v>
       </c>
       <c r="D35" s="11">
         <v>10809.080035180001</v>
       </c>
       <c r="E35" s="11">
         <v>11025.277896219999</v>
       </c>
       <c r="F35" s="11">
         <v>11405.82364796</v>
       </c>
       <c r="G35" s="11">
         <v>11571.070620140001</v>
       </c>
       <c r="H35" s="11">
         <v>12222.73369318</v>
       </c>
       <c r="I35" s="11">
         <v>12118.572226230001</v>
       </c>
       <c r="J35" s="11">
@@ -17149,64 +17236,67 @@
       </c>
       <c r="FT35" s="12">
         <v>5939.40727831</v>
       </c>
       <c r="FU35" s="12">
         <v>6814.2857799699996</v>
       </c>
       <c r="FV35" s="12">
         <v>6952.6266895299996</v>
       </c>
       <c r="FW35" s="12">
         <v>6926.9268594300001</v>
       </c>
       <c r="FX35" s="12">
         <v>6803.3267827999998</v>
       </c>
       <c r="FY35" s="12">
         <v>6753.5894819599998</v>
       </c>
       <c r="FZ35" s="12">
         <v>6984.0769210899998</v>
       </c>
       <c r="GA35" s="12">
         <v>7322.5802619300002</v>
       </c>
+      <c r="GB35" s="12">
+        <v>6675.6543159100002</v>
+      </c>
     </row>
-    <row r="36" spans="2:183" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
-[...11 lines deleted...]
-    <row r="48" spans="2:183" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="36" spans="2:184" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="37" spans="2:184" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="38" spans="2:184" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="39" spans="2:184" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="40" spans="2:184" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="41" spans="2:184" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="42" spans="2:184" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="43" spans="2:184" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="44" spans="2:184" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="45" spans="2:184" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="46" spans="2:184" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="47" spans="2:184" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="48" spans="2:184" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="49" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="50" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="51" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="52" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="53" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="54" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="55" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="56" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="57" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="58" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="59" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="60" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="61" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="62" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="63" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="64" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="65" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="66" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="67" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="68" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="69" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="70" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="71" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="72" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="73" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>