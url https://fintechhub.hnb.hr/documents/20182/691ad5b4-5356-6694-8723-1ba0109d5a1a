--- v1 (2025-11-24)
+++ v2 (2026-01-06)
@@ -3,81 +3,81 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="153222"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\262\VRPA\BILTENSKE TABLICE\VP_1-10 - NOVO\biltenske tablice\2025\202510\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\262\VRPA\BILTENSKE TABLICE\VP_1-10 - NOVO\biltenske tablice\2025\202512\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="14235"/>
   </bookViews>
   <sheets>
     <sheet name="EUR" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">EUR!$B:$B,EUR!$2:$6</definedName>
   </definedNames>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="ER62" i="2" l="1"/>
-[...1 lines deleted...]
-  <c r="ER63" i="2" l="1"/>
+  <c r="ES62" i="2" l="1"/>
+  <c r="ES33" i="2"/>
+  <c r="ES63" i="2" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="292" uniqueCount="252">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="295" uniqueCount="255">
   <si>
     <t>tržišno vrednovanje</t>
   </si>
   <si>
     <t>2012.</t>
   </si>
   <si>
     <t>2013.</t>
   </si>
   <si>
     <t>2014.</t>
   </si>
   <si>
     <t>2015.</t>
   </si>
   <si>
     <t>1.tr.2012.</t>
   </si>
   <si>
     <t>2.tr.2012.</t>
   </si>
   <si>
     <t>3.tr.2012.</t>
   </si>
   <si>
@@ -863,50 +863,59 @@
   </si>
   <si>
     <t>III. 2025.</t>
   </si>
   <si>
     <t>1.tr.2025.</t>
   </si>
   <si>
     <t>IV. 2025.</t>
   </si>
   <si>
     <t>V. 2025.</t>
   </si>
   <si>
     <t>2.tr.2025.</t>
   </si>
   <si>
     <t>VI. 2025.</t>
   </si>
   <si>
     <t>VII. 2025.</t>
   </si>
   <si>
     <t>VIII. 2025.</t>
   </si>
+  <si>
+    <t>IX. 2025.</t>
+  </si>
+  <si>
+    <t>3.tr.2025.</t>
+  </si>
+  <si>
+    <t>X. 2025.</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ _k_n_-;\-* #,##0.00\ _k_n_-;_-* &quot;-&quot;??\ _k_n_-;_-@_-"/>
     <numFmt numFmtId="165" formatCode="#,##0.0"/>
     <numFmt numFmtId="166" formatCode="#,##0.00;\-#,##0.00;&quot;–&quot;;"/>
   </numFmts>
   <fonts count="14" x14ac:knownFonts="1">
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
@@ -1468,71 +1477,71 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A2:HY153"/>
+  <dimension ref="A2:IB153"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="2" ySplit="7" topLeftCell="C8" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A8" sqref="A8"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.33203125" defaultRowHeight="12.95" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.5" style="1" customWidth="1"/>
     <col min="2" max="2" width="45.33203125" style="9" customWidth="1"/>
-    <col min="3" max="94" width="9.83203125" style="9" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="234" max="16384" width="9.33203125" style="5"/>
+    <col min="3" max="95" width="9.83203125" style="9" customWidth="1"/>
+    <col min="96" max="102" width="9.83203125" style="4" customWidth="1"/>
+    <col min="103" max="140" width="9.83203125" style="1" customWidth="1"/>
+    <col min="141" max="236" width="11.1640625" style="1" customWidth="1"/>
+    <col min="237" max="16384" width="9.33203125" style="5"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:233" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:236" ht="18.75" x14ac:dyDescent="0.25">
       <c r="B2" s="2" t="s">
         <v>206</v>
       </c>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
       <c r="L2" s="2"/>
       <c r="M2" s="2"/>
       <c r="N2" s="2"/>
       <c r="O2" s="2"/>
       <c r="P2" s="2"/>
       <c r="Q2" s="2"/>
       <c r="R2" s="2"/>
       <c r="S2" s="2"/>
       <c r="T2" s="2"/>
       <c r="U2" s="2"/>
       <c r="V2" s="2"/>
       <c r="W2" s="2"/>
       <c r="X2" s="2"/>
@@ -1559,77 +1568,78 @@
       <c r="AS2" s="2"/>
       <c r="AT2" s="2"/>
       <c r="AU2" s="2"/>
       <c r="AV2" s="2"/>
       <c r="AW2" s="2"/>
       <c r="AX2" s="2"/>
       <c r="AY2" s="2"/>
       <c r="AZ2" s="2"/>
       <c r="BA2" s="2"/>
       <c r="BB2" s="2"/>
       <c r="BC2" s="2"/>
       <c r="BD2" s="2"/>
       <c r="BE2" s="2"/>
       <c r="BF2" s="2"/>
       <c r="BG2" s="2"/>
       <c r="BH2" s="2"/>
       <c r="BI2" s="2"/>
       <c r="BJ2" s="2"/>
       <c r="BK2" s="2"/>
       <c r="BL2" s="2"/>
       <c r="BM2" s="2"/>
       <c r="BN2" s="2"/>
       <c r="BO2" s="2"/>
       <c r="BP2" s="2"/>
       <c r="BQ2" s="2"/>
-      <c r="BR2" s="3"/>
+      <c r="BR2" s="2"/>
       <c r="BS2" s="3"/>
       <c r="BT2" s="3"/>
       <c r="BU2" s="3"/>
       <c r="BV2" s="3"/>
       <c r="BW2" s="3"/>
       <c r="BX2" s="3"/>
       <c r="BY2" s="3"/>
       <c r="BZ2" s="3"/>
       <c r="CA2" s="3"/>
       <c r="CB2" s="3"/>
       <c r="CC2" s="3"/>
       <c r="CD2" s="3"/>
       <c r="CE2" s="3"/>
       <c r="CF2" s="3"/>
       <c r="CG2" s="3"/>
       <c r="CH2" s="3"/>
       <c r="CI2" s="3"/>
       <c r="CJ2" s="3"/>
       <c r="CK2" s="3"/>
       <c r="CL2" s="3"/>
       <c r="CM2" s="3"/>
       <c r="CN2" s="3"/>
       <c r="CO2" s="3"/>
       <c r="CP2" s="3"/>
+      <c r="CQ2" s="3"/>
     </row>
-    <row r="3" spans="1:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="6" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="7"/>
       <c r="D3" s="7"/>
       <c r="E3" s="7"/>
       <c r="F3" s="7"/>
       <c r="G3" s="7"/>
       <c r="H3" s="7"/>
       <c r="I3" s="7"/>
       <c r="J3" s="7"/>
       <c r="K3" s="7"/>
       <c r="L3" s="7"/>
       <c r="M3" s="7"/>
       <c r="N3" s="7"/>
       <c r="O3" s="7"/>
       <c r="P3" s="7"/>
       <c r="Q3" s="7"/>
       <c r="R3" s="7"/>
       <c r="S3" s="7"/>
       <c r="T3" s="7"/>
       <c r="U3" s="7"/>
       <c r="V3" s="7"/>
       <c r="W3" s="7"/>
       <c r="X3" s="7"/>
@@ -1656,84 +1666,85 @@
       <c r="AS3" s="7"/>
       <c r="AT3" s="7"/>
       <c r="AU3" s="7"/>
       <c r="AV3" s="7"/>
       <c r="AW3" s="7"/>
       <c r="AX3" s="7"/>
       <c r="AY3" s="7"/>
       <c r="AZ3" s="7"/>
       <c r="BA3" s="7"/>
       <c r="BB3" s="7"/>
       <c r="BC3" s="7"/>
       <c r="BD3" s="7"/>
       <c r="BE3" s="7"/>
       <c r="BF3" s="7"/>
       <c r="BG3" s="7"/>
       <c r="BH3" s="7"/>
       <c r="BI3" s="7"/>
       <c r="BJ3" s="7"/>
       <c r="BK3" s="7"/>
       <c r="BL3" s="7"/>
       <c r="BM3" s="7"/>
       <c r="BN3" s="7"/>
       <c r="BO3" s="7"/>
       <c r="BP3" s="7"/>
       <c r="BQ3" s="7"/>
-      <c r="BR3" s="8"/>
+      <c r="BR3" s="7"/>
       <c r="BS3" s="8"/>
       <c r="BT3" s="8"/>
       <c r="BU3" s="8"/>
       <c r="BV3" s="8"/>
       <c r="BW3" s="8"/>
       <c r="BX3" s="8"/>
       <c r="BY3" s="8"/>
       <c r="BZ3" s="8"/>
       <c r="CA3" s="8"/>
       <c r="CB3" s="8"/>
       <c r="CC3" s="8"/>
       <c r="CD3" s="8"/>
       <c r="CE3" s="8"/>
       <c r="CF3" s="8"/>
       <c r="CG3" s="8"/>
       <c r="CH3" s="8"/>
       <c r="CI3" s="8"/>
       <c r="CJ3" s="8"/>
       <c r="CK3" s="8"/>
       <c r="CL3" s="8"/>
       <c r="CM3" s="8"/>
       <c r="CN3" s="8"/>
       <c r="CO3" s="8"/>
       <c r="CP3" s="8"/>
       <c r="CQ3" s="8"/>
       <c r="CR3" s="8"/>
       <c r="CS3" s="8"/>
       <c r="CT3" s="8"/>
       <c r="CU3" s="8"/>
       <c r="CV3" s="8"/>
       <c r="CW3" s="8"/>
+      <c r="CX3" s="8"/>
     </row>
-    <row r="4" spans="1:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B4" s="7"/>
       <c r="C4" s="7"/>
       <c r="D4" s="7"/>
       <c r="E4" s="7"/>
       <c r="F4" s="7"/>
       <c r="G4" s="7"/>
       <c r="H4" s="7"/>
       <c r="I4" s="7"/>
       <c r="J4" s="7"/>
       <c r="K4" s="7"/>
       <c r="L4" s="7"/>
       <c r="M4" s="7"/>
       <c r="N4" s="7"/>
       <c r="O4" s="7"/>
       <c r="P4" s="7"/>
       <c r="Q4" s="7"/>
       <c r="R4" s="7"/>
       <c r="S4" s="7"/>
       <c r="T4" s="7"/>
       <c r="U4" s="7"/>
       <c r="V4" s="7"/>
       <c r="W4" s="7"/>
       <c r="X4" s="7"/>
       <c r="Y4" s="7"/>
       <c r="Z4" s="7"/>
@@ -1758,84 +1769,85 @@
       <c r="AS4" s="7"/>
       <c r="AT4" s="7"/>
       <c r="AU4" s="7"/>
       <c r="AV4" s="7"/>
       <c r="AW4" s="7"/>
       <c r="AX4" s="7"/>
       <c r="AY4" s="7"/>
       <c r="AZ4" s="7"/>
       <c r="BA4" s="7"/>
       <c r="BB4" s="7"/>
       <c r="BC4" s="7"/>
       <c r="BD4" s="7"/>
       <c r="BE4" s="7"/>
       <c r="BF4" s="7"/>
       <c r="BG4" s="7"/>
       <c r="BH4" s="7"/>
       <c r="BI4" s="7"/>
       <c r="BJ4" s="7"/>
       <c r="BK4" s="7"/>
       <c r="BL4" s="7"/>
       <c r="BM4" s="7"/>
       <c r="BN4" s="7"/>
       <c r="BO4" s="7"/>
       <c r="BP4" s="7"/>
       <c r="BQ4" s="7"/>
-      <c r="BR4" s="8"/>
+      <c r="BR4" s="7"/>
       <c r="BS4" s="8"/>
       <c r="BT4" s="8"/>
       <c r="BU4" s="8"/>
       <c r="BV4" s="8"/>
       <c r="BW4" s="8"/>
       <c r="BX4" s="8"/>
       <c r="BY4" s="8"/>
       <c r="BZ4" s="8"/>
       <c r="CA4" s="8"/>
       <c r="CB4" s="8"/>
       <c r="CC4" s="8"/>
       <c r="CD4" s="8"/>
       <c r="CE4" s="8"/>
       <c r="CF4" s="8"/>
       <c r="CG4" s="8"/>
       <c r="CH4" s="8"/>
       <c r="CI4" s="8"/>
       <c r="CJ4" s="8"/>
       <c r="CK4" s="8"/>
       <c r="CL4" s="8"/>
       <c r="CM4" s="8"/>
       <c r="CN4" s="8"/>
       <c r="CO4" s="8"/>
       <c r="CP4" s="8"/>
       <c r="CQ4" s="8"/>
       <c r="CR4" s="8"/>
       <c r="CS4" s="8"/>
       <c r="CT4" s="8"/>
       <c r="CU4" s="8"/>
       <c r="CV4" s="8"/>
       <c r="CW4" s="8"/>
+      <c r="CX4" s="8"/>
     </row>
-    <row r="5" spans="1:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="7"/>
       <c r="C5" s="7"/>
       <c r="D5" s="7"/>
       <c r="E5" s="7"/>
       <c r="F5" s="7"/>
       <c r="G5" s="7"/>
       <c r="H5" s="7"/>
       <c r="I5" s="7"/>
       <c r="J5" s="7"/>
       <c r="K5" s="7"/>
       <c r="L5" s="7"/>
       <c r="M5" s="7"/>
       <c r="N5" s="7"/>
       <c r="O5" s="7"/>
       <c r="P5" s="7"/>
       <c r="Q5" s="7"/>
       <c r="R5" s="7"/>
       <c r="S5" s="7"/>
       <c r="T5" s="7"/>
       <c r="U5" s="7"/>
       <c r="V5" s="7"/>
       <c r="W5" s="7"/>
       <c r="X5" s="7"/>
       <c r="Y5" s="7"/>
       <c r="Z5" s="7"/>
@@ -1860,84 +1872,85 @@
       <c r="AS5" s="7"/>
       <c r="AT5" s="7"/>
       <c r="AU5" s="7"/>
       <c r="AV5" s="7"/>
       <c r="AW5" s="7"/>
       <c r="AX5" s="7"/>
       <c r="AY5" s="7"/>
       <c r="AZ5" s="7"/>
       <c r="BA5" s="7"/>
       <c r="BB5" s="7"/>
       <c r="BC5" s="7"/>
       <c r="BD5" s="7"/>
       <c r="BE5" s="7"/>
       <c r="BF5" s="7"/>
       <c r="BG5" s="7"/>
       <c r="BH5" s="7"/>
       <c r="BI5" s="7"/>
       <c r="BJ5" s="7"/>
       <c r="BK5" s="7"/>
       <c r="BL5" s="7"/>
       <c r="BM5" s="7"/>
       <c r="BN5" s="7"/>
       <c r="BO5" s="7"/>
       <c r="BP5" s="7"/>
       <c r="BQ5" s="7"/>
-      <c r="BR5" s="8"/>
+      <c r="BR5" s="7"/>
       <c r="BS5" s="8"/>
       <c r="BT5" s="8"/>
       <c r="BU5" s="8"/>
       <c r="BV5" s="8"/>
       <c r="BW5" s="8"/>
       <c r="BX5" s="8"/>
       <c r="BY5" s="8"/>
       <c r="BZ5" s="8"/>
       <c r="CA5" s="8"/>
       <c r="CB5" s="8"/>
       <c r="CC5" s="8"/>
       <c r="CD5" s="8"/>
       <c r="CE5" s="8"/>
       <c r="CF5" s="8"/>
       <c r="CG5" s="8"/>
       <c r="CH5" s="8"/>
       <c r="CI5" s="8"/>
       <c r="CJ5" s="8"/>
       <c r="CK5" s="8"/>
       <c r="CL5" s="8"/>
       <c r="CM5" s="8"/>
       <c r="CN5" s="8"/>
       <c r="CO5" s="8"/>
       <c r="CP5" s="8"/>
       <c r="CQ5" s="8"/>
       <c r="CR5" s="8"/>
       <c r="CS5" s="8"/>
       <c r="CT5" s="8"/>
       <c r="CU5" s="8"/>
       <c r="CV5" s="8"/>
       <c r="CW5" s="8"/>
+      <c r="CX5" s="8"/>
     </row>
-    <row r="6" spans="1:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B6" s="5" t="s">
         <v>200</v>
       </c>
       <c r="C6" s="7"/>
       <c r="D6" s="7"/>
       <c r="E6" s="7"/>
       <c r="F6" s="7"/>
       <c r="G6" s="7"/>
       <c r="H6" s="7"/>
       <c r="I6" s="7"/>
       <c r="J6" s="7"/>
       <c r="K6" s="7"/>
       <c r="L6" s="7"/>
       <c r="M6" s="7"/>
       <c r="N6" s="7"/>
       <c r="O6" s="7"/>
       <c r="P6" s="7"/>
       <c r="Q6" s="7"/>
       <c r="R6" s="7"/>
       <c r="S6" s="7"/>
       <c r="T6" s="7"/>
       <c r="U6" s="7"/>
       <c r="V6" s="7"/>
       <c r="W6" s="7"/>
       <c r="X6" s="7"/>
@@ -1964,53 +1977,54 @@
       <c r="AS6" s="7"/>
       <c r="AT6" s="7"/>
       <c r="AU6" s="7"/>
       <c r="AV6" s="7"/>
       <c r="AW6" s="7"/>
       <c r="AX6" s="7"/>
       <c r="AY6" s="7"/>
       <c r="AZ6" s="7"/>
       <c r="BA6" s="7"/>
       <c r="BB6" s="7"/>
       <c r="BC6" s="7"/>
       <c r="BD6" s="7"/>
       <c r="BE6" s="48"/>
       <c r="BF6" s="48"/>
       <c r="BG6" s="48"/>
       <c r="BH6" s="48"/>
       <c r="BI6" s="48"/>
       <c r="BJ6" s="48"/>
       <c r="BK6" s="48"/>
       <c r="BL6" s="48"/>
       <c r="BM6" s="48"/>
       <c r="BN6" s="48"/>
       <c r="BO6" s="48"/>
       <c r="BP6" s="48"/>
       <c r="BQ6" s="48"/>
-      <c r="GK6" s="49"/>
+      <c r="BR6" s="48"/>
+      <c r="GL6" s="49"/>
     </row>
-    <row r="7" spans="1:233" s="14" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:236" s="14" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="10"/>
       <c r="B7" s="11"/>
       <c r="C7" s="12" t="s">
         <v>1</v>
       </c>
       <c r="D7" s="12" t="s">
         <v>2</v>
       </c>
       <c r="E7" s="12" t="s">
         <v>3</v>
       </c>
       <c r="F7" s="12" t="s">
         <v>4</v>
       </c>
       <c r="G7" s="12" t="s">
         <v>106</v>
       </c>
       <c r="H7" s="12" t="s">
         <v>119</v>
       </c>
       <c r="I7" s="12" t="s">
         <v>134</v>
       </c>
       <c r="J7" s="12" t="s">
         <v>151</v>
@@ -2170,544 +2184,553 @@
       </c>
       <c r="BJ7" s="12" t="s">
         <v>219</v>
       </c>
       <c r="BK7" s="12" t="s">
         <v>223</v>
       </c>
       <c r="BL7" s="12" t="s">
         <v>227</v>
       </c>
       <c r="BM7" s="12" t="s">
         <v>231</v>
       </c>
       <c r="BN7" s="12" t="s">
         <v>236</v>
       </c>
       <c r="BO7" s="12" t="s">
         <v>240</v>
       </c>
       <c r="BP7" s="12" t="s">
         <v>245</v>
       </c>
       <c r="BQ7" s="12" t="s">
         <v>248</v>
       </c>
-      <c r="BR7" s="13" t="s">
+      <c r="BR7" s="12" t="s">
+        <v>253</v>
+      </c>
+      <c r="BS7" s="13" t="s">
         <v>21</v>
       </c>
-      <c r="BS7" s="13" t="s">
+      <c r="BT7" s="13" t="s">
         <v>22</v>
       </c>
-      <c r="BT7" s="13" t="s">
+      <c r="BU7" s="13" t="s">
         <v>23</v>
       </c>
-      <c r="BU7" s="13" t="s">
+      <c r="BV7" s="13" t="s">
         <v>24</v>
       </c>
-      <c r="BV7" s="13" t="s">
+      <c r="BW7" s="13" t="s">
         <v>25</v>
       </c>
-      <c r="BW7" s="13" t="s">
+      <c r="BX7" s="13" t="s">
         <v>26</v>
       </c>
-      <c r="BX7" s="13" t="s">
+      <c r="BY7" s="13" t="s">
         <v>27</v>
       </c>
-      <c r="BY7" s="13" t="s">
+      <c r="BZ7" s="13" t="s">
         <v>28</v>
       </c>
-      <c r="BZ7" s="13" t="s">
+      <c r="CA7" s="13" t="s">
         <v>29</v>
       </c>
-      <c r="CA7" s="13" t="s">
+      <c r="CB7" s="13" t="s">
         <v>30</v>
       </c>
-      <c r="CB7" s="13" t="s">
+      <c r="CC7" s="13" t="s">
         <v>31</v>
       </c>
-      <c r="CC7" s="13" t="s">
+      <c r="CD7" s="13" t="s">
         <v>32</v>
       </c>
-      <c r="CD7" s="13" t="s">
+      <c r="CE7" s="13" t="s">
         <v>33</v>
       </c>
-      <c r="CE7" s="13" t="s">
+      <c r="CF7" s="13" t="s">
         <v>34</v>
       </c>
-      <c r="CF7" s="13" t="s">
+      <c r="CG7" s="13" t="s">
         <v>35</v>
       </c>
-      <c r="CG7" s="13" t="s">
+      <c r="CH7" s="13" t="s">
         <v>36</v>
       </c>
-      <c r="CH7" s="13" t="s">
+      <c r="CI7" s="13" t="s">
         <v>37</v>
       </c>
-      <c r="CI7" s="13" t="s">
+      <c r="CJ7" s="13" t="s">
         <v>38</v>
       </c>
-      <c r="CJ7" s="13" t="s">
+      <c r="CK7" s="13" t="s">
         <v>39</v>
       </c>
-      <c r="CK7" s="13" t="s">
+      <c r="CL7" s="13" t="s">
         <v>40</v>
       </c>
-      <c r="CL7" s="13" t="s">
+      <c r="CM7" s="13" t="s">
         <v>41</v>
       </c>
-      <c r="CM7" s="13" t="s">
+      <c r="CN7" s="13" t="s">
         <v>42</v>
       </c>
-      <c r="CN7" s="13" t="s">
+      <c r="CO7" s="13" t="s">
         <v>43</v>
       </c>
-      <c r="CO7" s="13" t="s">
+      <c r="CP7" s="13" t="s">
         <v>44</v>
       </c>
-      <c r="CP7" s="13" t="s">
+      <c r="CQ7" s="13" t="s">
         <v>45</v>
       </c>
-      <c r="CQ7" s="13" t="s">
+      <c r="CR7" s="13" t="s">
         <v>46</v>
       </c>
-      <c r="CR7" s="13" t="s">
+      <c r="CS7" s="13" t="s">
         <v>47</v>
       </c>
-      <c r="CS7" s="13" t="s">
+      <c r="CT7" s="13" t="s">
         <v>48</v>
       </c>
-      <c r="CT7" s="13" t="s">
+      <c r="CU7" s="13" t="s">
         <v>49</v>
       </c>
-      <c r="CU7" s="13" t="s">
+      <c r="CV7" s="13" t="s">
         <v>50</v>
       </c>
-      <c r="CV7" s="13" t="s">
+      <c r="CW7" s="13" t="s">
         <v>51</v>
       </c>
-      <c r="CW7" s="13" t="s">
+      <c r="CX7" s="13" t="s">
         <v>52</v>
       </c>
-      <c r="CX7" s="13" t="s">
+      <c r="CY7" s="13" t="s">
         <v>53</v>
       </c>
-      <c r="CY7" s="13" t="s">
+      <c r="CZ7" s="13" t="s">
         <v>54</v>
       </c>
-      <c r="CZ7" s="13" t="s">
+      <c r="DA7" s="13" t="s">
         <v>55</v>
       </c>
-      <c r="DA7" s="13" t="s">
+      <c r="DB7" s="13" t="s">
         <v>56</v>
       </c>
-      <c r="DB7" s="13" t="s">
+      <c r="DC7" s="13" t="s">
         <v>57</v>
       </c>
-      <c r="DC7" s="13" t="s">
+      <c r="DD7" s="13" t="s">
         <v>58</v>
       </c>
-      <c r="DD7" s="13" t="s">
+      <c r="DE7" s="13" t="s">
         <v>59</v>
       </c>
-      <c r="DE7" s="13" t="s">
+      <c r="DF7" s="13" t="s">
         <v>60</v>
       </c>
-      <c r="DF7" s="13" t="s">
+      <c r="DG7" s="13" t="s">
         <v>61</v>
       </c>
-      <c r="DG7" s="13" t="s">
+      <c r="DH7" s="13" t="s">
         <v>62</v>
       </c>
-      <c r="DH7" s="13" t="s">
+      <c r="DI7" s="13" t="s">
         <v>63</v>
       </c>
-      <c r="DI7" s="13" t="s">
+      <c r="DJ7" s="13" t="s">
         <v>64</v>
       </c>
-      <c r="DJ7" s="13" t="s">
+      <c r="DK7" s="13" t="s">
         <v>65</v>
       </c>
-      <c r="DK7" s="13" t="s">
+      <c r="DL7" s="13" t="s">
         <v>66</v>
       </c>
-      <c r="DL7" s="13" t="s">
+      <c r="DM7" s="13" t="s">
         <v>67</v>
       </c>
-      <c r="DM7" s="13" t="s">
+      <c r="DN7" s="13" t="s">
         <v>68</v>
       </c>
-      <c r="DN7" s="13" t="s">
+      <c r="DO7" s="13" t="s">
         <v>69</v>
       </c>
-      <c r="DO7" s="13" t="s">
+      <c r="DP7" s="13" t="s">
         <v>70</v>
       </c>
-      <c r="DP7" s="13" t="s">
+      <c r="DQ7" s="13" t="s">
         <v>89</v>
       </c>
-      <c r="DQ7" s="13" t="s">
+      <c r="DR7" s="13" t="s">
         <v>90</v>
       </c>
-      <c r="DR7" s="13" t="s">
+      <c r="DS7" s="13" t="s">
         <v>91</v>
       </c>
-      <c r="DS7" s="13" t="s">
+      <c r="DT7" s="13" t="s">
         <v>92</v>
       </c>
-      <c r="DT7" s="13" t="s">
+      <c r="DU7" s="13" t="s">
         <v>94</v>
       </c>
-      <c r="DU7" s="13" t="s">
+      <c r="DV7" s="13" t="s">
         <v>95</v>
       </c>
-      <c r="DV7" s="13" t="s">
+      <c r="DW7" s="13" t="s">
         <v>107</v>
       </c>
-      <c r="DW7" s="13" t="s">
+      <c r="DX7" s="13" t="s">
         <v>96</v>
       </c>
-      <c r="DX7" s="13" t="s">
+      <c r="DY7" s="13" t="s">
         <v>108</v>
       </c>
-      <c r="DY7" s="13" t="s">
+      <c r="DZ7" s="13" t="s">
         <v>97</v>
       </c>
-      <c r="DZ7" s="13" t="s">
+      <c r="EA7" s="13" t="s">
         <v>98</v>
       </c>
-      <c r="EA7" s="13" t="s">
+      <c r="EB7" s="13" t="s">
         <v>99</v>
       </c>
-      <c r="EB7" s="13" t="s">
+      <c r="EC7" s="13" t="s">
         <v>101</v>
       </c>
-      <c r="EC7" s="13" t="s">
+      <c r="ED7" s="13" t="s">
         <v>102</v>
       </c>
-      <c r="ED7" s="13" t="s">
+      <c r="EE7" s="13" t="s">
         <v>103</v>
       </c>
-      <c r="EE7" s="13" t="s">
+      <c r="EF7" s="13" t="s">
         <v>109</v>
       </c>
-      <c r="EF7" s="13" t="s">
+      <c r="EG7" s="13" t="s">
         <v>111</v>
       </c>
-      <c r="EG7" s="13" t="s">
+      <c r="EH7" s="13" t="s">
         <v>112</v>
       </c>
-      <c r="EH7" s="13" t="s">
+      <c r="EI7" s="13" t="s">
         <v>113</v>
       </c>
-      <c r="EI7" s="13" t="s">
+      <c r="EJ7" s="13" t="s">
         <v>115</v>
       </c>
-      <c r="EJ7" s="13" t="s">
+      <c r="EK7" s="13" t="s">
         <v>116</v>
       </c>
-      <c r="EK7" s="13" t="s">
+      <c r="EL7" s="13" t="s">
         <v>117</v>
       </c>
-      <c r="EL7" s="13" t="s">
+      <c r="EM7" s="13" t="s">
         <v>120</v>
       </c>
-      <c r="EM7" s="13" t="s">
+      <c r="EN7" s="13" t="s">
         <v>121</v>
       </c>
-      <c r="EN7" s="13" t="s">
+      <c r="EO7" s="13" t="s">
         <v>122</v>
       </c>
-      <c r="EO7" s="13" t="s">
+      <c r="EP7" s="13" t="s">
         <v>124</v>
       </c>
-      <c r="EP7" s="13" t="s">
+      <c r="EQ7" s="13" t="s">
         <v>125</v>
       </c>
-      <c r="EQ7" s="13" t="s">
+      <c r="ER7" s="13" t="s">
         <v>127</v>
       </c>
-      <c r="ER7" s="13" t="s">
+      <c r="ES7" s="13" t="s">
         <v>128</v>
       </c>
-      <c r="ES7" s="13" t="s">
+      <c r="ET7" s="13" t="s">
         <v>129</v>
       </c>
-      <c r="ET7" s="13" t="s">
+      <c r="EU7" s="13" t="s">
         <v>131</v>
       </c>
-      <c r="EU7" s="13" t="s">
+      <c r="EV7" s="13" t="s">
         <v>132</v>
       </c>
-      <c r="EV7" s="13" t="s">
+      <c r="EW7" s="13" t="s">
         <v>133</v>
       </c>
-      <c r="EW7" s="13" t="s">
+      <c r="EX7" s="13" t="s">
         <v>136</v>
       </c>
-      <c r="EX7" s="13" t="s">
+      <c r="EY7" s="13" t="s">
         <v>137</v>
       </c>
-      <c r="EY7" s="13" t="s">
+      <c r="EZ7" s="13" t="s">
         <v>138</v>
       </c>
-      <c r="EZ7" s="13" t="s">
+      <c r="FA7" s="13" t="s">
         <v>140</v>
       </c>
-      <c r="FA7" s="13" t="s">
+      <c r="FB7" s="13" t="s">
         <v>141</v>
       </c>
-      <c r="FB7" s="13" t="s">
+      <c r="FC7" s="13" t="s">
         <v>142</v>
       </c>
-      <c r="FC7" s="13" t="s">
+      <c r="FD7" s="13" t="s">
         <v>144</v>
       </c>
-      <c r="FD7" s="13" t="s">
+      <c r="FE7" s="13" t="s">
         <v>145</v>
       </c>
-      <c r="FE7" s="13" t="s">
+      <c r="FF7" s="13" t="s">
         <v>146</v>
       </c>
-      <c r="FF7" s="13" t="s">
+      <c r="FG7" s="13" t="s">
         <v>148</v>
       </c>
-      <c r="FG7" s="13" t="s">
+      <c r="FH7" s="13" t="s">
         <v>149</v>
       </c>
-      <c r="FH7" s="13" t="s">
+      <c r="FI7" s="13" t="s">
         <v>150</v>
       </c>
-      <c r="FI7" s="13" t="s">
+      <c r="FJ7" s="13" t="s">
         <v>153</v>
       </c>
-      <c r="FJ7" s="13" t="s">
+      <c r="FK7" s="13" t="s">
         <v>154</v>
       </c>
-      <c r="FK7" s="13" t="s">
+      <c r="FL7" s="13" t="s">
         <v>155</v>
       </c>
-      <c r="FL7" s="13" t="s">
+      <c r="FM7" s="13" t="s">
         <v>157</v>
       </c>
-      <c r="FM7" s="13" t="s">
+      <c r="FN7" s="13" t="s">
         <v>158</v>
       </c>
-      <c r="FN7" s="13" t="s">
+      <c r="FO7" s="13" t="s">
         <v>159</v>
       </c>
-      <c r="FO7" s="13" t="s">
+      <c r="FP7" s="13" t="s">
         <v>160</v>
       </c>
-      <c r="FP7" s="13" t="s">
+      <c r="FQ7" s="13" t="s">
         <v>162</v>
       </c>
-      <c r="FQ7" s="13" t="s">
+      <c r="FR7" s="13" t="s">
         <v>163</v>
       </c>
-      <c r="FR7" s="13" t="s">
+      <c r="FS7" s="13" t="s">
         <v>164</v>
       </c>
-      <c r="FS7" s="13" t="s">
+      <c r="FT7" s="13" t="s">
         <v>166</v>
       </c>
-      <c r="FT7" s="13" t="s">
+      <c r="FU7" s="13" t="s">
         <v>167</v>
       </c>
-      <c r="FU7" s="13" t="s">
+      <c r="FV7" s="13" t="s">
         <v>170</v>
       </c>
-      <c r="FV7" s="13" t="s">
+      <c r="FW7" s="13" t="s">
         <v>171</v>
       </c>
-      <c r="FW7" s="13" t="s">
+      <c r="FX7" s="13" t="s">
         <v>172</v>
       </c>
-      <c r="FX7" s="13" t="s">
+      <c r="FY7" s="13" t="s">
         <v>173</v>
       </c>
-      <c r="FY7" s="13" t="s">
+      <c r="FZ7" s="13" t="s">
         <v>175</v>
       </c>
-      <c r="FZ7" s="13" t="s">
+      <c r="GA7" s="13" t="s">
         <v>176</v>
       </c>
-      <c r="GA7" s="13" t="s">
+      <c r="GB7" s="13" t="s">
         <v>178</v>
       </c>
-      <c r="GB7" s="13" t="s">
+      <c r="GC7" s="13" t="s">
         <v>179</v>
       </c>
-      <c r="GC7" s="13" t="s">
+      <c r="GD7" s="13" t="s">
         <v>180</v>
       </c>
-      <c r="GD7" s="13" t="s">
+      <c r="GE7" s="13" t="s">
         <v>182</v>
       </c>
-      <c r="GE7" s="13" t="s">
+      <c r="GF7" s="13" t="s">
         <v>183</v>
       </c>
-      <c r="GF7" s="13" t="s">
+      <c r="GG7" s="13" t="s">
         <v>184</v>
       </c>
-      <c r="GG7" s="13" t="s">
+      <c r="GH7" s="13" t="s">
         <v>187</v>
       </c>
-      <c r="GH7" s="13" t="s">
+      <c r="GI7" s="13" t="s">
         <v>188</v>
       </c>
-      <c r="GI7" s="13" t="s">
+      <c r="GJ7" s="13" t="s">
         <v>189</v>
       </c>
-      <c r="GJ7" s="13" t="s">
+      <c r="GK7" s="13" t="s">
         <v>190</v>
       </c>
-      <c r="GK7" s="13" t="s">
+      <c r="GL7" s="13" t="s">
         <v>192</v>
       </c>
-      <c r="GL7" s="13" t="s">
+      <c r="GM7" s="13" t="s">
         <v>193</v>
       </c>
-      <c r="GM7" s="13" t="s">
+      <c r="GN7" s="13" t="s">
         <v>194</v>
       </c>
-      <c r="GN7" s="13" t="s">
+      <c r="GO7" s="13" t="s">
         <v>196</v>
       </c>
-      <c r="GO7" s="13" t="s">
+      <c r="GP7" s="13" t="s">
         <v>197</v>
       </c>
-      <c r="GP7" s="13" t="s">
+      <c r="GQ7" s="13" t="s">
         <v>199</v>
       </c>
-      <c r="GQ7" s="13" t="s">
+      <c r="GR7" s="13" t="s">
         <v>201</v>
       </c>
-      <c r="GR7" s="13" t="s">
+      <c r="GS7" s="13" t="s">
         <v>202</v>
       </c>
-      <c r="GS7" s="13" t="s">
+      <c r="GT7" s="13" t="s">
         <v>205</v>
       </c>
-      <c r="GT7" s="13" t="s">
+      <c r="GU7" s="13" t="s">
         <v>208</v>
       </c>
-      <c r="GU7" s="13" t="s">
+      <c r="GV7" s="13" t="s">
         <v>209</v>
       </c>
-      <c r="GV7" s="13" t="s">
+      <c r="GW7" s="13" t="s">
         <v>211</v>
       </c>
-      <c r="GW7" s="13" t="s">
+      <c r="GX7" s="13" t="s">
         <v>212</v>
       </c>
-      <c r="GX7" s="13" t="s">
+      <c r="GY7" s="13" t="s">
         <v>213</v>
       </c>
-      <c r="GY7" s="13" t="s">
+      <c r="GZ7" s="13" t="s">
         <v>214</v>
       </c>
-      <c r="GZ7" s="13" t="s">
+      <c r="HA7" s="13" t="s">
         <v>216</v>
       </c>
-      <c r="HA7" s="13" t="s">
+      <c r="HB7" s="13" t="s">
         <v>217</v>
       </c>
-      <c r="HB7" s="13" t="s">
+      <c r="HC7" s="13" t="s">
         <v>218</v>
       </c>
-      <c r="HC7" s="13" t="s">
+      <c r="HD7" s="13" t="s">
         <v>220</v>
       </c>
-      <c r="HD7" s="13" t="s">
+      <c r="HE7" s="13" t="s">
         <v>221</v>
       </c>
-      <c r="HE7" s="13" t="s">
+      <c r="HF7" s="13" t="s">
         <v>224</v>
       </c>
-      <c r="HF7" s="13" t="s">
+      <c r="HG7" s="13" t="s">
         <v>225</v>
       </c>
-      <c r="HG7" s="13" t="s">
+      <c r="HH7" s="13" t="s">
         <v>226</v>
       </c>
-      <c r="HH7" s="13" t="s">
+      <c r="HI7" s="13" t="s">
         <v>228</v>
       </c>
-      <c r="HI7" s="13" t="s">
+      <c r="HJ7" s="13" t="s">
         <v>229</v>
       </c>
-      <c r="HJ7" s="13" t="s">
+      <c r="HK7" s="13" t="s">
         <v>230</v>
       </c>
-      <c r="HK7" s="13" t="s">
+      <c r="HL7" s="13" t="s">
         <v>232</v>
       </c>
-      <c r="HL7" s="13" t="s">
+      <c r="HM7" s="13" t="s">
         <v>233</v>
       </c>
-      <c r="HM7" s="13" t="s">
+      <c r="HN7" s="13" t="s">
         <v>234</v>
       </c>
-      <c r="HN7" s="13" t="s">
+      <c r="HO7" s="13" t="s">
         <v>235</v>
       </c>
-      <c r="HO7" s="13" t="s">
+      <c r="HP7" s="13" t="s">
         <v>237</v>
       </c>
-      <c r="HP7" s="13" t="s">
+      <c r="HQ7" s="13" t="s">
         <v>238</v>
       </c>
-      <c r="HQ7" s="13" t="s">
+      <c r="HR7" s="13" t="s">
         <v>239</v>
       </c>
-      <c r="HR7" s="13" t="s">
+      <c r="HS7" s="13" t="s">
         <v>242</v>
       </c>
-      <c r="HS7" s="13" t="s">
+      <c r="HT7" s="13" t="s">
         <v>243</v>
       </c>
-      <c r="HT7" s="13" t="s">
+      <c r="HU7" s="13" t="s">
         <v>244</v>
       </c>
-      <c r="HU7" s="13" t="s">
+      <c r="HV7" s="13" t="s">
         <v>246</v>
       </c>
-      <c r="HV7" s="13" t="s">
+      <c r="HW7" s="13" t="s">
         <v>247</v>
       </c>
-      <c r="HW7" s="13" t="s">
+      <c r="HX7" s="13" t="s">
         <v>249</v>
       </c>
-      <c r="HX7" s="13" t="s">
+      <c r="HY7" s="13" t="s">
         <v>250</v>
       </c>
-      <c r="HY7" s="13" t="s">
+      <c r="HZ7" s="13" t="s">
         <v>251</v>
       </c>
+      <c r="IA7" s="13" t="s">
+        <v>252</v>
+      </c>
+      <c r="IB7" s="13" t="s">
+        <v>254</v>
+      </c>
     </row>
-    <row r="8" spans="1:233" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:236" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="15"/>
       <c r="B8" s="16" t="s">
         <v>71</v>
       </c>
       <c r="C8" s="17"/>
       <c r="D8" s="17"/>
       <c r="E8" s="17"/>
       <c r="F8" s="17"/>
       <c r="G8" s="17"/>
       <c r="H8" s="17"/>
       <c r="I8" s="17"/>
       <c r="J8" s="17"/>
       <c r="K8" s="17"/>
       <c r="L8" s="17"/>
       <c r="M8" s="17"/>
       <c r="N8" s="17"/>
       <c r="O8" s="17"/>
       <c r="P8" s="17"/>
       <c r="Q8" s="17"/>
       <c r="R8" s="17"/>
       <c r="S8" s="17"/>
       <c r="T8" s="17"/>
       <c r="U8" s="17"/>
       <c r="V8" s="17"/>
       <c r="W8" s="17"/>
@@ -2735,51 +2758,51 @@
       <c r="AS8" s="17"/>
       <c r="AT8" s="17"/>
       <c r="AU8" s="17"/>
       <c r="AV8" s="17"/>
       <c r="AW8" s="17"/>
       <c r="AX8" s="17"/>
       <c r="AY8" s="17"/>
       <c r="AZ8" s="17"/>
       <c r="BA8" s="17"/>
       <c r="BB8" s="17"/>
       <c r="BC8" s="17"/>
       <c r="BD8" s="17"/>
       <c r="BE8" s="17"/>
       <c r="BF8" s="17"/>
       <c r="BG8" s="17"/>
       <c r="BH8" s="17"/>
       <c r="BI8" s="17"/>
       <c r="BJ8" s="17"/>
       <c r="BK8" s="17"/>
       <c r="BL8" s="17"/>
       <c r="BM8" s="17"/>
       <c r="BN8" s="17"/>
       <c r="BO8" s="17"/>
       <c r="BP8" s="17"/>
       <c r="BQ8" s="17"/>
-      <c r="BR8" s="18"/>
+      <c r="BR8" s="17"/>
       <c r="BS8" s="18"/>
       <c r="BT8" s="18"/>
       <c r="BU8" s="18"/>
       <c r="BV8" s="18"/>
       <c r="BW8" s="18"/>
       <c r="BX8" s="18"/>
       <c r="BY8" s="18"/>
       <c r="BZ8" s="18"/>
       <c r="CA8" s="18"/>
       <c r="CB8" s="18"/>
       <c r="CC8" s="18"/>
       <c r="CD8" s="18"/>
       <c r="CE8" s="18"/>
       <c r="CF8" s="18"/>
       <c r="CG8" s="18"/>
       <c r="CH8" s="18"/>
       <c r="CI8" s="18"/>
       <c r="CJ8" s="18"/>
       <c r="CK8" s="18"/>
       <c r="CL8" s="18"/>
       <c r="CM8" s="18"/>
       <c r="CN8" s="18"/>
       <c r="CO8" s="18"/>
       <c r="CP8" s="18"/>
       <c r="CQ8" s="18"/>
@@ -2899,52 +2922,55 @@
       <c r="HA8" s="18"/>
       <c r="HB8" s="18"/>
       <c r="HC8" s="18"/>
       <c r="HD8" s="18"/>
       <c r="HE8" s="18"/>
       <c r="HF8" s="18"/>
       <c r="HG8" s="18"/>
       <c r="HH8" s="18"/>
       <c r="HI8" s="18"/>
       <c r="HJ8" s="18"/>
       <c r="HK8" s="18"/>
       <c r="HL8" s="18"/>
       <c r="HM8" s="18"/>
       <c r="HN8" s="18"/>
       <c r="HO8" s="18"/>
       <c r="HP8" s="18"/>
       <c r="HQ8" s="18"/>
       <c r="HR8" s="18"/>
       <c r="HS8" s="18"/>
       <c r="HT8" s="18"/>
       <c r="HU8" s="18"/>
       <c r="HV8" s="18"/>
       <c r="HW8" s="18"/>
       <c r="HX8" s="18"/>
       <c r="HY8" s="18"/>
+      <c r="HZ8" s="18"/>
+      <c r="IA8" s="18"/>
+      <c r="IB8" s="18"/>
     </row>
-    <row r="9" spans="1:233" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:236" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="3"/>
       <c r="B9" s="20" t="s">
         <v>72</v>
       </c>
       <c r="C9" s="21">
         <v>0</v>
       </c>
       <c r="D9" s="21">
         <v>0</v>
       </c>
       <c r="E9" s="21">
         <v>0</v>
       </c>
       <c r="F9" s="21">
         <v>0</v>
       </c>
       <c r="G9" s="21">
         <v>0</v>
       </c>
       <c r="H9" s="21">
         <v>0</v>
       </c>
       <c r="I9" s="21">
         <v>0</v>
       </c>
@@ -3106,51 +3132,51 @@
       </c>
       <c r="BJ9" s="21">
         <v>0</v>
       </c>
       <c r="BK9" s="21">
         <v>0</v>
       </c>
       <c r="BL9" s="21">
         <v>0</v>
       </c>
       <c r="BM9" s="21">
         <v>0</v>
       </c>
       <c r="BN9" s="21">
         <v>0</v>
       </c>
       <c r="BO9" s="21">
         <v>0</v>
       </c>
       <c r="BP9" s="21">
         <v>0</v>
       </c>
       <c r="BQ9" s="21">
         <v>0</v>
       </c>
-      <c r="BR9" s="22">
+      <c r="BR9" s="21">
         <v>0</v>
       </c>
       <c r="BS9" s="22">
         <v>0</v>
       </c>
       <c r="BT9" s="22">
         <v>0</v>
       </c>
       <c r="BU9" s="22">
         <v>0</v>
       </c>
       <c r="BV9" s="22">
         <v>0</v>
       </c>
       <c r="BW9" s="22">
         <v>0</v>
       </c>
       <c r="BX9" s="22">
         <v>0</v>
       </c>
       <c r="BY9" s="22">
         <v>0</v>
       </c>
       <c r="BZ9" s="22">
         <v>0</v>
@@ -3316,51 +3342,51 @@
       </c>
       <c r="EB9" s="22">
         <v>0</v>
       </c>
       <c r="EC9" s="22">
         <v>0</v>
       </c>
       <c r="ED9" s="22">
         <v>0</v>
       </c>
       <c r="EE9" s="22">
         <v>0</v>
       </c>
       <c r="EF9" s="22">
         <v>0</v>
       </c>
       <c r="EG9" s="22">
         <v>0</v>
       </c>
       <c r="EH9" s="22">
         <v>0</v>
       </c>
       <c r="EI9" s="22">
         <v>0</v>
       </c>
-      <c r="EJ9" s="45">
+      <c r="EJ9" s="22">
         <v>0</v>
       </c>
       <c r="EK9" s="45">
         <v>0</v>
       </c>
       <c r="EL9" s="45">
         <v>0</v>
       </c>
       <c r="EM9" s="45">
         <v>0</v>
       </c>
       <c r="EN9" s="45">
         <v>0</v>
       </c>
       <c r="EO9" s="45">
         <v>0</v>
       </c>
       <c r="EP9" s="45">
         <v>0</v>
       </c>
       <c r="EQ9" s="45">
         <v>0</v>
       </c>
       <c r="ER9" s="45">
         <v>0</v>
@@ -3598,52 +3624,61 @@
       </c>
       <c r="HR9" s="45">
         <v>0</v>
       </c>
       <c r="HS9" s="45">
         <v>0</v>
       </c>
       <c r="HT9" s="45">
         <v>0</v>
       </c>
       <c r="HU9" s="45">
         <v>0</v>
       </c>
       <c r="HV9" s="45">
         <v>0</v>
       </c>
       <c r="HW9" s="45">
         <v>0</v>
       </c>
       <c r="HX9" s="45">
         <v>0</v>
       </c>
       <c r="HY9" s="45">
         <v>0</v>
       </c>
+      <c r="HZ9" s="45">
+        <v>0</v>
+      </c>
+      <c r="IA9" s="45">
+        <v>0</v>
+      </c>
+      <c r="IB9" s="45">
+        <v>0</v>
+      </c>
     </row>
-    <row r="10" spans="1:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="23" t="s">
         <v>73</v>
       </c>
       <c r="C10" s="24">
         <v>0</v>
       </c>
       <c r="D10" s="24">
         <v>0</v>
       </c>
       <c r="E10" s="24">
         <v>0</v>
       </c>
       <c r="F10" s="24">
         <v>0</v>
       </c>
       <c r="G10" s="24">
         <v>0</v>
       </c>
       <c r="H10" s="24">
         <v>0</v>
       </c>
       <c r="I10" s="24">
         <v>0</v>
       </c>
       <c r="J10" s="24">
@@ -3804,51 +3839,51 @@
       </c>
       <c r="BJ10" s="24">
         <v>0</v>
       </c>
       <c r="BK10" s="24">
         <v>0</v>
       </c>
       <c r="BL10" s="24">
         <v>0</v>
       </c>
       <c r="BM10" s="24">
         <v>0</v>
       </c>
       <c r="BN10" s="24">
         <v>0</v>
       </c>
       <c r="BO10" s="24">
         <v>0</v>
       </c>
       <c r="BP10" s="24">
         <v>0</v>
       </c>
       <c r="BQ10" s="24">
         <v>0</v>
       </c>
-      <c r="BR10" s="25">
+      <c r="BR10" s="24">
         <v>0</v>
       </c>
       <c r="BS10" s="25">
         <v>0</v>
       </c>
       <c r="BT10" s="25">
         <v>0</v>
       </c>
       <c r="BU10" s="25">
         <v>0</v>
       </c>
       <c r="BV10" s="25">
         <v>0</v>
       </c>
       <c r="BW10" s="25">
         <v>0</v>
       </c>
       <c r="BX10" s="25">
         <v>0</v>
       </c>
       <c r="BY10" s="25">
         <v>0</v>
       </c>
       <c r="BZ10" s="25">
         <v>0</v>
@@ -4014,51 +4049,51 @@
       </c>
       <c r="EB10" s="25">
         <v>0</v>
       </c>
       <c r="EC10" s="25">
         <v>0</v>
       </c>
       <c r="ED10" s="25">
         <v>0</v>
       </c>
       <c r="EE10" s="25">
         <v>0</v>
       </c>
       <c r="EF10" s="25">
         <v>0</v>
       </c>
       <c r="EG10" s="25">
         <v>0</v>
       </c>
       <c r="EH10" s="25">
         <v>0</v>
       </c>
       <c r="EI10" s="25">
         <v>0</v>
       </c>
-      <c r="EJ10" s="46">
+      <c r="EJ10" s="25">
         <v>0</v>
       </c>
       <c r="EK10" s="46">
         <v>0</v>
       </c>
       <c r="EL10" s="46">
         <v>0</v>
       </c>
       <c r="EM10" s="46">
         <v>0</v>
       </c>
       <c r="EN10" s="46">
         <v>0</v>
       </c>
       <c r="EO10" s="46">
         <v>0</v>
       </c>
       <c r="EP10" s="46">
         <v>0</v>
       </c>
       <c r="EQ10" s="46">
         <v>0</v>
       </c>
       <c r="ER10" s="46">
         <v>0</v>
@@ -4296,52 +4331,61 @@
       </c>
       <c r="HR10" s="46">
         <v>0</v>
       </c>
       <c r="HS10" s="46">
         <v>0</v>
       </c>
       <c r="HT10" s="46">
         <v>0</v>
       </c>
       <c r="HU10" s="46">
         <v>0</v>
       </c>
       <c r="HV10" s="46">
         <v>0</v>
       </c>
       <c r="HW10" s="46">
         <v>0</v>
       </c>
       <c r="HX10" s="46">
         <v>0</v>
       </c>
       <c r="HY10" s="46">
         <v>0</v>
       </c>
+      <c r="HZ10" s="46">
+        <v>0</v>
+      </c>
+      <c r="IA10" s="46">
+        <v>0</v>
+      </c>
+      <c r="IB10" s="46">
+        <v>0</v>
+      </c>
     </row>
-    <row r="11" spans="1:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="26" t="s">
         <v>74</v>
       </c>
       <c r="C11" s="27">
         <v>0</v>
       </c>
       <c r="D11" s="27">
         <v>0</v>
       </c>
       <c r="E11" s="27">
         <v>0</v>
       </c>
       <c r="F11" s="27">
         <v>0</v>
       </c>
       <c r="G11" s="27">
         <v>0</v>
       </c>
       <c r="H11" s="27">
         <v>0</v>
       </c>
       <c r="I11" s="27">
         <v>0</v>
       </c>
       <c r="J11" s="27">
@@ -4502,51 +4546,51 @@
       </c>
       <c r="BJ11" s="27">
         <v>0</v>
       </c>
       <c r="BK11" s="27">
         <v>0</v>
       </c>
       <c r="BL11" s="27">
         <v>0</v>
       </c>
       <c r="BM11" s="27">
         <v>0</v>
       </c>
       <c r="BN11" s="27">
         <v>0</v>
       </c>
       <c r="BO11" s="27">
         <v>0</v>
       </c>
       <c r="BP11" s="27">
         <v>0</v>
       </c>
       <c r="BQ11" s="27">
         <v>0</v>
       </c>
-      <c r="BR11" s="25">
+      <c r="BR11" s="27">
         <v>0</v>
       </c>
       <c r="BS11" s="25">
         <v>0</v>
       </c>
       <c r="BT11" s="25">
         <v>0</v>
       </c>
       <c r="BU11" s="25">
         <v>0</v>
       </c>
       <c r="BV11" s="25">
         <v>0</v>
       </c>
       <c r="BW11" s="25">
         <v>0</v>
       </c>
       <c r="BX11" s="25">
         <v>0</v>
       </c>
       <c r="BY11" s="25">
         <v>0</v>
       </c>
       <c r="BZ11" s="25">
         <v>0</v>
@@ -4712,51 +4756,51 @@
       </c>
       <c r="EB11" s="25">
         <v>0</v>
       </c>
       <c r="EC11" s="25">
         <v>0</v>
       </c>
       <c r="ED11" s="25">
         <v>0</v>
       </c>
       <c r="EE11" s="25">
         <v>0</v>
       </c>
       <c r="EF11" s="25">
         <v>0</v>
       </c>
       <c r="EG11" s="25">
         <v>0</v>
       </c>
       <c r="EH11" s="25">
         <v>0</v>
       </c>
       <c r="EI11" s="25">
         <v>0</v>
       </c>
-      <c r="EJ11" s="46">
+      <c r="EJ11" s="25">
         <v>0</v>
       </c>
       <c r="EK11" s="46">
         <v>0</v>
       </c>
       <c r="EL11" s="46">
         <v>0</v>
       </c>
       <c r="EM11" s="46">
         <v>0</v>
       </c>
       <c r="EN11" s="46">
         <v>0</v>
       </c>
       <c r="EO11" s="46">
         <v>0</v>
       </c>
       <c r="EP11" s="46">
         <v>0</v>
       </c>
       <c r="EQ11" s="46">
         <v>0</v>
       </c>
       <c r="ER11" s="46">
         <v>0</v>
@@ -4994,52 +5038,61 @@
       </c>
       <c r="HR11" s="46">
         <v>0</v>
       </c>
       <c r="HS11" s="46">
         <v>0</v>
       </c>
       <c r="HT11" s="46">
         <v>0</v>
       </c>
       <c r="HU11" s="46">
         <v>0</v>
       </c>
       <c r="HV11" s="46">
         <v>0</v>
       </c>
       <c r="HW11" s="46">
         <v>0</v>
       </c>
       <c r="HX11" s="46">
         <v>0</v>
       </c>
       <c r="HY11" s="46">
         <v>0</v>
       </c>
+      <c r="HZ11" s="46">
+        <v>0</v>
+      </c>
+      <c r="IA11" s="46">
+        <v>0</v>
+      </c>
+      <c r="IB11" s="46">
+        <v>0</v>
+      </c>
     </row>
-    <row r="12" spans="1:233" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:236" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="3"/>
       <c r="B12" s="20" t="s">
         <v>75</v>
       </c>
       <c r="C12" s="21">
         <v>0</v>
       </c>
       <c r="D12" s="21">
         <v>-0.19355167000000001</v>
       </c>
       <c r="E12" s="21">
         <v>72.194033579999996</v>
       </c>
       <c r="F12" s="21">
         <v>740.40100945000006</v>
       </c>
       <c r="G12" s="21">
         <v>0</v>
       </c>
       <c r="H12" s="21">
         <v>0.41864075000000023</v>
       </c>
       <c r="I12" s="21">
         <v>0</v>
       </c>
@@ -5201,51 +5254,51 @@
       </c>
       <c r="BJ12" s="21">
         <v>0</v>
       </c>
       <c r="BK12" s="21">
         <v>0</v>
       </c>
       <c r="BL12" s="21">
         <v>0</v>
       </c>
       <c r="BM12" s="21">
         <v>0</v>
       </c>
       <c r="BN12" s="21">
         <v>0</v>
       </c>
       <c r="BO12" s="21">
         <v>0</v>
       </c>
       <c r="BP12" s="21">
         <v>0</v>
       </c>
       <c r="BQ12" s="21">
         <v>0</v>
       </c>
-      <c r="BR12" s="22">
+      <c r="BR12" s="21">
         <v>0</v>
       </c>
       <c r="BS12" s="22">
         <v>0</v>
       </c>
       <c r="BT12" s="22">
         <v>0</v>
       </c>
       <c r="BU12" s="22">
         <v>0</v>
       </c>
       <c r="BV12" s="22">
         <v>0</v>
       </c>
       <c r="BW12" s="22">
         <v>0</v>
       </c>
       <c r="BX12" s="22">
         <v>0</v>
       </c>
       <c r="BY12" s="22">
         <v>0</v>
       </c>
       <c r="BZ12" s="22">
         <v>0</v>
@@ -5253,209 +5306,209 @@
       <c r="CA12" s="22">
         <v>0</v>
       </c>
       <c r="CB12" s="22">
         <v>0</v>
       </c>
       <c r="CC12" s="22">
         <v>0</v>
       </c>
       <c r="CD12" s="22">
         <v>0</v>
       </c>
       <c r="CE12" s="22">
         <v>0</v>
       </c>
       <c r="CF12" s="22">
         <v>0</v>
       </c>
       <c r="CG12" s="22">
         <v>0</v>
       </c>
       <c r="CH12" s="22">
         <v>0</v>
       </c>
       <c r="CI12" s="22">
+        <v>0</v>
+      </c>
+      <c r="CJ12" s="22">
         <v>0.24416832999999999</v>
       </c>
-      <c r="CJ12" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="CK12" s="22">
         <v>0</v>
       </c>
       <c r="CL12" s="22">
         <v>0</v>
       </c>
       <c r="CM12" s="22">
         <v>0</v>
       </c>
       <c r="CN12" s="22">
+        <v>0</v>
+      </c>
+      <c r="CO12" s="22">
         <v>-0.43772</v>
       </c>
-      <c r="CO12" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="CP12" s="22">
+        <v>0</v>
+      </c>
+      <c r="CQ12" s="22">
         <v>9.7931206799999995</v>
       </c>
-      <c r="CQ12" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="CR12" s="22">
         <v>0</v>
       </c>
       <c r="CS12" s="22">
         <v>0</v>
       </c>
       <c r="CT12" s="22">
         <v>0</v>
       </c>
       <c r="CU12" s="22">
         <v>0</v>
       </c>
       <c r="CV12" s="22">
         <v>0</v>
       </c>
       <c r="CW12" s="22">
         <v>0</v>
       </c>
       <c r="CX12" s="22">
         <v>0</v>
       </c>
       <c r="CY12" s="22">
+        <v>0</v>
+      </c>
+      <c r="CZ12" s="22">
         <v>62.400912900000002</v>
       </c>
-      <c r="CZ12" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="DA12" s="22">
         <v>0</v>
       </c>
       <c r="DB12" s="22">
         <v>0</v>
       </c>
       <c r="DC12" s="22">
         <v>0</v>
       </c>
       <c r="DD12" s="22">
         <v>0</v>
       </c>
       <c r="DE12" s="22">
         <v>0</v>
       </c>
       <c r="DF12" s="22">
         <v>0</v>
       </c>
       <c r="DG12" s="22">
         <v>0</v>
       </c>
       <c r="DH12" s="22">
         <v>0</v>
       </c>
       <c r="DI12" s="22">
         <v>0</v>
       </c>
       <c r="DJ12" s="22">
         <v>0</v>
       </c>
       <c r="DK12" s="22">
         <v>0</v>
       </c>
       <c r="DL12" s="22">
+        <v>0</v>
+      </c>
+      <c r="DM12" s="22">
         <v>727.40100945000006</v>
       </c>
-      <c r="DM12" s="22">
+      <c r="DN12" s="22">
         <v>13</v>
       </c>
-      <c r="DN12" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="DO12" s="22">
         <v>0</v>
       </c>
       <c r="DP12" s="22">
         <v>0</v>
       </c>
       <c r="DQ12" s="22">
         <v>0</v>
       </c>
       <c r="DR12" s="22">
         <v>0</v>
       </c>
       <c r="DS12" s="22">
         <v>0</v>
       </c>
       <c r="DT12" s="22">
         <v>0</v>
       </c>
       <c r="DU12" s="22">
         <v>0</v>
       </c>
       <c r="DV12" s="22">
         <v>0</v>
       </c>
       <c r="DW12" s="22">
         <v>0</v>
       </c>
       <c r="DX12" s="22">
         <v>0</v>
       </c>
       <c r="DY12" s="22">
         <v>0</v>
       </c>
       <c r="DZ12" s="22">
         <v>0</v>
       </c>
       <c r="EA12" s="22">
         <v>0</v>
       </c>
       <c r="EB12" s="22">
         <v>0</v>
       </c>
       <c r="EC12" s="22">
         <v>0</v>
       </c>
       <c r="ED12" s="22">
         <v>0</v>
       </c>
       <c r="EE12" s="22">
+        <v>0</v>
+      </c>
+      <c r="EF12" s="22">
         <v>0.41864075000000023</v>
       </c>
-      <c r="EF12" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="EG12" s="22">
         <v>0</v>
       </c>
       <c r="EH12" s="22">
         <v>0</v>
       </c>
       <c r="EI12" s="22">
         <v>0</v>
       </c>
-      <c r="EJ12" s="45">
+      <c r="EJ12" s="22">
         <v>0</v>
       </c>
       <c r="EK12" s="45">
         <v>0</v>
       </c>
       <c r="EL12" s="45">
         <v>0</v>
       </c>
       <c r="EM12" s="45">
         <v>0</v>
       </c>
       <c r="EN12" s="45">
         <v>0</v>
       </c>
       <c r="EO12" s="45">
         <v>0</v>
       </c>
       <c r="EP12" s="45">
         <v>0</v>
       </c>
       <c r="EQ12" s="45">
         <v>0</v>
       </c>
       <c r="ER12" s="45">
         <v>0</v>
@@ -5693,52 +5746,61 @@
       </c>
       <c r="HR12" s="45">
         <v>0</v>
       </c>
       <c r="HS12" s="45">
         <v>0</v>
       </c>
       <c r="HT12" s="45">
         <v>0</v>
       </c>
       <c r="HU12" s="45">
         <v>0</v>
       </c>
       <c r="HV12" s="45">
         <v>0</v>
       </c>
       <c r="HW12" s="45">
         <v>0</v>
       </c>
       <c r="HX12" s="45">
         <v>0</v>
       </c>
       <c r="HY12" s="45">
         <v>0</v>
       </c>
+      <c r="HZ12" s="45">
+        <v>0</v>
+      </c>
+      <c r="IA12" s="45">
+        <v>0</v>
+      </c>
+      <c r="IB12" s="45">
+        <v>0</v>
+      </c>
     </row>
-    <row r="13" spans="1:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B13" s="28" t="s">
         <v>73</v>
       </c>
       <c r="C13" s="29">
         <v>0</v>
       </c>
       <c r="D13" s="29">
         <v>-0.19355167000000001</v>
       </c>
       <c r="E13" s="29">
         <v>72.194033579999996</v>
       </c>
       <c r="F13" s="29">
         <v>740.40100945000006</v>
       </c>
       <c r="G13" s="29">
         <v>0</v>
       </c>
       <c r="H13" s="29">
         <v>3.29334075</v>
       </c>
       <c r="I13" s="29">
         <v>0</v>
       </c>
       <c r="J13" s="29">
@@ -5899,51 +5961,51 @@
       </c>
       <c r="BJ13" s="29">
         <v>0</v>
       </c>
       <c r="BK13" s="29">
         <v>0</v>
       </c>
       <c r="BL13" s="29">
         <v>0</v>
       </c>
       <c r="BM13" s="29">
         <v>0</v>
       </c>
       <c r="BN13" s="29">
         <v>0</v>
       </c>
       <c r="BO13" s="29">
         <v>0</v>
       </c>
       <c r="BP13" s="29">
         <v>0</v>
       </c>
       <c r="BQ13" s="29">
         <v>0</v>
       </c>
-      <c r="BR13" s="25">
+      <c r="BR13" s="29">
         <v>0</v>
       </c>
       <c r="BS13" s="25">
         <v>0</v>
       </c>
       <c r="BT13" s="25">
         <v>0</v>
       </c>
       <c r="BU13" s="25">
         <v>0</v>
       </c>
       <c r="BV13" s="25">
         <v>0</v>
       </c>
       <c r="BW13" s="25">
         <v>0</v>
       </c>
       <c r="BX13" s="25">
         <v>0</v>
       </c>
       <c r="BY13" s="25">
         <v>0</v>
       </c>
       <c r="BZ13" s="25">
         <v>0</v>
@@ -5951,209 +6013,209 @@
       <c r="CA13" s="25">
         <v>0</v>
       </c>
       <c r="CB13" s="25">
         <v>0</v>
       </c>
       <c r="CC13" s="25">
         <v>0</v>
       </c>
       <c r="CD13" s="25">
         <v>0</v>
       </c>
       <c r="CE13" s="25">
         <v>0</v>
       </c>
       <c r="CF13" s="25">
         <v>0</v>
       </c>
       <c r="CG13" s="25">
         <v>0</v>
       </c>
       <c r="CH13" s="25">
         <v>0</v>
       </c>
       <c r="CI13" s="25">
+        <v>0</v>
+      </c>
+      <c r="CJ13" s="25">
         <v>0.24416832999999999</v>
       </c>
-      <c r="CJ13" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="CK13" s="25">
         <v>0</v>
       </c>
       <c r="CL13" s="25">
         <v>0</v>
       </c>
       <c r="CM13" s="25">
         <v>0</v>
       </c>
       <c r="CN13" s="25">
+        <v>0</v>
+      </c>
+      <c r="CO13" s="25">
         <v>-0.43772</v>
       </c>
-      <c r="CO13" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="CP13" s="25">
+        <v>0</v>
+      </c>
+      <c r="CQ13" s="25">
         <v>9.7931206799999995</v>
       </c>
-      <c r="CQ13" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="CR13" s="25">
         <v>0</v>
       </c>
       <c r="CS13" s="25">
         <v>0</v>
       </c>
       <c r="CT13" s="25">
         <v>0</v>
       </c>
       <c r="CU13" s="25">
         <v>0</v>
       </c>
       <c r="CV13" s="25">
         <v>0</v>
       </c>
       <c r="CW13" s="25">
         <v>0</v>
       </c>
       <c r="CX13" s="25">
         <v>0</v>
       </c>
       <c r="CY13" s="25">
+        <v>0</v>
+      </c>
+      <c r="CZ13" s="25">
         <v>62.400912900000002</v>
       </c>
-      <c r="CZ13" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="DA13" s="25">
         <v>0</v>
       </c>
       <c r="DB13" s="25">
         <v>0</v>
       </c>
       <c r="DC13" s="25">
         <v>0</v>
       </c>
       <c r="DD13" s="25">
         <v>0</v>
       </c>
       <c r="DE13" s="25">
         <v>0</v>
       </c>
       <c r="DF13" s="25">
         <v>0</v>
       </c>
       <c r="DG13" s="25">
         <v>0</v>
       </c>
       <c r="DH13" s="25">
         <v>0</v>
       </c>
       <c r="DI13" s="25">
         <v>0</v>
       </c>
       <c r="DJ13" s="25">
         <v>0</v>
       </c>
       <c r="DK13" s="25">
         <v>0</v>
       </c>
       <c r="DL13" s="25">
+        <v>0</v>
+      </c>
+      <c r="DM13" s="25">
         <v>727.40100945000006</v>
       </c>
-      <c r="DM13" s="25">
+      <c r="DN13" s="25">
         <v>13</v>
       </c>
-      <c r="DN13" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="DO13" s="25">
         <v>0</v>
       </c>
       <c r="DP13" s="25">
         <v>0</v>
       </c>
       <c r="DQ13" s="25">
         <v>0</v>
       </c>
       <c r="DR13" s="25">
         <v>0</v>
       </c>
       <c r="DS13" s="25">
         <v>0</v>
       </c>
       <c r="DT13" s="25">
         <v>0</v>
       </c>
       <c r="DU13" s="25">
         <v>0</v>
       </c>
       <c r="DV13" s="25">
         <v>0</v>
       </c>
       <c r="DW13" s="25">
         <v>0</v>
       </c>
       <c r="DX13" s="25">
         <v>0</v>
       </c>
       <c r="DY13" s="25">
         <v>0</v>
       </c>
       <c r="DZ13" s="25">
         <v>0</v>
       </c>
       <c r="EA13" s="25">
         <v>0</v>
       </c>
       <c r="EB13" s="25">
         <v>0</v>
       </c>
       <c r="EC13" s="25">
         <v>0</v>
       </c>
       <c r="ED13" s="25">
         <v>0</v>
       </c>
       <c r="EE13" s="25">
+        <v>0</v>
+      </c>
+      <c r="EF13" s="25">
         <v>3.29334075</v>
       </c>
-      <c r="EF13" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="EG13" s="25">
         <v>0</v>
       </c>
       <c r="EH13" s="25">
         <v>0</v>
       </c>
       <c r="EI13" s="25">
         <v>0</v>
       </c>
-      <c r="EJ13" s="46">
+      <c r="EJ13" s="25">
         <v>0</v>
       </c>
       <c r="EK13" s="46">
         <v>0</v>
       </c>
       <c r="EL13" s="46">
         <v>0</v>
       </c>
       <c r="EM13" s="46">
         <v>0</v>
       </c>
       <c r="EN13" s="46">
         <v>0</v>
       </c>
       <c r="EO13" s="46">
         <v>0</v>
       </c>
       <c r="EP13" s="46">
         <v>0</v>
       </c>
       <c r="EQ13" s="46">
         <v>0</v>
       </c>
       <c r="ER13" s="46">
         <v>0</v>
@@ -6391,52 +6453,61 @@
       </c>
       <c r="HR13" s="46">
         <v>0</v>
       </c>
       <c r="HS13" s="46">
         <v>0</v>
       </c>
       <c r="HT13" s="46">
         <v>0</v>
       </c>
       <c r="HU13" s="46">
         <v>0</v>
       </c>
       <c r="HV13" s="46">
         <v>0</v>
       </c>
       <c r="HW13" s="46">
         <v>0</v>
       </c>
       <c r="HX13" s="46">
         <v>0</v>
       </c>
       <c r="HY13" s="46">
         <v>0</v>
       </c>
+      <c r="HZ13" s="46">
+        <v>0</v>
+      </c>
+      <c r="IA13" s="46">
+        <v>0</v>
+      </c>
+      <c r="IB13" s="46">
+        <v>0</v>
+      </c>
     </row>
-    <row r="14" spans="1:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="26" t="s">
         <v>74</v>
       </c>
       <c r="C14" s="27">
         <v>0</v>
       </c>
       <c r="D14" s="27">
         <v>0</v>
       </c>
       <c r="E14" s="27">
         <v>0</v>
       </c>
       <c r="F14" s="27">
         <v>0</v>
       </c>
       <c r="G14" s="27">
         <v>0</v>
       </c>
       <c r="H14" s="27">
         <v>-2.8746999999999998</v>
       </c>
       <c r="I14" s="27">
         <v>0</v>
       </c>
       <c r="J14" s="27">
@@ -6597,51 +6668,51 @@
       </c>
       <c r="BJ14" s="27">
         <v>0</v>
       </c>
       <c r="BK14" s="27">
         <v>0</v>
       </c>
       <c r="BL14" s="27">
         <v>0</v>
       </c>
       <c r="BM14" s="27">
         <v>0</v>
       </c>
       <c r="BN14" s="27">
         <v>0</v>
       </c>
       <c r="BO14" s="27">
         <v>0</v>
       </c>
       <c r="BP14" s="27">
         <v>0</v>
       </c>
       <c r="BQ14" s="27">
         <v>0</v>
       </c>
-      <c r="BR14" s="25">
+      <c r="BR14" s="27">
         <v>0</v>
       </c>
       <c r="BS14" s="25">
         <v>0</v>
       </c>
       <c r="BT14" s="25">
         <v>0</v>
       </c>
       <c r="BU14" s="25">
         <v>0</v>
       </c>
       <c r="BV14" s="25">
         <v>0</v>
       </c>
       <c r="BW14" s="25">
         <v>0</v>
       </c>
       <c r="BX14" s="25">
         <v>0</v>
       </c>
       <c r="BY14" s="25">
         <v>0</v>
       </c>
       <c r="BZ14" s="25">
         <v>0</v>
@@ -6793,65 +6864,65 @@
       <c r="DW14" s="25">
         <v>0</v>
       </c>
       <c r="DX14" s="25">
         <v>0</v>
       </c>
       <c r="DY14" s="25">
         <v>0</v>
       </c>
       <c r="DZ14" s="25">
         <v>0</v>
       </c>
       <c r="EA14" s="25">
         <v>0</v>
       </c>
       <c r="EB14" s="25">
         <v>0</v>
       </c>
       <c r="EC14" s="25">
         <v>0</v>
       </c>
       <c r="ED14" s="25">
         <v>0</v>
       </c>
       <c r="EE14" s="25">
+        <v>0</v>
+      </c>
+      <c r="EF14" s="25">
         <v>-2.8746999999999998</v>
       </c>
-      <c r="EF14" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="EG14" s="25">
         <v>0</v>
       </c>
       <c r="EH14" s="25">
         <v>0</v>
       </c>
       <c r="EI14" s="25">
         <v>0</v>
       </c>
-      <c r="EJ14" s="46">
+      <c r="EJ14" s="25">
         <v>0</v>
       </c>
       <c r="EK14" s="46">
         <v>0</v>
       </c>
       <c r="EL14" s="46">
         <v>0</v>
       </c>
       <c r="EM14" s="46">
         <v>0</v>
       </c>
       <c r="EN14" s="46">
         <v>0</v>
       </c>
       <c r="EO14" s="46">
         <v>0</v>
       </c>
       <c r="EP14" s="46">
         <v>0</v>
       </c>
       <c r="EQ14" s="46">
         <v>0</v>
       </c>
       <c r="ER14" s="46">
         <v>0</v>
@@ -7089,52 +7160,61 @@
       </c>
       <c r="HR14" s="46">
         <v>0</v>
       </c>
       <c r="HS14" s="46">
         <v>0</v>
       </c>
       <c r="HT14" s="46">
         <v>0</v>
       </c>
       <c r="HU14" s="46">
         <v>0</v>
       </c>
       <c r="HV14" s="46">
         <v>0</v>
       </c>
       <c r="HW14" s="46">
         <v>0</v>
       </c>
       <c r="HX14" s="46">
         <v>0</v>
       </c>
       <c r="HY14" s="46">
         <v>0</v>
       </c>
+      <c r="HZ14" s="46">
+        <v>0</v>
+      </c>
+      <c r="IA14" s="46">
+        <v>0</v>
+      </c>
+      <c r="IB14" s="46">
+        <v>0</v>
+      </c>
     </row>
-    <row r="15" spans="1:233" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:236" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="3"/>
       <c r="B15" s="20" t="s">
         <v>76</v>
       </c>
       <c r="C15" s="21">
         <v>0</v>
       </c>
       <c r="D15" s="21">
         <v>0</v>
       </c>
       <c r="E15" s="21">
         <v>0</v>
       </c>
       <c r="F15" s="21">
         <v>0</v>
       </c>
       <c r="G15" s="21">
         <v>0</v>
       </c>
       <c r="H15" s="21">
         <v>0</v>
       </c>
       <c r="I15" s="21">
         <v>0</v>
       </c>
@@ -7296,51 +7376,51 @@
       </c>
       <c r="BJ15" s="21">
         <v>0</v>
       </c>
       <c r="BK15" s="21">
         <v>0</v>
       </c>
       <c r="BL15" s="21">
         <v>0</v>
       </c>
       <c r="BM15" s="21">
         <v>0</v>
       </c>
       <c r="BN15" s="21">
         <v>0</v>
       </c>
       <c r="BO15" s="21">
         <v>0</v>
       </c>
       <c r="BP15" s="21">
         <v>0</v>
       </c>
       <c r="BQ15" s="21">
         <v>0</v>
       </c>
-      <c r="BR15" s="22">
+      <c r="BR15" s="21">
         <v>0</v>
       </c>
       <c r="BS15" s="22">
         <v>0</v>
       </c>
       <c r="BT15" s="22">
         <v>0</v>
       </c>
       <c r="BU15" s="22">
         <v>0</v>
       </c>
       <c r="BV15" s="22">
         <v>0</v>
       </c>
       <c r="BW15" s="22">
         <v>0</v>
       </c>
       <c r="BX15" s="22">
         <v>0</v>
       </c>
       <c r="BY15" s="22">
         <v>0</v>
       </c>
       <c r="BZ15" s="22">
         <v>0</v>
@@ -7506,51 +7586,51 @@
       </c>
       <c r="EB15" s="22">
         <v>0</v>
       </c>
       <c r="EC15" s="22">
         <v>0</v>
       </c>
       <c r="ED15" s="22">
         <v>0</v>
       </c>
       <c r="EE15" s="22">
         <v>0</v>
       </c>
       <c r="EF15" s="22">
         <v>0</v>
       </c>
       <c r="EG15" s="22">
         <v>0</v>
       </c>
       <c r="EH15" s="22">
         <v>0</v>
       </c>
       <c r="EI15" s="22">
         <v>0</v>
       </c>
-      <c r="EJ15" s="45">
+      <c r="EJ15" s="22">
         <v>0</v>
       </c>
       <c r="EK15" s="45">
         <v>0</v>
       </c>
       <c r="EL15" s="45">
         <v>0</v>
       </c>
       <c r="EM15" s="45">
         <v>0</v>
       </c>
       <c r="EN15" s="45">
         <v>0</v>
       </c>
       <c r="EO15" s="45">
         <v>0</v>
       </c>
       <c r="EP15" s="45">
         <v>0</v>
       </c>
       <c r="EQ15" s="45">
         <v>0</v>
       </c>
       <c r="ER15" s="45">
         <v>0</v>
@@ -7788,52 +7868,61 @@
       </c>
       <c r="HR15" s="45">
         <v>0</v>
       </c>
       <c r="HS15" s="45">
         <v>0</v>
       </c>
       <c r="HT15" s="45">
         <v>0</v>
       </c>
       <c r="HU15" s="45">
         <v>0</v>
       </c>
       <c r="HV15" s="45">
         <v>0</v>
       </c>
       <c r="HW15" s="45">
         <v>0</v>
       </c>
       <c r="HX15" s="45">
         <v>0</v>
       </c>
       <c r="HY15" s="45">
         <v>0</v>
       </c>
+      <c r="HZ15" s="45">
+        <v>0</v>
+      </c>
+      <c r="IA15" s="45">
+        <v>0</v>
+      </c>
+      <c r="IB15" s="45">
+        <v>0</v>
+      </c>
     </row>
-    <row r="16" spans="1:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="23" t="s">
         <v>73</v>
       </c>
       <c r="C16" s="24">
         <v>0</v>
       </c>
       <c r="D16" s="24">
         <v>0</v>
       </c>
       <c r="E16" s="24">
         <v>0</v>
       </c>
       <c r="F16" s="24">
         <v>0</v>
       </c>
       <c r="G16" s="24">
         <v>0</v>
       </c>
       <c r="H16" s="24">
         <v>0</v>
       </c>
       <c r="I16" s="24">
         <v>0</v>
       </c>
       <c r="J16" s="24">
@@ -7994,51 +8083,51 @@
       </c>
       <c r="BJ16" s="24">
         <v>0</v>
       </c>
       <c r="BK16" s="24">
         <v>0</v>
       </c>
       <c r="BL16" s="24">
         <v>0</v>
       </c>
       <c r="BM16" s="24">
         <v>0</v>
       </c>
       <c r="BN16" s="24">
         <v>0</v>
       </c>
       <c r="BO16" s="24">
         <v>0</v>
       </c>
       <c r="BP16" s="24">
         <v>0</v>
       </c>
       <c r="BQ16" s="24">
         <v>0</v>
       </c>
-      <c r="BR16" s="25">
+      <c r="BR16" s="24">
         <v>0</v>
       </c>
       <c r="BS16" s="25">
         <v>0</v>
       </c>
       <c r="BT16" s="25">
         <v>0</v>
       </c>
       <c r="BU16" s="25">
         <v>0</v>
       </c>
       <c r="BV16" s="25">
         <v>0</v>
       </c>
       <c r="BW16" s="25">
         <v>0</v>
       </c>
       <c r="BX16" s="25">
         <v>0</v>
       </c>
       <c r="BY16" s="25">
         <v>0</v>
       </c>
       <c r="BZ16" s="25">
         <v>0</v>
@@ -8204,51 +8293,51 @@
       </c>
       <c r="EB16" s="25">
         <v>0</v>
       </c>
       <c r="EC16" s="25">
         <v>0</v>
       </c>
       <c r="ED16" s="25">
         <v>0</v>
       </c>
       <c r="EE16" s="25">
         <v>0</v>
       </c>
       <c r="EF16" s="25">
         <v>0</v>
       </c>
       <c r="EG16" s="25">
         <v>0</v>
       </c>
       <c r="EH16" s="25">
         <v>0</v>
       </c>
       <c r="EI16" s="25">
         <v>0</v>
       </c>
-      <c r="EJ16" s="46">
+      <c r="EJ16" s="25">
         <v>0</v>
       </c>
       <c r="EK16" s="46">
         <v>0</v>
       </c>
       <c r="EL16" s="46">
         <v>0</v>
       </c>
       <c r="EM16" s="46">
         <v>0</v>
       </c>
       <c r="EN16" s="46">
         <v>0</v>
       </c>
       <c r="EO16" s="46">
         <v>0</v>
       </c>
       <c r="EP16" s="46">
         <v>0</v>
       </c>
       <c r="EQ16" s="46">
         <v>0</v>
       </c>
       <c r="ER16" s="46">
         <v>0</v>
@@ -8486,52 +8575,61 @@
       </c>
       <c r="HR16" s="46">
         <v>0</v>
       </c>
       <c r="HS16" s="46">
         <v>0</v>
       </c>
       <c r="HT16" s="46">
         <v>0</v>
       </c>
       <c r="HU16" s="46">
         <v>0</v>
       </c>
       <c r="HV16" s="46">
         <v>0</v>
       </c>
       <c r="HW16" s="46">
         <v>0</v>
       </c>
       <c r="HX16" s="46">
         <v>0</v>
       </c>
       <c r="HY16" s="46">
         <v>0</v>
       </c>
+      <c r="HZ16" s="46">
+        <v>0</v>
+      </c>
+      <c r="IA16" s="46">
+        <v>0</v>
+      </c>
+      <c r="IB16" s="46">
+        <v>0</v>
+      </c>
     </row>
-    <row r="17" spans="1:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B17" s="26" t="s">
         <v>74</v>
       </c>
       <c r="C17" s="27">
         <v>0</v>
       </c>
       <c r="D17" s="27">
         <v>0</v>
       </c>
       <c r="E17" s="27">
         <v>0</v>
       </c>
       <c r="F17" s="27">
         <v>0</v>
       </c>
       <c r="G17" s="27">
         <v>0</v>
       </c>
       <c r="H17" s="27">
         <v>0</v>
       </c>
       <c r="I17" s="27">
         <v>0</v>
       </c>
       <c r="J17" s="27">
@@ -8692,51 +8790,51 @@
       </c>
       <c r="BJ17" s="27">
         <v>0</v>
       </c>
       <c r="BK17" s="27">
         <v>0</v>
       </c>
       <c r="BL17" s="27">
         <v>0</v>
       </c>
       <c r="BM17" s="27">
         <v>0</v>
       </c>
       <c r="BN17" s="27">
         <v>0</v>
       </c>
       <c r="BO17" s="27">
         <v>0</v>
       </c>
       <c r="BP17" s="27">
         <v>0</v>
       </c>
       <c r="BQ17" s="27">
         <v>0</v>
       </c>
-      <c r="BR17" s="25">
+      <c r="BR17" s="27">
         <v>0</v>
       </c>
       <c r="BS17" s="25">
         <v>0</v>
       </c>
       <c r="BT17" s="25">
         <v>0</v>
       </c>
       <c r="BU17" s="25">
         <v>0</v>
       </c>
       <c r="BV17" s="25">
         <v>0</v>
       </c>
       <c r="BW17" s="25">
         <v>0</v>
       </c>
       <c r="BX17" s="25">
         <v>0</v>
       </c>
       <c r="BY17" s="25">
         <v>0</v>
       </c>
       <c r="BZ17" s="25">
         <v>0</v>
@@ -8902,51 +9000,51 @@
       </c>
       <c r="EB17" s="25">
         <v>0</v>
       </c>
       <c r="EC17" s="25">
         <v>0</v>
       </c>
       <c r="ED17" s="25">
         <v>0</v>
       </c>
       <c r="EE17" s="25">
         <v>0</v>
       </c>
       <c r="EF17" s="25">
         <v>0</v>
       </c>
       <c r="EG17" s="25">
         <v>0</v>
       </c>
       <c r="EH17" s="25">
         <v>0</v>
       </c>
       <c r="EI17" s="25">
         <v>0</v>
       </c>
-      <c r="EJ17" s="46">
+      <c r="EJ17" s="25">
         <v>0</v>
       </c>
       <c r="EK17" s="46">
         <v>0</v>
       </c>
       <c r="EL17" s="46">
         <v>0</v>
       </c>
       <c r="EM17" s="46">
         <v>0</v>
       </c>
       <c r="EN17" s="46">
         <v>0</v>
       </c>
       <c r="EO17" s="46">
         <v>0</v>
       </c>
       <c r="EP17" s="46">
         <v>0</v>
       </c>
       <c r="EQ17" s="46">
         <v>0</v>
       </c>
       <c r="ER17" s="46">
         <v>0</v>
@@ -9184,52 +9282,61 @@
       </c>
       <c r="HR17" s="46">
         <v>0</v>
       </c>
       <c r="HS17" s="46">
         <v>0</v>
       </c>
       <c r="HT17" s="46">
         <v>0</v>
       </c>
       <c r="HU17" s="46">
         <v>0</v>
       </c>
       <c r="HV17" s="46">
         <v>0</v>
       </c>
       <c r="HW17" s="46">
         <v>0</v>
       </c>
       <c r="HX17" s="46">
         <v>0</v>
       </c>
       <c r="HY17" s="46">
         <v>0</v>
       </c>
+      <c r="HZ17" s="46">
+        <v>0</v>
+      </c>
+      <c r="IA17" s="46">
+        <v>0</v>
+      </c>
+      <c r="IB17" s="46">
+        <v>0</v>
+      </c>
     </row>
-    <row r="18" spans="1:233" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:236" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="3"/>
       <c r="B18" s="20" t="s">
         <v>77</v>
       </c>
       <c r="C18" s="21">
         <v>0</v>
       </c>
       <c r="D18" s="21">
         <v>0</v>
       </c>
       <c r="E18" s="21">
         <v>0</v>
       </c>
       <c r="F18" s="21">
         <v>0</v>
       </c>
       <c r="G18" s="21">
         <v>0</v>
       </c>
       <c r="H18" s="21">
         <v>0</v>
       </c>
       <c r="I18" s="21">
         <v>0</v>
       </c>
@@ -9391,51 +9498,51 @@
       </c>
       <c r="BJ18" s="21">
         <v>0</v>
       </c>
       <c r="BK18" s="21">
         <v>0</v>
       </c>
       <c r="BL18" s="21">
         <v>0</v>
       </c>
       <c r="BM18" s="21">
         <v>0</v>
       </c>
       <c r="BN18" s="21">
         <v>0</v>
       </c>
       <c r="BO18" s="21">
         <v>0</v>
       </c>
       <c r="BP18" s="21">
         <v>0</v>
       </c>
       <c r="BQ18" s="21">
         <v>0</v>
       </c>
-      <c r="BR18" s="22">
+      <c r="BR18" s="21">
         <v>0</v>
       </c>
       <c r="BS18" s="22">
         <v>0</v>
       </c>
       <c r="BT18" s="22">
         <v>0</v>
       </c>
       <c r="BU18" s="22">
         <v>0</v>
       </c>
       <c r="BV18" s="22">
         <v>0</v>
       </c>
       <c r="BW18" s="22">
         <v>0</v>
       </c>
       <c r="BX18" s="22">
         <v>0</v>
       </c>
       <c r="BY18" s="22">
         <v>0</v>
       </c>
       <c r="BZ18" s="22">
         <v>0</v>
@@ -9601,51 +9708,51 @@
       </c>
       <c r="EB18" s="22">
         <v>0</v>
       </c>
       <c r="EC18" s="22">
         <v>0</v>
       </c>
       <c r="ED18" s="22">
         <v>0</v>
       </c>
       <c r="EE18" s="22">
         <v>0</v>
       </c>
       <c r="EF18" s="22">
         <v>0</v>
       </c>
       <c r="EG18" s="22">
         <v>0</v>
       </c>
       <c r="EH18" s="22">
         <v>0</v>
       </c>
       <c r="EI18" s="22">
         <v>0</v>
       </c>
-      <c r="EJ18" s="45">
+      <c r="EJ18" s="22">
         <v>0</v>
       </c>
       <c r="EK18" s="45">
         <v>0</v>
       </c>
       <c r="EL18" s="45">
         <v>0</v>
       </c>
       <c r="EM18" s="45">
         <v>0</v>
       </c>
       <c r="EN18" s="45">
         <v>0</v>
       </c>
       <c r="EO18" s="45">
         <v>0</v>
       </c>
       <c r="EP18" s="45">
         <v>0</v>
       </c>
       <c r="EQ18" s="45">
         <v>0</v>
       </c>
       <c r="ER18" s="45">
         <v>0</v>
@@ -9883,52 +9990,61 @@
       </c>
       <c r="HR18" s="45">
         <v>0</v>
       </c>
       <c r="HS18" s="45">
         <v>0</v>
       </c>
       <c r="HT18" s="45">
         <v>0</v>
       </c>
       <c r="HU18" s="45">
         <v>0</v>
       </c>
       <c r="HV18" s="45">
         <v>0</v>
       </c>
       <c r="HW18" s="45">
         <v>0</v>
       </c>
       <c r="HX18" s="45">
         <v>0</v>
       </c>
       <c r="HY18" s="45">
         <v>0</v>
       </c>
+      <c r="HZ18" s="45">
+        <v>0</v>
+      </c>
+      <c r="IA18" s="45">
+        <v>0</v>
+      </c>
+      <c r="IB18" s="45">
+        <v>0</v>
+      </c>
     </row>
-    <row r="19" spans="1:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="19" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B19" s="23" t="s">
         <v>73</v>
       </c>
       <c r="C19" s="24">
         <v>0</v>
       </c>
       <c r="D19" s="24">
         <v>0</v>
       </c>
       <c r="E19" s="24">
         <v>0</v>
       </c>
       <c r="F19" s="24">
         <v>0</v>
       </c>
       <c r="G19" s="24">
         <v>0</v>
       </c>
       <c r="H19" s="24">
         <v>0</v>
       </c>
       <c r="I19" s="24">
         <v>0</v>
       </c>
       <c r="J19" s="24">
@@ -10089,51 +10205,51 @@
       </c>
       <c r="BJ19" s="24">
         <v>0</v>
       </c>
       <c r="BK19" s="24">
         <v>0</v>
       </c>
       <c r="BL19" s="24">
         <v>0</v>
       </c>
       <c r="BM19" s="24">
         <v>0</v>
       </c>
       <c r="BN19" s="24">
         <v>0</v>
       </c>
       <c r="BO19" s="24">
         <v>0</v>
       </c>
       <c r="BP19" s="24">
         <v>0</v>
       </c>
       <c r="BQ19" s="24">
         <v>0</v>
       </c>
-      <c r="BR19" s="25">
+      <c r="BR19" s="24">
         <v>0</v>
       </c>
       <c r="BS19" s="25">
         <v>0</v>
       </c>
       <c r="BT19" s="25">
         <v>0</v>
       </c>
       <c r="BU19" s="25">
         <v>0</v>
       </c>
       <c r="BV19" s="25">
         <v>0</v>
       </c>
       <c r="BW19" s="25">
         <v>0</v>
       </c>
       <c r="BX19" s="25">
         <v>0</v>
       </c>
       <c r="BY19" s="25">
         <v>0</v>
       </c>
       <c r="BZ19" s="25">
         <v>0</v>
@@ -10299,51 +10415,51 @@
       </c>
       <c r="EB19" s="25">
         <v>0</v>
       </c>
       <c r="EC19" s="25">
         <v>0</v>
       </c>
       <c r="ED19" s="25">
         <v>0</v>
       </c>
       <c r="EE19" s="25">
         <v>0</v>
       </c>
       <c r="EF19" s="25">
         <v>0</v>
       </c>
       <c r="EG19" s="25">
         <v>0</v>
       </c>
       <c r="EH19" s="25">
         <v>0</v>
       </c>
       <c r="EI19" s="25">
         <v>0</v>
       </c>
-      <c r="EJ19" s="46">
+      <c r="EJ19" s="25">
         <v>0</v>
       </c>
       <c r="EK19" s="46">
         <v>0</v>
       </c>
       <c r="EL19" s="46">
         <v>0</v>
       </c>
       <c r="EM19" s="46">
         <v>0</v>
       </c>
       <c r="EN19" s="46">
         <v>0</v>
       </c>
       <c r="EO19" s="46">
         <v>0</v>
       </c>
       <c r="EP19" s="46">
         <v>0</v>
       </c>
       <c r="EQ19" s="46">
         <v>0</v>
       </c>
       <c r="ER19" s="46">
         <v>0</v>
@@ -10581,52 +10697,61 @@
       </c>
       <c r="HR19" s="46">
         <v>0</v>
       </c>
       <c r="HS19" s="46">
         <v>0</v>
       </c>
       <c r="HT19" s="46">
         <v>0</v>
       </c>
       <c r="HU19" s="46">
         <v>0</v>
       </c>
       <c r="HV19" s="46">
         <v>0</v>
       </c>
       <c r="HW19" s="46">
         <v>0</v>
       </c>
       <c r="HX19" s="46">
         <v>0</v>
       </c>
       <c r="HY19" s="46">
         <v>0</v>
       </c>
+      <c r="HZ19" s="46">
+        <v>0</v>
+      </c>
+      <c r="IA19" s="46">
+        <v>0</v>
+      </c>
+      <c r="IB19" s="46">
+        <v>0</v>
+      </c>
     </row>
-    <row r="20" spans="1:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="26" t="s">
         <v>74</v>
       </c>
       <c r="C20" s="27">
         <v>0</v>
       </c>
       <c r="D20" s="27">
         <v>0</v>
       </c>
       <c r="E20" s="27">
         <v>0</v>
       </c>
       <c r="F20" s="27">
         <v>0</v>
       </c>
       <c r="G20" s="27">
         <v>0</v>
       </c>
       <c r="H20" s="27">
         <v>0</v>
       </c>
       <c r="I20" s="27">
         <v>0</v>
       </c>
       <c r="J20" s="27">
@@ -10787,51 +10912,51 @@
       </c>
       <c r="BJ20" s="27">
         <v>0</v>
       </c>
       <c r="BK20" s="27">
         <v>0</v>
       </c>
       <c r="BL20" s="27">
         <v>0</v>
       </c>
       <c r="BM20" s="27">
         <v>0</v>
       </c>
       <c r="BN20" s="27">
         <v>0</v>
       </c>
       <c r="BO20" s="27">
         <v>0</v>
       </c>
       <c r="BP20" s="27">
         <v>0</v>
       </c>
       <c r="BQ20" s="27">
         <v>0</v>
       </c>
-      <c r="BR20" s="25">
+      <c r="BR20" s="27">
         <v>0</v>
       </c>
       <c r="BS20" s="25">
         <v>0</v>
       </c>
       <c r="BT20" s="25">
         <v>0</v>
       </c>
       <c r="BU20" s="25">
         <v>0</v>
       </c>
       <c r="BV20" s="25">
         <v>0</v>
       </c>
       <c r="BW20" s="25">
         <v>0</v>
       </c>
       <c r="BX20" s="25">
         <v>0</v>
       </c>
       <c r="BY20" s="25">
         <v>0</v>
       </c>
       <c r="BZ20" s="25">
         <v>0</v>
@@ -10997,51 +11122,51 @@
       </c>
       <c r="EB20" s="25">
         <v>0</v>
       </c>
       <c r="EC20" s="25">
         <v>0</v>
       </c>
       <c r="ED20" s="25">
         <v>0</v>
       </c>
       <c r="EE20" s="25">
         <v>0</v>
       </c>
       <c r="EF20" s="25">
         <v>0</v>
       </c>
       <c r="EG20" s="25">
         <v>0</v>
       </c>
       <c r="EH20" s="25">
         <v>0</v>
       </c>
       <c r="EI20" s="25">
         <v>0</v>
       </c>
-      <c r="EJ20" s="46">
+      <c r="EJ20" s="25">
         <v>0</v>
       </c>
       <c r="EK20" s="46">
         <v>0</v>
       </c>
       <c r="EL20" s="46">
         <v>0</v>
       </c>
       <c r="EM20" s="46">
         <v>0</v>
       </c>
       <c r="EN20" s="46">
         <v>0</v>
       </c>
       <c r="EO20" s="46">
         <v>0</v>
       </c>
       <c r="EP20" s="46">
         <v>0</v>
       </c>
       <c r="EQ20" s="46">
         <v>0</v>
       </c>
       <c r="ER20" s="46">
         <v>0</v>
@@ -11279,52 +11404,61 @@
       </c>
       <c r="HR20" s="46">
         <v>0</v>
       </c>
       <c r="HS20" s="46">
         <v>0</v>
       </c>
       <c r="HT20" s="46">
         <v>0</v>
       </c>
       <c r="HU20" s="46">
         <v>0</v>
       </c>
       <c r="HV20" s="46">
         <v>0</v>
       </c>
       <c r="HW20" s="46">
         <v>0</v>
       </c>
       <c r="HX20" s="46">
         <v>0</v>
       </c>
       <c r="HY20" s="46">
         <v>0</v>
       </c>
+      <c r="HZ20" s="46">
+        <v>0</v>
+      </c>
+      <c r="IA20" s="46">
+        <v>0</v>
+      </c>
+      <c r="IB20" s="46">
+        <v>0</v>
+      </c>
     </row>
-    <row r="21" spans="1:233" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:236" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="3"/>
       <c r="B21" s="20" t="s">
         <v>78</v>
       </c>
       <c r="C21" s="21">
         <v>0</v>
       </c>
       <c r="D21" s="21">
         <v>0</v>
       </c>
       <c r="E21" s="21">
         <v>0</v>
       </c>
       <c r="F21" s="21">
         <v>0</v>
       </c>
       <c r="G21" s="21">
         <v>0</v>
       </c>
       <c r="H21" s="21">
         <v>0</v>
       </c>
       <c r="I21" s="21">
         <v>0</v>
       </c>
@@ -11486,51 +11620,51 @@
       </c>
       <c r="BJ21" s="21">
         <v>0</v>
       </c>
       <c r="BK21" s="21">
         <v>0</v>
       </c>
       <c r="BL21" s="21">
         <v>0</v>
       </c>
       <c r="BM21" s="21">
         <v>0</v>
       </c>
       <c r="BN21" s="21">
         <v>0</v>
       </c>
       <c r="BO21" s="21">
         <v>0</v>
       </c>
       <c r="BP21" s="21">
         <v>0</v>
       </c>
       <c r="BQ21" s="21">
         <v>0</v>
       </c>
-      <c r="BR21" s="22">
+      <c r="BR21" s="21">
         <v>0</v>
       </c>
       <c r="BS21" s="22">
         <v>0</v>
       </c>
       <c r="BT21" s="22">
         <v>0</v>
       </c>
       <c r="BU21" s="22">
         <v>0</v>
       </c>
       <c r="BV21" s="22">
         <v>0</v>
       </c>
       <c r="BW21" s="22">
         <v>0</v>
       </c>
       <c r="BX21" s="22">
         <v>0</v>
       </c>
       <c r="BY21" s="22">
         <v>0</v>
       </c>
       <c r="BZ21" s="22">
         <v>0</v>
@@ -11696,51 +11830,51 @@
       </c>
       <c r="EB21" s="22">
         <v>0</v>
       </c>
       <c r="EC21" s="22">
         <v>0</v>
       </c>
       <c r="ED21" s="22">
         <v>0</v>
       </c>
       <c r="EE21" s="22">
         <v>0</v>
       </c>
       <c r="EF21" s="22">
         <v>0</v>
       </c>
       <c r="EG21" s="22">
         <v>0</v>
       </c>
       <c r="EH21" s="22">
         <v>0</v>
       </c>
       <c r="EI21" s="22">
         <v>0</v>
       </c>
-      <c r="EJ21" s="45">
+      <c r="EJ21" s="22">
         <v>0</v>
       </c>
       <c r="EK21" s="45">
         <v>0</v>
       </c>
       <c r="EL21" s="45">
         <v>0</v>
       </c>
       <c r="EM21" s="45">
         <v>0</v>
       </c>
       <c r="EN21" s="45">
         <v>0</v>
       </c>
       <c r="EO21" s="45">
         <v>0</v>
       </c>
       <c r="EP21" s="45">
         <v>0</v>
       </c>
       <c r="EQ21" s="45">
         <v>0</v>
       </c>
       <c r="ER21" s="45">
         <v>0</v>
@@ -11787,55 +11921,55 @@
       <c r="FF21" s="45">
         <v>0</v>
       </c>
       <c r="FG21" s="45">
         <v>0</v>
       </c>
       <c r="FH21" s="45">
         <v>0</v>
       </c>
       <c r="FI21" s="45">
         <v>0</v>
       </c>
       <c r="FJ21" s="45">
         <v>0</v>
       </c>
       <c r="FK21" s="45">
         <v>0</v>
       </c>
       <c r="FL21" s="45">
         <v>0</v>
       </c>
       <c r="FM21" s="45">
         <v>0</v>
       </c>
       <c r="FN21" s="45">
+        <v>0</v>
+      </c>
+      <c r="FO21" s="45">
         <v>-15</v>
       </c>
-      <c r="FO21" s="45">
-[...1 lines deleted...]
-      </c>
       <c r="FP21" s="45">
         <v>0</v>
       </c>
       <c r="FQ21" s="45">
         <v>0</v>
       </c>
       <c r="FR21" s="45">
         <v>0</v>
       </c>
       <c r="FS21" s="45">
         <v>0</v>
       </c>
       <c r="FT21" s="45">
         <v>0</v>
       </c>
       <c r="FU21" s="45">
         <v>0</v>
       </c>
       <c r="FV21" s="45">
         <v>0</v>
       </c>
       <c r="FW21" s="45">
         <v>0</v>
       </c>
       <c r="FX21" s="45">
@@ -11978,52 +12112,61 @@
       </c>
       <c r="HR21" s="45">
         <v>0</v>
       </c>
       <c r="HS21" s="45">
         <v>0</v>
       </c>
       <c r="HT21" s="45">
         <v>0</v>
       </c>
       <c r="HU21" s="45">
         <v>0</v>
       </c>
       <c r="HV21" s="45">
         <v>0</v>
       </c>
       <c r="HW21" s="45">
         <v>0</v>
       </c>
       <c r="HX21" s="45">
         <v>0</v>
       </c>
       <c r="HY21" s="45">
         <v>0</v>
       </c>
+      <c r="HZ21" s="45">
+        <v>0</v>
+      </c>
+      <c r="IA21" s="45">
+        <v>0</v>
+      </c>
+      <c r="IB21" s="45">
+        <v>0</v>
+      </c>
     </row>
-    <row r="22" spans="1:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B22" s="23" t="s">
         <v>73</v>
       </c>
       <c r="C22" s="24">
         <v>0</v>
       </c>
       <c r="D22" s="24">
         <v>0</v>
       </c>
       <c r="E22" s="24">
         <v>0</v>
       </c>
       <c r="F22" s="24">
         <v>0</v>
       </c>
       <c r="G22" s="24">
         <v>0</v>
       </c>
       <c r="H22" s="24">
         <v>0</v>
       </c>
       <c r="I22" s="24">
         <v>0</v>
       </c>
       <c r="J22" s="24">
@@ -12184,51 +12327,51 @@
       </c>
       <c r="BJ22" s="24">
         <v>0</v>
       </c>
       <c r="BK22" s="24">
         <v>0</v>
       </c>
       <c r="BL22" s="24">
         <v>0</v>
       </c>
       <c r="BM22" s="24">
         <v>0</v>
       </c>
       <c r="BN22" s="24">
         <v>0</v>
       </c>
       <c r="BO22" s="24">
         <v>0</v>
       </c>
       <c r="BP22" s="24">
         <v>0</v>
       </c>
       <c r="BQ22" s="24">
         <v>0</v>
       </c>
-      <c r="BR22" s="25">
+      <c r="BR22" s="24">
         <v>0</v>
       </c>
       <c r="BS22" s="25">
         <v>0</v>
       </c>
       <c r="BT22" s="25">
         <v>0</v>
       </c>
       <c r="BU22" s="25">
         <v>0</v>
       </c>
       <c r="BV22" s="25">
         <v>0</v>
       </c>
       <c r="BW22" s="25">
         <v>0</v>
       </c>
       <c r="BX22" s="25">
         <v>0</v>
       </c>
       <c r="BY22" s="25">
         <v>0</v>
       </c>
       <c r="BZ22" s="25">
         <v>0</v>
@@ -12394,51 +12537,51 @@
       </c>
       <c r="EB22" s="25">
         <v>0</v>
       </c>
       <c r="EC22" s="25">
         <v>0</v>
       </c>
       <c r="ED22" s="25">
         <v>0</v>
       </c>
       <c r="EE22" s="25">
         <v>0</v>
       </c>
       <c r="EF22" s="25">
         <v>0</v>
       </c>
       <c r="EG22" s="25">
         <v>0</v>
       </c>
       <c r="EH22" s="25">
         <v>0</v>
       </c>
       <c r="EI22" s="25">
         <v>0</v>
       </c>
-      <c r="EJ22" s="46">
+      <c r="EJ22" s="25">
         <v>0</v>
       </c>
       <c r="EK22" s="46">
         <v>0</v>
       </c>
       <c r="EL22" s="46">
         <v>0</v>
       </c>
       <c r="EM22" s="46">
         <v>0</v>
       </c>
       <c r="EN22" s="46">
         <v>0</v>
       </c>
       <c r="EO22" s="46">
         <v>0</v>
       </c>
       <c r="EP22" s="46">
         <v>0</v>
       </c>
       <c r="EQ22" s="46">
         <v>0</v>
       </c>
       <c r="ER22" s="46">
         <v>0</v>
@@ -12485,55 +12628,55 @@
       <c r="FF22" s="46">
         <v>0</v>
       </c>
       <c r="FG22" s="46">
         <v>0</v>
       </c>
       <c r="FH22" s="46">
         <v>0</v>
       </c>
       <c r="FI22" s="46">
         <v>0</v>
       </c>
       <c r="FJ22" s="46">
         <v>0</v>
       </c>
       <c r="FK22" s="46">
         <v>0</v>
       </c>
       <c r="FL22" s="46">
         <v>0</v>
       </c>
       <c r="FM22" s="46">
         <v>0</v>
       </c>
       <c r="FN22" s="46">
+        <v>0</v>
+      </c>
+      <c r="FO22" s="46">
         <v>-15</v>
       </c>
-      <c r="FO22" s="46">
-[...1 lines deleted...]
-      </c>
       <c r="FP22" s="46">
         <v>0</v>
       </c>
       <c r="FQ22" s="46">
         <v>0</v>
       </c>
       <c r="FR22" s="46">
         <v>0</v>
       </c>
       <c r="FS22" s="46">
         <v>0</v>
       </c>
       <c r="FT22" s="46">
         <v>0</v>
       </c>
       <c r="FU22" s="46">
         <v>0</v>
       </c>
       <c r="FV22" s="46">
         <v>0</v>
       </c>
       <c r="FW22" s="46">
         <v>0</v>
       </c>
       <c r="FX22" s="46">
@@ -12676,52 +12819,61 @@
       </c>
       <c r="HR22" s="46">
         <v>0</v>
       </c>
       <c r="HS22" s="46">
         <v>0</v>
       </c>
       <c r="HT22" s="46">
         <v>0</v>
       </c>
       <c r="HU22" s="46">
         <v>0</v>
       </c>
       <c r="HV22" s="46">
         <v>0</v>
       </c>
       <c r="HW22" s="46">
         <v>0</v>
       </c>
       <c r="HX22" s="46">
         <v>0</v>
       </c>
       <c r="HY22" s="46">
         <v>0</v>
       </c>
+      <c r="HZ22" s="46">
+        <v>0</v>
+      </c>
+      <c r="IA22" s="46">
+        <v>0</v>
+      </c>
+      <c r="IB22" s="46">
+        <v>0</v>
+      </c>
     </row>
-    <row r="23" spans="1:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="23" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="26" t="s">
         <v>74</v>
       </c>
       <c r="C23" s="27">
         <v>0</v>
       </c>
       <c r="D23" s="27">
         <v>0</v>
       </c>
       <c r="E23" s="27">
         <v>0</v>
       </c>
       <c r="F23" s="27">
         <v>0</v>
       </c>
       <c r="G23" s="27">
         <v>0</v>
       </c>
       <c r="H23" s="27">
         <v>0</v>
       </c>
       <c r="I23" s="27">
         <v>0</v>
       </c>
       <c r="J23" s="27">
@@ -12882,51 +13034,51 @@
       </c>
       <c r="BJ23" s="27">
         <v>0</v>
       </c>
       <c r="BK23" s="27">
         <v>0</v>
       </c>
       <c r="BL23" s="27">
         <v>0</v>
       </c>
       <c r="BM23" s="27">
         <v>0</v>
       </c>
       <c r="BN23" s="27">
         <v>0</v>
       </c>
       <c r="BO23" s="27">
         <v>0</v>
       </c>
       <c r="BP23" s="27">
         <v>0</v>
       </c>
       <c r="BQ23" s="27">
         <v>0</v>
       </c>
-      <c r="BR23" s="25">
+      <c r="BR23" s="27">
         <v>0</v>
       </c>
       <c r="BS23" s="25">
         <v>0</v>
       </c>
       <c r="BT23" s="25">
         <v>0</v>
       </c>
       <c r="BU23" s="25">
         <v>0</v>
       </c>
       <c r="BV23" s="25">
         <v>0</v>
       </c>
       <c r="BW23" s="25">
         <v>0</v>
       </c>
       <c r="BX23" s="25">
         <v>0</v>
       </c>
       <c r="BY23" s="25">
         <v>0</v>
       </c>
       <c r="BZ23" s="25">
         <v>0</v>
@@ -13092,51 +13244,51 @@
       </c>
       <c r="EB23" s="25">
         <v>0</v>
       </c>
       <c r="EC23" s="25">
         <v>0</v>
       </c>
       <c r="ED23" s="25">
         <v>0</v>
       </c>
       <c r="EE23" s="25">
         <v>0</v>
       </c>
       <c r="EF23" s="25">
         <v>0</v>
       </c>
       <c r="EG23" s="25">
         <v>0</v>
       </c>
       <c r="EH23" s="25">
         <v>0</v>
       </c>
       <c r="EI23" s="25">
         <v>0</v>
       </c>
-      <c r="EJ23" s="46">
+      <c r="EJ23" s="25">
         <v>0</v>
       </c>
       <c r="EK23" s="46">
         <v>0</v>
       </c>
       <c r="EL23" s="46">
         <v>0</v>
       </c>
       <c r="EM23" s="46">
         <v>0</v>
       </c>
       <c r="EN23" s="46">
         <v>0</v>
       </c>
       <c r="EO23" s="46">
         <v>0</v>
       </c>
       <c r="EP23" s="46">
         <v>0</v>
       </c>
       <c r="EQ23" s="46">
         <v>0</v>
       </c>
       <c r="ER23" s="46">
         <v>0</v>
@@ -13374,52 +13526,61 @@
       </c>
       <c r="HR23" s="46">
         <v>0</v>
       </c>
       <c r="HS23" s="46">
         <v>0</v>
       </c>
       <c r="HT23" s="46">
         <v>0</v>
       </c>
       <c r="HU23" s="46">
         <v>0</v>
       </c>
       <c r="HV23" s="46">
         <v>0</v>
       </c>
       <c r="HW23" s="46">
         <v>0</v>
       </c>
       <c r="HX23" s="46">
         <v>0</v>
       </c>
       <c r="HY23" s="46">
         <v>0</v>
       </c>
+      <c r="HZ23" s="46">
+        <v>0</v>
+      </c>
+      <c r="IA23" s="46">
+        <v>0</v>
+      </c>
+      <c r="IB23" s="46">
+        <v>0</v>
+      </c>
     </row>
-    <row r="24" spans="1:233" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:236" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="3"/>
       <c r="B24" s="20" t="s">
         <v>79</v>
       </c>
       <c r="C24" s="21">
         <v>0</v>
       </c>
       <c r="D24" s="21">
         <v>72.995999999999995</v>
       </c>
       <c r="E24" s="21">
         <v>838.89594899999997</v>
       </c>
       <c r="F24" s="21">
         <v>0</v>
       </c>
       <c r="G24" s="21">
         <v>0</v>
       </c>
       <c r="H24" s="21">
         <v>0</v>
       </c>
       <c r="I24" s="21">
         <v>0</v>
       </c>
@@ -13581,101 +13742,101 @@
       </c>
       <c r="BJ24" s="21">
         <v>0</v>
       </c>
       <c r="BK24" s="21">
         <v>0</v>
       </c>
       <c r="BL24" s="21">
         <v>0</v>
       </c>
       <c r="BM24" s="21">
         <v>0</v>
       </c>
       <c r="BN24" s="21">
         <v>0</v>
       </c>
       <c r="BO24" s="21">
         <v>0</v>
       </c>
       <c r="BP24" s="21">
         <v>0</v>
       </c>
       <c r="BQ24" s="21">
         <v>0</v>
       </c>
-      <c r="BR24" s="22">
+      <c r="BR24" s="21">
         <v>0</v>
       </c>
       <c r="BS24" s="22">
         <v>0</v>
       </c>
       <c r="BT24" s="22">
         <v>0</v>
       </c>
       <c r="BU24" s="22">
         <v>0</v>
       </c>
       <c r="BV24" s="22">
         <v>0</v>
       </c>
       <c r="BW24" s="22">
         <v>0</v>
       </c>
       <c r="BX24" s="22">
         <v>0</v>
       </c>
       <c r="BY24" s="22">
         <v>0</v>
       </c>
       <c r="BZ24" s="22">
         <v>0</v>
       </c>
       <c r="CA24" s="22">
         <v>0</v>
       </c>
       <c r="CB24" s="22">
         <v>0</v>
       </c>
       <c r="CC24" s="22">
         <v>0</v>
       </c>
       <c r="CD24" s="22">
         <v>0</v>
       </c>
       <c r="CE24" s="22">
         <v>0</v>
       </c>
       <c r="CF24" s="22">
         <v>0</v>
       </c>
       <c r="CG24" s="22">
+        <v>0</v>
+      </c>
+      <c r="CH24" s="22">
         <v>72.995999999999995</v>
       </c>
-      <c r="CH24" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="CI24" s="22">
         <v>0</v>
       </c>
       <c r="CJ24" s="22">
         <v>0</v>
       </c>
       <c r="CK24" s="22">
         <v>0</v>
       </c>
       <c r="CL24" s="22">
         <v>0</v>
       </c>
       <c r="CM24" s="22">
         <v>0</v>
       </c>
       <c r="CN24" s="22">
         <v>0</v>
       </c>
       <c r="CO24" s="22">
         <v>0</v>
       </c>
       <c r="CP24" s="22">
         <v>0</v>
       </c>
       <c r="CQ24" s="22">
@@ -13684,55 +13845,55 @@
       <c r="CR24" s="22">
         <v>0</v>
       </c>
       <c r="CS24" s="22">
         <v>0</v>
       </c>
       <c r="CT24" s="22">
         <v>0</v>
       </c>
       <c r="CU24" s="22">
         <v>0</v>
       </c>
       <c r="CV24" s="22">
         <v>0</v>
       </c>
       <c r="CW24" s="22">
         <v>0</v>
       </c>
       <c r="CX24" s="22">
         <v>0</v>
       </c>
       <c r="CY24" s="22">
         <v>0</v>
       </c>
       <c r="CZ24" s="22">
+        <v>0</v>
+      </c>
+      <c r="DA24" s="22">
         <v>838.89594899999997</v>
       </c>
-      <c r="DA24" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="DB24" s="22">
         <v>0</v>
       </c>
       <c r="DC24" s="22">
         <v>0</v>
       </c>
       <c r="DD24" s="22">
         <v>0</v>
       </c>
       <c r="DE24" s="22">
         <v>0</v>
       </c>
       <c r="DF24" s="22">
         <v>0</v>
       </c>
       <c r="DG24" s="22">
         <v>0</v>
       </c>
       <c r="DH24" s="22">
         <v>0</v>
       </c>
       <c r="DI24" s="22">
         <v>0</v>
       </c>
       <c r="DJ24" s="22">
@@ -13791,51 +13952,51 @@
       </c>
       <c r="EB24" s="22">
         <v>0</v>
       </c>
       <c r="EC24" s="22">
         <v>0</v>
       </c>
       <c r="ED24" s="22">
         <v>0</v>
       </c>
       <c r="EE24" s="22">
         <v>0</v>
       </c>
       <c r="EF24" s="22">
         <v>0</v>
       </c>
       <c r="EG24" s="22">
         <v>0</v>
       </c>
       <c r="EH24" s="22">
         <v>0</v>
       </c>
       <c r="EI24" s="22">
         <v>0</v>
       </c>
-      <c r="EJ24" s="45">
+      <c r="EJ24" s="22">
         <v>0</v>
       </c>
       <c r="EK24" s="45">
         <v>0</v>
       </c>
       <c r="EL24" s="45">
         <v>0</v>
       </c>
       <c r="EM24" s="45">
         <v>0</v>
       </c>
       <c r="EN24" s="45">
         <v>0</v>
       </c>
       <c r="EO24" s="45">
         <v>0</v>
       </c>
       <c r="EP24" s="45">
         <v>0</v>
       </c>
       <c r="EQ24" s="45">
         <v>0</v>
       </c>
       <c r="ER24" s="45">
         <v>0</v>
@@ -14073,52 +14234,61 @@
       </c>
       <c r="HR24" s="45">
         <v>0</v>
       </c>
       <c r="HS24" s="45">
         <v>0</v>
       </c>
       <c r="HT24" s="45">
         <v>0</v>
       </c>
       <c r="HU24" s="45">
         <v>0</v>
       </c>
       <c r="HV24" s="45">
         <v>0</v>
       </c>
       <c r="HW24" s="45">
         <v>0</v>
       </c>
       <c r="HX24" s="45">
         <v>0</v>
       </c>
       <c r="HY24" s="45">
         <v>0</v>
       </c>
+      <c r="HZ24" s="45">
+        <v>0</v>
+      </c>
+      <c r="IA24" s="45">
+        <v>0</v>
+      </c>
+      <c r="IB24" s="45">
+        <v>0</v>
+      </c>
     </row>
-    <row r="25" spans="1:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B25" s="23" t="s">
         <v>73</v>
       </c>
       <c r="C25" s="24">
         <v>0</v>
       </c>
       <c r="D25" s="24">
         <v>72.995999999999995</v>
       </c>
       <c r="E25" s="24">
         <v>838.89594899999997</v>
       </c>
       <c r="F25" s="24">
         <v>0</v>
       </c>
       <c r="G25" s="24">
         <v>0</v>
       </c>
       <c r="H25" s="24">
         <v>0</v>
       </c>
       <c r="I25" s="24">
         <v>0</v>
       </c>
       <c r="J25" s="24">
@@ -14279,101 +14449,101 @@
       </c>
       <c r="BJ25" s="24">
         <v>0</v>
       </c>
       <c r="BK25" s="24">
         <v>0</v>
       </c>
       <c r="BL25" s="24">
         <v>0</v>
       </c>
       <c r="BM25" s="24">
         <v>0</v>
       </c>
       <c r="BN25" s="24">
         <v>0</v>
       </c>
       <c r="BO25" s="24">
         <v>0</v>
       </c>
       <c r="BP25" s="24">
         <v>0</v>
       </c>
       <c r="BQ25" s="24">
         <v>0</v>
       </c>
-      <c r="BR25" s="25">
+      <c r="BR25" s="24">
         <v>0</v>
       </c>
       <c r="BS25" s="25">
         <v>0</v>
       </c>
       <c r="BT25" s="25">
         <v>0</v>
       </c>
       <c r="BU25" s="25">
         <v>0</v>
       </c>
       <c r="BV25" s="25">
         <v>0</v>
       </c>
       <c r="BW25" s="25">
         <v>0</v>
       </c>
       <c r="BX25" s="25">
         <v>0</v>
       </c>
       <c r="BY25" s="25">
         <v>0</v>
       </c>
       <c r="BZ25" s="25">
         <v>0</v>
       </c>
       <c r="CA25" s="25">
         <v>0</v>
       </c>
       <c r="CB25" s="25">
         <v>0</v>
       </c>
       <c r="CC25" s="25">
         <v>0</v>
       </c>
       <c r="CD25" s="25">
         <v>0</v>
       </c>
       <c r="CE25" s="25">
         <v>0</v>
       </c>
       <c r="CF25" s="25">
         <v>0</v>
       </c>
       <c r="CG25" s="25">
+        <v>0</v>
+      </c>
+      <c r="CH25" s="25">
         <v>72.995999999999995</v>
       </c>
-      <c r="CH25" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="CI25" s="25">
         <v>0</v>
       </c>
       <c r="CJ25" s="25">
         <v>0</v>
       </c>
       <c r="CK25" s="25">
         <v>0</v>
       </c>
       <c r="CL25" s="25">
         <v>0</v>
       </c>
       <c r="CM25" s="25">
         <v>0</v>
       </c>
       <c r="CN25" s="25">
         <v>0</v>
       </c>
       <c r="CO25" s="25">
         <v>0</v>
       </c>
       <c r="CP25" s="25">
         <v>0</v>
       </c>
       <c r="CQ25" s="25">
@@ -14382,55 +14552,55 @@
       <c r="CR25" s="25">
         <v>0</v>
       </c>
       <c r="CS25" s="25">
         <v>0</v>
       </c>
       <c r="CT25" s="25">
         <v>0</v>
       </c>
       <c r="CU25" s="25">
         <v>0</v>
       </c>
       <c r="CV25" s="25">
         <v>0</v>
       </c>
       <c r="CW25" s="25">
         <v>0</v>
       </c>
       <c r="CX25" s="25">
         <v>0</v>
       </c>
       <c r="CY25" s="25">
         <v>0</v>
       </c>
       <c r="CZ25" s="25">
+        <v>0</v>
+      </c>
+      <c r="DA25" s="25">
         <v>838.89594899999997</v>
       </c>
-      <c r="DA25" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="DB25" s="25">
         <v>0</v>
       </c>
       <c r="DC25" s="25">
         <v>0</v>
       </c>
       <c r="DD25" s="25">
         <v>0</v>
       </c>
       <c r="DE25" s="25">
         <v>0</v>
       </c>
       <c r="DF25" s="25">
         <v>0</v>
       </c>
       <c r="DG25" s="25">
         <v>0</v>
       </c>
       <c r="DH25" s="25">
         <v>0</v>
       </c>
       <c r="DI25" s="25">
         <v>0</v>
       </c>
       <c r="DJ25" s="25">
@@ -14489,51 +14659,51 @@
       </c>
       <c r="EB25" s="25">
         <v>0</v>
       </c>
       <c r="EC25" s="25">
         <v>0</v>
       </c>
       <c r="ED25" s="25">
         <v>0</v>
       </c>
       <c r="EE25" s="25">
         <v>0</v>
       </c>
       <c r="EF25" s="25">
         <v>0</v>
       </c>
       <c r="EG25" s="25">
         <v>0</v>
       </c>
       <c r="EH25" s="25">
         <v>0</v>
       </c>
       <c r="EI25" s="25">
         <v>0</v>
       </c>
-      <c r="EJ25" s="46">
+      <c r="EJ25" s="25">
         <v>0</v>
       </c>
       <c r="EK25" s="46">
         <v>0</v>
       </c>
       <c r="EL25" s="46">
         <v>0</v>
       </c>
       <c r="EM25" s="46">
         <v>0</v>
       </c>
       <c r="EN25" s="46">
         <v>0</v>
       </c>
       <c r="EO25" s="46">
         <v>0</v>
       </c>
       <c r="EP25" s="46">
         <v>0</v>
       </c>
       <c r="EQ25" s="46">
         <v>0</v>
       </c>
       <c r="ER25" s="46">
         <v>0</v>
@@ -14771,52 +14941,61 @@
       </c>
       <c r="HR25" s="46">
         <v>0</v>
       </c>
       <c r="HS25" s="46">
         <v>0</v>
       </c>
       <c r="HT25" s="46">
         <v>0</v>
       </c>
       <c r="HU25" s="46">
         <v>0</v>
       </c>
       <c r="HV25" s="46">
         <v>0</v>
       </c>
       <c r="HW25" s="46">
         <v>0</v>
       </c>
       <c r="HX25" s="46">
         <v>0</v>
       </c>
       <c r="HY25" s="46">
         <v>0</v>
       </c>
+      <c r="HZ25" s="46">
+        <v>0</v>
+      </c>
+      <c r="IA25" s="46">
+        <v>0</v>
+      </c>
+      <c r="IB25" s="46">
+        <v>0</v>
+      </c>
     </row>
-    <row r="26" spans="1:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B26" s="26" t="s">
         <v>74</v>
       </c>
       <c r="C26" s="27">
         <v>0</v>
       </c>
       <c r="D26" s="27">
         <v>0</v>
       </c>
       <c r="E26" s="27">
         <v>0</v>
       </c>
       <c r="F26" s="27">
         <v>0</v>
       </c>
       <c r="G26" s="27">
         <v>0</v>
       </c>
       <c r="H26" s="27">
         <v>0</v>
       </c>
       <c r="I26" s="27">
         <v>0</v>
       </c>
       <c r="J26" s="27">
@@ -14977,51 +15156,51 @@
       </c>
       <c r="BJ26" s="27">
         <v>0</v>
       </c>
       <c r="BK26" s="27">
         <v>0</v>
       </c>
       <c r="BL26" s="27">
         <v>0</v>
       </c>
       <c r="BM26" s="27">
         <v>0</v>
       </c>
       <c r="BN26" s="27">
         <v>0</v>
       </c>
       <c r="BO26" s="27">
         <v>0</v>
       </c>
       <c r="BP26" s="27">
         <v>0</v>
       </c>
       <c r="BQ26" s="27">
         <v>0</v>
       </c>
-      <c r="BR26" s="25">
+      <c r="BR26" s="27">
         <v>0</v>
       </c>
       <c r="BS26" s="25">
         <v>0</v>
       </c>
       <c r="BT26" s="25">
         <v>0</v>
       </c>
       <c r="BU26" s="25">
         <v>0</v>
       </c>
       <c r="BV26" s="25">
         <v>0</v>
       </c>
       <c r="BW26" s="25">
         <v>0</v>
       </c>
       <c r="BX26" s="25">
         <v>0</v>
       </c>
       <c r="BY26" s="25">
         <v>0</v>
       </c>
       <c r="BZ26" s="25">
         <v>0</v>
@@ -15187,51 +15366,51 @@
       </c>
       <c r="EB26" s="25">
         <v>0</v>
       </c>
       <c r="EC26" s="25">
         <v>0</v>
       </c>
       <c r="ED26" s="25">
         <v>0</v>
       </c>
       <c r="EE26" s="25">
         <v>0</v>
       </c>
       <c r="EF26" s="25">
         <v>0</v>
       </c>
       <c r="EG26" s="25">
         <v>0</v>
       </c>
       <c r="EH26" s="25">
         <v>0</v>
       </c>
       <c r="EI26" s="25">
         <v>0</v>
       </c>
-      <c r="EJ26" s="46">
+      <c r="EJ26" s="25">
         <v>0</v>
       </c>
       <c r="EK26" s="46">
         <v>0</v>
       </c>
       <c r="EL26" s="46">
         <v>0</v>
       </c>
       <c r="EM26" s="46">
         <v>0</v>
       </c>
       <c r="EN26" s="46">
         <v>0</v>
       </c>
       <c r="EO26" s="46">
         <v>0</v>
       </c>
       <c r="EP26" s="46">
         <v>0</v>
       </c>
       <c r="EQ26" s="46">
         <v>0</v>
       </c>
       <c r="ER26" s="46">
         <v>0</v>
@@ -15469,52 +15648,61 @@
       </c>
       <c r="HR26" s="46">
         <v>0</v>
       </c>
       <c r="HS26" s="46">
         <v>0</v>
       </c>
       <c r="HT26" s="46">
         <v>0</v>
       </c>
       <c r="HU26" s="46">
         <v>0</v>
       </c>
       <c r="HV26" s="46">
         <v>0</v>
       </c>
       <c r="HW26" s="46">
         <v>0</v>
       </c>
       <c r="HX26" s="46">
         <v>0</v>
       </c>
       <c r="HY26" s="46">
         <v>0</v>
       </c>
+      <c r="HZ26" s="46">
+        <v>0</v>
+      </c>
+      <c r="IA26" s="46">
+        <v>0</v>
+      </c>
+      <c r="IB26" s="46">
+        <v>0</v>
+      </c>
     </row>
-    <row r="27" spans="1:233" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:236" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="3"/>
       <c r="B27" s="20" t="s">
         <v>80</v>
       </c>
       <c r="C27" s="21">
         <v>0</v>
       </c>
       <c r="D27" s="21">
         <v>807.38584431000004</v>
       </c>
       <c r="E27" s="21">
         <v>2.6970156699999999</v>
       </c>
       <c r="F27" s="21">
         <v>786.99866956999995</v>
       </c>
       <c r="G27" s="21">
         <v>106.95126429</v>
       </c>
       <c r="H27" s="21">
         <v>110.59372043</v>
       </c>
       <c r="I27" s="21">
         <v>0</v>
       </c>
@@ -15676,51 +15864,51 @@
       </c>
       <c r="BJ27" s="21">
         <v>0</v>
       </c>
       <c r="BK27" s="21">
         <v>0</v>
       </c>
       <c r="BL27" s="21">
         <v>0</v>
       </c>
       <c r="BM27" s="21">
         <v>0</v>
       </c>
       <c r="BN27" s="21">
         <v>0</v>
       </c>
       <c r="BO27" s="21">
         <v>0</v>
       </c>
       <c r="BP27" s="21">
         <v>0</v>
       </c>
       <c r="BQ27" s="21">
         <v>0</v>
       </c>
-      <c r="BR27" s="22">
+      <c r="BR27" s="21">
         <v>0</v>
       </c>
       <c r="BS27" s="22">
         <v>0</v>
       </c>
       <c r="BT27" s="22">
         <v>0</v>
       </c>
       <c r="BU27" s="22">
         <v>0</v>
       </c>
       <c r="BV27" s="22">
         <v>0</v>
       </c>
       <c r="BW27" s="22">
         <v>0</v>
       </c>
       <c r="BX27" s="22">
         <v>0</v>
       </c>
       <c r="BY27" s="22">
         <v>0</v>
       </c>
       <c r="BZ27" s="22">
         <v>0</v>
@@ -15728,265 +15916,265 @@
       <c r="CA27" s="22">
         <v>0</v>
       </c>
       <c r="CB27" s="22">
         <v>0</v>
       </c>
       <c r="CC27" s="22">
         <v>0</v>
       </c>
       <c r="CD27" s="22">
         <v>0</v>
       </c>
       <c r="CE27" s="22">
         <v>0</v>
       </c>
       <c r="CF27" s="22">
         <v>0</v>
       </c>
       <c r="CG27" s="22">
         <v>0</v>
       </c>
       <c r="CH27" s="22">
         <v>0</v>
       </c>
       <c r="CI27" s="22">
+        <v>0</v>
+      </c>
+      <c r="CJ27" s="22">
         <v>615.01917026000001</v>
       </c>
-      <c r="CJ27" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="CK27" s="22">
         <v>0</v>
       </c>
       <c r="CL27" s="22">
         <v>0</v>
       </c>
       <c r="CM27" s="22">
         <v>0</v>
       </c>
       <c r="CN27" s="22">
+        <v>0</v>
+      </c>
+      <c r="CO27" s="22">
         <v>192.36667405</v>
       </c>
-      <c r="CO27" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="CP27" s="22">
         <v>0</v>
       </c>
       <c r="CQ27" s="22">
         <v>0</v>
       </c>
       <c r="CR27" s="22">
         <v>0</v>
       </c>
       <c r="CS27" s="22">
         <v>0</v>
       </c>
       <c r="CT27" s="22">
         <v>0</v>
       </c>
       <c r="CU27" s="22">
         <v>0</v>
       </c>
       <c r="CV27" s="22">
         <v>0</v>
       </c>
       <c r="CW27" s="22">
         <v>0</v>
       </c>
       <c r="CX27" s="22">
         <v>0</v>
       </c>
       <c r="CY27" s="22">
+        <v>0</v>
+      </c>
+      <c r="CZ27" s="22">
         <v>-1.91071433</v>
       </c>
-      <c r="CZ27" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="DA27" s="22">
+        <v>0</v>
+      </c>
+      <c r="DB27" s="22">
         <v>4.6077300000000001</v>
       </c>
-      <c r="DB27" s="22">
+      <c r="DC27" s="22">
         <v>165.53985105999999</v>
       </c>
-      <c r="DC27" s="22">
+      <c r="DD27" s="22">
         <v>72.169352719999992</v>
       </c>
-      <c r="DD27" s="22">
+      <c r="DE27" s="22">
         <v>153.44297578000001</v>
       </c>
-      <c r="DE27" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="DF27" s="22">
         <v>0</v>
       </c>
       <c r="DG27" s="22">
         <v>0</v>
       </c>
       <c r="DH27" s="22">
+        <v>0</v>
+      </c>
+      <c r="DI27" s="22">
         <v>27</v>
       </c>
-      <c r="DI27" s="22">
+      <c r="DJ27" s="22">
         <v>368.84649000999997</v>
       </c>
-      <c r="DJ27" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="DK27" s="22">
         <v>0</v>
       </c>
       <c r="DL27" s="22">
         <v>0</v>
       </c>
       <c r="DM27" s="22">
         <v>0</v>
       </c>
       <c r="DN27" s="22">
         <v>0</v>
       </c>
       <c r="DO27" s="22">
+        <v>0</v>
+      </c>
+      <c r="DP27" s="22">
         <v>56.25</v>
       </c>
-      <c r="DP27" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="DQ27" s="22">
         <v>0</v>
       </c>
       <c r="DR27" s="22">
         <v>0</v>
       </c>
       <c r="DS27" s="22">
         <v>0</v>
       </c>
       <c r="DT27" s="22">
         <v>0</v>
       </c>
       <c r="DU27" s="22">
         <v>0</v>
       </c>
       <c r="DV27" s="22">
         <v>0</v>
       </c>
       <c r="DW27" s="22">
+        <v>0</v>
+      </c>
+      <c r="DX27" s="22">
         <v>50.701264289999997</v>
       </c>
-      <c r="DX27" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="DY27" s="22">
         <v>0</v>
       </c>
       <c r="DZ27" s="22">
+        <v>0</v>
+      </c>
+      <c r="EA27" s="22">
         <v>52.727580000000003</v>
       </c>
-      <c r="EA27" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="EB27" s="22">
         <v>0</v>
       </c>
       <c r="EC27" s="22">
         <v>0</v>
       </c>
       <c r="ED27" s="22">
         <v>0</v>
       </c>
       <c r="EE27" s="22">
         <v>0</v>
       </c>
       <c r="EF27" s="22">
         <v>0</v>
       </c>
       <c r="EG27" s="22">
         <v>0</v>
       </c>
       <c r="EH27" s="22">
         <v>0</v>
       </c>
       <c r="EI27" s="22">
         <v>0</v>
       </c>
-      <c r="EJ27" s="45">
+      <c r="EJ27" s="22">
+        <v>0</v>
+      </c>
+      <c r="EK27" s="45">
         <v>57.866140430000002</v>
       </c>
-      <c r="EK27" s="45">
-[...1 lines deleted...]
-      </c>
       <c r="EL27" s="45">
         <v>0</v>
       </c>
       <c r="EM27" s="45">
         <v>0</v>
       </c>
       <c r="EN27" s="45">
         <v>0</v>
       </c>
       <c r="EO27" s="45">
         <v>0</v>
       </c>
       <c r="EP27" s="45">
         <v>0</v>
       </c>
       <c r="EQ27" s="45">
         <v>0</v>
       </c>
       <c r="ER27" s="45">
         <v>0</v>
       </c>
       <c r="ES27" s="45">
         <v>0</v>
       </c>
       <c r="ET27" s="45">
         <v>0</v>
       </c>
       <c r="EU27" s="45">
         <v>0</v>
       </c>
       <c r="EV27" s="45">
         <v>0</v>
       </c>
       <c r="EW27" s="45">
         <v>0</v>
       </c>
       <c r="EX27" s="45">
         <v>0</v>
       </c>
       <c r="EY27" s="45">
         <v>0</v>
       </c>
       <c r="EZ27" s="45">
         <v>0</v>
       </c>
       <c r="FA27" s="45">
+        <v>0</v>
+      </c>
+      <c r="FB27" s="45">
         <v>892.95826127999999</v>
       </c>
-      <c r="FB27" s="45">
-[...1 lines deleted...]
-      </c>
       <c r="FC27" s="45">
         <v>0</v>
       </c>
       <c r="FD27" s="45">
         <v>0</v>
       </c>
       <c r="FE27" s="45">
         <v>0</v>
       </c>
       <c r="FF27" s="45">
         <v>0</v>
       </c>
       <c r="FG27" s="45">
         <v>0</v>
       </c>
       <c r="FH27" s="45">
         <v>0</v>
       </c>
       <c r="FI27" s="45">
         <v>0</v>
       </c>
       <c r="FJ27" s="45">
         <v>0</v>
       </c>
       <c r="FK27" s="45">
@@ -16168,52 +16356,61 @@
       </c>
       <c r="HR27" s="45">
         <v>0</v>
       </c>
       <c r="HS27" s="45">
         <v>0</v>
       </c>
       <c r="HT27" s="45">
         <v>0</v>
       </c>
       <c r="HU27" s="45">
         <v>0</v>
       </c>
       <c r="HV27" s="45">
         <v>0</v>
       </c>
       <c r="HW27" s="45">
         <v>0</v>
       </c>
       <c r="HX27" s="45">
         <v>0</v>
       </c>
       <c r="HY27" s="45">
         <v>0</v>
       </c>
+      <c r="HZ27" s="45">
+        <v>0</v>
+      </c>
+      <c r="IA27" s="45">
+        <v>0</v>
+      </c>
+      <c r="IB27" s="45">
+        <v>0</v>
+      </c>
     </row>
-    <row r="28" spans="1:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B28" s="23" t="s">
         <v>73</v>
       </c>
       <c r="C28" s="24">
         <v>0</v>
       </c>
       <c r="D28" s="24">
         <v>807.38584431000004</v>
       </c>
       <c r="E28" s="24">
         <v>3.2089856699999997</v>
       </c>
       <c r="F28" s="24">
         <v>786.99866956999995</v>
       </c>
       <c r="G28" s="24">
         <v>106.95126429</v>
       </c>
       <c r="H28" s="24">
         <v>110.59372043</v>
       </c>
       <c r="I28" s="24">
         <v>0</v>
       </c>
       <c r="J28" s="24">
@@ -16374,51 +16571,51 @@
       </c>
       <c r="BJ28" s="24">
         <v>0</v>
       </c>
       <c r="BK28" s="24">
         <v>0</v>
       </c>
       <c r="BL28" s="24">
         <v>0</v>
       </c>
       <c r="BM28" s="24">
         <v>0</v>
       </c>
       <c r="BN28" s="24">
         <v>0</v>
       </c>
       <c r="BO28" s="24">
         <v>0</v>
       </c>
       <c r="BP28" s="24">
         <v>0</v>
       </c>
       <c r="BQ28" s="24">
         <v>0</v>
       </c>
-      <c r="BR28" s="25">
+      <c r="BR28" s="24">
         <v>0</v>
       </c>
       <c r="BS28" s="25">
         <v>0</v>
       </c>
       <c r="BT28" s="25">
         <v>0</v>
       </c>
       <c r="BU28" s="25">
         <v>0</v>
       </c>
       <c r="BV28" s="25">
         <v>0</v>
       </c>
       <c r="BW28" s="25">
         <v>0</v>
       </c>
       <c r="BX28" s="25">
         <v>0</v>
       </c>
       <c r="BY28" s="25">
         <v>0</v>
       </c>
       <c r="BZ28" s="25">
         <v>0</v>
@@ -16426,265 +16623,265 @@
       <c r="CA28" s="25">
         <v>0</v>
       </c>
       <c r="CB28" s="25">
         <v>0</v>
       </c>
       <c r="CC28" s="25">
         <v>0</v>
       </c>
       <c r="CD28" s="25">
         <v>0</v>
       </c>
       <c r="CE28" s="25">
         <v>0</v>
       </c>
       <c r="CF28" s="25">
         <v>0</v>
       </c>
       <c r="CG28" s="25">
         <v>0</v>
       </c>
       <c r="CH28" s="25">
         <v>0</v>
       </c>
       <c r="CI28" s="25">
+        <v>0</v>
+      </c>
+      <c r="CJ28" s="25">
         <v>615.01917026000001</v>
       </c>
-      <c r="CJ28" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="CK28" s="25">
         <v>0</v>
       </c>
       <c r="CL28" s="25">
         <v>0</v>
       </c>
       <c r="CM28" s="25">
         <v>0</v>
       </c>
       <c r="CN28" s="25">
+        <v>0</v>
+      </c>
+      <c r="CO28" s="25">
         <v>192.36667405</v>
       </c>
-      <c r="CO28" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="CP28" s="25">
         <v>0</v>
       </c>
       <c r="CQ28" s="25">
         <v>0</v>
       </c>
       <c r="CR28" s="25">
         <v>0</v>
       </c>
       <c r="CS28" s="25">
         <v>0</v>
       </c>
       <c r="CT28" s="25">
         <v>0</v>
       </c>
       <c r="CU28" s="25">
         <v>0</v>
       </c>
       <c r="CV28" s="25">
         <v>0</v>
       </c>
       <c r="CW28" s="25">
         <v>0</v>
       </c>
       <c r="CX28" s="25">
         <v>0</v>
       </c>
       <c r="CY28" s="25">
+        <v>0</v>
+      </c>
+      <c r="CZ28" s="25">
         <v>-1.91071433</v>
       </c>
-      <c r="CZ28" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="DA28" s="25">
+        <v>0</v>
+      </c>
+      <c r="DB28" s="25">
         <v>5.1196999999999999</v>
       </c>
-      <c r="DB28" s="25">
+      <c r="DC28" s="25">
         <v>165.53985105999999</v>
       </c>
-      <c r="DC28" s="25">
+      <c r="DD28" s="25">
         <v>72.169352719999992</v>
       </c>
-      <c r="DD28" s="25">
+      <c r="DE28" s="25">
         <v>153.44297578000001</v>
       </c>
-      <c r="DE28" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="DF28" s="25">
         <v>0</v>
       </c>
       <c r="DG28" s="25">
         <v>0</v>
       </c>
       <c r="DH28" s="25">
+        <v>0</v>
+      </c>
+      <c r="DI28" s="25">
         <v>27</v>
       </c>
-      <c r="DI28" s="25">
+      <c r="DJ28" s="25">
         <v>368.84649000999997</v>
       </c>
-      <c r="DJ28" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="DK28" s="25">
         <v>0</v>
       </c>
       <c r="DL28" s="25">
         <v>0</v>
       </c>
       <c r="DM28" s="25">
         <v>0</v>
       </c>
       <c r="DN28" s="25">
         <v>0</v>
       </c>
       <c r="DO28" s="25">
+        <v>0</v>
+      </c>
+      <c r="DP28" s="25">
         <v>56.25</v>
       </c>
-      <c r="DP28" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="DQ28" s="25">
         <v>0</v>
       </c>
       <c r="DR28" s="25">
         <v>0</v>
       </c>
       <c r="DS28" s="25">
         <v>0</v>
       </c>
       <c r="DT28" s="25">
         <v>0</v>
       </c>
       <c r="DU28" s="25">
         <v>0</v>
       </c>
       <c r="DV28" s="25">
         <v>0</v>
       </c>
       <c r="DW28" s="25">
+        <v>0</v>
+      </c>
+      <c r="DX28" s="25">
         <v>50.701264289999997</v>
       </c>
-      <c r="DX28" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="DY28" s="25">
         <v>0</v>
       </c>
       <c r="DZ28" s="25">
+        <v>0</v>
+      </c>
+      <c r="EA28" s="25">
         <v>52.727580000000003</v>
       </c>
-      <c r="EA28" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="EB28" s="25">
         <v>0</v>
       </c>
       <c r="EC28" s="25">
         <v>0</v>
       </c>
       <c r="ED28" s="25">
         <v>0</v>
       </c>
       <c r="EE28" s="25">
         <v>0</v>
       </c>
       <c r="EF28" s="25">
         <v>0</v>
       </c>
       <c r="EG28" s="25">
         <v>0</v>
       </c>
       <c r="EH28" s="25">
         <v>0</v>
       </c>
       <c r="EI28" s="25">
         <v>0</v>
       </c>
-      <c r="EJ28" s="46">
+      <c r="EJ28" s="25">
+        <v>0</v>
+      </c>
+      <c r="EK28" s="46">
         <v>57.866140430000002</v>
       </c>
-      <c r="EK28" s="46">
-[...1 lines deleted...]
-      </c>
       <c r="EL28" s="46">
         <v>0</v>
       </c>
       <c r="EM28" s="46">
         <v>0</v>
       </c>
       <c r="EN28" s="46">
         <v>0</v>
       </c>
       <c r="EO28" s="46">
         <v>0</v>
       </c>
       <c r="EP28" s="46">
         <v>0</v>
       </c>
       <c r="EQ28" s="46">
         <v>0</v>
       </c>
       <c r="ER28" s="46">
         <v>0</v>
       </c>
       <c r="ES28" s="46">
         <v>0</v>
       </c>
       <c r="ET28" s="46">
         <v>0</v>
       </c>
       <c r="EU28" s="46">
         <v>0</v>
       </c>
       <c r="EV28" s="46">
         <v>0</v>
       </c>
       <c r="EW28" s="46">
         <v>0</v>
       </c>
       <c r="EX28" s="46">
         <v>0</v>
       </c>
       <c r="EY28" s="46">
         <v>0</v>
       </c>
       <c r="EZ28" s="46">
         <v>0</v>
       </c>
       <c r="FA28" s="46">
+        <v>0</v>
+      </c>
+      <c r="FB28" s="46">
         <v>892.95826127999999</v>
       </c>
-      <c r="FB28" s="46">
-[...1 lines deleted...]
-      </c>
       <c r="FC28" s="46">
         <v>0</v>
       </c>
       <c r="FD28" s="46">
         <v>0</v>
       </c>
       <c r="FE28" s="46">
         <v>0</v>
       </c>
       <c r="FF28" s="46">
         <v>0</v>
       </c>
       <c r="FG28" s="46">
         <v>0</v>
       </c>
       <c r="FH28" s="46">
         <v>0</v>
       </c>
       <c r="FI28" s="46">
         <v>0</v>
       </c>
       <c r="FJ28" s="46">
         <v>0</v>
       </c>
       <c r="FK28" s="46">
@@ -16866,52 +17063,61 @@
       </c>
       <c r="HR28" s="46">
         <v>0</v>
       </c>
       <c r="HS28" s="46">
         <v>0</v>
       </c>
       <c r="HT28" s="46">
         <v>0</v>
       </c>
       <c r="HU28" s="46">
         <v>0</v>
       </c>
       <c r="HV28" s="46">
         <v>0</v>
       </c>
       <c r="HW28" s="46">
         <v>0</v>
       </c>
       <c r="HX28" s="46">
         <v>0</v>
       </c>
       <c r="HY28" s="46">
         <v>0</v>
       </c>
+      <c r="HZ28" s="46">
+        <v>0</v>
+      </c>
+      <c r="IA28" s="46">
+        <v>0</v>
+      </c>
+      <c r="IB28" s="46">
+        <v>0</v>
+      </c>
     </row>
-    <row r="29" spans="1:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="26" t="s">
         <v>74</v>
       </c>
       <c r="C29" s="27">
         <v>0</v>
       </c>
       <c r="D29" s="27">
         <v>0</v>
       </c>
       <c r="E29" s="27">
         <v>-0.51197000000000004</v>
       </c>
       <c r="F29" s="27">
         <v>0</v>
       </c>
       <c r="G29" s="27">
         <v>0</v>
       </c>
       <c r="H29" s="27">
         <v>0</v>
       </c>
       <c r="I29" s="27">
         <v>0</v>
       </c>
       <c r="J29" s="27">
@@ -17072,51 +17278,51 @@
       </c>
       <c r="BJ29" s="27">
         <v>0</v>
       </c>
       <c r="BK29" s="27">
         <v>0</v>
       </c>
       <c r="BL29" s="27">
         <v>0</v>
       </c>
       <c r="BM29" s="27">
         <v>0</v>
       </c>
       <c r="BN29" s="27">
         <v>0</v>
       </c>
       <c r="BO29" s="27">
         <v>0</v>
       </c>
       <c r="BP29" s="27">
         <v>0</v>
       </c>
       <c r="BQ29" s="27">
         <v>0</v>
       </c>
-      <c r="BR29" s="25">
+      <c r="BR29" s="27">
         <v>0</v>
       </c>
       <c r="BS29" s="25">
         <v>0</v>
       </c>
       <c r="BT29" s="25">
         <v>0</v>
       </c>
       <c r="BU29" s="25">
         <v>0</v>
       </c>
       <c r="BV29" s="25">
         <v>0</v>
       </c>
       <c r="BW29" s="25">
         <v>0</v>
       </c>
       <c r="BX29" s="25">
         <v>0</v>
       </c>
       <c r="BY29" s="25">
         <v>0</v>
       </c>
       <c r="BZ29" s="25">
         <v>0</v>
@@ -17178,55 +17384,55 @@
       <c r="CS29" s="25">
         <v>0</v>
       </c>
       <c r="CT29" s="25">
         <v>0</v>
       </c>
       <c r="CU29" s="25">
         <v>0</v>
       </c>
       <c r="CV29" s="25">
         <v>0</v>
       </c>
       <c r="CW29" s="25">
         <v>0</v>
       </c>
       <c r="CX29" s="25">
         <v>0</v>
       </c>
       <c r="CY29" s="25">
         <v>0</v>
       </c>
       <c r="CZ29" s="25">
         <v>0</v>
       </c>
       <c r="DA29" s="25">
+        <v>0</v>
+      </c>
+      <c r="DB29" s="25">
         <v>-0.51197000000000004</v>
       </c>
-      <c r="DB29" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="DC29" s="25">
         <v>0</v>
       </c>
       <c r="DD29" s="25">
         <v>0</v>
       </c>
       <c r="DE29" s="25">
         <v>0</v>
       </c>
       <c r="DF29" s="25">
         <v>0</v>
       </c>
       <c r="DG29" s="25">
         <v>0</v>
       </c>
       <c r="DH29" s="25">
         <v>0</v>
       </c>
       <c r="DI29" s="25">
         <v>0</v>
       </c>
       <c r="DJ29" s="25">
         <v>0</v>
       </c>
       <c r="DK29" s="25">
@@ -17282,51 +17488,51 @@
       </c>
       <c r="EB29" s="25">
         <v>0</v>
       </c>
       <c r="EC29" s="25">
         <v>0</v>
       </c>
       <c r="ED29" s="25">
         <v>0</v>
       </c>
       <c r="EE29" s="25">
         <v>0</v>
       </c>
       <c r="EF29" s="25">
         <v>0</v>
       </c>
       <c r="EG29" s="25">
         <v>0</v>
       </c>
       <c r="EH29" s="25">
         <v>0</v>
       </c>
       <c r="EI29" s="25">
         <v>0</v>
       </c>
-      <c r="EJ29" s="46">
+      <c r="EJ29" s="25">
         <v>0</v>
       </c>
       <c r="EK29" s="46">
         <v>0</v>
       </c>
       <c r="EL29" s="46">
         <v>0</v>
       </c>
       <c r="EM29" s="46">
         <v>0</v>
       </c>
       <c r="EN29" s="46">
         <v>0</v>
       </c>
       <c r="EO29" s="46">
         <v>0</v>
       </c>
       <c r="EP29" s="46">
         <v>0</v>
       </c>
       <c r="EQ29" s="46">
         <v>0</v>
       </c>
       <c r="ER29" s="46">
         <v>0</v>
@@ -17564,52 +17770,61 @@
       </c>
       <c r="HR29" s="46">
         <v>0</v>
       </c>
       <c r="HS29" s="46">
         <v>0</v>
       </c>
       <c r="HT29" s="46">
         <v>0</v>
       </c>
       <c r="HU29" s="46">
         <v>0</v>
       </c>
       <c r="HV29" s="46">
         <v>0</v>
       </c>
       <c r="HW29" s="46">
         <v>0</v>
       </c>
       <c r="HX29" s="46">
         <v>0</v>
       </c>
       <c r="HY29" s="46">
         <v>0</v>
       </c>
+      <c r="HZ29" s="46">
+        <v>0</v>
+      </c>
+      <c r="IA29" s="46">
+        <v>0</v>
+      </c>
+      <c r="IB29" s="46">
+        <v>0</v>
+      </c>
     </row>
-    <row r="30" spans="1:233" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:236" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="3"/>
       <c r="B30" s="20" t="s">
         <v>81</v>
       </c>
       <c r="C30" s="21">
         <v>47.007381359999997</v>
       </c>
       <c r="D30" s="21">
         <v>970.93491730000017</v>
       </c>
       <c r="E30" s="21">
         <v>691.02157775000012</v>
       </c>
       <c r="F30" s="21">
         <v>1529.3299679199999</v>
       </c>
       <c r="G30" s="21">
         <v>336.73453040999999</v>
       </c>
       <c r="H30" s="21">
         <v>1501.3826708900001</v>
       </c>
       <c r="I30" s="21">
         <v>285.11509088000003</v>
       </c>
@@ -17771,544 +17986,553 @@
       </c>
       <c r="BJ30" s="21">
         <v>0</v>
       </c>
       <c r="BK30" s="21">
         <v>39.969078359999997</v>
       </c>
       <c r="BL30" s="21">
         <v>-21.045618820000001</v>
       </c>
       <c r="BM30" s="21">
         <v>0</v>
       </c>
       <c r="BN30" s="21">
         <v>0</v>
       </c>
       <c r="BO30" s="21">
         <v>54.874516799999995</v>
       </c>
       <c r="BP30" s="21">
         <v>13.966897000000001</v>
       </c>
       <c r="BQ30" s="21">
         <v>2.86</v>
       </c>
-      <c r="BR30" s="22">
-        <v>0</v>
+      <c r="BR30" s="21">
+        <v>95.177485450000006</v>
       </c>
       <c r="BS30" s="22">
         <v>0</v>
       </c>
       <c r="BT30" s="22">
         <v>0</v>
       </c>
       <c r="BU30" s="22">
         <v>0</v>
       </c>
       <c r="BV30" s="22">
         <v>0</v>
       </c>
       <c r="BW30" s="22">
         <v>0</v>
       </c>
       <c r="BX30" s="22">
         <v>0</v>
       </c>
       <c r="BY30" s="22">
+        <v>0</v>
+      </c>
+      <c r="BZ30" s="22">
         <v>-10.412311429999999</v>
       </c>
-      <c r="BZ30" s="22">
+      <c r="CA30" s="22">
         <v>-2.0125000000000028</v>
       </c>
-      <c r="CA30" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="CB30" s="22">
         <v>0</v>
       </c>
       <c r="CC30" s="22">
+        <v>0</v>
+      </c>
+      <c r="CD30" s="22">
         <v>59.432192790000002</v>
       </c>
-      <c r="CD30" s="22">
+      <c r="CE30" s="22">
         <v>88.405199999999994</v>
       </c>
-      <c r="CE30" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="CF30" s="22">
         <v>0</v>
       </c>
       <c r="CG30" s="22">
         <v>0</v>
       </c>
       <c r="CH30" s="22">
+        <v>0</v>
+      </c>
+      <c r="CI30" s="22">
         <v>794.77863979000006</v>
       </c>
-      <c r="CI30" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="CJ30" s="22">
+        <v>0</v>
+      </c>
+      <c r="CK30" s="22">
         <v>-4.8617974100000003</v>
       </c>
-      <c r="CK30" s="22">
+      <c r="CL30" s="22">
         <v>21.512874920000002</v>
       </c>
-      <c r="CL30" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="CM30" s="22">
+        <v>0</v>
+      </c>
+      <c r="CN30" s="22">
         <v>71.099999999999994</v>
       </c>
-      <c r="CN30" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="CO30" s="22">
         <v>0</v>
       </c>
       <c r="CP30" s="22">
         <v>0</v>
       </c>
       <c r="CQ30" s="22">
+        <v>0</v>
+      </c>
+      <c r="CR30" s="22">
         <v>12.183615439999999</v>
       </c>
-      <c r="CR30" s="22">
+      <c r="CS30" s="22">
         <v>7.1930399899999999</v>
       </c>
-      <c r="CS30" s="22">
+      <c r="CT30" s="22">
         <v>40.643746200000002</v>
       </c>
-      <c r="CT30" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="CU30" s="22">
         <v>0</v>
       </c>
       <c r="CV30" s="22">
         <v>0</v>
       </c>
       <c r="CW30" s="22">
         <v>0</v>
       </c>
       <c r="CX30" s="22">
         <v>0</v>
       </c>
       <c r="CY30" s="22">
+        <v>0</v>
+      </c>
+      <c r="CZ30" s="22">
         <v>631.00117612000008</v>
       </c>
-      <c r="CZ30" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="DA30" s="22">
         <v>0</v>
       </c>
       <c r="DB30" s="22">
+        <v>0</v>
+      </c>
+      <c r="DC30" s="22">
         <v>380.46784761999993</v>
       </c>
-      <c r="DC30" s="22">
+      <c r="DD30" s="22">
         <v>209.77055999999999</v>
       </c>
-      <c r="DD30" s="22">
+      <c r="DE30" s="22">
         <v>-72.361995989999997</v>
       </c>
-      <c r="DE30" s="22">
+      <c r="DF30" s="22">
         <v>120.65353005</v>
       </c>
-      <c r="DF30" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="DG30" s="22">
         <v>0</v>
       </c>
       <c r="DH30" s="22">
+        <v>0</v>
+      </c>
+      <c r="DI30" s="22">
         <v>529.61460001</v>
       </c>
-      <c r="DI30" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="DJ30" s="22">
+        <v>0</v>
+      </c>
+      <c r="DK30" s="22">
         <v>-1.0295380000000001</v>
       </c>
-      <c r="DK30" s="22">
+      <c r="DL30" s="22">
         <v>69.891605590000012</v>
       </c>
-      <c r="DL30" s="22">
+      <c r="DM30" s="22">
         <v>327.94040863999999</v>
       </c>
-      <c r="DM30" s="22">
+      <c r="DN30" s="22">
         <v>-35.617049999999999</v>
       </c>
-      <c r="DN30" s="22">
+      <c r="DO30" s="22">
         <v>8</v>
       </c>
-      <c r="DO30" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="DP30" s="22">
+        <v>0</v>
+      </c>
+      <c r="DQ30" s="22">
         <v>46.916990009999999</v>
       </c>
-      <c r="DQ30" s="22">
+      <c r="DR30" s="22">
         <v>251.06149974000002</v>
       </c>
-      <c r="DR30" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="DS30" s="22">
         <v>0</v>
       </c>
       <c r="DT30" s="22">
+        <v>0</v>
+      </c>
+      <c r="DU30" s="22">
         <v>-2.3103034600000001</v>
       </c>
-      <c r="DU30" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="DV30" s="22">
+        <v>0</v>
+      </c>
+      <c r="DW30" s="22">
         <v>-2.7160228100000001</v>
       </c>
-      <c r="DW30" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="DX30" s="22">
+        <v>0</v>
+      </c>
+      <c r="DY30" s="22">
         <v>35.782366930000002</v>
       </c>
-      <c r="DY30" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="DZ30" s="22">
         <v>0</v>
       </c>
       <c r="EA30" s="22">
         <v>0</v>
       </c>
       <c r="EB30" s="22">
         <v>0</v>
       </c>
       <c r="EC30" s="22">
         <v>0</v>
       </c>
       <c r="ED30" s="22">
         <v>0</v>
       </c>
       <c r="EE30" s="22">
+        <v>0</v>
+      </c>
+      <c r="EF30" s="22">
         <v>1376.90430489</v>
       </c>
-      <c r="EF30" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="EG30" s="22">
         <v>0</v>
       </c>
       <c r="EH30" s="22">
+        <v>0</v>
+      </c>
+      <c r="EI30" s="22">
         <v>65.756399999999999</v>
       </c>
-      <c r="EI30" s="22">
-[...2 lines deleted...]
-      <c r="EJ30" s="45">
+      <c r="EJ30" s="22">
         <v>0</v>
       </c>
       <c r="EK30" s="45">
+        <v>0</v>
+      </c>
+      <c r="EL30" s="45">
         <v>58.721965999999995</v>
       </c>
-      <c r="EL30" s="45">
+      <c r="EM30" s="45">
         <v>15.064</v>
       </c>
-      <c r="EM30" s="45">
-[...1 lines deleted...]
-      </c>
       <c r="EN30" s="45">
+        <v>0</v>
+      </c>
+      <c r="EO30" s="45">
         <v>-22.518688480000002</v>
       </c>
-      <c r="EO30" s="45">
-[...1 lines deleted...]
-      </c>
       <c r="EP30" s="45">
         <v>0</v>
       </c>
       <c r="EQ30" s="45">
         <v>0</v>
       </c>
       <c r="ER30" s="45">
         <v>0</v>
       </c>
       <c r="ES30" s="45">
         <v>0</v>
       </c>
       <c r="ET30" s="45">
+        <v>0</v>
+      </c>
+      <c r="EU30" s="45">
         <v>151.82730000000001</v>
       </c>
-      <c r="EU30" s="45">
+      <c r="EV30" s="45">
         <v>140.74247936</v>
       </c>
-      <c r="EV30" s="45">
-[...1 lines deleted...]
-      </c>
       <c r="EW30" s="45">
         <v>0</v>
       </c>
       <c r="EX30" s="45">
+        <v>0</v>
+      </c>
+      <c r="EY30" s="45">
         <v>48.229975000000003</v>
       </c>
-      <c r="EY30" s="45">
-[...1 lines deleted...]
-      </c>
       <c r="EZ30" s="45">
         <v>0</v>
       </c>
       <c r="FA30" s="45">
         <v>0</v>
       </c>
       <c r="FB30" s="45">
         <v>0</v>
       </c>
       <c r="FC30" s="45">
+        <v>0</v>
+      </c>
+      <c r="FD30" s="45">
         <v>290.78181268000003</v>
       </c>
-      <c r="FD30" s="45">
+      <c r="FE30" s="45">
         <v>-71.751229590000008</v>
       </c>
-      <c r="FE30" s="45">
-[...1 lines deleted...]
-      </c>
       <c r="FF30" s="45">
         <v>0</v>
       </c>
       <c r="FG30" s="45">
         <v>0</v>
       </c>
       <c r="FH30" s="45">
         <v>0</v>
       </c>
       <c r="FI30" s="45">
+        <v>0</v>
+      </c>
+      <c r="FJ30" s="45">
         <v>35.272915049999995</v>
       </c>
-      <c r="FJ30" s="45">
-[...1 lines deleted...]
-      </c>
       <c r="FK30" s="45">
+        <v>0</v>
+      </c>
+      <c r="FL30" s="45">
         <v>-29.114365620000001</v>
       </c>
-      <c r="FL30" s="45">
-[...1 lines deleted...]
-      </c>
       <c r="FM30" s="45">
         <v>0</v>
       </c>
       <c r="FN30" s="45">
+        <v>0</v>
+      </c>
+      <c r="FO30" s="45">
         <v>319.44237828999997</v>
       </c>
-      <c r="FO30" s="45">
-[...1 lines deleted...]
-      </c>
       <c r="FP30" s="45">
         <v>0</v>
       </c>
       <c r="FQ30" s="45">
+        <v>0</v>
+      </c>
+      <c r="FR30" s="45">
         <v>-75.27667246</v>
       </c>
-      <c r="FR30" s="45">
-[...1 lines deleted...]
-      </c>
       <c r="FS30" s="45">
         <v>0</v>
       </c>
       <c r="FT30" s="45">
         <v>0</v>
       </c>
       <c r="FU30" s="45">
         <v>0</v>
       </c>
       <c r="FV30" s="45">
         <v>0</v>
       </c>
       <c r="FW30" s="45">
+        <v>0</v>
+      </c>
+      <c r="FX30" s="45">
         <v>30</v>
       </c>
-      <c r="FX30" s="45">
-[...1 lines deleted...]
-      </c>
       <c r="FY30" s="45">
         <v>0</v>
       </c>
       <c r="FZ30" s="45">
         <v>0</v>
       </c>
       <c r="GA30" s="45">
+        <v>0</v>
+      </c>
+      <c r="GB30" s="45">
         <v>28.631758000000001</v>
       </c>
-      <c r="GB30" s="45">
+      <c r="GC30" s="45">
         <v>-3.5279000000000002E-4</v>
       </c>
-      <c r="GC30" s="45">
+      <c r="GD30" s="45">
         <v>-38.898437419999993</v>
       </c>
-      <c r="GD30" s="45">
-[...1 lines deleted...]
-      </c>
       <c r="GE30" s="45">
         <v>0</v>
       </c>
       <c r="GF30" s="45">
+        <v>0</v>
+      </c>
+      <c r="GG30" s="45">
         <v>6.3124880000000001</v>
       </c>
-      <c r="GG30" s="45">
-[...1 lines deleted...]
-      </c>
       <c r="GH30" s="45">
+        <v>0</v>
+      </c>
+      <c r="GI30" s="45">
         <v>167.86070731000001</v>
       </c>
-      <c r="GI30" s="45">
-[...1 lines deleted...]
-      </c>
       <c r="GJ30" s="45">
         <v>0</v>
       </c>
       <c r="GK30" s="45">
+        <v>0</v>
+      </c>
+      <c r="GL30" s="45">
         <v>71.053799999999995</v>
       </c>
-      <c r="GL30" s="45">
+      <c r="GM30" s="45">
         <v>1542.03575</v>
       </c>
-      <c r="GM30" s="45">
-[...1 lines deleted...]
-      </c>
       <c r="GN30" s="45">
+        <v>0</v>
+      </c>
+      <c r="GO30" s="45">
         <v>-223.53452756000002</v>
       </c>
-      <c r="GO30" s="45">
+      <c r="GP30" s="45">
         <v>160.4478</v>
       </c>
-      <c r="GP30" s="45">
-[...1 lines deleted...]
-      </c>
       <c r="GQ30" s="45">
+        <v>0</v>
+      </c>
+      <c r="GR30" s="45">
         <v>-0.58716765000000004</v>
       </c>
-      <c r="GR30" s="45">
+      <c r="GS30" s="45">
         <v>11.7920499</v>
       </c>
-      <c r="GS30" s="45">
-[...1 lines deleted...]
-      </c>
       <c r="GT30" s="45">
+        <v>0</v>
+      </c>
+      <c r="GU30" s="45">
         <v>5.048</v>
       </c>
-      <c r="GU30" s="45">
+      <c r="GV30" s="45">
         <v>4.6444999999999999</v>
       </c>
-      <c r="GV30" s="45">
-[...1 lines deleted...]
-      </c>
       <c r="GW30" s="45">
         <v>0</v>
       </c>
       <c r="GX30" s="45">
         <v>0</v>
       </c>
       <c r="GY30" s="45">
+        <v>0</v>
+      </c>
+      <c r="GZ30" s="45">
         <v>23.904976100000003</v>
       </c>
-      <c r="GZ30" s="45">
-[...1 lines deleted...]
-      </c>
       <c r="HA30" s="45">
         <v>0</v>
       </c>
       <c r="HB30" s="45">
         <v>0</v>
       </c>
       <c r="HC30" s="45">
         <v>0</v>
       </c>
       <c r="HD30" s="45">
+        <v>0</v>
+      </c>
+      <c r="HE30" s="45">
         <v>39.969078359999997</v>
       </c>
-      <c r="HE30" s="45">
-[...1 lines deleted...]
-      </c>
       <c r="HF30" s="45">
+        <v>0</v>
+      </c>
+      <c r="HG30" s="45">
         <v>-21.045618820000001</v>
       </c>
-      <c r="HG30" s="45">
-[...1 lines deleted...]
-      </c>
       <c r="HH30" s="45">
         <v>0</v>
       </c>
       <c r="HI30" s="45">
         <v>0</v>
       </c>
       <c r="HJ30" s="45">
         <v>0</v>
       </c>
       <c r="HK30" s="45">
         <v>0</v>
       </c>
       <c r="HL30" s="45">
         <v>0</v>
       </c>
       <c r="HM30" s="45">
         <v>0</v>
       </c>
       <c r="HN30" s="45">
         <v>0</v>
       </c>
       <c r="HO30" s="45">
+        <v>0</v>
+      </c>
+      <c r="HP30" s="45">
         <v>54.874516799999995</v>
       </c>
-      <c r="HP30" s="45">
-[...1 lines deleted...]
-      </c>
       <c r="HQ30" s="45">
         <v>0</v>
       </c>
       <c r="HR30" s="45">
+        <v>0</v>
+      </c>
+      <c r="HS30" s="45">
         <v>12.649581960000001</v>
       </c>
-      <c r="HS30" s="45">
-[...1 lines deleted...]
-      </c>
       <c r="HT30" s="45">
+        <v>0</v>
+      </c>
+      <c r="HU30" s="45">
         <v>1.31731504</v>
       </c>
-      <c r="HU30" s="45">
+      <c r="HV30" s="45">
         <v>2.86</v>
       </c>
-      <c r="HV30" s="45">
-[...1 lines deleted...]
-      </c>
       <c r="HW30" s="45">
         <v>0</v>
       </c>
       <c r="HX30" s="45">
+        <v>0</v>
+      </c>
+      <c r="HY30" s="45">
         <v>92.71596624</v>
       </c>
-      <c r="HY30" s="45">
+      <c r="HZ30" s="45">
+        <v>0</v>
+      </c>
+      <c r="IA30" s="45">
+        <v>2.4615192100000058</v>
+      </c>
+      <c r="IB30" s="45">
         <v>0</v>
       </c>
     </row>
-    <row r="31" spans="1:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="31" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B31" s="23" t="s">
         <v>73</v>
       </c>
       <c r="C31" s="24">
         <v>87.257381359999997</v>
       </c>
       <c r="D31" s="24">
         <v>970.93491730000017</v>
       </c>
       <c r="E31" s="24">
         <v>691.02157775000012</v>
       </c>
       <c r="F31" s="24">
         <v>1564.9470179199998</v>
       </c>
       <c r="G31" s="24">
         <v>336.73453040999999</v>
       </c>
       <c r="H31" s="24">
         <v>1505.9838048900001</v>
       </c>
       <c r="I31" s="24">
         <v>285.11509088000003</v>
       </c>
       <c r="J31" s="24">
@@ -18469,544 +18693,553 @@
       </c>
       <c r="BJ31" s="24">
         <v>0</v>
       </c>
       <c r="BK31" s="24">
         <v>39.969078359999997</v>
       </c>
       <c r="BL31" s="24">
         <v>-21.045618820000001</v>
       </c>
       <c r="BM31" s="24">
         <v>0</v>
       </c>
       <c r="BN31" s="24">
         <v>0</v>
       </c>
       <c r="BO31" s="24">
         <v>54.874516799999995</v>
       </c>
       <c r="BP31" s="24">
         <v>13.966897000000001</v>
       </c>
       <c r="BQ31" s="24">
         <v>2.86</v>
       </c>
-      <c r="BR31" s="25">
-        <v>0</v>
+      <c r="BR31" s="24">
+        <v>95.177485450000006</v>
       </c>
       <c r="BS31" s="25">
         <v>0</v>
       </c>
       <c r="BT31" s="25">
         <v>0</v>
       </c>
       <c r="BU31" s="25">
         <v>0</v>
       </c>
       <c r="BV31" s="25">
         <v>0</v>
       </c>
       <c r="BW31" s="25">
         <v>0</v>
       </c>
       <c r="BX31" s="25">
         <v>0</v>
       </c>
       <c r="BY31" s="25">
+        <v>0</v>
+      </c>
+      <c r="BZ31" s="25">
         <v>-10.412311429999999</v>
       </c>
-      <c r="BZ31" s="25">
+      <c r="CA31" s="25">
         <v>38.237499999999997</v>
       </c>
-      <c r="CA31" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="CB31" s="25">
         <v>0</v>
       </c>
       <c r="CC31" s="25">
+        <v>0</v>
+      </c>
+      <c r="CD31" s="25">
         <v>59.432192790000002</v>
       </c>
-      <c r="CD31" s="25">
+      <c r="CE31" s="25">
         <v>88.405199999999994</v>
       </c>
-      <c r="CE31" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="CF31" s="25">
         <v>0</v>
       </c>
       <c r="CG31" s="25">
         <v>0</v>
       </c>
       <c r="CH31" s="25">
+        <v>0</v>
+      </c>
+      <c r="CI31" s="25">
         <v>794.77863979000006</v>
       </c>
-      <c r="CI31" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="CJ31" s="25">
+        <v>0</v>
+      </c>
+      <c r="CK31" s="25">
         <v>-4.8617974100000003</v>
       </c>
-      <c r="CK31" s="25">
+      <c r="CL31" s="25">
         <v>21.512874920000002</v>
       </c>
-      <c r="CL31" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="CM31" s="25">
+        <v>0</v>
+      </c>
+      <c r="CN31" s="25">
         <v>71.099999999999994</v>
       </c>
-      <c r="CN31" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="CO31" s="25">
         <v>0</v>
       </c>
       <c r="CP31" s="25">
         <v>0</v>
       </c>
       <c r="CQ31" s="25">
+        <v>0</v>
+      </c>
+      <c r="CR31" s="25">
         <v>12.183615439999999</v>
       </c>
-      <c r="CR31" s="25">
+      <c r="CS31" s="25">
         <v>7.1930399899999999</v>
       </c>
-      <c r="CS31" s="25">
+      <c r="CT31" s="25">
         <v>40.643746200000002</v>
       </c>
-      <c r="CT31" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="CU31" s="25">
         <v>0</v>
       </c>
       <c r="CV31" s="25">
         <v>0</v>
       </c>
       <c r="CW31" s="25">
         <v>0</v>
       </c>
       <c r="CX31" s="25">
         <v>0</v>
       </c>
       <c r="CY31" s="25">
+        <v>0</v>
+      </c>
+      <c r="CZ31" s="25">
         <v>631.00117612000008</v>
       </c>
-      <c r="CZ31" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="DA31" s="25">
         <v>0</v>
       </c>
       <c r="DB31" s="25">
+        <v>0</v>
+      </c>
+      <c r="DC31" s="25">
         <v>380.46784761999993</v>
       </c>
-      <c r="DC31" s="25">
+      <c r="DD31" s="25">
         <v>209.77055999999999</v>
       </c>
-      <c r="DD31" s="25">
+      <c r="DE31" s="25">
         <v>-72.361995989999997</v>
       </c>
-      <c r="DE31" s="25">
+      <c r="DF31" s="25">
         <v>120.65353005</v>
       </c>
-      <c r="DF31" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="DG31" s="25">
         <v>0</v>
       </c>
       <c r="DH31" s="25">
+        <v>0</v>
+      </c>
+      <c r="DI31" s="25">
         <v>529.61460001</v>
       </c>
-      <c r="DI31" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="DJ31" s="25">
+        <v>0</v>
+      </c>
+      <c r="DK31" s="25">
         <v>-1.0295380000000001</v>
       </c>
-      <c r="DK31" s="25">
+      <c r="DL31" s="25">
         <v>69.891605590000012</v>
       </c>
-      <c r="DL31" s="25">
+      <c r="DM31" s="25">
         <v>327.94040863999999</v>
       </c>
-      <c r="DM31" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="DN31" s="25">
+        <v>0</v>
+      </c>
+      <c r="DO31" s="25">
         <v>8</v>
       </c>
-      <c r="DO31" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="DP31" s="25">
+        <v>0</v>
+      </c>
+      <c r="DQ31" s="25">
         <v>46.916990009999999</v>
       </c>
-      <c r="DQ31" s="25">
+      <c r="DR31" s="25">
         <v>251.06149974000002</v>
       </c>
-      <c r="DR31" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="DS31" s="25">
         <v>0</v>
       </c>
       <c r="DT31" s="25">
+        <v>0</v>
+      </c>
+      <c r="DU31" s="25">
         <v>-2.3103034600000001</v>
       </c>
-      <c r="DU31" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="DV31" s="25">
+        <v>0</v>
+      </c>
+      <c r="DW31" s="25">
         <v>-2.7160228100000001</v>
       </c>
-      <c r="DW31" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="DX31" s="25">
+        <v>0</v>
+      </c>
+      <c r="DY31" s="25">
         <v>35.782366930000002</v>
       </c>
-      <c r="DY31" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="DZ31" s="25">
         <v>0</v>
       </c>
       <c r="EA31" s="25">
         <v>0</v>
       </c>
       <c r="EB31" s="25">
         <v>0</v>
       </c>
       <c r="EC31" s="25">
         <v>0</v>
       </c>
       <c r="ED31" s="25">
         <v>0</v>
       </c>
       <c r="EE31" s="25">
+        <v>0</v>
+      </c>
+      <c r="EF31" s="25">
         <v>1376.90430489</v>
       </c>
-      <c r="EF31" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="EG31" s="25">
         <v>0</v>
       </c>
       <c r="EH31" s="25">
+        <v>0</v>
+      </c>
+      <c r="EI31" s="25">
         <v>65.756399999999999</v>
       </c>
-      <c r="EI31" s="25">
-[...2 lines deleted...]
-      <c r="EJ31" s="46">
+      <c r="EJ31" s="25">
         <v>0</v>
       </c>
       <c r="EK31" s="46">
+        <v>0</v>
+      </c>
+      <c r="EL31" s="46">
         <v>63.323099999999997</v>
       </c>
-      <c r="EL31" s="46">
+      <c r="EM31" s="46">
         <v>15.064</v>
       </c>
-      <c r="EM31" s="46">
-[...1 lines deleted...]
-      </c>
       <c r="EN31" s="46">
+        <v>0</v>
+      </c>
+      <c r="EO31" s="46">
         <v>-22.518688480000002</v>
       </c>
-      <c r="EO31" s="46">
-[...1 lines deleted...]
-      </c>
       <c r="EP31" s="46">
         <v>0</v>
       </c>
       <c r="EQ31" s="46">
         <v>0</v>
       </c>
       <c r="ER31" s="46">
         <v>0</v>
       </c>
       <c r="ES31" s="46">
         <v>0</v>
       </c>
       <c r="ET31" s="46">
+        <v>0</v>
+      </c>
+      <c r="EU31" s="46">
         <v>151.82730000000001</v>
       </c>
-      <c r="EU31" s="46">
+      <c r="EV31" s="46">
         <v>140.74247936</v>
       </c>
-      <c r="EV31" s="46">
-[...1 lines deleted...]
-      </c>
       <c r="EW31" s="46">
         <v>0</v>
       </c>
       <c r="EX31" s="46">
+        <v>0</v>
+      </c>
+      <c r="EY31" s="46">
         <v>48.229975000000003</v>
       </c>
-      <c r="EY31" s="46">
-[...1 lines deleted...]
-      </c>
       <c r="EZ31" s="46">
         <v>0</v>
       </c>
       <c r="FA31" s="46">
         <v>0</v>
       </c>
       <c r="FB31" s="46">
         <v>0</v>
       </c>
       <c r="FC31" s="46">
+        <v>0</v>
+      </c>
+      <c r="FD31" s="46">
         <v>290.78181268000003</v>
       </c>
-      <c r="FD31" s="46">
+      <c r="FE31" s="46">
         <v>-71.751229590000008</v>
       </c>
-      <c r="FE31" s="46">
-[...1 lines deleted...]
-      </c>
       <c r="FF31" s="46">
         <v>0</v>
       </c>
       <c r="FG31" s="46">
         <v>0</v>
       </c>
       <c r="FH31" s="46">
         <v>0</v>
       </c>
       <c r="FI31" s="46">
+        <v>0</v>
+      </c>
+      <c r="FJ31" s="46">
         <v>35.272915049999995</v>
       </c>
-      <c r="FJ31" s="46">
-[...1 lines deleted...]
-      </c>
       <c r="FK31" s="46">
+        <v>0</v>
+      </c>
+      <c r="FL31" s="46">
         <v>-29.114365620000001</v>
       </c>
-      <c r="FL31" s="46">
-[...1 lines deleted...]
-      </c>
       <c r="FM31" s="46">
         <v>0</v>
       </c>
       <c r="FN31" s="46">
+        <v>0</v>
+      </c>
+      <c r="FO31" s="46">
         <v>319.44237828999997</v>
       </c>
-      <c r="FO31" s="46">
-[...1 lines deleted...]
-      </c>
       <c r="FP31" s="46">
         <v>0</v>
       </c>
       <c r="FQ31" s="46">
+        <v>0</v>
+      </c>
+      <c r="FR31" s="46">
         <v>-75.27667246</v>
       </c>
-      <c r="FR31" s="46">
-[...1 lines deleted...]
-      </c>
       <c r="FS31" s="46">
         <v>0</v>
       </c>
       <c r="FT31" s="46">
         <v>0</v>
       </c>
       <c r="FU31" s="46">
         <v>0</v>
       </c>
       <c r="FV31" s="46">
         <v>0</v>
       </c>
       <c r="FW31" s="46">
+        <v>0</v>
+      </c>
+      <c r="FX31" s="46">
         <v>30</v>
       </c>
-      <c r="FX31" s="46">
-[...1 lines deleted...]
-      </c>
       <c r="FY31" s="46">
         <v>0</v>
       </c>
       <c r="FZ31" s="46">
         <v>0</v>
       </c>
       <c r="GA31" s="46">
+        <v>0</v>
+      </c>
+      <c r="GB31" s="46">
         <v>28.631758000000001</v>
       </c>
-      <c r="GB31" s="46">
+      <c r="GC31" s="46">
         <v>-3.5279000000000002E-4</v>
       </c>
-      <c r="GC31" s="46">
+      <c r="GD31" s="46">
         <v>-38.898437419999993</v>
       </c>
-      <c r="GD31" s="46">
-[...1 lines deleted...]
-      </c>
       <c r="GE31" s="46">
         <v>0</v>
       </c>
       <c r="GF31" s="46">
+        <v>0</v>
+      </c>
+      <c r="GG31" s="46">
         <v>6.3124880000000001</v>
       </c>
-      <c r="GG31" s="46">
-[...1 lines deleted...]
-      </c>
       <c r="GH31" s="46">
+        <v>0</v>
+      </c>
+      <c r="GI31" s="46">
         <v>167.86070731000001</v>
       </c>
-      <c r="GI31" s="46">
-[...1 lines deleted...]
-      </c>
       <c r="GJ31" s="46">
         <v>0</v>
       </c>
       <c r="GK31" s="46">
+        <v>0</v>
+      </c>
+      <c r="GL31" s="46">
         <v>71.053799999999995</v>
       </c>
-      <c r="GL31" s="46">
+      <c r="GM31" s="46">
         <v>1542.03575</v>
       </c>
-      <c r="GM31" s="46">
-[...1 lines deleted...]
-      </c>
       <c r="GN31" s="46">
+        <v>0</v>
+      </c>
+      <c r="GO31" s="46">
         <v>-223.53452756000002</v>
       </c>
-      <c r="GO31" s="46">
+      <c r="GP31" s="46">
         <v>160.4478</v>
       </c>
-      <c r="GP31" s="46">
-[...1 lines deleted...]
-      </c>
       <c r="GQ31" s="46">
+        <v>0</v>
+      </c>
+      <c r="GR31" s="46">
         <v>-0.58716765000000004</v>
       </c>
-      <c r="GR31" s="46">
+      <c r="GS31" s="46">
         <v>11.7920499</v>
       </c>
-      <c r="GS31" s="46">
-[...1 lines deleted...]
-      </c>
       <c r="GT31" s="46">
+        <v>0</v>
+      </c>
+      <c r="GU31" s="46">
         <v>5.048</v>
       </c>
-      <c r="GU31" s="46">
+      <c r="GV31" s="46">
         <v>4.6444999999999999</v>
       </c>
-      <c r="GV31" s="46">
-[...1 lines deleted...]
-      </c>
       <c r="GW31" s="46">
         <v>0</v>
       </c>
       <c r="GX31" s="46">
         <v>0</v>
       </c>
       <c r="GY31" s="46">
+        <v>0</v>
+      </c>
+      <c r="GZ31" s="46">
         <v>23.904976100000003</v>
       </c>
-      <c r="GZ31" s="46">
-[...1 lines deleted...]
-      </c>
       <c r="HA31" s="46">
         <v>0</v>
       </c>
       <c r="HB31" s="46">
         <v>0</v>
       </c>
       <c r="HC31" s="46">
         <v>0</v>
       </c>
       <c r="HD31" s="46">
+        <v>0</v>
+      </c>
+      <c r="HE31" s="46">
         <v>39.969078359999997</v>
       </c>
-      <c r="HE31" s="46">
-[...1 lines deleted...]
-      </c>
       <c r="HF31" s="46">
+        <v>0</v>
+      </c>
+      <c r="HG31" s="46">
         <v>-21.045618820000001</v>
       </c>
-      <c r="HG31" s="46">
-[...1 lines deleted...]
-      </c>
       <c r="HH31" s="46">
         <v>0</v>
       </c>
       <c r="HI31" s="46">
         <v>0</v>
       </c>
       <c r="HJ31" s="46">
         <v>0</v>
       </c>
       <c r="HK31" s="46">
         <v>0</v>
       </c>
       <c r="HL31" s="46">
         <v>0</v>
       </c>
       <c r="HM31" s="46">
         <v>0</v>
       </c>
       <c r="HN31" s="46">
         <v>0</v>
       </c>
       <c r="HO31" s="46">
+        <v>0</v>
+      </c>
+      <c r="HP31" s="46">
         <v>54.874516799999995</v>
       </c>
-      <c r="HP31" s="46">
-[...1 lines deleted...]
-      </c>
       <c r="HQ31" s="46">
         <v>0</v>
       </c>
       <c r="HR31" s="46">
+        <v>0</v>
+      </c>
+      <c r="HS31" s="46">
         <v>12.649581960000001</v>
       </c>
-      <c r="HS31" s="46">
-[...1 lines deleted...]
-      </c>
       <c r="HT31" s="46">
+        <v>0</v>
+      </c>
+      <c r="HU31" s="46">
         <v>1.31731504</v>
       </c>
-      <c r="HU31" s="46">
+      <c r="HV31" s="46">
         <v>2.86</v>
       </c>
-      <c r="HV31" s="46">
-[...1 lines deleted...]
-      </c>
       <c r="HW31" s="46">
         <v>0</v>
       </c>
       <c r="HX31" s="46">
+        <v>0</v>
+      </c>
+      <c r="HY31" s="46">
         <v>92.71596624</v>
       </c>
-      <c r="HY31" s="46">
+      <c r="HZ31" s="46">
+        <v>0</v>
+      </c>
+      <c r="IA31" s="46">
+        <v>2.4615192100000058</v>
+      </c>
+      <c r="IB31" s="46">
         <v>0</v>
       </c>
     </row>
-    <row r="32" spans="1:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="32" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B32" s="30" t="s">
         <v>74</v>
       </c>
       <c r="C32" s="31">
         <v>-40.25</v>
       </c>
       <c r="D32" s="31">
         <v>0</v>
       </c>
       <c r="E32" s="31">
         <v>0</v>
       </c>
       <c r="F32" s="31">
         <v>-35.617049999999999</v>
       </c>
       <c r="G32" s="31">
         <v>0</v>
       </c>
       <c r="H32" s="31">
         <v>-4.6011340000000001</v>
       </c>
       <c r="I32" s="31">
         <v>0</v>
       </c>
       <c r="J32" s="31">
@@ -19167,80 +19400,80 @@
       </c>
       <c r="BJ32" s="31">
         <v>0</v>
       </c>
       <c r="BK32" s="31">
         <v>0</v>
       </c>
       <c r="BL32" s="31">
         <v>0</v>
       </c>
       <c r="BM32" s="31">
         <v>0</v>
       </c>
       <c r="BN32" s="31">
         <v>0</v>
       </c>
       <c r="BO32" s="31">
         <v>0</v>
       </c>
       <c r="BP32" s="31">
         <v>0</v>
       </c>
       <c r="BQ32" s="31">
         <v>0</v>
       </c>
-      <c r="BR32" s="32">
+      <c r="BR32" s="31">
         <v>0</v>
       </c>
       <c r="BS32" s="32">
         <v>0</v>
       </c>
       <c r="BT32" s="32">
         <v>0</v>
       </c>
       <c r="BU32" s="32">
         <v>0</v>
       </c>
       <c r="BV32" s="32">
         <v>0</v>
       </c>
       <c r="BW32" s="32">
         <v>0</v>
       </c>
       <c r="BX32" s="32">
         <v>0</v>
       </c>
       <c r="BY32" s="32">
         <v>0</v>
       </c>
       <c r="BZ32" s="32">
+        <v>0</v>
+      </c>
+      <c r="CA32" s="32">
         <v>-40.25</v>
       </c>
-      <c r="CA32" s="32">
-[...1 lines deleted...]
-      </c>
       <c r="CB32" s="32">
         <v>0</v>
       </c>
       <c r="CC32" s="32">
         <v>0</v>
       </c>
       <c r="CD32" s="32">
         <v>0</v>
       </c>
       <c r="CE32" s="32">
         <v>0</v>
       </c>
       <c r="CF32" s="32">
         <v>0</v>
       </c>
       <c r="CG32" s="32">
         <v>0</v>
       </c>
       <c r="CH32" s="32">
         <v>0</v>
       </c>
       <c r="CI32" s="32">
         <v>0</v>
       </c>
       <c r="CJ32" s="32">
@@ -19309,55 +19542,55 @@
       <c r="DE32" s="32">
         <v>0</v>
       </c>
       <c r="DF32" s="32">
         <v>0</v>
       </c>
       <c r="DG32" s="32">
         <v>0</v>
       </c>
       <c r="DH32" s="32">
         <v>0</v>
       </c>
       <c r="DI32" s="32">
         <v>0</v>
       </c>
       <c r="DJ32" s="32">
         <v>0</v>
       </c>
       <c r="DK32" s="32">
         <v>0</v>
       </c>
       <c r="DL32" s="32">
         <v>0</v>
       </c>
       <c r="DM32" s="32">
+        <v>0</v>
+      </c>
+      <c r="DN32" s="32">
         <v>-35.617049999999999</v>
       </c>
-      <c r="DN32" s="32">
-[...1 lines deleted...]
-      </c>
       <c r="DO32" s="32">
         <v>0</v>
       </c>
       <c r="DP32" s="32">
         <v>0</v>
       </c>
       <c r="DQ32" s="32">
         <v>0</v>
       </c>
       <c r="DR32" s="32">
         <v>0</v>
       </c>
       <c r="DS32" s="32">
         <v>0</v>
       </c>
       <c r="DT32" s="32">
         <v>0</v>
       </c>
       <c r="DU32" s="32">
         <v>0</v>
       </c>
       <c r="DV32" s="32">
         <v>0</v>
       </c>
       <c r="DW32" s="32">
@@ -19381,55 +19614,55 @@
       <c r="EC32" s="32">
         <v>0</v>
       </c>
       <c r="ED32" s="32">
         <v>0</v>
       </c>
       <c r="EE32" s="32">
         <v>0</v>
       </c>
       <c r="EF32" s="32">
         <v>0</v>
       </c>
       <c r="EG32" s="32">
         <v>0</v>
       </c>
       <c r="EH32" s="32">
         <v>0</v>
       </c>
       <c r="EI32" s="32">
         <v>0</v>
       </c>
       <c r="EJ32" s="32">
         <v>0</v>
       </c>
       <c r="EK32" s="32">
+        <v>0</v>
+      </c>
+      <c r="EL32" s="32">
         <v>-4.6011340000000001</v>
       </c>
-      <c r="EL32" s="32">
-[...1 lines deleted...]
-      </c>
       <c r="EM32" s="32">
         <v>0</v>
       </c>
       <c r="EN32" s="32">
         <v>0</v>
       </c>
       <c r="EO32" s="32">
         <v>0</v>
       </c>
       <c r="EP32" s="32">
         <v>0</v>
       </c>
       <c r="EQ32" s="32">
         <v>0</v>
       </c>
       <c r="ER32" s="32">
         <v>0</v>
       </c>
       <c r="ES32" s="32">
         <v>0</v>
       </c>
       <c r="ET32" s="32">
         <v>0</v>
       </c>
       <c r="EU32" s="32">
@@ -19659,52 +19892,61 @@
       </c>
       <c r="HR32" s="32">
         <v>0</v>
       </c>
       <c r="HS32" s="32">
         <v>0</v>
       </c>
       <c r="HT32" s="32">
         <v>0</v>
       </c>
       <c r="HU32" s="32">
         <v>0</v>
       </c>
       <c r="HV32" s="32">
         <v>0</v>
       </c>
       <c r="HW32" s="32">
         <v>0</v>
       </c>
       <c r="HX32" s="32">
         <v>0</v>
       </c>
       <c r="HY32" s="32">
         <v>0</v>
       </c>
+      <c r="HZ32" s="32">
+        <v>0</v>
+      </c>
+      <c r="IA32" s="32">
+        <v>0</v>
+      </c>
+      <c r="IB32" s="32">
+        <v>0</v>
+      </c>
     </row>
-    <row r="33" spans="1:233" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:236" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="3"/>
       <c r="B33" s="33" t="s">
         <v>82</v>
       </c>
       <c r="C33" s="34">
         <v>47.007381359999997</v>
       </c>
       <c r="D33" s="34">
         <v>1851.1232099399999</v>
       </c>
       <c r="E33" s="34">
         <v>1604.8085759999999</v>
       </c>
       <c r="F33" s="34">
         <v>3056.7296469399998</v>
       </c>
       <c r="G33" s="34">
         <v>443.68579469999997</v>
       </c>
       <c r="H33" s="34">
         <v>1612.3950320699998</v>
       </c>
       <c r="I33" s="34">
         <v>285.11509088000003</v>
       </c>
@@ -19866,545 +20108,554 @@
       </c>
       <c r="BJ33" s="34">
         <v>0</v>
       </c>
       <c r="BK33" s="34">
         <v>39.969078359999997</v>
       </c>
       <c r="BL33" s="34">
         <v>-21.045618820000001</v>
       </c>
       <c r="BM33" s="34">
         <v>0</v>
       </c>
       <c r="BN33" s="34">
         <v>0</v>
       </c>
       <c r="BO33" s="34">
         <v>54.874516799999995</v>
       </c>
       <c r="BP33" s="34">
         <v>13.966897000000001</v>
       </c>
       <c r="BQ33" s="34">
         <v>2.86</v>
       </c>
-      <c r="BR33" s="35">
-        <v>0</v>
+      <c r="BR33" s="34">
+        <v>95.177485450000006</v>
       </c>
       <c r="BS33" s="35">
         <v>0</v>
       </c>
       <c r="BT33" s="35">
         <v>0</v>
       </c>
       <c r="BU33" s="35">
         <v>0</v>
       </c>
       <c r="BV33" s="35">
         <v>0</v>
       </c>
       <c r="BW33" s="35">
         <v>0</v>
       </c>
       <c r="BX33" s="35">
         <v>0</v>
       </c>
       <c r="BY33" s="35">
+        <v>0</v>
+      </c>
+      <c r="BZ33" s="35">
         <v>-10.412311429999999</v>
       </c>
-      <c r="BZ33" s="35">
+      <c r="CA33" s="35">
         <v>-2.0125000000000028</v>
       </c>
-      <c r="CA33" s="35">
-[...1 lines deleted...]
-      </c>
       <c r="CB33" s="35">
         <v>0</v>
       </c>
       <c r="CC33" s="35">
+        <v>0</v>
+      </c>
+      <c r="CD33" s="35">
         <v>59.432192790000002</v>
       </c>
-      <c r="CD33" s="35">
+      <c r="CE33" s="35">
         <v>88.405199999999994</v>
       </c>
-      <c r="CE33" s="35">
-[...1 lines deleted...]
-      </c>
       <c r="CF33" s="35">
         <v>0</v>
       </c>
       <c r="CG33" s="35">
+        <v>0</v>
+      </c>
+      <c r="CH33" s="35">
         <v>72.995999999999995</v>
       </c>
-      <c r="CH33" s="35">
+      <c r="CI33" s="35">
         <v>794.77863979000006</v>
       </c>
-      <c r="CI33" s="35">
+      <c r="CJ33" s="35">
         <v>615.26333858999999</v>
       </c>
-      <c r="CJ33" s="35">
+      <c r="CK33" s="35">
         <v>-4.8617974100000003</v>
       </c>
-      <c r="CK33" s="35">
+      <c r="CL33" s="35">
         <v>21.512874920000002</v>
       </c>
-      <c r="CL33" s="35">
-[...1 lines deleted...]
-      </c>
       <c r="CM33" s="35">
+        <v>0</v>
+      </c>
+      <c r="CN33" s="35">
         <v>71.099999999999994</v>
       </c>
-      <c r="CN33" s="35">
+      <c r="CO33" s="35">
         <v>191.92895404999999</v>
       </c>
-      <c r="CO33" s="35">
-[...1 lines deleted...]
-      </c>
       <c r="CP33" s="35">
+        <v>0</v>
+      </c>
+      <c r="CQ33" s="35">
         <v>9.7931206799999995</v>
       </c>
-      <c r="CQ33" s="35">
+      <c r="CR33" s="35">
         <v>12.183615439999999</v>
       </c>
-      <c r="CR33" s="35">
+      <c r="CS33" s="35">
         <v>7.1930399899999999</v>
       </c>
-      <c r="CS33" s="35">
+      <c r="CT33" s="35">
         <v>40.643746200000002</v>
       </c>
-      <c r="CT33" s="35">
-[...1 lines deleted...]
-      </c>
       <c r="CU33" s="35">
         <v>0</v>
       </c>
       <c r="CV33" s="35">
         <v>0</v>
       </c>
       <c r="CW33" s="35">
         <v>0</v>
       </c>
       <c r="CX33" s="35">
         <v>0</v>
       </c>
       <c r="CY33" s="35">
+        <v>0</v>
+      </c>
+      <c r="CZ33" s="35">
         <v>691.49137469000004</v>
       </c>
-      <c r="CZ33" s="35">
+      <c r="DA33" s="35">
         <v>838.89594899999997</v>
       </c>
-      <c r="DA33" s="35">
+      <c r="DB33" s="35">
         <v>4.6077300000000001</v>
       </c>
-      <c r="DB33" s="35">
+      <c r="DC33" s="35">
         <v>546.00769867999998</v>
       </c>
-      <c r="DC33" s="35">
+      <c r="DD33" s="35">
         <v>281.93991272</v>
       </c>
-      <c r="DD33" s="35">
+      <c r="DE33" s="35">
         <v>81.080979790000015</v>
       </c>
-      <c r="DE33" s="35">
+      <c r="DF33" s="35">
         <v>120.65353005</v>
       </c>
-      <c r="DF33" s="35">
-[...1 lines deleted...]
-      </c>
       <c r="DG33" s="35">
         <v>0</v>
       </c>
       <c r="DH33" s="35">
+        <v>0</v>
+      </c>
+      <c r="DI33" s="35">
         <v>556.61460001</v>
       </c>
-      <c r="DI33" s="35">
+      <c r="DJ33" s="35">
         <v>368.84649000999997</v>
       </c>
-      <c r="DJ33" s="35">
+      <c r="DK33" s="35">
         <v>-1.0295380000000001</v>
       </c>
-      <c r="DK33" s="35">
+      <c r="DL33" s="35">
         <v>69.891605590000012</v>
       </c>
-      <c r="DL33" s="35">
+      <c r="DM33" s="35">
         <v>1055.3414180899999</v>
       </c>
-      <c r="DM33" s="35">
+      <c r="DN33" s="35">
         <v>-22.617049999999999</v>
       </c>
-      <c r="DN33" s="35">
+      <c r="DO33" s="35">
         <v>8</v>
       </c>
-      <c r="DO33" s="35">
+      <c r="DP33" s="35">
         <v>56.25</v>
       </c>
-      <c r="DP33" s="35">
+      <c r="DQ33" s="35">
         <v>46.916990009999999</v>
       </c>
-      <c r="DQ33" s="35">
+      <c r="DR33" s="35">
         <v>251.06149974000002</v>
       </c>
-      <c r="DR33" s="35">
-[...1 lines deleted...]
-      </c>
       <c r="DS33" s="35">
         <v>0</v>
       </c>
       <c r="DT33" s="35">
+        <v>0</v>
+      </c>
+      <c r="DU33" s="35">
         <v>-2.3103034600000001</v>
       </c>
-      <c r="DU33" s="35">
-[...1 lines deleted...]
-      </c>
       <c r="DV33" s="35">
+        <v>0</v>
+      </c>
+      <c r="DW33" s="35">
         <v>-2.7160228100000001</v>
       </c>
-      <c r="DW33" s="35">
+      <c r="DX33" s="35">
         <v>50.701264289999997</v>
       </c>
-      <c r="DX33" s="35">
+      <c r="DY33" s="35">
         <v>35.782366930000002</v>
       </c>
-      <c r="DY33" s="35">
-[...1 lines deleted...]
-      </c>
       <c r="DZ33" s="35">
+        <v>0</v>
+      </c>
+      <c r="EA33" s="35">
         <v>52.727580000000003</v>
       </c>
-      <c r="EA33" s="35">
-[...1 lines deleted...]
-      </c>
       <c r="EB33" s="35">
         <v>0</v>
       </c>
       <c r="EC33" s="35">
         <v>0</v>
       </c>
       <c r="ED33" s="35">
         <v>0</v>
       </c>
       <c r="EE33" s="35">
+        <v>0</v>
+      </c>
+      <c r="EF33" s="35">
         <v>1377.3229456399999</v>
       </c>
-      <c r="EF33" s="35">
-[...1 lines deleted...]
-      </c>
       <c r="EG33" s="35">
         <v>0</v>
       </c>
       <c r="EH33" s="35">
+        <v>0</v>
+      </c>
+      <c r="EI33" s="35">
         <v>65.756399999999999</v>
       </c>
-      <c r="EI33" s="35">
-[...2 lines deleted...]
-      <c r="EJ33" s="47">
+      <c r="EJ33" s="35">
+        <v>0</v>
+      </c>
+      <c r="EK33" s="47">
         <v>57.866140430000002</v>
       </c>
-      <c r="EK33" s="47">
+      <c r="EL33" s="47">
         <v>58.721965999999995</v>
       </c>
-      <c r="EL33" s="47">
+      <c r="EM33" s="47">
         <v>15.064</v>
       </c>
-      <c r="EM33" s="47">
-[...1 lines deleted...]
-      </c>
       <c r="EN33" s="47">
+        <v>0</v>
+      </c>
+      <c r="EO33" s="47">
         <v>-22.518688480000002</v>
       </c>
-      <c r="EO33" s="47">
-[...1 lines deleted...]
-      </c>
       <c r="EP33" s="47">
         <v>0</v>
       </c>
       <c r="EQ33" s="47">
         <v>0</v>
       </c>
       <c r="ER33" s="47">
-        <f t="shared" ref="ER33" si="0">+ER30+ER27+ER24+ER21+ER18+ER15+ER12+ER9</f>
         <v>0</v>
       </c>
       <c r="ES33" s="47">
+        <f t="shared" ref="ES33" si="0">+ES30+ES27+ES24+ES21+ES18+ES15+ES12+ES9</f>
         <v>0</v>
       </c>
       <c r="ET33" s="47">
+        <v>0</v>
+      </c>
+      <c r="EU33" s="47">
         <v>151.82730000000001</v>
       </c>
-      <c r="EU33" s="47">
+      <c r="EV33" s="47">
         <v>140.74247936</v>
       </c>
-      <c r="EV33" s="47">
-[...1 lines deleted...]
-      </c>
       <c r="EW33" s="47">
         <v>0</v>
       </c>
       <c r="EX33" s="47">
+        <v>0</v>
+      </c>
+      <c r="EY33" s="47">
         <v>48.229975000000003</v>
       </c>
-      <c r="EY33" s="47">
-[...1 lines deleted...]
-      </c>
       <c r="EZ33" s="47">
         <v>0</v>
       </c>
       <c r="FA33" s="47">
+        <v>0</v>
+      </c>
+      <c r="FB33" s="47">
         <v>892.95826127999999</v>
       </c>
-      <c r="FB33" s="47">
-[...1 lines deleted...]
-      </c>
       <c r="FC33" s="47">
+        <v>0</v>
+      </c>
+      <c r="FD33" s="47">
         <v>290.78181268000003</v>
       </c>
-      <c r="FD33" s="47">
+      <c r="FE33" s="47">
         <v>-71.751229590000008</v>
       </c>
-      <c r="FE33" s="47">
-[...1 lines deleted...]
-      </c>
       <c r="FF33" s="47">
         <v>0</v>
       </c>
       <c r="FG33" s="47">
         <v>0</v>
       </c>
       <c r="FH33" s="47">
         <v>0</v>
       </c>
       <c r="FI33" s="47">
+        <v>0</v>
+      </c>
+      <c r="FJ33" s="47">
         <v>35.272915049999995</v>
       </c>
-      <c r="FJ33" s="47">
-[...1 lines deleted...]
-      </c>
       <c r="FK33" s="47">
+        <v>0</v>
+      </c>
+      <c r="FL33" s="47">
         <v>-29.114365620000001</v>
       </c>
-      <c r="FL33" s="47">
-[...1 lines deleted...]
-      </c>
       <c r="FM33" s="47">
         <v>0</v>
       </c>
       <c r="FN33" s="47">
+        <v>0</v>
+      </c>
+      <c r="FO33" s="47">
         <v>304.44237828999997</v>
       </c>
-      <c r="FO33" s="47">
-[...1 lines deleted...]
-      </c>
       <c r="FP33" s="47">
         <v>0</v>
       </c>
       <c r="FQ33" s="47">
+        <v>0</v>
+      </c>
+      <c r="FR33" s="47">
         <v>-75.27667246</v>
       </c>
-      <c r="FR33" s="47">
-[...1 lines deleted...]
-      </c>
       <c r="FS33" s="47">
         <v>0</v>
       </c>
       <c r="FT33" s="47">
         <v>0</v>
       </c>
       <c r="FU33" s="47">
         <v>0</v>
       </c>
       <c r="FV33" s="47">
         <v>0</v>
       </c>
       <c r="FW33" s="47">
+        <v>0</v>
+      </c>
+      <c r="FX33" s="47">
         <v>30</v>
       </c>
-      <c r="FX33" s="47">
-[...1 lines deleted...]
-      </c>
       <c r="FY33" s="47">
         <v>0</v>
       </c>
       <c r="FZ33" s="47">
         <v>0</v>
       </c>
       <c r="GA33" s="47">
+        <v>0</v>
+      </c>
+      <c r="GB33" s="47">
         <v>28.631758000000001</v>
       </c>
-      <c r="GB33" s="47">
+      <c r="GC33" s="47">
         <v>-3.5279000000000002E-4</v>
       </c>
-      <c r="GC33" s="47">
+      <c r="GD33" s="47">
         <v>-38.898437419999993</v>
       </c>
-      <c r="GD33" s="47">
-[...1 lines deleted...]
-      </c>
       <c r="GE33" s="47">
         <v>0</v>
       </c>
       <c r="GF33" s="47">
+        <v>0</v>
+      </c>
+      <c r="GG33" s="47">
         <v>6.3124880000000001</v>
       </c>
-      <c r="GG33" s="47">
-[...1 lines deleted...]
-      </c>
       <c r="GH33" s="47">
+        <v>0</v>
+      </c>
+      <c r="GI33" s="47">
         <v>167.86070731000001</v>
       </c>
-      <c r="GI33" s="47">
-[...1 lines deleted...]
-      </c>
       <c r="GJ33" s="47">
         <v>0</v>
       </c>
       <c r="GK33" s="47">
+        <v>0</v>
+      </c>
+      <c r="GL33" s="47">
         <v>71.053799999999995</v>
       </c>
-      <c r="GL33" s="47">
+      <c r="GM33" s="47">
         <v>1542.03575</v>
       </c>
-      <c r="GM33" s="47">
-[...1 lines deleted...]
-      </c>
       <c r="GN33" s="47">
+        <v>0</v>
+      </c>
+      <c r="GO33" s="47">
         <v>-223.53452756000002</v>
       </c>
-      <c r="GO33" s="47">
+      <c r="GP33" s="47">
         <v>160.4478</v>
       </c>
-      <c r="GP33" s="47">
-[...1 lines deleted...]
-      </c>
       <c r="GQ33" s="47">
+        <v>0</v>
+      </c>
+      <c r="GR33" s="47">
         <v>-0.58716765000000004</v>
       </c>
-      <c r="GR33" s="47">
+      <c r="GS33" s="47">
         <v>11.7920499</v>
       </c>
-      <c r="GS33" s="47">
-[...1 lines deleted...]
-      </c>
       <c r="GT33" s="47">
+        <v>0</v>
+      </c>
+      <c r="GU33" s="47">
         <v>5.048</v>
       </c>
-      <c r="GU33" s="47">
+      <c r="GV33" s="47">
         <v>4.6444999999999999</v>
       </c>
-      <c r="GV33" s="47">
-[...1 lines deleted...]
-      </c>
       <c r="GW33" s="47">
         <v>0</v>
       </c>
       <c r="GX33" s="47">
         <v>0</v>
       </c>
       <c r="GY33" s="47">
+        <v>0</v>
+      </c>
+      <c r="GZ33" s="47">
         <v>23.904976100000003</v>
       </c>
-      <c r="GZ33" s="47">
-[...1 lines deleted...]
-      </c>
       <c r="HA33" s="47">
         <v>0</v>
       </c>
       <c r="HB33" s="47">
         <v>0</v>
       </c>
       <c r="HC33" s="47">
         <v>0</v>
       </c>
       <c r="HD33" s="47">
+        <v>0</v>
+      </c>
+      <c r="HE33" s="47">
         <v>39.969078359999997</v>
       </c>
-      <c r="HE33" s="47">
-[...1 lines deleted...]
-      </c>
       <c r="HF33" s="47">
+        <v>0</v>
+      </c>
+      <c r="HG33" s="47">
         <v>-21.045618820000001</v>
       </c>
-      <c r="HG33" s="47">
-[...1 lines deleted...]
-      </c>
       <c r="HH33" s="47">
         <v>0</v>
       </c>
       <c r="HI33" s="47">
         <v>0</v>
       </c>
       <c r="HJ33" s="47">
         <v>0</v>
       </c>
       <c r="HK33" s="47">
         <v>0</v>
       </c>
       <c r="HL33" s="47">
         <v>0</v>
       </c>
       <c r="HM33" s="47">
         <v>0</v>
       </c>
       <c r="HN33" s="47">
         <v>0</v>
       </c>
       <c r="HO33" s="47">
+        <v>0</v>
+      </c>
+      <c r="HP33" s="47">
         <v>54.874516799999995</v>
       </c>
-      <c r="HP33" s="47">
-[...1 lines deleted...]
-      </c>
       <c r="HQ33" s="47">
         <v>0</v>
       </c>
       <c r="HR33" s="47">
+        <v>0</v>
+      </c>
+      <c r="HS33" s="47">
         <v>12.649581960000001</v>
       </c>
-      <c r="HS33" s="47">
-[...1 lines deleted...]
-      </c>
       <c r="HT33" s="47">
+        <v>0</v>
+      </c>
+      <c r="HU33" s="47">
         <v>1.31731504</v>
       </c>
-      <c r="HU33" s="47">
+      <c r="HV33" s="47">
         <v>2.86</v>
       </c>
-      <c r="HV33" s="47">
-[...1 lines deleted...]
-      </c>
       <c r="HW33" s="47">
         <v>0</v>
       </c>
       <c r="HX33" s="47">
+        <v>0</v>
+      </c>
+      <c r="HY33" s="47">
         <v>92.71596624</v>
       </c>
-      <c r="HY33" s="47">
+      <c r="HZ33" s="47">
+        <v>0</v>
+      </c>
+      <c r="IA33" s="47">
+        <v>2.4615192100000058</v>
+      </c>
+      <c r="IB33" s="47">
         <v>0</v>
       </c>
     </row>
-    <row r="34" spans="1:233" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:236" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A34" s="15"/>
       <c r="B34" s="16" t="s">
         <v>83</v>
       </c>
       <c r="C34" s="36"/>
       <c r="D34" s="36"/>
       <c r="E34" s="36"/>
       <c r="F34" s="36"/>
       <c r="G34" s="36"/>
       <c r="H34" s="36"/>
       <c r="I34" s="36"/>
       <c r="J34" s="36"/>
       <c r="K34" s="36"/>
       <c r="L34" s="36"/>
       <c r="M34" s="36"/>
       <c r="N34" s="36"/>
       <c r="O34" s="36"/>
       <c r="P34" s="36"/>
       <c r="Q34" s="36"/>
       <c r="R34" s="36"/>
       <c r="S34" s="36"/>
       <c r="T34" s="36"/>
       <c r="U34" s="36"/>
       <c r="V34" s="36"/>
       <c r="W34" s="36"/>
@@ -20432,51 +20683,51 @@
       <c r="AS34" s="36"/>
       <c r="AT34" s="36"/>
       <c r="AU34" s="36"/>
       <c r="AV34" s="36"/>
       <c r="AW34" s="36"/>
       <c r="AX34" s="36"/>
       <c r="AY34" s="36"/>
       <c r="AZ34" s="36"/>
       <c r="BA34" s="36"/>
       <c r="BB34" s="36"/>
       <c r="BC34" s="36"/>
       <c r="BD34" s="36"/>
       <c r="BE34" s="36"/>
       <c r="BF34" s="36"/>
       <c r="BG34" s="36"/>
       <c r="BH34" s="36"/>
       <c r="BI34" s="36"/>
       <c r="BJ34" s="36"/>
       <c r="BK34" s="36"/>
       <c r="BL34" s="36"/>
       <c r="BM34" s="36"/>
       <c r="BN34" s="36"/>
       <c r="BO34" s="36"/>
       <c r="BP34" s="36"/>
       <c r="BQ34" s="36"/>
-      <c r="BR34" s="37"/>
+      <c r="BR34" s="36"/>
       <c r="BS34" s="37"/>
       <c r="BT34" s="37"/>
       <c r="BU34" s="37"/>
       <c r="BV34" s="37"/>
       <c r="BW34" s="37"/>
       <c r="BX34" s="37"/>
       <c r="BY34" s="37"/>
       <c r="BZ34" s="37"/>
       <c r="CA34" s="37"/>
       <c r="CB34" s="37"/>
       <c r="CC34" s="37"/>
       <c r="CD34" s="37"/>
       <c r="CE34" s="37"/>
       <c r="CF34" s="37"/>
       <c r="CG34" s="37"/>
       <c r="CH34" s="37"/>
       <c r="CI34" s="37"/>
       <c r="CJ34" s="37"/>
       <c r="CK34" s="37"/>
       <c r="CL34" s="37"/>
       <c r="CM34" s="37"/>
       <c r="CN34" s="37"/>
       <c r="CO34" s="37"/>
       <c r="CP34" s="37"/>
       <c r="CQ34" s="37"/>
@@ -20596,52 +20847,55 @@
       <c r="HA34" s="37"/>
       <c r="HB34" s="37"/>
       <c r="HC34" s="37"/>
       <c r="HD34" s="37"/>
       <c r="HE34" s="37"/>
       <c r="HF34" s="37"/>
       <c r="HG34" s="37"/>
       <c r="HH34" s="37"/>
       <c r="HI34" s="37"/>
       <c r="HJ34" s="37"/>
       <c r="HK34" s="37"/>
       <c r="HL34" s="37"/>
       <c r="HM34" s="37"/>
       <c r="HN34" s="37"/>
       <c r="HO34" s="37"/>
       <c r="HP34" s="37"/>
       <c r="HQ34" s="37"/>
       <c r="HR34" s="37"/>
       <c r="HS34" s="37"/>
       <c r="HT34" s="37"/>
       <c r="HU34" s="37"/>
       <c r="HV34" s="37"/>
       <c r="HW34" s="37"/>
       <c r="HX34" s="37"/>
       <c r="HY34" s="37"/>
+      <c r="HZ34" s="37"/>
+      <c r="IA34" s="37"/>
+      <c r="IB34" s="37"/>
     </row>
-    <row r="35" spans="1:233" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:236" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="3"/>
       <c r="B35" s="20" t="s">
         <v>72</v>
       </c>
       <c r="C35" s="21">
         <v>0</v>
       </c>
       <c r="D35" s="21">
         <v>0</v>
       </c>
       <c r="E35" s="21">
         <v>0</v>
       </c>
       <c r="F35" s="21">
         <v>0</v>
       </c>
       <c r="G35" s="21">
         <v>0</v>
       </c>
       <c r="H35" s="21">
         <v>0</v>
       </c>
       <c r="I35" s="21">
         <v>0</v>
       </c>
@@ -20803,51 +21057,51 @@
       </c>
       <c r="BJ35" s="21">
         <v>0</v>
       </c>
       <c r="BK35" s="21">
         <v>0</v>
       </c>
       <c r="BL35" s="21">
         <v>0.82958200000000004</v>
       </c>
       <c r="BM35" s="21">
         <v>0</v>
       </c>
       <c r="BN35" s="21">
         <v>0</v>
       </c>
       <c r="BO35" s="21">
         <v>0</v>
       </c>
       <c r="BP35" s="21">
         <v>0</v>
       </c>
       <c r="BQ35" s="21">
         <v>0</v>
       </c>
-      <c r="BR35" s="22">
+      <c r="BR35" s="21">
         <v>0</v>
       </c>
       <c r="BS35" s="22">
         <v>0</v>
       </c>
       <c r="BT35" s="22">
         <v>0</v>
       </c>
       <c r="BU35" s="22">
         <v>0</v>
       </c>
       <c r="BV35" s="22">
         <v>0</v>
       </c>
       <c r="BW35" s="22">
         <v>0</v>
       </c>
       <c r="BX35" s="22">
         <v>0</v>
       </c>
       <c r="BY35" s="22">
         <v>0</v>
       </c>
       <c r="BZ35" s="22">
         <v>0</v>
@@ -21013,51 +21267,51 @@
       </c>
       <c r="EB35" s="22">
         <v>0</v>
       </c>
       <c r="EC35" s="22">
         <v>0</v>
       </c>
       <c r="ED35" s="22">
         <v>0</v>
       </c>
       <c r="EE35" s="22">
         <v>0</v>
       </c>
       <c r="EF35" s="22">
         <v>0</v>
       </c>
       <c r="EG35" s="22">
         <v>0</v>
       </c>
       <c r="EH35" s="22">
         <v>0</v>
       </c>
       <c r="EI35" s="22">
         <v>0</v>
       </c>
-      <c r="EJ35" s="45">
+      <c r="EJ35" s="22">
         <v>0</v>
       </c>
       <c r="EK35" s="45">
         <v>0</v>
       </c>
       <c r="EL35" s="45">
         <v>0</v>
       </c>
       <c r="EM35" s="45">
         <v>0</v>
       </c>
       <c r="EN35" s="45">
         <v>0</v>
       </c>
       <c r="EO35" s="45">
         <v>0</v>
       </c>
       <c r="EP35" s="45">
         <v>0</v>
       </c>
       <c r="EQ35" s="45">
         <v>0</v>
       </c>
       <c r="ER35" s="45">
         <v>0</v>
@@ -21239,55 +21493,55 @@
       <c r="GY35" s="45">
         <v>0</v>
       </c>
       <c r="GZ35" s="45">
         <v>0</v>
       </c>
       <c r="HA35" s="45">
         <v>0</v>
       </c>
       <c r="HB35" s="45">
         <v>0</v>
       </c>
       <c r="HC35" s="45">
         <v>0</v>
       </c>
       <c r="HD35" s="45">
         <v>0</v>
       </c>
       <c r="HE35" s="45">
         <v>0</v>
       </c>
       <c r="HF35" s="45">
         <v>0</v>
       </c>
       <c r="HG35" s="45">
+        <v>0</v>
+      </c>
+      <c r="HH35" s="45">
         <v>0.82958200000000004</v>
       </c>
-      <c r="HH35" s="45">
-[...1 lines deleted...]
-      </c>
       <c r="HI35" s="45">
         <v>0</v>
       </c>
       <c r="HJ35" s="45">
         <v>0</v>
       </c>
       <c r="HK35" s="45">
         <v>0</v>
       </c>
       <c r="HL35" s="45">
         <v>0</v>
       </c>
       <c r="HM35" s="45">
         <v>0</v>
       </c>
       <c r="HN35" s="45">
         <v>0</v>
       </c>
       <c r="HO35" s="45">
         <v>0</v>
       </c>
       <c r="HP35" s="45">
         <v>0</v>
       </c>
       <c r="HQ35" s="45">
@@ -21295,52 +21549,61 @@
       </c>
       <c r="HR35" s="45">
         <v>0</v>
       </c>
       <c r="HS35" s="45">
         <v>0</v>
       </c>
       <c r="HT35" s="45">
         <v>0</v>
       </c>
       <c r="HU35" s="45">
         <v>0</v>
       </c>
       <c r="HV35" s="45">
         <v>0</v>
       </c>
       <c r="HW35" s="45">
         <v>0</v>
       </c>
       <c r="HX35" s="45">
         <v>0</v>
       </c>
       <c r="HY35" s="45">
         <v>0</v>
       </c>
+      <c r="HZ35" s="45">
+        <v>0</v>
+      </c>
+      <c r="IA35" s="45">
+        <v>0</v>
+      </c>
+      <c r="IB35" s="45">
+        <v>0</v>
+      </c>
     </row>
-    <row r="36" spans="1:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="36" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B36" s="23" t="s">
         <v>73</v>
       </c>
       <c r="C36" s="24">
         <v>0</v>
       </c>
       <c r="D36" s="24">
         <v>0</v>
       </c>
       <c r="E36" s="24">
         <v>0</v>
       </c>
       <c r="F36" s="24">
         <v>0</v>
       </c>
       <c r="G36" s="24">
         <v>0</v>
       </c>
       <c r="H36" s="24">
         <v>0</v>
       </c>
       <c r="I36" s="24">
         <v>0</v>
       </c>
       <c r="J36" s="24">
@@ -21501,51 +21764,51 @@
       </c>
       <c r="BJ36" s="24">
         <v>0</v>
       </c>
       <c r="BK36" s="24">
         <v>0</v>
       </c>
       <c r="BL36" s="24">
         <v>0.82958200000000004</v>
       </c>
       <c r="BM36" s="24">
         <v>0</v>
       </c>
       <c r="BN36" s="24">
         <v>0</v>
       </c>
       <c r="BO36" s="24">
         <v>0</v>
       </c>
       <c r="BP36" s="24">
         <v>0</v>
       </c>
       <c r="BQ36" s="24">
         <v>0</v>
       </c>
-      <c r="BR36" s="25">
+      <c r="BR36" s="24">
         <v>0</v>
       </c>
       <c r="BS36" s="25">
         <v>0</v>
       </c>
       <c r="BT36" s="25">
         <v>0</v>
       </c>
       <c r="BU36" s="25">
         <v>0</v>
       </c>
       <c r="BV36" s="25">
         <v>0</v>
       </c>
       <c r="BW36" s="25">
         <v>0</v>
       </c>
       <c r="BX36" s="25">
         <v>0</v>
       </c>
       <c r="BY36" s="25">
         <v>0</v>
       </c>
       <c r="BZ36" s="25">
         <v>0</v>
@@ -21711,51 +21974,51 @@
       </c>
       <c r="EB36" s="25">
         <v>0</v>
       </c>
       <c r="EC36" s="25">
         <v>0</v>
       </c>
       <c r="ED36" s="25">
         <v>0</v>
       </c>
       <c r="EE36" s="25">
         <v>0</v>
       </c>
       <c r="EF36" s="25">
         <v>0</v>
       </c>
       <c r="EG36" s="25">
         <v>0</v>
       </c>
       <c r="EH36" s="25">
         <v>0</v>
       </c>
       <c r="EI36" s="25">
         <v>0</v>
       </c>
-      <c r="EJ36" s="46">
+      <c r="EJ36" s="25">
         <v>0</v>
       </c>
       <c r="EK36" s="46">
         <v>0</v>
       </c>
       <c r="EL36" s="46">
         <v>0</v>
       </c>
       <c r="EM36" s="46">
         <v>0</v>
       </c>
       <c r="EN36" s="46">
         <v>0</v>
       </c>
       <c r="EO36" s="46">
         <v>0</v>
       </c>
       <c r="EP36" s="46">
         <v>0</v>
       </c>
       <c r="EQ36" s="46">
         <v>0</v>
       </c>
       <c r="ER36" s="46">
         <v>0</v>
@@ -21937,55 +22200,55 @@
       <c r="GY36" s="46">
         <v>0</v>
       </c>
       <c r="GZ36" s="46">
         <v>0</v>
       </c>
       <c r="HA36" s="46">
         <v>0</v>
       </c>
       <c r="HB36" s="46">
         <v>0</v>
       </c>
       <c r="HC36" s="46">
         <v>0</v>
       </c>
       <c r="HD36" s="46">
         <v>0</v>
       </c>
       <c r="HE36" s="46">
         <v>0</v>
       </c>
       <c r="HF36" s="46">
         <v>0</v>
       </c>
       <c r="HG36" s="46">
+        <v>0</v>
+      </c>
+      <c r="HH36" s="46">
         <v>0.82958200000000004</v>
       </c>
-      <c r="HH36" s="46">
-[...1 lines deleted...]
-      </c>
       <c r="HI36" s="46">
         <v>0</v>
       </c>
       <c r="HJ36" s="46">
         <v>0</v>
       </c>
       <c r="HK36" s="46">
         <v>0</v>
       </c>
       <c r="HL36" s="46">
         <v>0</v>
       </c>
       <c r="HM36" s="46">
         <v>0</v>
       </c>
       <c r="HN36" s="46">
         <v>0</v>
       </c>
       <c r="HO36" s="46">
         <v>0</v>
       </c>
       <c r="HP36" s="46">
         <v>0</v>
       </c>
       <c r="HQ36" s="46">
@@ -21993,52 +22256,61 @@
       </c>
       <c r="HR36" s="46">
         <v>0</v>
       </c>
       <c r="HS36" s="46">
         <v>0</v>
       </c>
       <c r="HT36" s="46">
         <v>0</v>
       </c>
       <c r="HU36" s="46">
         <v>0</v>
       </c>
       <c r="HV36" s="46">
         <v>0</v>
       </c>
       <c r="HW36" s="46">
         <v>0</v>
       </c>
       <c r="HX36" s="46">
         <v>0</v>
       </c>
       <c r="HY36" s="46">
         <v>0</v>
       </c>
+      <c r="HZ36" s="46">
+        <v>0</v>
+      </c>
+      <c r="IA36" s="46">
+        <v>0</v>
+      </c>
+      <c r="IB36" s="46">
+        <v>0</v>
+      </c>
     </row>
-    <row r="37" spans="1:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="37" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B37" s="26" t="s">
         <v>74</v>
       </c>
       <c r="C37" s="27">
         <v>0</v>
       </c>
       <c r="D37" s="27">
         <v>0</v>
       </c>
       <c r="E37" s="27">
         <v>0</v>
       </c>
       <c r="F37" s="27">
         <v>0</v>
       </c>
       <c r="G37" s="27">
         <v>0</v>
       </c>
       <c r="H37" s="27">
         <v>0</v>
       </c>
       <c r="I37" s="27">
         <v>0</v>
       </c>
       <c r="J37" s="27">
@@ -22199,51 +22471,51 @@
       </c>
       <c r="BJ37" s="27">
         <v>0</v>
       </c>
       <c r="BK37" s="27">
         <v>0</v>
       </c>
       <c r="BL37" s="27">
         <v>0</v>
       </c>
       <c r="BM37" s="27">
         <v>0</v>
       </c>
       <c r="BN37" s="27">
         <v>0</v>
       </c>
       <c r="BO37" s="27">
         <v>0</v>
       </c>
       <c r="BP37" s="27">
         <v>0</v>
       </c>
       <c r="BQ37" s="27">
         <v>0</v>
       </c>
-      <c r="BR37" s="25">
+      <c r="BR37" s="27">
         <v>0</v>
       </c>
       <c r="BS37" s="25">
         <v>0</v>
       </c>
       <c r="BT37" s="25">
         <v>0</v>
       </c>
       <c r="BU37" s="25">
         <v>0</v>
       </c>
       <c r="BV37" s="25">
         <v>0</v>
       </c>
       <c r="BW37" s="25">
         <v>0</v>
       </c>
       <c r="BX37" s="25">
         <v>0</v>
       </c>
       <c r="BY37" s="25">
         <v>0</v>
       </c>
       <c r="BZ37" s="25">
         <v>0</v>
@@ -22409,51 +22681,51 @@
       </c>
       <c r="EB37" s="25">
         <v>0</v>
       </c>
       <c r="EC37" s="25">
         <v>0</v>
       </c>
       <c r="ED37" s="25">
         <v>0</v>
       </c>
       <c r="EE37" s="25">
         <v>0</v>
       </c>
       <c r="EF37" s="25">
         <v>0</v>
       </c>
       <c r="EG37" s="25">
         <v>0</v>
       </c>
       <c r="EH37" s="25">
         <v>0</v>
       </c>
       <c r="EI37" s="25">
         <v>0</v>
       </c>
-      <c r="EJ37" s="46">
+      <c r="EJ37" s="25">
         <v>0</v>
       </c>
       <c r="EK37" s="46">
         <v>0</v>
       </c>
       <c r="EL37" s="46">
         <v>0</v>
       </c>
       <c r="EM37" s="46">
         <v>0</v>
       </c>
       <c r="EN37" s="46">
         <v>0</v>
       </c>
       <c r="EO37" s="46">
         <v>0</v>
       </c>
       <c r="EP37" s="46">
         <v>0</v>
       </c>
       <c r="EQ37" s="46">
         <v>0</v>
       </c>
       <c r="ER37" s="46">
         <v>0</v>
@@ -22691,52 +22963,61 @@
       </c>
       <c r="HR37" s="46">
         <v>0</v>
       </c>
       <c r="HS37" s="46">
         <v>0</v>
       </c>
       <c r="HT37" s="46">
         <v>0</v>
       </c>
       <c r="HU37" s="46">
         <v>0</v>
       </c>
       <c r="HV37" s="46">
         <v>0</v>
       </c>
       <c r="HW37" s="46">
         <v>0</v>
       </c>
       <c r="HX37" s="46">
         <v>0</v>
       </c>
       <c r="HY37" s="46">
         <v>0</v>
       </c>
+      <c r="HZ37" s="46">
+        <v>0</v>
+      </c>
+      <c r="IA37" s="46">
+        <v>0</v>
+      </c>
+      <c r="IB37" s="46">
+        <v>0</v>
+      </c>
     </row>
-    <row r="38" spans="1:233" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:236" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A38" s="3"/>
       <c r="B38" s="20" t="s">
         <v>75</v>
       </c>
       <c r="C38" s="21">
         <v>-23.835210000000018</v>
       </c>
       <c r="D38" s="21">
         <v>275.59000600000002</v>
       </c>
       <c r="E38" s="21">
         <v>419.49111999999997</v>
       </c>
       <c r="F38" s="21">
         <v>188.65999999999997</v>
       </c>
       <c r="G38" s="21">
         <v>493.14679999999998</v>
       </c>
       <c r="H38" s="21">
         <v>3310.3248063700003</v>
       </c>
       <c r="I38" s="21">
         <v>109.97430912</v>
       </c>
@@ -22898,290 +23179,290 @@
       </c>
       <c r="BJ38" s="21">
         <v>0</v>
       </c>
       <c r="BK38" s="21">
         <v>1</v>
       </c>
       <c r="BL38" s="21">
         <v>0</v>
       </c>
       <c r="BM38" s="21">
         <v>0</v>
       </c>
       <c r="BN38" s="21">
         <v>4</v>
       </c>
       <c r="BO38" s="21">
         <v>56.88167816</v>
       </c>
       <c r="BP38" s="21">
         <v>0</v>
       </c>
       <c r="BQ38" s="21">
         <v>0</v>
       </c>
-      <c r="BR38" s="22">
+      <c r="BR38" s="21">
         <v>0</v>
       </c>
       <c r="BS38" s="22">
         <v>0</v>
       </c>
       <c r="BT38" s="22">
         <v>0</v>
       </c>
       <c r="BU38" s="22">
+        <v>0</v>
+      </c>
+      <c r="BV38" s="22">
         <v>225.70400000000001</v>
       </c>
-      <c r="BV38" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="BW38" s="22">
+        <v>0</v>
+      </c>
+      <c r="BX38" s="22">
         <v>12.051</v>
       </c>
-      <c r="BX38" s="22">
+      <c r="BY38" s="22">
         <v>131.25040000000001</v>
       </c>
-      <c r="BY38" s="22">
+      <c r="BZ38" s="22">
         <v>-714.87</v>
       </c>
-      <c r="BZ38" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="CA38" s="22">
         <v>0</v>
       </c>
       <c r="CB38" s="22">
         <v>0</v>
       </c>
       <c r="CC38" s="22">
+        <v>0</v>
+      </c>
+      <c r="CD38" s="22">
         <v>322.02938999999998</v>
       </c>
-      <c r="CD38" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="CE38" s="22">
         <v>0</v>
       </c>
       <c r="CF38" s="22">
+        <v>0</v>
+      </c>
+      <c r="CG38" s="22">
         <v>50.000005999999999</v>
       </c>
-      <c r="CG38" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="CH38" s="22">
+        <v>0</v>
+      </c>
+      <c r="CI38" s="22">
         <v>157.88800000000001</v>
       </c>
-      <c r="CI38" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="CJ38" s="22">
         <v>0</v>
       </c>
       <c r="CK38" s="22">
         <v>0</v>
       </c>
       <c r="CL38" s="22">
         <v>0</v>
       </c>
       <c r="CM38" s="22">
+        <v>0</v>
+      </c>
+      <c r="CN38" s="22">
         <v>10.002000000000001</v>
       </c>
-      <c r="CN38" s="22">
+      <c r="CO38" s="22">
         <v>20.100000000000001</v>
       </c>
-      <c r="CO38" s="22">
+      <c r="CP38" s="22">
         <v>37.6</v>
       </c>
-      <c r="CP38" s="22">
+      <c r="CQ38" s="22">
         <v>31.851899999999997</v>
       </c>
-      <c r="CQ38" s="22">
+      <c r="CR38" s="22">
         <v>30.32</v>
       </c>
-      <c r="CR38" s="22">
+      <c r="CS38" s="22">
         <v>33.214199999999998</v>
       </c>
-      <c r="CS38" s="22">
+      <c r="CT38" s="22">
         <v>42.75</v>
       </c>
-      <c r="CT38" s="22">
+      <c r="CU38" s="22">
         <v>0.1822</v>
       </c>
-      <c r="CU38" s="22">
+      <c r="CV38" s="22">
         <v>80.44</v>
       </c>
-      <c r="CV38" s="22">
+      <c r="CW38" s="22">
         <v>98.033500000000004</v>
       </c>
-      <c r="CW38" s="22">
+      <c r="CX38" s="22">
         <v>45</v>
       </c>
-      <c r="CX38" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="CY38" s="22">
         <v>0</v>
       </c>
       <c r="CZ38" s="22">
         <v>0</v>
       </c>
       <c r="DA38" s="22">
+        <v>0</v>
+      </c>
+      <c r="DB38" s="22">
         <v>57.69932</v>
       </c>
-      <c r="DB38" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="DC38" s="22">
+        <v>0</v>
+      </c>
+      <c r="DD38" s="22">
         <v>42.5</v>
       </c>
-      <c r="DD38" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="DE38" s="22">
         <v>0</v>
       </c>
       <c r="DF38" s="22">
         <v>0</v>
       </c>
       <c r="DG38" s="22">
         <v>0</v>
       </c>
       <c r="DH38" s="22">
+        <v>0</v>
+      </c>
+      <c r="DI38" s="22">
         <v>252.11449999999999</v>
       </c>
-      <c r="DI38" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="DJ38" s="22">
         <v>0</v>
       </c>
       <c r="DK38" s="22">
+        <v>0</v>
+      </c>
+      <c r="DL38" s="22">
         <v>580.61009999999999</v>
       </c>
-      <c r="DL38" s="22">
+      <c r="DM38" s="22">
         <v>-686.56460000000004</v>
       </c>
-      <c r="DM38" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="DN38" s="22">
+        <v>0</v>
+      </c>
+      <c r="DO38" s="22">
         <v>55.1</v>
       </c>
-      <c r="DO38" s="22">
+      <c r="DP38" s="22">
         <v>284.99999999999994</v>
       </c>
-      <c r="DP38" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="DQ38" s="22">
         <v>0</v>
       </c>
       <c r="DR38" s="22">
         <v>0</v>
       </c>
       <c r="DS38" s="22">
+        <v>0</v>
+      </c>
+      <c r="DT38" s="22">
         <v>20</v>
       </c>
-      <c r="DT38" s="22">
+      <c r="DU38" s="22">
         <v>19.5288</v>
       </c>
-      <c r="DU38" s="22">
+      <c r="DV38" s="22">
         <v>76</v>
       </c>
-      <c r="DV38" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="DW38" s="22">
         <v>0</v>
       </c>
       <c r="DX38" s="22">
+        <v>0</v>
+      </c>
+      <c r="DY38" s="22">
         <v>37.518000000000001</v>
       </c>
-      <c r="DY38" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="DZ38" s="22">
+        <v>0</v>
+      </c>
+      <c r="EA38" s="22">
         <v>127.55355637000001</v>
       </c>
-      <c r="EA38" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="EB38" s="22">
         <v>0</v>
       </c>
       <c r="EC38" s="22">
+        <v>0</v>
+      </c>
+      <c r="ED38" s="22">
         <v>8.2777500000000011</v>
       </c>
-      <c r="ED38" s="22">
+      <c r="EE38" s="22">
         <v>3171.4751999999999</v>
       </c>
-      <c r="EE38" s="22">
+      <c r="EF38" s="22">
         <v>3.0183</v>
       </c>
-      <c r="EF38" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="EG38" s="22">
         <v>0</v>
       </c>
       <c r="EH38" s="22">
         <v>0</v>
       </c>
       <c r="EI38" s="22">
         <v>0</v>
       </c>
-      <c r="EJ38" s="45">
+      <c r="EJ38" s="22">
         <v>0</v>
       </c>
       <c r="EK38" s="45">
         <v>0</v>
       </c>
       <c r="EL38" s="45">
         <v>0</v>
       </c>
       <c r="EM38" s="45">
         <v>0</v>
       </c>
       <c r="EN38" s="45">
         <v>0</v>
       </c>
       <c r="EO38" s="45">
         <v>0</v>
       </c>
       <c r="EP38" s="45">
         <v>0</v>
       </c>
       <c r="EQ38" s="45">
         <v>0</v>
       </c>
       <c r="ER38" s="45">
+        <v>0</v>
+      </c>
+      <c r="ES38" s="45">
         <v>109.97430912</v>
       </c>
-      <c r="ES38" s="45">
-[...1 lines deleted...]
-      </c>
       <c r="ET38" s="45">
         <v>0</v>
       </c>
       <c r="EU38" s="45">
         <v>0</v>
       </c>
       <c r="EV38" s="45">
         <v>0</v>
       </c>
       <c r="EW38" s="45">
         <v>0</v>
       </c>
       <c r="EX38" s="45">
         <v>0</v>
       </c>
       <c r="EY38" s="45">
         <v>0</v>
       </c>
       <c r="EZ38" s="45">
         <v>0</v>
       </c>
       <c r="FA38" s="45">
         <v>0</v>
       </c>
       <c r="FB38" s="45">
@@ -23220,222 +23501,231 @@
       <c r="FM38" s="45">
         <v>0</v>
       </c>
       <c r="FN38" s="45">
         <v>0</v>
       </c>
       <c r="FO38" s="45">
         <v>0</v>
       </c>
       <c r="FP38" s="45">
         <v>0</v>
       </c>
       <c r="FQ38" s="45">
         <v>0</v>
       </c>
       <c r="FR38" s="45">
         <v>0</v>
       </c>
       <c r="FS38" s="45">
         <v>0</v>
       </c>
       <c r="FT38" s="45">
         <v>0</v>
       </c>
       <c r="FU38" s="45">
+        <v>0</v>
+      </c>
+      <c r="FV38" s="45">
         <v>78.695999999999998</v>
       </c>
-      <c r="FV38" s="45">
-[...1 lines deleted...]
-      </c>
       <c r="FW38" s="45">
         <v>0</v>
       </c>
       <c r="FX38" s="45">
         <v>0</v>
       </c>
       <c r="FY38" s="45">
+        <v>0</v>
+      </c>
+      <c r="FZ38" s="45">
         <v>78.168000000000006</v>
       </c>
-      <c r="FZ38" s="45">
-[...1 lines deleted...]
-      </c>
       <c r="GA38" s="45">
         <v>0</v>
       </c>
       <c r="GB38" s="45">
         <v>0</v>
       </c>
       <c r="GC38" s="45">
         <v>0</v>
       </c>
       <c r="GD38" s="45">
         <v>0</v>
       </c>
       <c r="GE38" s="45">
         <v>0</v>
       </c>
       <c r="GF38" s="45">
         <v>0</v>
       </c>
       <c r="GG38" s="45">
         <v>0</v>
       </c>
       <c r="GH38" s="45">
         <v>0</v>
       </c>
       <c r="GI38" s="45">
         <v>0</v>
       </c>
       <c r="GJ38" s="45">
         <v>0</v>
       </c>
       <c r="GK38" s="45">
+        <v>0</v>
+      </c>
+      <c r="GL38" s="45">
         <v>-177.08826000000002</v>
       </c>
-      <c r="GL38" s="45">
+      <c r="GM38" s="45">
         <v>20</v>
       </c>
-      <c r="GM38" s="45">
-[...1 lines deleted...]
-      </c>
       <c r="GN38" s="45">
         <v>0</v>
       </c>
       <c r="GO38" s="45">
         <v>0</v>
       </c>
       <c r="GP38" s="45">
         <v>0</v>
       </c>
       <c r="GQ38" s="45">
         <v>0</v>
       </c>
       <c r="GR38" s="45">
         <v>0</v>
       </c>
       <c r="GS38" s="45">
         <v>0</v>
       </c>
       <c r="GT38" s="45">
         <v>0</v>
       </c>
       <c r="GU38" s="45">
         <v>0</v>
       </c>
       <c r="GV38" s="45">
         <v>0</v>
       </c>
       <c r="GW38" s="45">
         <v>0</v>
       </c>
       <c r="GX38" s="45">
         <v>0</v>
       </c>
       <c r="GY38" s="45">
         <v>0</v>
       </c>
       <c r="GZ38" s="45">
         <v>0</v>
       </c>
       <c r="HA38" s="45">
         <v>0</v>
       </c>
       <c r="HB38" s="45">
         <v>0</v>
       </c>
       <c r="HC38" s="45">
+        <v>0</v>
+      </c>
+      <c r="HD38" s="45">
         <v>1</v>
       </c>
-      <c r="HD38" s="45">
-[...1 lines deleted...]
-      </c>
       <c r="HE38" s="45">
         <v>0</v>
       </c>
       <c r="HF38" s="45">
         <v>0</v>
       </c>
       <c r="HG38" s="45">
         <v>0</v>
       </c>
       <c r="HH38" s="45">
         <v>0</v>
       </c>
       <c r="HI38" s="45">
         <v>0</v>
       </c>
       <c r="HJ38" s="45">
         <v>0</v>
       </c>
       <c r="HK38" s="45">
         <v>0</v>
       </c>
       <c r="HL38" s="45">
+        <v>0</v>
+      </c>
+      <c r="HM38" s="45">
         <v>4</v>
       </c>
-      <c r="HM38" s="45">
-[...1 lines deleted...]
-      </c>
       <c r="HN38" s="45">
         <v>0</v>
       </c>
       <c r="HO38" s="45">
         <v>0</v>
       </c>
       <c r="HP38" s="45">
         <v>0</v>
       </c>
       <c r="HQ38" s="45">
+        <v>0</v>
+      </c>
+      <c r="HR38" s="45">
         <v>56.88167816</v>
       </c>
-      <c r="HR38" s="45">
-[...1 lines deleted...]
-      </c>
       <c r="HS38" s="45">
         <v>0</v>
       </c>
       <c r="HT38" s="45">
         <v>0</v>
       </c>
       <c r="HU38" s="45">
         <v>0</v>
       </c>
       <c r="HV38" s="45">
         <v>0</v>
       </c>
       <c r="HW38" s="45">
         <v>0</v>
       </c>
       <c r="HX38" s="45">
         <v>0</v>
       </c>
       <c r="HY38" s="45">
         <v>0</v>
       </c>
+      <c r="HZ38" s="45">
+        <v>0</v>
+      </c>
+      <c r="IA38" s="45">
+        <v>0</v>
+      </c>
+      <c r="IB38" s="45">
+        <v>0</v>
+      </c>
     </row>
-    <row r="39" spans="1:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="39" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B39" s="28" t="s">
         <v>73</v>
       </c>
       <c r="C39" s="29">
         <v>-38.835210000000018</v>
       </c>
       <c r="D39" s="29">
         <v>417.64300600000001</v>
       </c>
       <c r="E39" s="29">
         <v>419.49111999999997</v>
       </c>
       <c r="F39" s="29">
         <v>188.65999999999997</v>
       </c>
       <c r="G39" s="29">
         <v>795.35480000000007</v>
       </c>
       <c r="H39" s="29">
         <v>3322.4230563700003</v>
       </c>
       <c r="I39" s="29">
         <v>109.97430912</v>
       </c>
       <c r="J39" s="29">
@@ -23596,290 +23886,290 @@
       </c>
       <c r="BJ39" s="29">
         <v>0</v>
       </c>
       <c r="BK39" s="29">
         <v>1</v>
       </c>
       <c r="BL39" s="29">
         <v>0</v>
       </c>
       <c r="BM39" s="29">
         <v>0</v>
       </c>
       <c r="BN39" s="29">
         <v>4</v>
       </c>
       <c r="BO39" s="29">
         <v>56.88167816</v>
       </c>
       <c r="BP39" s="29">
         <v>0</v>
       </c>
       <c r="BQ39" s="29">
         <v>0</v>
       </c>
-      <c r="BR39" s="25">
+      <c r="BR39" s="29">
         <v>0</v>
       </c>
       <c r="BS39" s="25">
         <v>0</v>
       </c>
       <c r="BT39" s="25">
         <v>0</v>
       </c>
       <c r="BU39" s="25">
+        <v>0</v>
+      </c>
+      <c r="BV39" s="25">
         <v>210.70400000000001</v>
       </c>
-      <c r="BV39" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="BW39" s="25">
+        <v>0</v>
+      </c>
+      <c r="BX39" s="25">
         <v>12.051</v>
       </c>
-      <c r="BX39" s="25">
+      <c r="BY39" s="25">
         <v>131.25040000000001</v>
       </c>
-      <c r="BY39" s="25">
+      <c r="BZ39" s="25">
         <v>-714.87</v>
       </c>
-      <c r="BZ39" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="CA39" s="25">
         <v>0</v>
       </c>
       <c r="CB39" s="25">
         <v>0</v>
       </c>
       <c r="CC39" s="25">
+        <v>0</v>
+      </c>
+      <c r="CD39" s="25">
         <v>322.02938999999998</v>
       </c>
-      <c r="CD39" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="CE39" s="25">
         <v>0</v>
       </c>
       <c r="CF39" s="25">
+        <v>0</v>
+      </c>
+      <c r="CG39" s="25">
         <v>50.000005999999999</v>
       </c>
-      <c r="CG39" s="25">
+      <c r="CH39" s="25">
         <v>142.053</v>
       </c>
-      <c r="CH39" s="25">
+      <c r="CI39" s="25">
         <v>157.88800000000001</v>
       </c>
-      <c r="CI39" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="CJ39" s="25">
         <v>0</v>
       </c>
       <c r="CK39" s="25">
         <v>0</v>
       </c>
       <c r="CL39" s="25">
         <v>0</v>
       </c>
       <c r="CM39" s="25">
+        <v>0</v>
+      </c>
+      <c r="CN39" s="25">
         <v>10.002000000000001</v>
       </c>
-      <c r="CN39" s="25">
+      <c r="CO39" s="25">
         <v>20.100000000000001</v>
       </c>
-      <c r="CO39" s="25">
+      <c r="CP39" s="25">
         <v>37.6</v>
       </c>
-      <c r="CP39" s="25">
+      <c r="CQ39" s="25">
         <v>31.851899999999997</v>
       </c>
-      <c r="CQ39" s="25">
+      <c r="CR39" s="25">
         <v>30.32</v>
       </c>
-      <c r="CR39" s="25">
+      <c r="CS39" s="25">
         <v>33.214199999999998</v>
       </c>
-      <c r="CS39" s="25">
+      <c r="CT39" s="25">
         <v>42.75</v>
       </c>
-      <c r="CT39" s="25">
+      <c r="CU39" s="25">
         <v>0.1822</v>
       </c>
-      <c r="CU39" s="25">
+      <c r="CV39" s="25">
         <v>80.44</v>
       </c>
-      <c r="CV39" s="25">
+      <c r="CW39" s="25">
         <v>98.033500000000004</v>
       </c>
-      <c r="CW39" s="25">
+      <c r="CX39" s="25">
         <v>45</v>
       </c>
-      <c r="CX39" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="CY39" s="25">
         <v>0</v>
       </c>
       <c r="CZ39" s="25">
         <v>0</v>
       </c>
       <c r="DA39" s="25">
+        <v>0</v>
+      </c>
+      <c r="DB39" s="25">
         <v>57.69932</v>
       </c>
-      <c r="DB39" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="DC39" s="25">
+        <v>0</v>
+      </c>
+      <c r="DD39" s="25">
         <v>42.5</v>
       </c>
-      <c r="DD39" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="DE39" s="25">
         <v>0</v>
       </c>
       <c r="DF39" s="25">
         <v>0</v>
       </c>
       <c r="DG39" s="25">
         <v>0</v>
       </c>
       <c r="DH39" s="25">
+        <v>0</v>
+      </c>
+      <c r="DI39" s="25">
         <v>252.11449999999999</v>
       </c>
-      <c r="DI39" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="DJ39" s="25">
         <v>0</v>
       </c>
       <c r="DK39" s="25">
+        <v>0</v>
+      </c>
+      <c r="DL39" s="25">
         <v>580.61009999999999</v>
       </c>
-      <c r="DL39" s="25">
+      <c r="DM39" s="25">
         <v>-686.56460000000004</v>
       </c>
-      <c r="DM39" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="DN39" s="25">
+        <v>0</v>
+      </c>
+      <c r="DO39" s="25">
         <v>55.1</v>
       </c>
-      <c r="DO39" s="25">
+      <c r="DP39" s="25">
         <v>587.20799999999997</v>
       </c>
-      <c r="DP39" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="DQ39" s="25">
         <v>0</v>
       </c>
       <c r="DR39" s="25">
         <v>0</v>
       </c>
       <c r="DS39" s="25">
+        <v>0</v>
+      </c>
+      <c r="DT39" s="25">
         <v>20</v>
       </c>
-      <c r="DT39" s="25">
+      <c r="DU39" s="25">
         <v>19.5288</v>
       </c>
-      <c r="DU39" s="25">
+      <c r="DV39" s="25">
         <v>76</v>
       </c>
-      <c r="DV39" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="DW39" s="25">
         <v>0</v>
       </c>
       <c r="DX39" s="25">
+        <v>0</v>
+      </c>
+      <c r="DY39" s="25">
         <v>37.518000000000001</v>
       </c>
-      <c r="DY39" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="DZ39" s="25">
+        <v>0</v>
+      </c>
+      <c r="EA39" s="25">
         <v>127.55355637000001</v>
       </c>
-      <c r="EA39" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="EB39" s="25">
         <v>0</v>
       </c>
       <c r="EC39" s="25">
+        <v>0</v>
+      </c>
+      <c r="ED39" s="25">
         <v>20.376000000000001</v>
       </c>
-      <c r="ED39" s="25">
+      <c r="EE39" s="25">
         <v>3171.4751999999999</v>
       </c>
-      <c r="EE39" s="25">
+      <c r="EF39" s="25">
         <v>3.0183</v>
       </c>
-      <c r="EF39" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="EG39" s="25">
         <v>0</v>
       </c>
       <c r="EH39" s="25">
         <v>0</v>
       </c>
       <c r="EI39" s="25">
         <v>0</v>
       </c>
-      <c r="EJ39" s="46">
+      <c r="EJ39" s="25">
         <v>0</v>
       </c>
       <c r="EK39" s="46">
         <v>0</v>
       </c>
       <c r="EL39" s="46">
         <v>0</v>
       </c>
       <c r="EM39" s="46">
         <v>0</v>
       </c>
       <c r="EN39" s="46">
         <v>0</v>
       </c>
       <c r="EO39" s="46">
         <v>0</v>
       </c>
       <c r="EP39" s="46">
         <v>0</v>
       </c>
       <c r="EQ39" s="46">
         <v>0</v>
       </c>
       <c r="ER39" s="46">
+        <v>0</v>
+      </c>
+      <c r="ES39" s="46">
         <v>109.97430912</v>
       </c>
-      <c r="ES39" s="46">
-[...1 lines deleted...]
-      </c>
       <c r="ET39" s="46">
         <v>0</v>
       </c>
       <c r="EU39" s="46">
         <v>0</v>
       </c>
       <c r="EV39" s="46">
         <v>0</v>
       </c>
       <c r="EW39" s="46">
         <v>0</v>
       </c>
       <c r="EX39" s="46">
         <v>0</v>
       </c>
       <c r="EY39" s="46">
         <v>0</v>
       </c>
       <c r="EZ39" s="46">
         <v>0</v>
       </c>
       <c r="FA39" s="46">
         <v>0</v>
       </c>
       <c r="FB39" s="46">
@@ -23918,222 +24208,231 @@
       <c r="FM39" s="46">
         <v>0</v>
       </c>
       <c r="FN39" s="46">
         <v>0</v>
       </c>
       <c r="FO39" s="46">
         <v>0</v>
       </c>
       <c r="FP39" s="46">
         <v>0</v>
       </c>
       <c r="FQ39" s="46">
         <v>0</v>
       </c>
       <c r="FR39" s="46">
         <v>0</v>
       </c>
       <c r="FS39" s="46">
         <v>0</v>
       </c>
       <c r="FT39" s="46">
         <v>0</v>
       </c>
       <c r="FU39" s="46">
+        <v>0</v>
+      </c>
+      <c r="FV39" s="46">
         <v>78.695999999999998</v>
       </c>
-      <c r="FV39" s="46">
-[...1 lines deleted...]
-      </c>
       <c r="FW39" s="46">
         <v>0</v>
       </c>
       <c r="FX39" s="46">
         <v>0</v>
       </c>
       <c r="FY39" s="46">
+        <v>0</v>
+      </c>
+      <c r="FZ39" s="46">
         <v>78.168000000000006</v>
       </c>
-      <c r="FZ39" s="46">
-[...1 lines deleted...]
-      </c>
       <c r="GA39" s="46">
         <v>0</v>
       </c>
       <c r="GB39" s="46">
         <v>0</v>
       </c>
       <c r="GC39" s="46">
         <v>0</v>
       </c>
       <c r="GD39" s="46">
         <v>0</v>
       </c>
       <c r="GE39" s="46">
         <v>0</v>
       </c>
       <c r="GF39" s="46">
         <v>0</v>
       </c>
       <c r="GG39" s="46">
         <v>0</v>
       </c>
       <c r="GH39" s="46">
         <v>0</v>
       </c>
       <c r="GI39" s="46">
         <v>0</v>
       </c>
       <c r="GJ39" s="46">
         <v>0</v>
       </c>
       <c r="GK39" s="46">
+        <v>0</v>
+      </c>
+      <c r="GL39" s="46">
         <v>-177.08826000000002</v>
       </c>
-      <c r="GL39" s="46">
+      <c r="GM39" s="46">
         <v>20</v>
       </c>
-      <c r="GM39" s="46">
-[...1 lines deleted...]
-      </c>
       <c r="GN39" s="46">
         <v>0</v>
       </c>
       <c r="GO39" s="46">
         <v>0</v>
       </c>
       <c r="GP39" s="46">
         <v>0</v>
       </c>
       <c r="GQ39" s="46">
         <v>0</v>
       </c>
       <c r="GR39" s="46">
         <v>0</v>
       </c>
       <c r="GS39" s="46">
         <v>0</v>
       </c>
       <c r="GT39" s="46">
         <v>0</v>
       </c>
       <c r="GU39" s="46">
         <v>0</v>
       </c>
       <c r="GV39" s="46">
         <v>0</v>
       </c>
       <c r="GW39" s="46">
         <v>0</v>
       </c>
       <c r="GX39" s="46">
         <v>0</v>
       </c>
       <c r="GY39" s="46">
         <v>0</v>
       </c>
       <c r="GZ39" s="46">
         <v>0</v>
       </c>
       <c r="HA39" s="46">
         <v>0</v>
       </c>
       <c r="HB39" s="46">
         <v>0</v>
       </c>
       <c r="HC39" s="46">
+        <v>0</v>
+      </c>
+      <c r="HD39" s="46">
         <v>1</v>
       </c>
-      <c r="HD39" s="46">
-[...1 lines deleted...]
-      </c>
       <c r="HE39" s="46">
         <v>0</v>
       </c>
       <c r="HF39" s="46">
         <v>0</v>
       </c>
       <c r="HG39" s="46">
         <v>0</v>
       </c>
       <c r="HH39" s="46">
         <v>0</v>
       </c>
       <c r="HI39" s="46">
         <v>0</v>
       </c>
       <c r="HJ39" s="46">
         <v>0</v>
       </c>
       <c r="HK39" s="46">
         <v>0</v>
       </c>
       <c r="HL39" s="46">
+        <v>0</v>
+      </c>
+      <c r="HM39" s="46">
         <v>4</v>
       </c>
-      <c r="HM39" s="46">
-[...1 lines deleted...]
-      </c>
       <c r="HN39" s="46">
         <v>0</v>
       </c>
       <c r="HO39" s="46">
         <v>0</v>
       </c>
       <c r="HP39" s="46">
         <v>0</v>
       </c>
       <c r="HQ39" s="46">
+        <v>0</v>
+      </c>
+      <c r="HR39" s="46">
         <v>56.88167816</v>
       </c>
-      <c r="HR39" s="46">
-[...1 lines deleted...]
-      </c>
       <c r="HS39" s="46">
         <v>0</v>
       </c>
       <c r="HT39" s="46">
         <v>0</v>
       </c>
       <c r="HU39" s="46">
         <v>0</v>
       </c>
       <c r="HV39" s="46">
         <v>0</v>
       </c>
       <c r="HW39" s="46">
         <v>0</v>
       </c>
       <c r="HX39" s="46">
         <v>0</v>
       </c>
       <c r="HY39" s="46">
         <v>0</v>
       </c>
+      <c r="HZ39" s="46">
+        <v>0</v>
+      </c>
+      <c r="IA39" s="46">
+        <v>0</v>
+      </c>
+      <c r="IB39" s="46">
+        <v>0</v>
+      </c>
     </row>
-    <row r="40" spans="1:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="40" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B40" s="26" t="s">
         <v>74</v>
       </c>
       <c r="C40" s="27">
         <v>15</v>
       </c>
       <c r="D40" s="27">
         <v>-142.053</v>
       </c>
       <c r="E40" s="27">
         <v>0</v>
       </c>
       <c r="F40" s="27">
         <v>0</v>
       </c>
       <c r="G40" s="27">
         <v>-302.20800000000003</v>
       </c>
       <c r="H40" s="27">
         <v>-12.09825</v>
       </c>
       <c r="I40" s="27">
         <v>0</v>
       </c>
       <c r="J40" s="27">
@@ -24294,101 +24593,101 @@
       </c>
       <c r="BJ40" s="27">
         <v>0</v>
       </c>
       <c r="BK40" s="27">
         <v>0</v>
       </c>
       <c r="BL40" s="27">
         <v>0</v>
       </c>
       <c r="BM40" s="27">
         <v>0</v>
       </c>
       <c r="BN40" s="27">
         <v>0</v>
       </c>
       <c r="BO40" s="27">
         <v>0</v>
       </c>
       <c r="BP40" s="27">
         <v>0</v>
       </c>
       <c r="BQ40" s="27">
         <v>0</v>
       </c>
-      <c r="BR40" s="25">
+      <c r="BR40" s="27">
         <v>0</v>
       </c>
       <c r="BS40" s="25">
         <v>0</v>
       </c>
       <c r="BT40" s="25">
         <v>0</v>
       </c>
       <c r="BU40" s="25">
+        <v>0</v>
+      </c>
+      <c r="BV40" s="25">
         <v>15</v>
       </c>
-      <c r="BV40" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="BW40" s="25">
         <v>0</v>
       </c>
       <c r="BX40" s="25">
         <v>0</v>
       </c>
       <c r="BY40" s="25">
         <v>0</v>
       </c>
       <c r="BZ40" s="25">
         <v>0</v>
       </c>
       <c r="CA40" s="25">
         <v>0</v>
       </c>
       <c r="CB40" s="25">
         <v>0</v>
       </c>
       <c r="CC40" s="25">
         <v>0</v>
       </c>
       <c r="CD40" s="25">
         <v>0</v>
       </c>
       <c r="CE40" s="25">
         <v>0</v>
       </c>
       <c r="CF40" s="25">
         <v>0</v>
       </c>
       <c r="CG40" s="25">
+        <v>0</v>
+      </c>
+      <c r="CH40" s="25">
         <v>-142.053</v>
       </c>
-      <c r="CH40" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="CI40" s="25">
         <v>0</v>
       </c>
       <c r="CJ40" s="25">
         <v>0</v>
       </c>
       <c r="CK40" s="25">
         <v>0</v>
       </c>
       <c r="CL40" s="25">
         <v>0</v>
       </c>
       <c r="CM40" s="25">
         <v>0</v>
       </c>
       <c r="CN40" s="25">
         <v>0</v>
       </c>
       <c r="CO40" s="25">
         <v>0</v>
       </c>
       <c r="CP40" s="25">
         <v>0</v>
       </c>
       <c r="CQ40" s="25">
@@ -24442,113 +24741,113 @@
       <c r="DG40" s="25">
         <v>0</v>
       </c>
       <c r="DH40" s="25">
         <v>0</v>
       </c>
       <c r="DI40" s="25">
         <v>0</v>
       </c>
       <c r="DJ40" s="25">
         <v>0</v>
       </c>
       <c r="DK40" s="25">
         <v>0</v>
       </c>
       <c r="DL40" s="25">
         <v>0</v>
       </c>
       <c r="DM40" s="25">
         <v>0</v>
       </c>
       <c r="DN40" s="25">
         <v>0</v>
       </c>
       <c r="DO40" s="25">
+        <v>0</v>
+      </c>
+      <c r="DP40" s="25">
         <v>-302.20800000000003</v>
       </c>
-      <c r="DP40" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="DQ40" s="25">
         <v>0</v>
       </c>
       <c r="DR40" s="25">
         <v>0</v>
       </c>
       <c r="DS40" s="25">
         <v>0</v>
       </c>
       <c r="DT40" s="25">
         <v>0</v>
       </c>
       <c r="DU40" s="25">
         <v>0</v>
       </c>
       <c r="DV40" s="25">
         <v>0</v>
       </c>
       <c r="DW40" s="25">
         <v>0</v>
       </c>
       <c r="DX40" s="25">
         <v>0</v>
       </c>
       <c r="DY40" s="25">
         <v>0</v>
       </c>
       <c r="DZ40" s="25">
         <v>0</v>
       </c>
       <c r="EA40" s="25">
         <v>0</v>
       </c>
       <c r="EB40" s="25">
         <v>0</v>
       </c>
       <c r="EC40" s="25">
+        <v>0</v>
+      </c>
+      <c r="ED40" s="25">
         <v>-12.09825</v>
       </c>
-      <c r="ED40" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="EE40" s="25">
         <v>0</v>
       </c>
       <c r="EF40" s="25">
         <v>0</v>
       </c>
       <c r="EG40" s="25">
         <v>0</v>
       </c>
       <c r="EH40" s="25">
         <v>0</v>
       </c>
       <c r="EI40" s="25">
         <v>0</v>
       </c>
-      <c r="EJ40" s="46">
+      <c r="EJ40" s="25">
         <v>0</v>
       </c>
       <c r="EK40" s="46">
         <v>0</v>
       </c>
       <c r="EL40" s="46">
         <v>0</v>
       </c>
       <c r="EM40" s="46">
         <v>0</v>
       </c>
       <c r="EN40" s="46">
         <v>0</v>
       </c>
       <c r="EO40" s="46">
         <v>0</v>
       </c>
       <c r="EP40" s="46">
         <v>0</v>
       </c>
       <c r="EQ40" s="46">
         <v>0</v>
       </c>
       <c r="ER40" s="46">
         <v>0</v>
@@ -24786,52 +25085,61 @@
       </c>
       <c r="HR40" s="46">
         <v>0</v>
       </c>
       <c r="HS40" s="46">
         <v>0</v>
       </c>
       <c r="HT40" s="46">
         <v>0</v>
       </c>
       <c r="HU40" s="46">
         <v>0</v>
       </c>
       <c r="HV40" s="46">
         <v>0</v>
       </c>
       <c r="HW40" s="46">
         <v>0</v>
       </c>
       <c r="HX40" s="46">
         <v>0</v>
       </c>
       <c r="HY40" s="46">
         <v>0</v>
       </c>
+      <c r="HZ40" s="46">
+        <v>0</v>
+      </c>
+      <c r="IA40" s="46">
+        <v>0</v>
+      </c>
+      <c r="IB40" s="46">
+        <v>0</v>
+      </c>
     </row>
-    <row r="41" spans="1:233" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:236" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A41" s="3"/>
       <c r="B41" s="20" t="s">
         <v>76</v>
       </c>
       <c r="C41" s="21">
         <v>0</v>
       </c>
       <c r="D41" s="21">
         <v>0</v>
       </c>
       <c r="E41" s="21">
         <v>0</v>
       </c>
       <c r="F41" s="21">
         <v>0</v>
       </c>
       <c r="G41" s="21">
         <v>0</v>
       </c>
       <c r="H41" s="21">
         <v>7.3</v>
       </c>
       <c r="I41" s="21">
         <v>0</v>
       </c>
@@ -24993,52 +25301,52 @@
       </c>
       <c r="BJ41" s="21">
         <v>0</v>
       </c>
       <c r="BK41" s="21">
         <v>0</v>
       </c>
       <c r="BL41" s="21">
         <v>0</v>
       </c>
       <c r="BM41" s="21">
         <v>0</v>
       </c>
       <c r="BN41" s="21">
         <v>0.44999897</v>
       </c>
       <c r="BO41" s="21">
         <v>0</v>
       </c>
       <c r="BP41" s="21">
         <v>0</v>
       </c>
       <c r="BQ41" s="21">
         <v>0</v>
       </c>
-      <c r="BR41" s="22">
-        <v>0</v>
+      <c r="BR41" s="21">
+        <v>3.3E-3</v>
       </c>
       <c r="BS41" s="22">
         <v>0</v>
       </c>
       <c r="BT41" s="22">
         <v>0</v>
       </c>
       <c r="BU41" s="22">
         <v>0</v>
       </c>
       <c r="BV41" s="22">
         <v>0</v>
       </c>
       <c r="BW41" s="22">
         <v>0</v>
       </c>
       <c r="BX41" s="22">
         <v>0</v>
       </c>
       <c r="BY41" s="22">
         <v>0</v>
       </c>
       <c r="BZ41" s="22">
         <v>0</v>
       </c>
@@ -25203,59 +25511,59 @@
       </c>
       <c r="EB41" s="22">
         <v>0</v>
       </c>
       <c r="EC41" s="22">
         <v>0</v>
       </c>
       <c r="ED41" s="22">
         <v>0</v>
       </c>
       <c r="EE41" s="22">
         <v>0</v>
       </c>
       <c r="EF41" s="22">
         <v>0</v>
       </c>
       <c r="EG41" s="22">
         <v>0</v>
       </c>
       <c r="EH41" s="22">
         <v>0</v>
       </c>
       <c r="EI41" s="22">
         <v>0</v>
       </c>
-      <c r="EJ41" s="45">
+      <c r="EJ41" s="22">
         <v>0</v>
       </c>
       <c r="EK41" s="45">
+        <v>0</v>
+      </c>
+      <c r="EL41" s="45">
         <v>7.3</v>
       </c>
-      <c r="EL41" s="45">
-[...1 lines deleted...]
-      </c>
       <c r="EM41" s="45">
         <v>0</v>
       </c>
       <c r="EN41" s="45">
         <v>0</v>
       </c>
       <c r="EO41" s="45">
         <v>0</v>
       </c>
       <c r="EP41" s="45">
         <v>0</v>
       </c>
       <c r="EQ41" s="45">
         <v>0</v>
       </c>
       <c r="ER41" s="45">
         <v>0</v>
       </c>
       <c r="ES41" s="45">
         <v>0</v>
       </c>
       <c r="ET41" s="45">
         <v>0</v>
       </c>
       <c r="EU41" s="45">
@@ -25357,180 +25665,189 @@
       <c r="GA41" s="45">
         <v>0</v>
       </c>
       <c r="GB41" s="45">
         <v>0</v>
       </c>
       <c r="GC41" s="45">
         <v>0</v>
       </c>
       <c r="GD41" s="45">
         <v>0</v>
       </c>
       <c r="GE41" s="45">
         <v>0</v>
       </c>
       <c r="GF41" s="45">
         <v>0</v>
       </c>
       <c r="GG41" s="45">
         <v>0</v>
       </c>
       <c r="GH41" s="45">
         <v>0</v>
       </c>
       <c r="GI41" s="45">
+        <v>0</v>
+      </c>
+      <c r="GJ41" s="45">
         <v>-18.402999999999999</v>
       </c>
-      <c r="GJ41" s="45">
-[...1 lines deleted...]
-      </c>
       <c r="GK41" s="45">
         <v>0</v>
       </c>
       <c r="GL41" s="45">
         <v>0</v>
       </c>
       <c r="GM41" s="45">
         <v>0</v>
       </c>
       <c r="GN41" s="45">
         <v>0</v>
       </c>
       <c r="GO41" s="45">
+        <v>0</v>
+      </c>
+      <c r="GP41" s="45">
         <v>2</v>
       </c>
-      <c r="GP41" s="45">
-[...1 lines deleted...]
-      </c>
       <c r="GQ41" s="45">
         <v>0</v>
       </c>
       <c r="GR41" s="45">
         <v>0</v>
       </c>
       <c r="GS41" s="45">
         <v>0</v>
       </c>
       <c r="GT41" s="45">
         <v>0</v>
       </c>
       <c r="GU41" s="45">
         <v>0</v>
       </c>
       <c r="GV41" s="45">
         <v>0</v>
       </c>
       <c r="GW41" s="45">
         <v>0</v>
       </c>
       <c r="GX41" s="45">
         <v>0</v>
       </c>
       <c r="GY41" s="45">
+        <v>0</v>
+      </c>
+      <c r="GZ41" s="45">
         <v>0.55000168999999999</v>
       </c>
-      <c r="GZ41" s="45">
-[...1 lines deleted...]
-      </c>
       <c r="HA41" s="45">
         <v>0</v>
       </c>
       <c r="HB41" s="45">
         <v>0</v>
       </c>
       <c r="HC41" s="45">
         <v>0</v>
       </c>
       <c r="HD41" s="45">
         <v>0</v>
       </c>
       <c r="HE41" s="45">
         <v>0</v>
       </c>
       <c r="HF41" s="45">
         <v>0</v>
       </c>
       <c r="HG41" s="45">
         <v>0</v>
       </c>
       <c r="HH41" s="45">
         <v>0</v>
       </c>
       <c r="HI41" s="45">
         <v>0</v>
       </c>
       <c r="HJ41" s="45">
         <v>0</v>
       </c>
       <c r="HK41" s="45">
         <v>0</v>
       </c>
       <c r="HL41" s="45">
         <v>0</v>
       </c>
       <c r="HM41" s="45">
         <v>0</v>
       </c>
       <c r="HN41" s="45">
+        <v>0</v>
+      </c>
+      <c r="HO41" s="45">
         <v>0.44999897</v>
       </c>
-      <c r="HO41" s="45">
-[...1 lines deleted...]
-      </c>
       <c r="HP41" s="45">
         <v>0</v>
       </c>
       <c r="HQ41" s="45">
         <v>0</v>
       </c>
       <c r="HR41" s="45">
         <v>0</v>
       </c>
       <c r="HS41" s="45">
         <v>0</v>
       </c>
       <c r="HT41" s="45">
         <v>0</v>
       </c>
       <c r="HU41" s="45">
         <v>0</v>
       </c>
       <c r="HV41" s="45">
         <v>0</v>
       </c>
       <c r="HW41" s="45">
         <v>0</v>
       </c>
       <c r="HX41" s="45">
+        <v>0</v>
+      </c>
+      <c r="HY41" s="45">
         <v>3.3E-3</v>
       </c>
-      <c r="HY41" s="45">
+      <c r="HZ41" s="45">
+        <v>0</v>
+      </c>
+      <c r="IA41" s="45">
+        <v>0</v>
+      </c>
+      <c r="IB41" s="45">
         <v>0</v>
       </c>
     </row>
-    <row r="42" spans="1:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="42" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B42" s="23" t="s">
         <v>73</v>
       </c>
       <c r="C42" s="24">
         <v>0</v>
       </c>
       <c r="D42" s="24">
         <v>0</v>
       </c>
       <c r="E42" s="24">
         <v>0</v>
       </c>
       <c r="F42" s="24">
         <v>0</v>
       </c>
       <c r="G42" s="24">
         <v>0</v>
       </c>
       <c r="H42" s="24">
         <v>7.3</v>
       </c>
       <c r="I42" s="24">
         <v>0</v>
       </c>
       <c r="J42" s="24">
@@ -25691,52 +26008,52 @@
       </c>
       <c r="BJ42" s="24">
         <v>0</v>
       </c>
       <c r="BK42" s="24">
         <v>0</v>
       </c>
       <c r="BL42" s="24">
         <v>0</v>
       </c>
       <c r="BM42" s="24">
         <v>0</v>
       </c>
       <c r="BN42" s="24">
         <v>0.44999897</v>
       </c>
       <c r="BO42" s="24">
         <v>0</v>
       </c>
       <c r="BP42" s="24">
         <v>0</v>
       </c>
       <c r="BQ42" s="24">
         <v>0</v>
       </c>
-      <c r="BR42" s="25">
-        <v>0</v>
+      <c r="BR42" s="24">
+        <v>3.3E-3</v>
       </c>
       <c r="BS42" s="25">
         <v>0</v>
       </c>
       <c r="BT42" s="25">
         <v>0</v>
       </c>
       <c r="BU42" s="25">
         <v>0</v>
       </c>
       <c r="BV42" s="25">
         <v>0</v>
       </c>
       <c r="BW42" s="25">
         <v>0</v>
       </c>
       <c r="BX42" s="25">
         <v>0</v>
       </c>
       <c r="BY42" s="25">
         <v>0</v>
       </c>
       <c r="BZ42" s="25">
         <v>0</v>
       </c>
@@ -25901,59 +26218,59 @@
       </c>
       <c r="EB42" s="25">
         <v>0</v>
       </c>
       <c r="EC42" s="25">
         <v>0</v>
       </c>
       <c r="ED42" s="25">
         <v>0</v>
       </c>
       <c r="EE42" s="25">
         <v>0</v>
       </c>
       <c r="EF42" s="25">
         <v>0</v>
       </c>
       <c r="EG42" s="25">
         <v>0</v>
       </c>
       <c r="EH42" s="25">
         <v>0</v>
       </c>
       <c r="EI42" s="25">
         <v>0</v>
       </c>
-      <c r="EJ42" s="46">
+      <c r="EJ42" s="25">
         <v>0</v>
       </c>
       <c r="EK42" s="46">
+        <v>0</v>
+      </c>
+      <c r="EL42" s="46">
         <v>7.3</v>
       </c>
-      <c r="EL42" s="46">
-[...1 lines deleted...]
-      </c>
       <c r="EM42" s="46">
         <v>0</v>
       </c>
       <c r="EN42" s="46">
         <v>0</v>
       </c>
       <c r="EO42" s="46">
         <v>0</v>
       </c>
       <c r="EP42" s="46">
         <v>0</v>
       </c>
       <c r="EQ42" s="46">
         <v>0</v>
       </c>
       <c r="ER42" s="46">
         <v>0</v>
       </c>
       <c r="ES42" s="46">
         <v>0</v>
       </c>
       <c r="ET42" s="46">
         <v>0</v>
       </c>
       <c r="EU42" s="46">
@@ -26055,180 +26372,189 @@
       <c r="GA42" s="46">
         <v>0</v>
       </c>
       <c r="GB42" s="46">
         <v>0</v>
       </c>
       <c r="GC42" s="46">
         <v>0</v>
       </c>
       <c r="GD42" s="46">
         <v>0</v>
       </c>
       <c r="GE42" s="46">
         <v>0</v>
       </c>
       <c r="GF42" s="46">
         <v>0</v>
       </c>
       <c r="GG42" s="46">
         <v>0</v>
       </c>
       <c r="GH42" s="46">
         <v>0</v>
       </c>
       <c r="GI42" s="46">
+        <v>0</v>
+      </c>
+      <c r="GJ42" s="46">
         <v>-18.402999999999999</v>
       </c>
-      <c r="GJ42" s="46">
-[...1 lines deleted...]
-      </c>
       <c r="GK42" s="46">
         <v>0</v>
       </c>
       <c r="GL42" s="46">
         <v>0</v>
       </c>
       <c r="GM42" s="46">
         <v>0</v>
       </c>
       <c r="GN42" s="46">
         <v>0</v>
       </c>
       <c r="GO42" s="46">
+        <v>0</v>
+      </c>
+      <c r="GP42" s="46">
         <v>2</v>
       </c>
-      <c r="GP42" s="46">
-[...1 lines deleted...]
-      </c>
       <c r="GQ42" s="46">
         <v>0</v>
       </c>
       <c r="GR42" s="46">
         <v>0</v>
       </c>
       <c r="GS42" s="46">
         <v>0</v>
       </c>
       <c r="GT42" s="46">
         <v>0</v>
       </c>
       <c r="GU42" s="46">
         <v>0</v>
       </c>
       <c r="GV42" s="46">
         <v>0</v>
       </c>
       <c r="GW42" s="46">
         <v>0</v>
       </c>
       <c r="GX42" s="46">
         <v>0</v>
       </c>
       <c r="GY42" s="46">
+        <v>0</v>
+      </c>
+      <c r="GZ42" s="46">
         <v>0.55000168999999999</v>
       </c>
-      <c r="GZ42" s="46">
-[...1 lines deleted...]
-      </c>
       <c r="HA42" s="46">
         <v>0</v>
       </c>
       <c r="HB42" s="46">
         <v>0</v>
       </c>
       <c r="HC42" s="46">
         <v>0</v>
       </c>
       <c r="HD42" s="46">
         <v>0</v>
       </c>
       <c r="HE42" s="46">
         <v>0</v>
       </c>
       <c r="HF42" s="46">
         <v>0</v>
       </c>
       <c r="HG42" s="46">
         <v>0</v>
       </c>
       <c r="HH42" s="46">
         <v>0</v>
       </c>
       <c r="HI42" s="46">
         <v>0</v>
       </c>
       <c r="HJ42" s="46">
         <v>0</v>
       </c>
       <c r="HK42" s="46">
         <v>0</v>
       </c>
       <c r="HL42" s="46">
         <v>0</v>
       </c>
       <c r="HM42" s="46">
         <v>0</v>
       </c>
       <c r="HN42" s="46">
+        <v>0</v>
+      </c>
+      <c r="HO42" s="46">
         <v>0.44999897</v>
       </c>
-      <c r="HO42" s="46">
-[...1 lines deleted...]
-      </c>
       <c r="HP42" s="46">
         <v>0</v>
       </c>
       <c r="HQ42" s="46">
         <v>0</v>
       </c>
       <c r="HR42" s="46">
         <v>0</v>
       </c>
       <c r="HS42" s="46">
         <v>0</v>
       </c>
       <c r="HT42" s="46">
         <v>0</v>
       </c>
       <c r="HU42" s="46">
         <v>0</v>
       </c>
       <c r="HV42" s="46">
         <v>0</v>
       </c>
       <c r="HW42" s="46">
         <v>0</v>
       </c>
       <c r="HX42" s="46">
+        <v>0</v>
+      </c>
+      <c r="HY42" s="46">
         <v>3.3E-3</v>
       </c>
-      <c r="HY42" s="46">
+      <c r="HZ42" s="46">
+        <v>0</v>
+      </c>
+      <c r="IA42" s="46">
+        <v>0</v>
+      </c>
+      <c r="IB42" s="46">
         <v>0</v>
       </c>
     </row>
-    <row r="43" spans="1:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="43" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B43" s="26" t="s">
         <v>74</v>
       </c>
       <c r="C43" s="27">
         <v>0</v>
       </c>
       <c r="D43" s="27">
         <v>0</v>
       </c>
       <c r="E43" s="27">
         <v>0</v>
       </c>
       <c r="F43" s="27">
         <v>0</v>
       </c>
       <c r="G43" s="27">
         <v>0</v>
       </c>
       <c r="H43" s="27">
         <v>0</v>
       </c>
       <c r="I43" s="27">
         <v>0</v>
       </c>
       <c r="J43" s="27">
@@ -26389,51 +26715,51 @@
       </c>
       <c r="BJ43" s="27">
         <v>0</v>
       </c>
       <c r="BK43" s="27">
         <v>0</v>
       </c>
       <c r="BL43" s="27">
         <v>0</v>
       </c>
       <c r="BM43" s="27">
         <v>0</v>
       </c>
       <c r="BN43" s="27">
         <v>0</v>
       </c>
       <c r="BO43" s="27">
         <v>0</v>
       </c>
       <c r="BP43" s="27">
         <v>0</v>
       </c>
       <c r="BQ43" s="27">
         <v>0</v>
       </c>
-      <c r="BR43" s="25">
+      <c r="BR43" s="27">
         <v>0</v>
       </c>
       <c r="BS43" s="25">
         <v>0</v>
       </c>
       <c r="BT43" s="25">
         <v>0</v>
       </c>
       <c r="BU43" s="25">
         <v>0</v>
       </c>
       <c r="BV43" s="25">
         <v>0</v>
       </c>
       <c r="BW43" s="25">
         <v>0</v>
       </c>
       <c r="BX43" s="25">
         <v>0</v>
       </c>
       <c r="BY43" s="25">
         <v>0</v>
       </c>
       <c r="BZ43" s="25">
         <v>0</v>
@@ -26599,51 +26925,51 @@
       </c>
       <c r="EB43" s="25">
         <v>0</v>
       </c>
       <c r="EC43" s="25">
         <v>0</v>
       </c>
       <c r="ED43" s="25">
         <v>0</v>
       </c>
       <c r="EE43" s="25">
         <v>0</v>
       </c>
       <c r="EF43" s="25">
         <v>0</v>
       </c>
       <c r="EG43" s="25">
         <v>0</v>
       </c>
       <c r="EH43" s="25">
         <v>0</v>
       </c>
       <c r="EI43" s="25">
         <v>0</v>
       </c>
-      <c r="EJ43" s="46">
+      <c r="EJ43" s="25">
         <v>0</v>
       </c>
       <c r="EK43" s="46">
         <v>0</v>
       </c>
       <c r="EL43" s="46">
         <v>0</v>
       </c>
       <c r="EM43" s="46">
         <v>0</v>
       </c>
       <c r="EN43" s="46">
         <v>0</v>
       </c>
       <c r="EO43" s="46">
         <v>0</v>
       </c>
       <c r="EP43" s="46">
         <v>0</v>
       </c>
       <c r="EQ43" s="46">
         <v>0</v>
       </c>
       <c r="ER43" s="46">
         <v>0</v>
@@ -26881,52 +27207,61 @@
       </c>
       <c r="HR43" s="46">
         <v>0</v>
       </c>
       <c r="HS43" s="46">
         <v>0</v>
       </c>
       <c r="HT43" s="46">
         <v>0</v>
       </c>
       <c r="HU43" s="46">
         <v>0</v>
       </c>
       <c r="HV43" s="46">
         <v>0</v>
       </c>
       <c r="HW43" s="46">
         <v>0</v>
       </c>
       <c r="HX43" s="46">
         <v>0</v>
       </c>
       <c r="HY43" s="46">
         <v>0</v>
       </c>
+      <c r="HZ43" s="46">
+        <v>0</v>
+      </c>
+      <c r="IA43" s="46">
+        <v>0</v>
+      </c>
+      <c r="IB43" s="46">
+        <v>0</v>
+      </c>
     </row>
-    <row r="44" spans="1:233" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:236" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A44" s="3"/>
       <c r="B44" s="20" t="s">
         <v>77</v>
       </c>
       <c r="C44" s="21">
         <v>0</v>
       </c>
       <c r="D44" s="21">
         <v>0</v>
       </c>
       <c r="E44" s="21">
         <v>64.170299999999997</v>
       </c>
       <c r="F44" s="21">
         <v>5.9489999999999998</v>
       </c>
       <c r="G44" s="21">
         <v>0</v>
       </c>
       <c r="H44" s="21">
         <v>7.6</v>
       </c>
       <c r="I44" s="21">
         <v>0</v>
       </c>
@@ -27088,52 +27423,52 @@
       </c>
       <c r="BJ44" s="21">
         <v>0</v>
       </c>
       <c r="BK44" s="21">
         <v>0</v>
       </c>
       <c r="BL44" s="21">
         <v>0</v>
       </c>
       <c r="BM44" s="21">
         <v>0.18127599999999999</v>
       </c>
       <c r="BN44" s="21">
         <v>4.0030799999999997</v>
       </c>
       <c r="BO44" s="21">
         <v>0.501</v>
       </c>
       <c r="BP44" s="21">
         <v>2.5000000000000001E-2</v>
       </c>
       <c r="BQ44" s="21">
         <v>0</v>
       </c>
-      <c r="BR44" s="22">
-        <v>0</v>
+      <c r="BR44" s="21">
+        <v>1.3265000000000001E-2</v>
       </c>
       <c r="BS44" s="22">
         <v>0</v>
       </c>
       <c r="BT44" s="22">
         <v>0</v>
       </c>
       <c r="BU44" s="22">
         <v>0</v>
       </c>
       <c r="BV44" s="22">
         <v>0</v>
       </c>
       <c r="BW44" s="22">
         <v>0</v>
       </c>
       <c r="BX44" s="22">
         <v>0</v>
       </c>
       <c r="BY44" s="22">
         <v>0</v>
       </c>
       <c r="BZ44" s="22">
         <v>0</v>
       </c>
@@ -27182,103 +27517,103 @@
       <c r="CO44" s="22">
         <v>0</v>
       </c>
       <c r="CP44" s="22">
         <v>0</v>
       </c>
       <c r="CQ44" s="22">
         <v>0</v>
       </c>
       <c r="CR44" s="22">
         <v>0</v>
       </c>
       <c r="CS44" s="22">
         <v>0</v>
       </c>
       <c r="CT44" s="22">
         <v>0</v>
       </c>
       <c r="CU44" s="22">
         <v>0</v>
       </c>
       <c r="CV44" s="22">
         <v>0</v>
       </c>
       <c r="CW44" s="22">
+        <v>0</v>
+      </c>
+      <c r="CX44" s="22">
         <v>0.8</v>
       </c>
-      <c r="CX44" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="CY44" s="22">
         <v>0</v>
       </c>
       <c r="CZ44" s="22">
+        <v>0</v>
+      </c>
+      <c r="DA44" s="22">
         <v>63.3703</v>
       </c>
-      <c r="DA44" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="DB44" s="22">
         <v>0</v>
       </c>
       <c r="DC44" s="22">
         <v>0</v>
       </c>
       <c r="DD44" s="22">
         <v>0</v>
       </c>
       <c r="DE44" s="22">
         <v>0</v>
       </c>
       <c r="DF44" s="22">
         <v>0</v>
       </c>
       <c r="DG44" s="22">
         <v>0</v>
       </c>
       <c r="DH44" s="22">
         <v>0</v>
       </c>
       <c r="DI44" s="22">
         <v>0</v>
       </c>
       <c r="DJ44" s="22">
         <v>0</v>
       </c>
       <c r="DK44" s="22">
         <v>0</v>
       </c>
       <c r="DL44" s="22">
         <v>0</v>
       </c>
       <c r="DM44" s="22">
+        <v>0</v>
+      </c>
+      <c r="DN44" s="22">
         <v>5.9489999999999998</v>
       </c>
-      <c r="DN44" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="DO44" s="22">
         <v>0</v>
       </c>
       <c r="DP44" s="22">
         <v>0</v>
       </c>
       <c r="DQ44" s="22">
         <v>0</v>
       </c>
       <c r="DR44" s="22">
         <v>0</v>
       </c>
       <c r="DS44" s="22">
         <v>0</v>
       </c>
       <c r="DT44" s="22">
         <v>0</v>
       </c>
       <c r="DU44" s="22">
         <v>0</v>
       </c>
       <c r="DV44" s="22">
         <v>0</v>
       </c>
       <c r="DW44" s="22">
@@ -27293,56 +27628,56 @@
       <c r="DZ44" s="22">
         <v>0</v>
       </c>
       <c r="EA44" s="22">
         <v>0</v>
       </c>
       <c r="EB44" s="22">
         <v>0</v>
       </c>
       <c r="EC44" s="22">
         <v>0</v>
       </c>
       <c r="ED44" s="22">
         <v>0</v>
       </c>
       <c r="EE44" s="22">
         <v>0</v>
       </c>
       <c r="EF44" s="22">
         <v>0</v>
       </c>
       <c r="EG44" s="22">
         <v>0</v>
       </c>
       <c r="EH44" s="22">
+        <v>0</v>
+      </c>
+      <c r="EI44" s="22">
         <v>7.6</v>
       </c>
-      <c r="EI44" s="22">
-[...2 lines deleted...]
-      <c r="EJ44" s="45">
+      <c r="EJ44" s="22">
         <v>0</v>
       </c>
       <c r="EK44" s="45">
         <v>0</v>
       </c>
       <c r="EL44" s="45">
         <v>0</v>
       </c>
       <c r="EM44" s="45">
         <v>0</v>
       </c>
       <c r="EN44" s="45">
         <v>0</v>
       </c>
       <c r="EO44" s="45">
         <v>0</v>
       </c>
       <c r="EP44" s="45">
         <v>0</v>
       </c>
       <c r="EQ44" s="45">
         <v>0</v>
       </c>
       <c r="ER44" s="45">
         <v>0</v>
@@ -27368,55 +27703,55 @@
       <c r="EY44" s="45">
         <v>0</v>
       </c>
       <c r="EZ44" s="45">
         <v>0</v>
       </c>
       <c r="FA44" s="45">
         <v>0</v>
       </c>
       <c r="FB44" s="45">
         <v>0</v>
       </c>
       <c r="FC44" s="45">
         <v>0</v>
       </c>
       <c r="FD44" s="45">
         <v>0</v>
       </c>
       <c r="FE44" s="45">
         <v>0</v>
       </c>
       <c r="FF44" s="45">
         <v>0</v>
       </c>
       <c r="FG44" s="45">
+        <v>0</v>
+      </c>
+      <c r="FH44" s="45">
         <v>20.201499999999999</v>
       </c>
-      <c r="FH44" s="45">
-[...1 lines deleted...]
-      </c>
       <c r="FI44" s="45">
         <v>0</v>
       </c>
       <c r="FJ44" s="45">
         <v>0</v>
       </c>
       <c r="FK44" s="45">
         <v>0</v>
       </c>
       <c r="FL44" s="45">
         <v>0</v>
       </c>
       <c r="FM44" s="45">
         <v>0</v>
       </c>
       <c r="FN44" s="45">
         <v>0</v>
       </c>
       <c r="FO44" s="45">
         <v>0</v>
       </c>
       <c r="FP44" s="45">
         <v>0</v>
       </c>
       <c r="FQ44" s="45">
@@ -27533,99 +27868,108 @@
       <c r="HB44" s="45">
         <v>0</v>
       </c>
       <c r="HC44" s="45">
         <v>0</v>
       </c>
       <c r="HD44" s="45">
         <v>0</v>
       </c>
       <c r="HE44" s="45">
         <v>0</v>
       </c>
       <c r="HF44" s="45">
         <v>0</v>
       </c>
       <c r="HG44" s="45">
         <v>0</v>
       </c>
       <c r="HH44" s="45">
         <v>0</v>
       </c>
       <c r="HI44" s="45">
         <v>0</v>
       </c>
       <c r="HJ44" s="45">
+        <v>0</v>
+      </c>
+      <c r="HK44" s="45">
         <v>0.18127599999999999</v>
       </c>
-      <c r="HK44" s="45">
-[...1 lines deleted...]
-      </c>
       <c r="HL44" s="45">
         <v>0</v>
       </c>
       <c r="HM44" s="45">
+        <v>0</v>
+      </c>
+      <c r="HN44" s="45">
         <v>4.0030799999999997</v>
       </c>
-      <c r="HN44" s="45">
-[...1 lines deleted...]
-      </c>
       <c r="HO44" s="45">
         <v>0</v>
       </c>
       <c r="HP44" s="45">
         <v>0</v>
       </c>
       <c r="HQ44" s="45">
+        <v>0</v>
+      </c>
+      <c r="HR44" s="45">
         <v>0.501</v>
       </c>
-      <c r="HR44" s="45">
-[...1 lines deleted...]
-      </c>
       <c r="HS44" s="45">
         <v>0</v>
       </c>
       <c r="HT44" s="45">
+        <v>0</v>
+      </c>
+      <c r="HU44" s="45">
         <v>2.5000000000000001E-2</v>
       </c>
-      <c r="HU44" s="45">
-[...1 lines deleted...]
-      </c>
       <c r="HV44" s="45">
         <v>0</v>
       </c>
       <c r="HW44" s="45">
         <v>0</v>
       </c>
       <c r="HX44" s="45">
         <v>0</v>
       </c>
       <c r="HY44" s="45">
         <v>0</v>
       </c>
+      <c r="HZ44" s="45">
+        <v>0</v>
+      </c>
+      <c r="IA44" s="45">
+        <v>1.3265000000000001E-2</v>
+      </c>
+      <c r="IB44" s="45">
+        <v>0</v>
+      </c>
     </row>
-    <row r="45" spans="1:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="45" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B45" s="23" t="s">
         <v>73</v>
       </c>
       <c r="C45" s="24">
         <v>0</v>
       </c>
       <c r="D45" s="24">
         <v>0</v>
       </c>
       <c r="E45" s="24">
         <v>64.170299999999997</v>
       </c>
       <c r="F45" s="24">
         <v>5.9489999999999998</v>
       </c>
       <c r="G45" s="24">
         <v>0</v>
       </c>
       <c r="H45" s="24">
         <v>7.6</v>
       </c>
       <c r="I45" s="24">
         <v>0</v>
       </c>
       <c r="J45" s="24">
@@ -27786,52 +28130,52 @@
       </c>
       <c r="BJ45" s="24">
         <v>0</v>
       </c>
       <c r="BK45" s="24">
         <v>0</v>
       </c>
       <c r="BL45" s="24">
         <v>0</v>
       </c>
       <c r="BM45" s="24">
         <v>0.18127599999999999</v>
       </c>
       <c r="BN45" s="24">
         <v>4.0030799999999997</v>
       </c>
       <c r="BO45" s="24">
         <v>0.501</v>
       </c>
       <c r="BP45" s="24">
         <v>2.5000000000000001E-2</v>
       </c>
       <c r="BQ45" s="24">
         <v>0</v>
       </c>
-      <c r="BR45" s="25">
-        <v>0</v>
+      <c r="BR45" s="24">
+        <v>1.3265000000000001E-2</v>
       </c>
       <c r="BS45" s="25">
         <v>0</v>
       </c>
       <c r="BT45" s="25">
         <v>0</v>
       </c>
       <c r="BU45" s="25">
         <v>0</v>
       </c>
       <c r="BV45" s="25">
         <v>0</v>
       </c>
       <c r="BW45" s="25">
         <v>0</v>
       </c>
       <c r="BX45" s="25">
         <v>0</v>
       </c>
       <c r="BY45" s="25">
         <v>0</v>
       </c>
       <c r="BZ45" s="25">
         <v>0</v>
       </c>
@@ -27880,103 +28224,103 @@
       <c r="CO45" s="25">
         <v>0</v>
       </c>
       <c r="CP45" s="25">
         <v>0</v>
       </c>
       <c r="CQ45" s="25">
         <v>0</v>
       </c>
       <c r="CR45" s="25">
         <v>0</v>
       </c>
       <c r="CS45" s="25">
         <v>0</v>
       </c>
       <c r="CT45" s="25">
         <v>0</v>
       </c>
       <c r="CU45" s="25">
         <v>0</v>
       </c>
       <c r="CV45" s="25">
         <v>0</v>
       </c>
       <c r="CW45" s="25">
+        <v>0</v>
+      </c>
+      <c r="CX45" s="25">
         <v>0.8</v>
       </c>
-      <c r="CX45" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="CY45" s="25">
         <v>0</v>
       </c>
       <c r="CZ45" s="25">
+        <v>0</v>
+      </c>
+      <c r="DA45" s="25">
         <v>63.3703</v>
       </c>
-      <c r="DA45" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="DB45" s="25">
         <v>0</v>
       </c>
       <c r="DC45" s="25">
         <v>0</v>
       </c>
       <c r="DD45" s="25">
         <v>0</v>
       </c>
       <c r="DE45" s="25">
         <v>0</v>
       </c>
       <c r="DF45" s="25">
         <v>0</v>
       </c>
       <c r="DG45" s="25">
         <v>0</v>
       </c>
       <c r="DH45" s="25">
         <v>0</v>
       </c>
       <c r="DI45" s="25">
         <v>0</v>
       </c>
       <c r="DJ45" s="25">
         <v>0</v>
       </c>
       <c r="DK45" s="25">
         <v>0</v>
       </c>
       <c r="DL45" s="25">
         <v>0</v>
       </c>
       <c r="DM45" s="25">
+        <v>0</v>
+      </c>
+      <c r="DN45" s="25">
         <v>5.9489999999999998</v>
       </c>
-      <c r="DN45" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="DO45" s="25">
         <v>0</v>
       </c>
       <c r="DP45" s="25">
         <v>0</v>
       </c>
       <c r="DQ45" s="25">
         <v>0</v>
       </c>
       <c r="DR45" s="25">
         <v>0</v>
       </c>
       <c r="DS45" s="25">
         <v>0</v>
       </c>
       <c r="DT45" s="25">
         <v>0</v>
       </c>
       <c r="DU45" s="25">
         <v>0</v>
       </c>
       <c r="DV45" s="25">
         <v>0</v>
       </c>
       <c r="DW45" s="25">
@@ -27991,56 +28335,56 @@
       <c r="DZ45" s="25">
         <v>0</v>
       </c>
       <c r="EA45" s="25">
         <v>0</v>
       </c>
       <c r="EB45" s="25">
         <v>0</v>
       </c>
       <c r="EC45" s="25">
         <v>0</v>
       </c>
       <c r="ED45" s="25">
         <v>0</v>
       </c>
       <c r="EE45" s="25">
         <v>0</v>
       </c>
       <c r="EF45" s="25">
         <v>0</v>
       </c>
       <c r="EG45" s="25">
         <v>0</v>
       </c>
       <c r="EH45" s="25">
+        <v>0</v>
+      </c>
+      <c r="EI45" s="25">
         <v>7.6</v>
       </c>
-      <c r="EI45" s="25">
-[...2 lines deleted...]
-      <c r="EJ45" s="46">
+      <c r="EJ45" s="25">
         <v>0</v>
       </c>
       <c r="EK45" s="46">
         <v>0</v>
       </c>
       <c r="EL45" s="46">
         <v>0</v>
       </c>
       <c r="EM45" s="46">
         <v>0</v>
       </c>
       <c r="EN45" s="46">
         <v>0</v>
       </c>
       <c r="EO45" s="46">
         <v>0</v>
       </c>
       <c r="EP45" s="46">
         <v>0</v>
       </c>
       <c r="EQ45" s="46">
         <v>0</v>
       </c>
       <c r="ER45" s="46">
         <v>0</v>
@@ -28066,55 +28410,55 @@
       <c r="EY45" s="46">
         <v>0</v>
       </c>
       <c r="EZ45" s="46">
         <v>0</v>
       </c>
       <c r="FA45" s="46">
         <v>0</v>
       </c>
       <c r="FB45" s="46">
         <v>0</v>
       </c>
       <c r="FC45" s="46">
         <v>0</v>
       </c>
       <c r="FD45" s="46">
         <v>0</v>
       </c>
       <c r="FE45" s="46">
         <v>0</v>
       </c>
       <c r="FF45" s="46">
         <v>0</v>
       </c>
       <c r="FG45" s="46">
+        <v>0</v>
+      </c>
+      <c r="FH45" s="46">
         <v>20.201499999999999</v>
       </c>
-      <c r="FH45" s="46">
-[...1 lines deleted...]
-      </c>
       <c r="FI45" s="46">
         <v>0</v>
       </c>
       <c r="FJ45" s="46">
         <v>0</v>
       </c>
       <c r="FK45" s="46">
         <v>0</v>
       </c>
       <c r="FL45" s="46">
         <v>0</v>
       </c>
       <c r="FM45" s="46">
         <v>0</v>
       </c>
       <c r="FN45" s="46">
         <v>0</v>
       </c>
       <c r="FO45" s="46">
         <v>0</v>
       </c>
       <c r="FP45" s="46">
         <v>0</v>
       </c>
       <c r="FQ45" s="46">
@@ -28231,99 +28575,108 @@
       <c r="HB45" s="46">
         <v>0</v>
       </c>
       <c r="HC45" s="46">
         <v>0</v>
       </c>
       <c r="HD45" s="46">
         <v>0</v>
       </c>
       <c r="HE45" s="46">
         <v>0</v>
       </c>
       <c r="HF45" s="46">
         <v>0</v>
       </c>
       <c r="HG45" s="46">
         <v>0</v>
       </c>
       <c r="HH45" s="46">
         <v>0</v>
       </c>
       <c r="HI45" s="46">
         <v>0</v>
       </c>
       <c r="HJ45" s="46">
+        <v>0</v>
+      </c>
+      <c r="HK45" s="46">
         <v>0.18127599999999999</v>
       </c>
-      <c r="HK45" s="46">
-[...1 lines deleted...]
-      </c>
       <c r="HL45" s="46">
         <v>0</v>
       </c>
       <c r="HM45" s="46">
+        <v>0</v>
+      </c>
+      <c r="HN45" s="46">
         <v>4.0030799999999997</v>
       </c>
-      <c r="HN45" s="46">
-[...1 lines deleted...]
-      </c>
       <c r="HO45" s="46">
         <v>0</v>
       </c>
       <c r="HP45" s="46">
         <v>0</v>
       </c>
       <c r="HQ45" s="46">
+        <v>0</v>
+      </c>
+      <c r="HR45" s="46">
         <v>0.501</v>
       </c>
-      <c r="HR45" s="46">
-[...1 lines deleted...]
-      </c>
       <c r="HS45" s="46">
         <v>0</v>
       </c>
       <c r="HT45" s="46">
+        <v>0</v>
+      </c>
+      <c r="HU45" s="46">
         <v>2.5000000000000001E-2</v>
       </c>
-      <c r="HU45" s="46">
-[...1 lines deleted...]
-      </c>
       <c r="HV45" s="46">
         <v>0</v>
       </c>
       <c r="HW45" s="46">
         <v>0</v>
       </c>
       <c r="HX45" s="46">
         <v>0</v>
       </c>
       <c r="HY45" s="46">
         <v>0</v>
       </c>
+      <c r="HZ45" s="46">
+        <v>0</v>
+      </c>
+      <c r="IA45" s="46">
+        <v>1.3265000000000001E-2</v>
+      </c>
+      <c r="IB45" s="46">
+        <v>0</v>
+      </c>
     </row>
-    <row r="46" spans="1:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="46" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B46" s="26" t="s">
         <v>74</v>
       </c>
       <c r="C46" s="27">
         <v>0</v>
       </c>
       <c r="D46" s="27">
         <v>0</v>
       </c>
       <c r="E46" s="27">
         <v>0</v>
       </c>
       <c r="F46" s="27">
         <v>0</v>
       </c>
       <c r="G46" s="27">
         <v>0</v>
       </c>
       <c r="H46" s="27">
         <v>0</v>
       </c>
       <c r="I46" s="27">
         <v>0</v>
       </c>
       <c r="J46" s="27">
@@ -28484,51 +28837,51 @@
       </c>
       <c r="BJ46" s="27">
         <v>0</v>
       </c>
       <c r="BK46" s="27">
         <v>0</v>
       </c>
       <c r="BL46" s="27">
         <v>0</v>
       </c>
       <c r="BM46" s="27">
         <v>0</v>
       </c>
       <c r="BN46" s="27">
         <v>0</v>
       </c>
       <c r="BO46" s="27">
         <v>0</v>
       </c>
       <c r="BP46" s="27">
         <v>0</v>
       </c>
       <c r="BQ46" s="27">
         <v>0</v>
       </c>
-      <c r="BR46" s="25">
+      <c r="BR46" s="27">
         <v>0</v>
       </c>
       <c r="BS46" s="25">
         <v>0</v>
       </c>
       <c r="BT46" s="25">
         <v>0</v>
       </c>
       <c r="BU46" s="25">
         <v>0</v>
       </c>
       <c r="BV46" s="25">
         <v>0</v>
       </c>
       <c r="BW46" s="25">
         <v>0</v>
       </c>
       <c r="BX46" s="25">
         <v>0</v>
       </c>
       <c r="BY46" s="25">
         <v>0</v>
       </c>
       <c r="BZ46" s="25">
         <v>0</v>
@@ -28694,51 +29047,51 @@
       </c>
       <c r="EB46" s="25">
         <v>0</v>
       </c>
       <c r="EC46" s="25">
         <v>0</v>
       </c>
       <c r="ED46" s="25">
         <v>0</v>
       </c>
       <c r="EE46" s="25">
         <v>0</v>
       </c>
       <c r="EF46" s="25">
         <v>0</v>
       </c>
       <c r="EG46" s="25">
         <v>0</v>
       </c>
       <c r="EH46" s="25">
         <v>0</v>
       </c>
       <c r="EI46" s="25">
         <v>0</v>
       </c>
-      <c r="EJ46" s="46">
+      <c r="EJ46" s="25">
         <v>0</v>
       </c>
       <c r="EK46" s="46">
         <v>0</v>
       </c>
       <c r="EL46" s="46">
         <v>0</v>
       </c>
       <c r="EM46" s="46">
         <v>0</v>
       </c>
       <c r="EN46" s="46">
         <v>0</v>
       </c>
       <c r="EO46" s="46">
         <v>0</v>
       </c>
       <c r="EP46" s="46">
         <v>0</v>
       </c>
       <c r="EQ46" s="46">
         <v>0</v>
       </c>
       <c r="ER46" s="46">
         <v>0</v>
@@ -28976,52 +29329,61 @@
       </c>
       <c r="HR46" s="46">
         <v>0</v>
       </c>
       <c r="HS46" s="46">
         <v>0</v>
       </c>
       <c r="HT46" s="46">
         <v>0</v>
       </c>
       <c r="HU46" s="46">
         <v>0</v>
       </c>
       <c r="HV46" s="46">
         <v>0</v>
       </c>
       <c r="HW46" s="46">
         <v>0</v>
       </c>
       <c r="HX46" s="46">
         <v>0</v>
       </c>
       <c r="HY46" s="46">
         <v>0</v>
       </c>
+      <c r="HZ46" s="46">
+        <v>0</v>
+      </c>
+      <c r="IA46" s="46">
+        <v>0</v>
+      </c>
+      <c r="IB46" s="46">
+        <v>0</v>
+      </c>
     </row>
-    <row r="47" spans="1:233" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:236" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A47" s="3"/>
       <c r="B47" s="20" t="s">
         <v>78</v>
       </c>
       <c r="C47" s="21">
         <v>1.6</v>
       </c>
       <c r="D47" s="21">
         <v>0</v>
       </c>
       <c r="E47" s="21">
         <v>0</v>
       </c>
       <c r="F47" s="21">
         <v>0</v>
       </c>
       <c r="G47" s="21">
         <v>0</v>
       </c>
       <c r="H47" s="21">
         <v>0</v>
       </c>
       <c r="I47" s="21">
         <v>0</v>
       </c>
@@ -29183,83 +29545,83 @@
       </c>
       <c r="BJ47" s="21">
         <v>0</v>
       </c>
       <c r="BK47" s="21">
         <v>0</v>
       </c>
       <c r="BL47" s="21">
         <v>0</v>
       </c>
       <c r="BM47" s="21">
         <v>0</v>
       </c>
       <c r="BN47" s="21">
         <v>0</v>
       </c>
       <c r="BO47" s="21">
         <v>0</v>
       </c>
       <c r="BP47" s="21">
         <v>0</v>
       </c>
       <c r="BQ47" s="21">
         <v>0</v>
       </c>
-      <c r="BR47" s="22">
+      <c r="BR47" s="21">
         <v>0</v>
       </c>
       <c r="BS47" s="22">
         <v>0</v>
       </c>
       <c r="BT47" s="22">
         <v>0</v>
       </c>
       <c r="BU47" s="22">
         <v>0</v>
       </c>
       <c r="BV47" s="22">
         <v>0</v>
       </c>
       <c r="BW47" s="22">
         <v>0</v>
       </c>
       <c r="BX47" s="22">
         <v>0</v>
       </c>
       <c r="BY47" s="22">
         <v>0</v>
       </c>
       <c r="BZ47" s="22">
         <v>0</v>
       </c>
       <c r="CA47" s="22">
+        <v>0</v>
+      </c>
+      <c r="CB47" s="22">
         <v>1.6</v>
       </c>
-      <c r="CB47" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="CC47" s="22">
         <v>0</v>
       </c>
       <c r="CD47" s="22">
         <v>0</v>
       </c>
       <c r="CE47" s="22">
         <v>0</v>
       </c>
       <c r="CF47" s="22">
         <v>0</v>
       </c>
       <c r="CG47" s="22">
         <v>0</v>
       </c>
       <c r="CH47" s="22">
         <v>0</v>
       </c>
       <c r="CI47" s="22">
         <v>0</v>
       </c>
       <c r="CJ47" s="22">
         <v>0</v>
       </c>
       <c r="CK47" s="22">
@@ -29393,104 +29755,104 @@
       </c>
       <c r="EB47" s="22">
         <v>0</v>
       </c>
       <c r="EC47" s="22">
         <v>0</v>
       </c>
       <c r="ED47" s="22">
         <v>0</v>
       </c>
       <c r="EE47" s="22">
         <v>0</v>
       </c>
       <c r="EF47" s="22">
         <v>0</v>
       </c>
       <c r="EG47" s="22">
         <v>0</v>
       </c>
       <c r="EH47" s="22">
         <v>0</v>
       </c>
       <c r="EI47" s="22">
         <v>0</v>
       </c>
-      <c r="EJ47" s="45">
+      <c r="EJ47" s="22">
         <v>0</v>
       </c>
       <c r="EK47" s="45">
         <v>0</v>
       </c>
       <c r="EL47" s="45">
         <v>0</v>
       </c>
       <c r="EM47" s="45">
         <v>0</v>
       </c>
       <c r="EN47" s="45">
         <v>0</v>
       </c>
       <c r="EO47" s="45">
         <v>0</v>
       </c>
       <c r="EP47" s="45">
         <v>0</v>
       </c>
       <c r="EQ47" s="45">
         <v>0</v>
       </c>
       <c r="ER47" s="45">
         <v>0</v>
       </c>
       <c r="ES47" s="45">
         <v>0</v>
       </c>
       <c r="ET47" s="45">
         <v>0</v>
       </c>
       <c r="EU47" s="45">
         <v>0</v>
       </c>
       <c r="EV47" s="45">
         <v>0</v>
       </c>
       <c r="EW47" s="45">
         <v>0</v>
       </c>
       <c r="EX47" s="45">
         <v>0</v>
       </c>
       <c r="EY47" s="45">
         <v>0</v>
       </c>
       <c r="EZ47" s="45">
+        <v>0</v>
+      </c>
+      <c r="FA47" s="45">
         <v>7.7211999999999996</v>
       </c>
-      <c r="FA47" s="45">
-[...1 lines deleted...]
-      </c>
       <c r="FB47" s="45">
         <v>0</v>
       </c>
       <c r="FC47" s="45">
         <v>0</v>
       </c>
       <c r="FD47" s="45">
         <v>0</v>
       </c>
       <c r="FE47" s="45">
         <v>0</v>
       </c>
       <c r="FF47" s="45">
         <v>0</v>
       </c>
       <c r="FG47" s="45">
         <v>0</v>
       </c>
       <c r="FH47" s="45">
         <v>0</v>
       </c>
       <c r="FI47" s="45">
         <v>0</v>
       </c>
       <c r="FJ47" s="45">
@@ -29538,55 +29900,55 @@
       <c r="FX47" s="45">
         <v>0</v>
       </c>
       <c r="FY47" s="45">
         <v>0</v>
       </c>
       <c r="FZ47" s="45">
         <v>0</v>
       </c>
       <c r="GA47" s="45">
         <v>0</v>
       </c>
       <c r="GB47" s="45">
         <v>0</v>
       </c>
       <c r="GC47" s="45">
         <v>0</v>
       </c>
       <c r="GD47" s="45">
         <v>0</v>
       </c>
       <c r="GE47" s="45">
         <v>0</v>
       </c>
       <c r="GF47" s="45">
+        <v>0</v>
+      </c>
+      <c r="GG47" s="45">
         <v>-4.5448000000000004</v>
       </c>
-      <c r="GG47" s="45">
-[...1 lines deleted...]
-      </c>
       <c r="GH47" s="45">
         <v>0</v>
       </c>
       <c r="GI47" s="45">
         <v>0</v>
       </c>
       <c r="GJ47" s="45">
         <v>0</v>
       </c>
       <c r="GK47" s="45">
         <v>0</v>
       </c>
       <c r="GL47" s="45">
         <v>0</v>
       </c>
       <c r="GM47" s="45">
         <v>0</v>
       </c>
       <c r="GN47" s="45">
         <v>0</v>
       </c>
       <c r="GO47" s="45">
         <v>0</v>
       </c>
       <c r="GP47" s="45">
@@ -29675,52 +30037,61 @@
       </c>
       <c r="HR47" s="45">
         <v>0</v>
       </c>
       <c r="HS47" s="45">
         <v>0</v>
       </c>
       <c r="HT47" s="45">
         <v>0</v>
       </c>
       <c r="HU47" s="45">
         <v>0</v>
       </c>
       <c r="HV47" s="45">
         <v>0</v>
       </c>
       <c r="HW47" s="45">
         <v>0</v>
       </c>
       <c r="HX47" s="45">
         <v>0</v>
       </c>
       <c r="HY47" s="45">
         <v>0</v>
       </c>
+      <c r="HZ47" s="45">
+        <v>0</v>
+      </c>
+      <c r="IA47" s="45">
+        <v>0</v>
+      </c>
+      <c r="IB47" s="45">
+        <v>0</v>
+      </c>
     </row>
-    <row r="48" spans="1:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="48" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B48" s="23" t="s">
         <v>73</v>
       </c>
       <c r="C48" s="24">
         <v>1.6</v>
       </c>
       <c r="D48" s="24">
         <v>0</v>
       </c>
       <c r="E48" s="24">
         <v>0</v>
       </c>
       <c r="F48" s="24">
         <v>0</v>
       </c>
       <c r="G48" s="24">
         <v>0</v>
       </c>
       <c r="H48" s="24">
         <v>0</v>
       </c>
       <c r="I48" s="24">
         <v>0</v>
       </c>
       <c r="J48" s="24">
@@ -29881,83 +30252,83 @@
       </c>
       <c r="BJ48" s="24">
         <v>0</v>
       </c>
       <c r="BK48" s="24">
         <v>0</v>
       </c>
       <c r="BL48" s="24">
         <v>0</v>
       </c>
       <c r="BM48" s="24">
         <v>0</v>
       </c>
       <c r="BN48" s="24">
         <v>0</v>
       </c>
       <c r="BO48" s="24">
         <v>0</v>
       </c>
       <c r="BP48" s="24">
         <v>0</v>
       </c>
       <c r="BQ48" s="24">
         <v>0</v>
       </c>
-      <c r="BR48" s="25">
+      <c r="BR48" s="24">
         <v>0</v>
       </c>
       <c r="BS48" s="25">
         <v>0</v>
       </c>
       <c r="BT48" s="25">
         <v>0</v>
       </c>
       <c r="BU48" s="25">
         <v>0</v>
       </c>
       <c r="BV48" s="25">
         <v>0</v>
       </c>
       <c r="BW48" s="25">
         <v>0</v>
       </c>
       <c r="BX48" s="25">
         <v>0</v>
       </c>
       <c r="BY48" s="25">
         <v>0</v>
       </c>
       <c r="BZ48" s="25">
         <v>0</v>
       </c>
       <c r="CA48" s="25">
+        <v>0</v>
+      </c>
+      <c r="CB48" s="25">
         <v>1.6</v>
       </c>
-      <c r="CB48" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="CC48" s="25">
         <v>0</v>
       </c>
       <c r="CD48" s="25">
         <v>0</v>
       </c>
       <c r="CE48" s="25">
         <v>0</v>
       </c>
       <c r="CF48" s="25">
         <v>0</v>
       </c>
       <c r="CG48" s="25">
         <v>0</v>
       </c>
       <c r="CH48" s="25">
         <v>0</v>
       </c>
       <c r="CI48" s="25">
         <v>0</v>
       </c>
       <c r="CJ48" s="25">
         <v>0</v>
       </c>
       <c r="CK48" s="25">
@@ -30091,51 +30462,51 @@
       </c>
       <c r="EB48" s="25">
         <v>0</v>
       </c>
       <c r="EC48" s="25">
         <v>0</v>
       </c>
       <c r="ED48" s="25">
         <v>0</v>
       </c>
       <c r="EE48" s="25">
         <v>0</v>
       </c>
       <c r="EF48" s="25">
         <v>0</v>
       </c>
       <c r="EG48" s="25">
         <v>0</v>
       </c>
       <c r="EH48" s="25">
         <v>0</v>
       </c>
       <c r="EI48" s="25">
         <v>0</v>
       </c>
-      <c r="EJ48" s="46">
+      <c r="EJ48" s="25">
         <v>0</v>
       </c>
       <c r="EK48" s="46">
         <v>0</v>
       </c>
       <c r="EL48" s="46">
         <v>0</v>
       </c>
       <c r="EM48" s="46">
         <v>0</v>
       </c>
       <c r="EN48" s="46">
         <v>0</v>
       </c>
       <c r="EO48" s="46">
         <v>0</v>
       </c>
       <c r="EP48" s="46">
         <v>0</v>
       </c>
       <c r="EQ48" s="46">
         <v>0</v>
       </c>
       <c r="ER48" s="46">
         <v>0</v>
@@ -30236,55 +30607,55 @@
       <c r="FX48" s="46">
         <v>0</v>
       </c>
       <c r="FY48" s="46">
         <v>0</v>
       </c>
       <c r="FZ48" s="46">
         <v>0</v>
       </c>
       <c r="GA48" s="46">
         <v>0</v>
       </c>
       <c r="GB48" s="46">
         <v>0</v>
       </c>
       <c r="GC48" s="46">
         <v>0</v>
       </c>
       <c r="GD48" s="46">
         <v>0</v>
       </c>
       <c r="GE48" s="46">
         <v>0</v>
       </c>
       <c r="GF48" s="46">
+        <v>0</v>
+      </c>
+      <c r="GG48" s="46">
         <v>-4.5448000000000004</v>
       </c>
-      <c r="GG48" s="46">
-[...1 lines deleted...]
-      </c>
       <c r="GH48" s="46">
         <v>0</v>
       </c>
       <c r="GI48" s="46">
         <v>0</v>
       </c>
       <c r="GJ48" s="46">
         <v>0</v>
       </c>
       <c r="GK48" s="46">
         <v>0</v>
       </c>
       <c r="GL48" s="46">
         <v>0</v>
       </c>
       <c r="GM48" s="46">
         <v>0</v>
       </c>
       <c r="GN48" s="46">
         <v>0</v>
       </c>
       <c r="GO48" s="46">
         <v>0</v>
       </c>
       <c r="GP48" s="46">
@@ -30373,52 +30744,61 @@
       </c>
       <c r="HR48" s="46">
         <v>0</v>
       </c>
       <c r="HS48" s="46">
         <v>0</v>
       </c>
       <c r="HT48" s="46">
         <v>0</v>
       </c>
       <c r="HU48" s="46">
         <v>0</v>
       </c>
       <c r="HV48" s="46">
         <v>0</v>
       </c>
       <c r="HW48" s="46">
         <v>0</v>
       </c>
       <c r="HX48" s="46">
         <v>0</v>
       </c>
       <c r="HY48" s="46">
         <v>0</v>
       </c>
+      <c r="HZ48" s="46">
+        <v>0</v>
+      </c>
+      <c r="IA48" s="46">
+        <v>0</v>
+      </c>
+      <c r="IB48" s="46">
+        <v>0</v>
+      </c>
     </row>
-    <row r="49" spans="1:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="49" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B49" s="26" t="s">
         <v>74</v>
       </c>
       <c r="C49" s="27">
         <v>0</v>
       </c>
       <c r="D49" s="27">
         <v>0</v>
       </c>
       <c r="E49" s="27">
         <v>0</v>
       </c>
       <c r="F49" s="27">
         <v>0</v>
       </c>
       <c r="G49" s="27">
         <v>0</v>
       </c>
       <c r="H49" s="27">
         <v>0</v>
       </c>
       <c r="I49" s="27">
         <v>0</v>
       </c>
       <c r="J49" s="27">
@@ -30579,51 +30959,51 @@
       </c>
       <c r="BJ49" s="27">
         <v>0</v>
       </c>
       <c r="BK49" s="27">
         <v>0</v>
       </c>
       <c r="BL49" s="27">
         <v>0</v>
       </c>
       <c r="BM49" s="27">
         <v>0</v>
       </c>
       <c r="BN49" s="27">
         <v>0</v>
       </c>
       <c r="BO49" s="27">
         <v>0</v>
       </c>
       <c r="BP49" s="27">
         <v>0</v>
       </c>
       <c r="BQ49" s="27">
         <v>0</v>
       </c>
-      <c r="BR49" s="25">
+      <c r="BR49" s="27">
         <v>0</v>
       </c>
       <c r="BS49" s="25">
         <v>0</v>
       </c>
       <c r="BT49" s="25">
         <v>0</v>
       </c>
       <c r="BU49" s="25">
         <v>0</v>
       </c>
       <c r="BV49" s="25">
         <v>0</v>
       </c>
       <c r="BW49" s="25">
         <v>0</v>
       </c>
       <c r="BX49" s="25">
         <v>0</v>
       </c>
       <c r="BY49" s="25">
         <v>0</v>
       </c>
       <c r="BZ49" s="25">
         <v>0</v>
@@ -30789,104 +31169,104 @@
       </c>
       <c r="EB49" s="25">
         <v>0</v>
       </c>
       <c r="EC49" s="25">
         <v>0</v>
       </c>
       <c r="ED49" s="25">
         <v>0</v>
       </c>
       <c r="EE49" s="25">
         <v>0</v>
       </c>
       <c r="EF49" s="25">
         <v>0</v>
       </c>
       <c r="EG49" s="25">
         <v>0</v>
       </c>
       <c r="EH49" s="25">
         <v>0</v>
       </c>
       <c r="EI49" s="25">
         <v>0</v>
       </c>
-      <c r="EJ49" s="46">
+      <c r="EJ49" s="25">
         <v>0</v>
       </c>
       <c r="EK49" s="46">
         <v>0</v>
       </c>
       <c r="EL49" s="46">
         <v>0</v>
       </c>
       <c r="EM49" s="46">
         <v>0</v>
       </c>
       <c r="EN49" s="46">
         <v>0</v>
       </c>
       <c r="EO49" s="46">
         <v>0</v>
       </c>
       <c r="EP49" s="46">
         <v>0</v>
       </c>
       <c r="EQ49" s="46">
         <v>0</v>
       </c>
       <c r="ER49" s="46">
         <v>0</v>
       </c>
       <c r="ES49" s="46">
         <v>0</v>
       </c>
       <c r="ET49" s="46">
         <v>0</v>
       </c>
       <c r="EU49" s="46">
         <v>0</v>
       </c>
       <c r="EV49" s="46">
         <v>0</v>
       </c>
       <c r="EW49" s="46">
         <v>0</v>
       </c>
       <c r="EX49" s="46">
         <v>0</v>
       </c>
       <c r="EY49" s="46">
         <v>0</v>
       </c>
       <c r="EZ49" s="46">
+        <v>0</v>
+      </c>
+      <c r="FA49" s="46">
         <v>7.7211999999999996</v>
       </c>
-      <c r="FA49" s="46">
-[...1 lines deleted...]
-      </c>
       <c r="FB49" s="46">
         <v>0</v>
       </c>
       <c r="FC49" s="46">
         <v>0</v>
       </c>
       <c r="FD49" s="46">
         <v>0</v>
       </c>
       <c r="FE49" s="46">
         <v>0</v>
       </c>
       <c r="FF49" s="46">
         <v>0</v>
       </c>
       <c r="FG49" s="46">
         <v>0</v>
       </c>
       <c r="FH49" s="46">
         <v>0</v>
       </c>
       <c r="FI49" s="46">
         <v>0</v>
       </c>
       <c r="FJ49" s="46">
@@ -31071,52 +31451,61 @@
       </c>
       <c r="HR49" s="46">
         <v>0</v>
       </c>
       <c r="HS49" s="46">
         <v>0</v>
       </c>
       <c r="HT49" s="46">
         <v>0</v>
       </c>
       <c r="HU49" s="46">
         <v>0</v>
       </c>
       <c r="HV49" s="46">
         <v>0</v>
       </c>
       <c r="HW49" s="46">
         <v>0</v>
       </c>
       <c r="HX49" s="46">
         <v>0</v>
       </c>
       <c r="HY49" s="46">
         <v>0</v>
       </c>
+      <c r="HZ49" s="46">
+        <v>0</v>
+      </c>
+      <c r="IA49" s="46">
+        <v>0</v>
+      </c>
+      <c r="IB49" s="46">
+        <v>0</v>
+      </c>
     </row>
-    <row r="50" spans="1:233" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:236" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A50" s="3"/>
       <c r="B50" s="20" t="s">
         <v>79</v>
       </c>
       <c r="C50" s="21">
         <v>134.16499999999999</v>
       </c>
       <c r="D50" s="21">
         <v>40.7532</v>
       </c>
       <c r="E50" s="21">
         <v>7.065077500000001</v>
       </c>
       <c r="F50" s="21">
         <v>2.2855177799999997</v>
       </c>
       <c r="G50" s="21">
         <v>86.639700000000005</v>
       </c>
       <c r="H50" s="21">
         <v>0</v>
       </c>
       <c r="I50" s="21">
         <v>0</v>
       </c>
@@ -31278,200 +31667,200 @@
       </c>
       <c r="BJ50" s="21">
         <v>0</v>
       </c>
       <c r="BK50" s="21">
         <v>0</v>
       </c>
       <c r="BL50" s="21">
         <v>10.402067199999999</v>
       </c>
       <c r="BM50" s="21">
         <v>0</v>
       </c>
       <c r="BN50" s="21">
         <v>0</v>
       </c>
       <c r="BO50" s="21">
         <v>0</v>
       </c>
       <c r="BP50" s="21">
         <v>0</v>
       </c>
       <c r="BQ50" s="21">
         <v>0</v>
       </c>
-      <c r="BR50" s="22">
+      <c r="BR50" s="21">
+        <v>0</v>
+      </c>
+      <c r="BS50" s="22">
         <v>79.061999999999998</v>
       </c>
-      <c r="BS50" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="BT50" s="22">
         <v>0</v>
       </c>
       <c r="BU50" s="22">
         <v>0</v>
       </c>
       <c r="BV50" s="22">
+        <v>0</v>
+      </c>
+      <c r="BW50" s="22">
         <v>7.5019999999999998</v>
       </c>
-      <c r="BW50" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="BX50" s="22">
+        <v>0</v>
+      </c>
+      <c r="BY50" s="22">
         <v>17.324999999999999</v>
       </c>
-      <c r="BY50" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="BZ50" s="22">
         <v>0</v>
       </c>
       <c r="CA50" s="22">
+        <v>0</v>
+      </c>
+      <c r="CB50" s="22">
         <v>30.276</v>
       </c>
-      <c r="CB50" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="CC50" s="22">
         <v>0</v>
       </c>
       <c r="CD50" s="22">
         <v>0</v>
       </c>
       <c r="CE50" s="22">
         <v>0</v>
       </c>
       <c r="CF50" s="22">
+        <v>0</v>
+      </c>
+      <c r="CG50" s="22">
         <v>37.75</v>
       </c>
-      <c r="CG50" s="22">
+      <c r="CH50" s="22">
         <v>-23.5</v>
       </c>
-      <c r="CH50" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="CI50" s="22">
+        <v>0</v>
+      </c>
+      <c r="CJ50" s="22">
         <v>8.5031999999999996</v>
       </c>
-      <c r="CJ50" s="22">
+      <c r="CK50" s="22">
         <v>18</v>
       </c>
-      <c r="CK50" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="CL50" s="22">
         <v>0</v>
       </c>
       <c r="CM50" s="22">
         <v>0</v>
       </c>
       <c r="CN50" s="22">
         <v>0</v>
       </c>
       <c r="CO50" s="22">
         <v>0</v>
       </c>
       <c r="CP50" s="22">
         <v>0</v>
       </c>
       <c r="CQ50" s="22">
         <v>0</v>
       </c>
       <c r="CR50" s="22">
         <v>0</v>
       </c>
       <c r="CS50" s="22">
         <v>0</v>
       </c>
       <c r="CT50" s="22">
         <v>0</v>
       </c>
       <c r="CU50" s="22">
         <v>0</v>
       </c>
       <c r="CV50" s="22">
+        <v>0</v>
+      </c>
+      <c r="CW50" s="22">
         <v>3.7050774999999998</v>
       </c>
-      <c r="CW50" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="CX50" s="22">
+        <v>0</v>
+      </c>
+      <c r="CY50" s="22">
         <v>158.68860000000001</v>
       </c>
-      <c r="CY50" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="CZ50" s="22">
+        <v>0</v>
+      </c>
+      <c r="DA50" s="22">
         <v>-156.43860000000001</v>
       </c>
-      <c r="DA50" s="22">
+      <c r="DB50" s="22">
         <v>1.1100000000000001</v>
       </c>
-      <c r="DB50" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="DC50" s="22">
         <v>0</v>
       </c>
       <c r="DD50" s="22">
         <v>0</v>
       </c>
       <c r="DE50" s="22">
         <v>0</v>
       </c>
       <c r="DF50" s="22">
         <v>0</v>
       </c>
       <c r="DG50" s="22">
         <v>0</v>
       </c>
       <c r="DH50" s="22">
         <v>0</v>
       </c>
       <c r="DI50" s="22">
+        <v>0</v>
+      </c>
+      <c r="DJ50" s="22">
         <v>2.2855177799999997</v>
       </c>
-      <c r="DJ50" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="DK50" s="22">
         <v>0</v>
       </c>
       <c r="DL50" s="22">
         <v>0</v>
       </c>
       <c r="DM50" s="22">
         <v>0</v>
       </c>
       <c r="DN50" s="22">
+        <v>0</v>
+      </c>
+      <c r="DO50" s="22">
         <v>86.639700000000005</v>
       </c>
-      <c r="DO50" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="DP50" s="22">
         <v>0</v>
       </c>
       <c r="DQ50" s="22">
         <v>0</v>
       </c>
       <c r="DR50" s="22">
         <v>0</v>
       </c>
       <c r="DS50" s="22">
         <v>0</v>
       </c>
       <c r="DT50" s="22">
         <v>0</v>
       </c>
       <c r="DU50" s="22">
         <v>0</v>
       </c>
       <c r="DV50" s="22">
         <v>0</v>
       </c>
       <c r="DW50" s="22">
         <v>0</v>
       </c>
       <c r="DX50" s="22">
@@ -31488,51 +31877,51 @@
       </c>
       <c r="EB50" s="22">
         <v>0</v>
       </c>
       <c r="EC50" s="22">
         <v>0</v>
       </c>
       <c r="ED50" s="22">
         <v>0</v>
       </c>
       <c r="EE50" s="22">
         <v>0</v>
       </c>
       <c r="EF50" s="22">
         <v>0</v>
       </c>
       <c r="EG50" s="22">
         <v>0</v>
       </c>
       <c r="EH50" s="22">
         <v>0</v>
       </c>
       <c r="EI50" s="22">
         <v>0</v>
       </c>
-      <c r="EJ50" s="45">
+      <c r="EJ50" s="22">
         <v>0</v>
       </c>
       <c r="EK50" s="45">
         <v>0</v>
       </c>
       <c r="EL50" s="45">
         <v>0</v>
       </c>
       <c r="EM50" s="45">
         <v>0</v>
       </c>
       <c r="EN50" s="45">
         <v>0</v>
       </c>
       <c r="EO50" s="45">
         <v>0</v>
       </c>
       <c r="EP50" s="45">
         <v>0</v>
       </c>
       <c r="EQ50" s="45">
         <v>0</v>
       </c>
       <c r="ER50" s="45">
         <v>0</v>
@@ -31666,100 +32055,100 @@
       <c r="GI50" s="45">
         <v>0</v>
       </c>
       <c r="GJ50" s="45">
         <v>0</v>
       </c>
       <c r="GK50" s="45">
         <v>0</v>
       </c>
       <c r="GL50" s="45">
         <v>0</v>
       </c>
       <c r="GM50" s="45">
         <v>0</v>
       </c>
       <c r="GN50" s="45">
         <v>0</v>
       </c>
       <c r="GO50" s="45">
         <v>0</v>
       </c>
       <c r="GP50" s="45">
         <v>0</v>
       </c>
       <c r="GQ50" s="45">
+        <v>0</v>
+      </c>
+      <c r="GR50" s="45">
         <v>2.65445617</v>
       </c>
-      <c r="GR50" s="45">
-[...1 lines deleted...]
-      </c>
       <c r="GS50" s="45">
         <v>0</v>
       </c>
       <c r="GT50" s="45">
+        <v>0</v>
+      </c>
+      <c r="GU50" s="45">
         <v>10.00019488</v>
       </c>
-      <c r="GU50" s="45">
-[...1 lines deleted...]
-      </c>
       <c r="GV50" s="45">
         <v>0</v>
       </c>
       <c r="GW50" s="45">
         <v>0</v>
       </c>
       <c r="GX50" s="45">
         <v>0</v>
       </c>
       <c r="GY50" s="45">
         <v>0</v>
       </c>
       <c r="GZ50" s="45">
         <v>0</v>
       </c>
       <c r="HA50" s="45">
         <v>0</v>
       </c>
       <c r="HB50" s="45">
         <v>0</v>
       </c>
       <c r="HC50" s="45">
         <v>0</v>
       </c>
       <c r="HD50" s="45">
         <v>0</v>
       </c>
       <c r="HE50" s="45">
         <v>0</v>
       </c>
       <c r="HF50" s="45">
+        <v>0</v>
+      </c>
+      <c r="HG50" s="45">
         <v>10.402067199999999</v>
       </c>
-      <c r="HG50" s="45">
-[...1 lines deleted...]
-      </c>
       <c r="HH50" s="45">
         <v>0</v>
       </c>
       <c r="HI50" s="45">
         <v>0</v>
       </c>
       <c r="HJ50" s="45">
         <v>0</v>
       </c>
       <c r="HK50" s="45">
         <v>0</v>
       </c>
       <c r="HL50" s="45">
         <v>0</v>
       </c>
       <c r="HM50" s="45">
         <v>0</v>
       </c>
       <c r="HN50" s="45">
         <v>0</v>
       </c>
       <c r="HO50" s="45">
         <v>0</v>
       </c>
       <c r="HP50" s="45">
@@ -31770,52 +32159,61 @@
       </c>
       <c r="HR50" s="45">
         <v>0</v>
       </c>
       <c r="HS50" s="45">
         <v>0</v>
       </c>
       <c r="HT50" s="45">
         <v>0</v>
       </c>
       <c r="HU50" s="45">
         <v>0</v>
       </c>
       <c r="HV50" s="45">
         <v>0</v>
       </c>
       <c r="HW50" s="45">
         <v>0</v>
       </c>
       <c r="HX50" s="45">
         <v>0</v>
       </c>
       <c r="HY50" s="45">
         <v>0</v>
       </c>
+      <c r="HZ50" s="45">
+        <v>0</v>
+      </c>
+      <c r="IA50" s="45">
+        <v>0</v>
+      </c>
+      <c r="IB50" s="45">
+        <v>0</v>
+      </c>
     </row>
-    <row r="51" spans="1:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="51" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B51" s="23" t="s">
         <v>73</v>
       </c>
       <c r="C51" s="24">
         <v>134.16499999999999</v>
       </c>
       <c r="D51" s="24">
         <v>40.7532</v>
       </c>
       <c r="E51" s="24">
         <v>7.065077500000001</v>
       </c>
       <c r="F51" s="24">
         <v>2.2855177799999997</v>
       </c>
       <c r="G51" s="24">
         <v>86.639700000000005</v>
       </c>
       <c r="H51" s="24">
         <v>0</v>
       </c>
       <c r="I51" s="24">
         <v>0</v>
       </c>
       <c r="J51" s="24">
@@ -31976,200 +32374,200 @@
       </c>
       <c r="BJ51" s="24">
         <v>0</v>
       </c>
       <c r="BK51" s="24">
         <v>0</v>
       </c>
       <c r="BL51" s="24">
         <v>10.402067199999999</v>
       </c>
       <c r="BM51" s="24">
         <v>0</v>
       </c>
       <c r="BN51" s="24">
         <v>0</v>
       </c>
       <c r="BO51" s="24">
         <v>0</v>
       </c>
       <c r="BP51" s="24">
         <v>0</v>
       </c>
       <c r="BQ51" s="24">
         <v>0</v>
       </c>
-      <c r="BR51" s="25">
+      <c r="BR51" s="24">
+        <v>0</v>
+      </c>
+      <c r="BS51" s="25">
         <v>79.061999999999998</v>
       </c>
-      <c r="BS51" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="BT51" s="25">
         <v>0</v>
       </c>
       <c r="BU51" s="25">
         <v>0</v>
       </c>
       <c r="BV51" s="25">
+        <v>0</v>
+      </c>
+      <c r="BW51" s="25">
         <v>7.5019999999999998</v>
       </c>
-      <c r="BW51" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="BX51" s="25">
+        <v>0</v>
+      </c>
+      <c r="BY51" s="25">
         <v>17.324999999999999</v>
       </c>
-      <c r="BY51" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="BZ51" s="25">
         <v>0</v>
       </c>
       <c r="CA51" s="25">
+        <v>0</v>
+      </c>
+      <c r="CB51" s="25">
         <v>30.276</v>
       </c>
-      <c r="CB51" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="CC51" s="25">
         <v>0</v>
       </c>
       <c r="CD51" s="25">
         <v>0</v>
       </c>
       <c r="CE51" s="25">
         <v>0</v>
       </c>
       <c r="CF51" s="25">
+        <v>0</v>
+      </c>
+      <c r="CG51" s="25">
         <v>37.75</v>
       </c>
-      <c r="CG51" s="25">
+      <c r="CH51" s="25">
         <v>-23.5</v>
       </c>
-      <c r="CH51" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="CI51" s="25">
+        <v>0</v>
+      </c>
+      <c r="CJ51" s="25">
         <v>8.5031999999999996</v>
       </c>
-      <c r="CJ51" s="25">
+      <c r="CK51" s="25">
         <v>18</v>
       </c>
-      <c r="CK51" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="CL51" s="25">
         <v>0</v>
       </c>
       <c r="CM51" s="25">
         <v>0</v>
       </c>
       <c r="CN51" s="25">
         <v>0</v>
       </c>
       <c r="CO51" s="25">
         <v>0</v>
       </c>
       <c r="CP51" s="25">
         <v>0</v>
       </c>
       <c r="CQ51" s="25">
         <v>0</v>
       </c>
       <c r="CR51" s="25">
         <v>0</v>
       </c>
       <c r="CS51" s="25">
         <v>0</v>
       </c>
       <c r="CT51" s="25">
         <v>0</v>
       </c>
       <c r="CU51" s="25">
         <v>0</v>
       </c>
       <c r="CV51" s="25">
+        <v>0</v>
+      </c>
+      <c r="CW51" s="25">
         <v>3.7050774999999998</v>
       </c>
-      <c r="CW51" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="CX51" s="25">
+        <v>0</v>
+      </c>
+      <c r="CY51" s="25">
         <v>158.68860000000001</v>
       </c>
-      <c r="CY51" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="CZ51" s="25">
+        <v>0</v>
+      </c>
+      <c r="DA51" s="25">
         <v>-156.43860000000001</v>
       </c>
-      <c r="DA51" s="25">
+      <c r="DB51" s="25">
         <v>1.1100000000000001</v>
       </c>
-      <c r="DB51" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="DC51" s="25">
         <v>0</v>
       </c>
       <c r="DD51" s="25">
         <v>0</v>
       </c>
       <c r="DE51" s="25">
         <v>0</v>
       </c>
       <c r="DF51" s="25">
         <v>0</v>
       </c>
       <c r="DG51" s="25">
         <v>0</v>
       </c>
       <c r="DH51" s="25">
         <v>0</v>
       </c>
       <c r="DI51" s="25">
+        <v>0</v>
+      </c>
+      <c r="DJ51" s="25">
         <v>2.2855177799999997</v>
       </c>
-      <c r="DJ51" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="DK51" s="25">
         <v>0</v>
       </c>
       <c r="DL51" s="25">
         <v>0</v>
       </c>
       <c r="DM51" s="25">
         <v>0</v>
       </c>
       <c r="DN51" s="25">
+        <v>0</v>
+      </c>
+      <c r="DO51" s="25">
         <v>86.639700000000005</v>
       </c>
-      <c r="DO51" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="DP51" s="25">
         <v>0</v>
       </c>
       <c r="DQ51" s="25">
         <v>0</v>
       </c>
       <c r="DR51" s="25">
         <v>0</v>
       </c>
       <c r="DS51" s="25">
         <v>0</v>
       </c>
       <c r="DT51" s="25">
         <v>0</v>
       </c>
       <c r="DU51" s="25">
         <v>0</v>
       </c>
       <c r="DV51" s="25">
         <v>0</v>
       </c>
       <c r="DW51" s="25">
         <v>0</v>
       </c>
       <c r="DX51" s="25">
@@ -32186,51 +32584,51 @@
       </c>
       <c r="EB51" s="25">
         <v>0</v>
       </c>
       <c r="EC51" s="25">
         <v>0</v>
       </c>
       <c r="ED51" s="25">
         <v>0</v>
       </c>
       <c r="EE51" s="25">
         <v>0</v>
       </c>
       <c r="EF51" s="25">
         <v>0</v>
       </c>
       <c r="EG51" s="25">
         <v>0</v>
       </c>
       <c r="EH51" s="25">
         <v>0</v>
       </c>
       <c r="EI51" s="25">
         <v>0</v>
       </c>
-      <c r="EJ51" s="46">
+      <c r="EJ51" s="25">
         <v>0</v>
       </c>
       <c r="EK51" s="46">
         <v>0</v>
       </c>
       <c r="EL51" s="46">
         <v>0</v>
       </c>
       <c r="EM51" s="46">
         <v>0</v>
       </c>
       <c r="EN51" s="46">
         <v>0</v>
       </c>
       <c r="EO51" s="46">
         <v>0</v>
       </c>
       <c r="EP51" s="46">
         <v>0</v>
       </c>
       <c r="EQ51" s="46">
         <v>0</v>
       </c>
       <c r="ER51" s="46">
         <v>0</v>
@@ -32364,100 +32762,100 @@
       <c r="GI51" s="46">
         <v>0</v>
       </c>
       <c r="GJ51" s="46">
         <v>0</v>
       </c>
       <c r="GK51" s="46">
         <v>0</v>
       </c>
       <c r="GL51" s="46">
         <v>0</v>
       </c>
       <c r="GM51" s="46">
         <v>0</v>
       </c>
       <c r="GN51" s="46">
         <v>0</v>
       </c>
       <c r="GO51" s="46">
         <v>0</v>
       </c>
       <c r="GP51" s="46">
         <v>0</v>
       </c>
       <c r="GQ51" s="46">
+        <v>0</v>
+      </c>
+      <c r="GR51" s="46">
         <v>2.65445617</v>
       </c>
-      <c r="GR51" s="46">
-[...1 lines deleted...]
-      </c>
       <c r="GS51" s="46">
         <v>0</v>
       </c>
       <c r="GT51" s="46">
+        <v>0</v>
+      </c>
+      <c r="GU51" s="46">
         <v>10.00019488</v>
       </c>
-      <c r="GU51" s="46">
-[...1 lines deleted...]
-      </c>
       <c r="GV51" s="46">
         <v>0</v>
       </c>
       <c r="GW51" s="46">
         <v>0</v>
       </c>
       <c r="GX51" s="46">
         <v>0</v>
       </c>
       <c r="GY51" s="46">
         <v>0</v>
       </c>
       <c r="GZ51" s="46">
         <v>0</v>
       </c>
       <c r="HA51" s="46">
         <v>0</v>
       </c>
       <c r="HB51" s="46">
         <v>0</v>
       </c>
       <c r="HC51" s="46">
         <v>0</v>
       </c>
       <c r="HD51" s="46">
         <v>0</v>
       </c>
       <c r="HE51" s="46">
         <v>0</v>
       </c>
       <c r="HF51" s="46">
+        <v>0</v>
+      </c>
+      <c r="HG51" s="46">
         <v>10.402067199999999</v>
       </c>
-      <c r="HG51" s="46">
-[...1 lines deleted...]
-      </c>
       <c r="HH51" s="46">
         <v>0</v>
       </c>
       <c r="HI51" s="46">
         <v>0</v>
       </c>
       <c r="HJ51" s="46">
         <v>0</v>
       </c>
       <c r="HK51" s="46">
         <v>0</v>
       </c>
       <c r="HL51" s="46">
         <v>0</v>
       </c>
       <c r="HM51" s="46">
         <v>0</v>
       </c>
       <c r="HN51" s="46">
         <v>0</v>
       </c>
       <c r="HO51" s="46">
         <v>0</v>
       </c>
       <c r="HP51" s="46">
@@ -32468,52 +32866,61 @@
       </c>
       <c r="HR51" s="46">
         <v>0</v>
       </c>
       <c r="HS51" s="46">
         <v>0</v>
       </c>
       <c r="HT51" s="46">
         <v>0</v>
       </c>
       <c r="HU51" s="46">
         <v>0</v>
       </c>
       <c r="HV51" s="46">
         <v>0</v>
       </c>
       <c r="HW51" s="46">
         <v>0</v>
       </c>
       <c r="HX51" s="46">
         <v>0</v>
       </c>
       <c r="HY51" s="46">
         <v>0</v>
       </c>
+      <c r="HZ51" s="46">
+        <v>0</v>
+      </c>
+      <c r="IA51" s="46">
+        <v>0</v>
+      </c>
+      <c r="IB51" s="46">
+        <v>0</v>
+      </c>
     </row>
-    <row r="52" spans="1:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="52" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B52" s="26" t="s">
         <v>74</v>
       </c>
       <c r="C52" s="27">
         <v>0</v>
       </c>
       <c r="D52" s="27">
         <v>0</v>
       </c>
       <c r="E52" s="27">
         <v>0</v>
       </c>
       <c r="F52" s="27">
         <v>0</v>
       </c>
       <c r="G52" s="27">
         <v>0</v>
       </c>
       <c r="H52" s="27">
         <v>0</v>
       </c>
       <c r="I52" s="27">
         <v>0</v>
       </c>
       <c r="J52" s="27">
@@ -32674,51 +33081,51 @@
       </c>
       <c r="BJ52" s="27">
         <v>0</v>
       </c>
       <c r="BK52" s="27">
         <v>0</v>
       </c>
       <c r="BL52" s="27">
         <v>0</v>
       </c>
       <c r="BM52" s="27">
         <v>0</v>
       </c>
       <c r="BN52" s="27">
         <v>0</v>
       </c>
       <c r="BO52" s="27">
         <v>0</v>
       </c>
       <c r="BP52" s="27">
         <v>0</v>
       </c>
       <c r="BQ52" s="27">
         <v>0</v>
       </c>
-      <c r="BR52" s="25">
+      <c r="BR52" s="27">
         <v>0</v>
       </c>
       <c r="BS52" s="25">
         <v>0</v>
       </c>
       <c r="BT52" s="25">
         <v>0</v>
       </c>
       <c r="BU52" s="25">
         <v>0</v>
       </c>
       <c r="BV52" s="25">
         <v>0</v>
       </c>
       <c r="BW52" s="25">
         <v>0</v>
       </c>
       <c r="BX52" s="25">
         <v>0</v>
       </c>
       <c r="BY52" s="25">
         <v>0</v>
       </c>
       <c r="BZ52" s="25">
         <v>0</v>
@@ -32884,51 +33291,51 @@
       </c>
       <c r="EB52" s="25">
         <v>0</v>
       </c>
       <c r="EC52" s="25">
         <v>0</v>
       </c>
       <c r="ED52" s="25">
         <v>0</v>
       </c>
       <c r="EE52" s="25">
         <v>0</v>
       </c>
       <c r="EF52" s="25">
         <v>0</v>
       </c>
       <c r="EG52" s="25">
         <v>0</v>
       </c>
       <c r="EH52" s="25">
         <v>0</v>
       </c>
       <c r="EI52" s="25">
         <v>0</v>
       </c>
-      <c r="EJ52" s="46">
+      <c r="EJ52" s="25">
         <v>0</v>
       </c>
       <c r="EK52" s="46">
         <v>0</v>
       </c>
       <c r="EL52" s="46">
         <v>0</v>
       </c>
       <c r="EM52" s="46">
         <v>0</v>
       </c>
       <c r="EN52" s="46">
         <v>0</v>
       </c>
       <c r="EO52" s="46">
         <v>0</v>
       </c>
       <c r="EP52" s="46">
         <v>0</v>
       </c>
       <c r="EQ52" s="46">
         <v>0</v>
       </c>
       <c r="ER52" s="46">
         <v>0</v>
@@ -33166,52 +33573,61 @@
       </c>
       <c r="HR52" s="46">
         <v>0</v>
       </c>
       <c r="HS52" s="46">
         <v>0</v>
       </c>
       <c r="HT52" s="46">
         <v>0</v>
       </c>
       <c r="HU52" s="46">
         <v>0</v>
       </c>
       <c r="HV52" s="46">
         <v>0</v>
       </c>
       <c r="HW52" s="46">
         <v>0</v>
       </c>
       <c r="HX52" s="46">
         <v>0</v>
       </c>
       <c r="HY52" s="46">
         <v>0</v>
       </c>
+      <c r="HZ52" s="46">
+        <v>0</v>
+      </c>
+      <c r="IA52" s="46">
+        <v>0</v>
+      </c>
+      <c r="IB52" s="46">
+        <v>0</v>
+      </c>
     </row>
-    <row r="53" spans="1:233" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:236" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A53" s="3"/>
       <c r="B53" s="20" t="s">
         <v>84</v>
       </c>
       <c r="C53" s="21">
         <v>0</v>
       </c>
       <c r="D53" s="21">
         <v>0</v>
       </c>
       <c r="E53" s="21">
         <v>23.1</v>
       </c>
       <c r="F53" s="21">
         <v>0</v>
       </c>
       <c r="G53" s="21">
         <v>0</v>
       </c>
       <c r="H53" s="21">
         <v>0</v>
       </c>
       <c r="I53" s="21">
         <v>0</v>
       </c>
@@ -33373,51 +33789,51 @@
       </c>
       <c r="BJ53" s="21">
         <v>0</v>
       </c>
       <c r="BK53" s="21">
         <v>0</v>
       </c>
       <c r="BL53" s="21">
         <v>0</v>
       </c>
       <c r="BM53" s="21">
         <v>0</v>
       </c>
       <c r="BN53" s="21">
         <v>0</v>
       </c>
       <c r="BO53" s="21">
         <v>0</v>
       </c>
       <c r="BP53" s="21">
         <v>0</v>
       </c>
       <c r="BQ53" s="21">
         <v>0</v>
       </c>
-      <c r="BR53" s="22">
+      <c r="BR53" s="21">
         <v>0</v>
       </c>
       <c r="BS53" s="22">
         <v>0</v>
       </c>
       <c r="BT53" s="22">
         <v>0</v>
       </c>
       <c r="BU53" s="22">
         <v>0</v>
       </c>
       <c r="BV53" s="22">
         <v>0</v>
       </c>
       <c r="BW53" s="22">
         <v>0</v>
       </c>
       <c r="BX53" s="22">
         <v>0</v>
       </c>
       <c r="BY53" s="22">
         <v>0</v>
       </c>
       <c r="BZ53" s="22">
         <v>0</v>
@@ -33467,61 +33883,61 @@
       <c r="CO53" s="22">
         <v>0</v>
       </c>
       <c r="CP53" s="22">
         <v>0</v>
       </c>
       <c r="CQ53" s="22">
         <v>0</v>
       </c>
       <c r="CR53" s="22">
         <v>0</v>
       </c>
       <c r="CS53" s="22">
         <v>0</v>
       </c>
       <c r="CT53" s="22">
         <v>0</v>
       </c>
       <c r="CU53" s="22">
         <v>0</v>
       </c>
       <c r="CV53" s="22">
         <v>0</v>
       </c>
       <c r="CW53" s="22">
+        <v>0</v>
+      </c>
+      <c r="CX53" s="22">
         <v>14.4</v>
       </c>
-      <c r="CX53" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="CY53" s="22">
+        <v>0</v>
+      </c>
+      <c r="CZ53" s="22">
         <v>8.6999999999999993</v>
       </c>
-      <c r="CZ53" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="DA53" s="22">
         <v>0</v>
       </c>
       <c r="DB53" s="22">
         <v>0</v>
       </c>
       <c r="DC53" s="22">
         <v>0</v>
       </c>
       <c r="DD53" s="22">
         <v>0</v>
       </c>
       <c r="DE53" s="22">
         <v>0</v>
       </c>
       <c r="DF53" s="22">
         <v>0</v>
       </c>
       <c r="DG53" s="22">
         <v>0</v>
       </c>
       <c r="DH53" s="22">
         <v>0</v>
       </c>
       <c r="DI53" s="22">
@@ -33583,51 +33999,51 @@
       </c>
       <c r="EB53" s="22">
         <v>0</v>
       </c>
       <c r="EC53" s="22">
         <v>0</v>
       </c>
       <c r="ED53" s="22">
         <v>0</v>
       </c>
       <c r="EE53" s="22">
         <v>0</v>
       </c>
       <c r="EF53" s="22">
         <v>0</v>
       </c>
       <c r="EG53" s="22">
         <v>0</v>
       </c>
       <c r="EH53" s="22">
         <v>0</v>
       </c>
       <c r="EI53" s="22">
         <v>0</v>
       </c>
-      <c r="EJ53" s="45">
+      <c r="EJ53" s="22">
         <v>0</v>
       </c>
       <c r="EK53" s="45">
         <v>0</v>
       </c>
       <c r="EL53" s="45">
         <v>0</v>
       </c>
       <c r="EM53" s="45">
         <v>0</v>
       </c>
       <c r="EN53" s="45">
         <v>0</v>
       </c>
       <c r="EO53" s="45">
         <v>0</v>
       </c>
       <c r="EP53" s="45">
         <v>0</v>
       </c>
       <c r="EQ53" s="45">
         <v>0</v>
       </c>
       <c r="ER53" s="45">
         <v>0</v>
@@ -33743,76 +34159,76 @@
       <c r="GC53" s="45">
         <v>0</v>
       </c>
       <c r="GD53" s="45">
         <v>0</v>
       </c>
       <c r="GE53" s="45">
         <v>0</v>
       </c>
       <c r="GF53" s="45">
         <v>0</v>
       </c>
       <c r="GG53" s="45">
         <v>0</v>
       </c>
       <c r="GH53" s="45">
         <v>0</v>
       </c>
       <c r="GI53" s="45">
         <v>0</v>
       </c>
       <c r="GJ53" s="45">
         <v>0</v>
       </c>
       <c r="GK53" s="45">
+        <v>0</v>
+      </c>
+      <c r="GL53" s="45">
         <v>13</v>
       </c>
-      <c r="GL53" s="45">
-[...1 lines deleted...]
-      </c>
       <c r="GM53" s="45">
         <v>0</v>
       </c>
       <c r="GN53" s="45">
+        <v>0</v>
+      </c>
+      <c r="GO53" s="45">
         <v>26</v>
       </c>
-      <c r="GO53" s="45">
-[...1 lines deleted...]
-      </c>
       <c r="GP53" s="45">
         <v>0</v>
       </c>
       <c r="GQ53" s="45">
         <v>0</v>
       </c>
       <c r="GR53" s="45">
+        <v>0</v>
+      </c>
+      <c r="GS53" s="45">
         <v>4.7780211000000001</v>
       </c>
-      <c r="GS53" s="45">
-[...1 lines deleted...]
-      </c>
       <c r="GT53" s="45">
         <v>0</v>
       </c>
       <c r="GU53" s="45">
         <v>0</v>
       </c>
       <c r="GV53" s="45">
         <v>0</v>
       </c>
       <c r="GW53" s="45">
         <v>0</v>
       </c>
       <c r="GX53" s="45">
         <v>0</v>
       </c>
       <c r="GY53" s="45">
         <v>0</v>
       </c>
       <c r="GZ53" s="45">
         <v>0</v>
       </c>
       <c r="HA53" s="45">
         <v>0</v>
       </c>
       <c r="HB53" s="45">
@@ -33865,52 +34281,61 @@
       </c>
       <c r="HR53" s="45">
         <v>0</v>
       </c>
       <c r="HS53" s="45">
         <v>0</v>
       </c>
       <c r="HT53" s="45">
         <v>0</v>
       </c>
       <c r="HU53" s="45">
         <v>0</v>
       </c>
       <c r="HV53" s="45">
         <v>0</v>
       </c>
       <c r="HW53" s="45">
         <v>0</v>
       </c>
       <c r="HX53" s="45">
         <v>0</v>
       </c>
       <c r="HY53" s="45">
         <v>0</v>
       </c>
+      <c r="HZ53" s="45">
+        <v>0</v>
+      </c>
+      <c r="IA53" s="45">
+        <v>0</v>
+      </c>
+      <c r="IB53" s="45">
+        <v>0</v>
+      </c>
     </row>
-    <row r="54" spans="1:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="54" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B54" s="23" t="s">
         <v>73</v>
       </c>
       <c r="C54" s="24">
         <v>0</v>
       </c>
       <c r="D54" s="24">
         <v>0</v>
       </c>
       <c r="E54" s="24">
         <v>23.1</v>
       </c>
       <c r="F54" s="24">
         <v>0</v>
       </c>
       <c r="G54" s="24">
         <v>0</v>
       </c>
       <c r="H54" s="24">
         <v>0</v>
       </c>
       <c r="I54" s="24">
         <v>0</v>
       </c>
       <c r="J54" s="24">
@@ -34071,51 +34496,51 @@
       </c>
       <c r="BJ54" s="24">
         <v>0</v>
       </c>
       <c r="BK54" s="24">
         <v>0</v>
       </c>
       <c r="BL54" s="24">
         <v>0</v>
       </c>
       <c r="BM54" s="24">
         <v>0</v>
       </c>
       <c r="BN54" s="24">
         <v>0</v>
       </c>
       <c r="BO54" s="24">
         <v>0</v>
       </c>
       <c r="BP54" s="24">
         <v>0</v>
       </c>
       <c r="BQ54" s="24">
         <v>0</v>
       </c>
-      <c r="BR54" s="25">
+      <c r="BR54" s="24">
         <v>0</v>
       </c>
       <c r="BS54" s="25">
         <v>0</v>
       </c>
       <c r="BT54" s="25">
         <v>0</v>
       </c>
       <c r="BU54" s="25">
         <v>0</v>
       </c>
       <c r="BV54" s="25">
         <v>0</v>
       </c>
       <c r="BW54" s="25">
         <v>0</v>
       </c>
       <c r="BX54" s="25">
         <v>0</v>
       </c>
       <c r="BY54" s="25">
         <v>0</v>
       </c>
       <c r="BZ54" s="25">
         <v>0</v>
@@ -34165,61 +34590,61 @@
       <c r="CO54" s="25">
         <v>0</v>
       </c>
       <c r="CP54" s="25">
         <v>0</v>
       </c>
       <c r="CQ54" s="25">
         <v>0</v>
       </c>
       <c r="CR54" s="25">
         <v>0</v>
       </c>
       <c r="CS54" s="25">
         <v>0</v>
       </c>
       <c r="CT54" s="25">
         <v>0</v>
       </c>
       <c r="CU54" s="25">
         <v>0</v>
       </c>
       <c r="CV54" s="25">
         <v>0</v>
       </c>
       <c r="CW54" s="25">
+        <v>0</v>
+      </c>
+      <c r="CX54" s="25">
         <v>14.4</v>
       </c>
-      <c r="CX54" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="CY54" s="25">
+        <v>0</v>
+      </c>
+      <c r="CZ54" s="25">
         <v>8.6999999999999993</v>
       </c>
-      <c r="CZ54" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="DA54" s="25">
         <v>0</v>
       </c>
       <c r="DB54" s="25">
         <v>0</v>
       </c>
       <c r="DC54" s="25">
         <v>0</v>
       </c>
       <c r="DD54" s="25">
         <v>0</v>
       </c>
       <c r="DE54" s="25">
         <v>0</v>
       </c>
       <c r="DF54" s="25">
         <v>0</v>
       </c>
       <c r="DG54" s="25">
         <v>0</v>
       </c>
       <c r="DH54" s="25">
         <v>0</v>
       </c>
       <c r="DI54" s="25">
@@ -34281,51 +34706,51 @@
       </c>
       <c r="EB54" s="25">
         <v>0</v>
       </c>
       <c r="EC54" s="25">
         <v>0</v>
       </c>
       <c r="ED54" s="25">
         <v>0</v>
       </c>
       <c r="EE54" s="25">
         <v>0</v>
       </c>
       <c r="EF54" s="25">
         <v>0</v>
       </c>
       <c r="EG54" s="25">
         <v>0</v>
       </c>
       <c r="EH54" s="25">
         <v>0</v>
       </c>
       <c r="EI54" s="25">
         <v>0</v>
       </c>
-      <c r="EJ54" s="46">
+      <c r="EJ54" s="25">
         <v>0</v>
       </c>
       <c r="EK54" s="46">
         <v>0</v>
       </c>
       <c r="EL54" s="46">
         <v>0</v>
       </c>
       <c r="EM54" s="46">
         <v>0</v>
       </c>
       <c r="EN54" s="46">
         <v>0</v>
       </c>
       <c r="EO54" s="46">
         <v>0</v>
       </c>
       <c r="EP54" s="46">
         <v>0</v>
       </c>
       <c r="EQ54" s="46">
         <v>0</v>
       </c>
       <c r="ER54" s="46">
         <v>0</v>
@@ -34441,76 +34866,76 @@
       <c r="GC54" s="46">
         <v>0</v>
       </c>
       <c r="GD54" s="46">
         <v>0</v>
       </c>
       <c r="GE54" s="46">
         <v>0</v>
       </c>
       <c r="GF54" s="46">
         <v>0</v>
       </c>
       <c r="GG54" s="46">
         <v>0</v>
       </c>
       <c r="GH54" s="46">
         <v>0</v>
       </c>
       <c r="GI54" s="46">
         <v>0</v>
       </c>
       <c r="GJ54" s="46">
         <v>0</v>
       </c>
       <c r="GK54" s="46">
+        <v>0</v>
+      </c>
+      <c r="GL54" s="46">
         <v>13</v>
       </c>
-      <c r="GL54" s="46">
-[...1 lines deleted...]
-      </c>
       <c r="GM54" s="46">
         <v>0</v>
       </c>
       <c r="GN54" s="46">
+        <v>0</v>
+      </c>
+      <c r="GO54" s="46">
         <v>26</v>
       </c>
-      <c r="GO54" s="46">
-[...1 lines deleted...]
-      </c>
       <c r="GP54" s="46">
         <v>0</v>
       </c>
       <c r="GQ54" s="46">
         <v>0</v>
       </c>
       <c r="GR54" s="46">
+        <v>0</v>
+      </c>
+      <c r="GS54" s="46">
         <v>4.7780211000000001</v>
       </c>
-      <c r="GS54" s="46">
-[...1 lines deleted...]
-      </c>
       <c r="GT54" s="46">
         <v>0</v>
       </c>
       <c r="GU54" s="46">
         <v>0</v>
       </c>
       <c r="GV54" s="46">
         <v>0</v>
       </c>
       <c r="GW54" s="46">
         <v>0</v>
       </c>
       <c r="GX54" s="46">
         <v>0</v>
       </c>
       <c r="GY54" s="46">
         <v>0</v>
       </c>
       <c r="GZ54" s="46">
         <v>0</v>
       </c>
       <c r="HA54" s="46">
         <v>0</v>
       </c>
       <c r="HB54" s="46">
@@ -34563,52 +34988,61 @@
       </c>
       <c r="HR54" s="46">
         <v>0</v>
       </c>
       <c r="HS54" s="46">
         <v>0</v>
       </c>
       <c r="HT54" s="46">
         <v>0</v>
       </c>
       <c r="HU54" s="46">
         <v>0</v>
       </c>
       <c r="HV54" s="46">
         <v>0</v>
       </c>
       <c r="HW54" s="46">
         <v>0</v>
       </c>
       <c r="HX54" s="46">
         <v>0</v>
       </c>
       <c r="HY54" s="46">
         <v>0</v>
       </c>
+      <c r="HZ54" s="46">
+        <v>0</v>
+      </c>
+      <c r="IA54" s="46">
+        <v>0</v>
+      </c>
+      <c r="IB54" s="46">
+        <v>0</v>
+      </c>
     </row>
-    <row r="55" spans="1:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="55" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B55" s="26" t="s">
         <v>74</v>
       </c>
       <c r="C55" s="27">
         <v>0</v>
       </c>
       <c r="D55" s="27">
         <v>0</v>
       </c>
       <c r="E55" s="27">
         <v>0</v>
       </c>
       <c r="F55" s="27">
         <v>0</v>
       </c>
       <c r="G55" s="27">
         <v>0</v>
       </c>
       <c r="H55" s="27">
         <v>0</v>
       </c>
       <c r="I55" s="27">
         <v>0</v>
       </c>
       <c r="J55" s="27">
@@ -34769,51 +35203,51 @@
       </c>
       <c r="BJ55" s="27">
         <v>0</v>
       </c>
       <c r="BK55" s="27">
         <v>0</v>
       </c>
       <c r="BL55" s="27">
         <v>0</v>
       </c>
       <c r="BM55" s="27">
         <v>0</v>
       </c>
       <c r="BN55" s="27">
         <v>0</v>
       </c>
       <c r="BO55" s="27">
         <v>0</v>
       </c>
       <c r="BP55" s="27">
         <v>0</v>
       </c>
       <c r="BQ55" s="27">
         <v>0</v>
       </c>
-      <c r="BR55" s="25">
+      <c r="BR55" s="27">
         <v>0</v>
       </c>
       <c r="BS55" s="25">
         <v>0</v>
       </c>
       <c r="BT55" s="25">
         <v>0</v>
       </c>
       <c r="BU55" s="25">
         <v>0</v>
       </c>
       <c r="BV55" s="25">
         <v>0</v>
       </c>
       <c r="BW55" s="25">
         <v>0</v>
       </c>
       <c r="BX55" s="25">
         <v>0</v>
       </c>
       <c r="BY55" s="25">
         <v>0</v>
       </c>
       <c r="BZ55" s="25">
         <v>0</v>
@@ -34979,51 +35413,51 @@
       </c>
       <c r="EB55" s="25">
         <v>0</v>
       </c>
       <c r="EC55" s="25">
         <v>0</v>
       </c>
       <c r="ED55" s="25">
         <v>0</v>
       </c>
       <c r="EE55" s="25">
         <v>0</v>
       </c>
       <c r="EF55" s="25">
         <v>0</v>
       </c>
       <c r="EG55" s="25">
         <v>0</v>
       </c>
       <c r="EH55" s="25">
         <v>0</v>
       </c>
       <c r="EI55" s="25">
         <v>0</v>
       </c>
-      <c r="EJ55" s="46">
+      <c r="EJ55" s="25">
         <v>0</v>
       </c>
       <c r="EK55" s="46">
         <v>0</v>
       </c>
       <c r="EL55" s="46">
         <v>0</v>
       </c>
       <c r="EM55" s="46">
         <v>0</v>
       </c>
       <c r="EN55" s="46">
         <v>0</v>
       </c>
       <c r="EO55" s="46">
         <v>0</v>
       </c>
       <c r="EP55" s="46">
         <v>0</v>
       </c>
       <c r="EQ55" s="46">
         <v>0</v>
       </c>
       <c r="ER55" s="46">
         <v>0</v>
@@ -35261,52 +35695,61 @@
       </c>
       <c r="HR55" s="46">
         <v>0</v>
       </c>
       <c r="HS55" s="46">
         <v>0</v>
       </c>
       <c r="HT55" s="46">
         <v>0</v>
       </c>
       <c r="HU55" s="46">
         <v>0</v>
       </c>
       <c r="HV55" s="46">
         <v>0</v>
       </c>
       <c r="HW55" s="46">
         <v>0</v>
       </c>
       <c r="HX55" s="46">
         <v>0</v>
       </c>
       <c r="HY55" s="46">
         <v>0</v>
       </c>
+      <c r="HZ55" s="46">
+        <v>0</v>
+      </c>
+      <c r="IA55" s="46">
+        <v>0</v>
+      </c>
+      <c r="IB55" s="46">
+        <v>0</v>
+      </c>
     </row>
-    <row r="56" spans="1:233" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:236" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A56" s="3"/>
       <c r="B56" s="20" t="s">
         <v>80</v>
       </c>
       <c r="C56" s="21">
         <v>300.22509999999994</v>
       </c>
       <c r="D56" s="21">
         <v>344.11689999999999</v>
       </c>
       <c r="E56" s="21">
         <v>357.58939000000004</v>
       </c>
       <c r="F56" s="21">
         <v>340.46917000000002</v>
       </c>
       <c r="G56" s="21">
         <v>100.94049999999999</v>
       </c>
       <c r="H56" s="21">
         <v>102.9016</v>
       </c>
       <c r="I56" s="21">
         <v>704.87935489999995</v>
       </c>
@@ -35468,455 +35911,455 @@
       </c>
       <c r="BJ56" s="21">
         <v>0</v>
       </c>
       <c r="BK56" s="21">
         <v>0</v>
       </c>
       <c r="BL56" s="21">
         <v>0</v>
       </c>
       <c r="BM56" s="21">
         <v>0</v>
       </c>
       <c r="BN56" s="21">
         <v>0</v>
       </c>
       <c r="BO56" s="21">
         <v>0.90591999999999995</v>
       </c>
       <c r="BP56" s="21">
         <v>0</v>
       </c>
       <c r="BQ56" s="21">
         <v>0</v>
       </c>
-      <c r="BR56" s="22">
+      <c r="BR56" s="21">
+        <v>0</v>
+      </c>
+      <c r="BS56" s="22">
         <v>146.33539999999999</v>
       </c>
-      <c r="BS56" s="22">
+      <c r="BT56" s="22">
         <v>73.810599999999994</v>
       </c>
-      <c r="BT56" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="BU56" s="22">
+        <v>0</v>
+      </c>
+      <c r="BV56" s="22">
         <v>4.6959999999999997</v>
       </c>
-      <c r="BV56" s="22">
+      <c r="BW56" s="22">
         <v>74.727000000000004</v>
       </c>
-      <c r="BW56" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="BX56" s="22">
         <v>0</v>
       </c>
       <c r="BY56" s="22">
+        <v>0</v>
+      </c>
+      <c r="BZ56" s="22">
         <v>0.65610000000000002</v>
       </c>
-      <c r="BZ56" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="CA56" s="22">
         <v>0</v>
       </c>
       <c r="CB56" s="22">
         <v>0</v>
       </c>
       <c r="CC56" s="22">
         <v>0</v>
       </c>
       <c r="CD56" s="22">
         <v>0</v>
       </c>
       <c r="CE56" s="22">
+        <v>0</v>
+      </c>
+      <c r="CF56" s="22">
         <v>866.87699999999995</v>
       </c>
-      <c r="CF56" s="22">
+      <c r="CG56" s="22">
         <v>6</v>
       </c>
-      <c r="CG56" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="CH56" s="22">
         <v>0</v>
       </c>
       <c r="CI56" s="22">
+        <v>0</v>
+      </c>
+      <c r="CJ56" s="22">
         <v>-714.99239999999998</v>
       </c>
-      <c r="CJ56" s="22">
+      <c r="CK56" s="22">
         <v>38.631500000000003</v>
       </c>
-      <c r="CK56" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="CL56" s="22">
         <v>0</v>
       </c>
       <c r="CM56" s="22">
+        <v>0</v>
+      </c>
+      <c r="CN56" s="22">
         <v>310.6601</v>
       </c>
-      <c r="CN56" s="22">
+      <c r="CO56" s="22">
         <v>-167.09549999999999</v>
       </c>
-      <c r="CO56" s="22">
+      <c r="CP56" s="22">
         <v>4.0362</v>
       </c>
-      <c r="CP56" s="22">
+      <c r="CQ56" s="22">
         <v>81.427840000000003</v>
       </c>
-      <c r="CQ56" s="22">
+      <c r="CR56" s="22">
         <v>5.4772800000000004</v>
       </c>
-      <c r="CR56" s="22">
+      <c r="CS56" s="22">
         <v>8.3789999999999996</v>
       </c>
-      <c r="CS56" s="22">
+      <c r="CT56" s="22">
         <v>77.718860000000006</v>
       </c>
-      <c r="CT56" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="CU56" s="22">
         <v>0</v>
       </c>
       <c r="CV56" s="22">
+        <v>0</v>
+      </c>
+      <c r="CW56" s="22">
         <v>29.072009999999999</v>
       </c>
-      <c r="CW56" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="CX56" s="22">
+        <v>0</v>
+      </c>
+      <c r="CY56" s="22">
         <v>52.5</v>
       </c>
-      <c r="CY56" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="CZ56" s="22">
+        <v>0</v>
+      </c>
+      <c r="DA56" s="22">
         <v>103.01439999999999</v>
       </c>
-      <c r="DA56" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="DB56" s="22">
+        <v>0</v>
+      </c>
+      <c r="DC56" s="22">
         <v>78.995199999999997</v>
       </c>
-      <c r="DC56" s="22">
+      <c r="DD56" s="22">
         <v>320.42385999999999</v>
       </c>
-      <c r="DD56" s="22">
+      <c r="DE56" s="22">
         <v>-253.04199</v>
       </c>
-      <c r="DE56" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="DF56" s="22">
         <v>0</v>
       </c>
       <c r="DG56" s="22">
+        <v>0</v>
+      </c>
+      <c r="DH56" s="22">
         <v>80.992040000000003</v>
       </c>
-      <c r="DH56" s="22">
+      <c r="DI56" s="22">
         <v>45.505200000000002</v>
       </c>
-      <c r="DI56" s="22">
+      <c r="DJ56" s="22">
         <v>30.074560000000002</v>
       </c>
-      <c r="DJ56" s="22">
+      <c r="DK56" s="22">
         <v>7.4999000000000002</v>
       </c>
-      <c r="DK56" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="DL56" s="22">
+        <v>0</v>
+      </c>
+      <c r="DM56" s="22">
         <v>30.020399999999999</v>
       </c>
-      <c r="DM56" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="DN56" s="22">
         <v>0</v>
       </c>
       <c r="DO56" s="22">
+        <v>0</v>
+      </c>
+      <c r="DP56" s="22">
         <v>-8.5</v>
       </c>
-      <c r="DP56" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="DQ56" s="22">
         <v>0</v>
       </c>
       <c r="DR56" s="22">
         <v>0</v>
       </c>
       <c r="DS56" s="22">
         <v>0</v>
       </c>
       <c r="DT56" s="22">
         <v>0</v>
       </c>
       <c r="DU56" s="22">
+        <v>0</v>
+      </c>
+      <c r="DV56" s="22">
         <v>101.7606</v>
       </c>
-      <c r="DV56" s="22">
+      <c r="DW56" s="22">
         <v>36.120449999999998</v>
       </c>
-      <c r="DW56" s="22">
+      <c r="DX56" s="22">
         <v>-36.120449999999998</v>
       </c>
-      <c r="DX56" s="22">
+      <c r="DY56" s="22">
         <v>7.4999000000000002</v>
       </c>
-      <c r="DY56" s="22">
+      <c r="DZ56" s="22">
         <v>0.18</v>
       </c>
-      <c r="DZ56" s="22">
+      <c r="EA56" s="22">
         <v>-26.5</v>
       </c>
-      <c r="EA56" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="EB56" s="22">
+        <v>0</v>
+      </c>
+      <c r="EC56" s="22">
         <v>45</v>
       </c>
-      <c r="EC56" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="ED56" s="22">
         <v>0</v>
       </c>
       <c r="EE56" s="22">
         <v>0</v>
       </c>
       <c r="EF56" s="22">
         <v>0</v>
       </c>
       <c r="EG56" s="22">
+        <v>0</v>
+      </c>
+      <c r="EH56" s="22">
         <v>53.706420000000001</v>
       </c>
-      <c r="EH56" s="22">
+      <c r="EI56" s="22">
         <v>74.3262</v>
       </c>
-      <c r="EI56" s="22">
-[...2 lines deleted...]
-      <c r="EJ56" s="45">
+      <c r="EJ56" s="22">
+        <v>0</v>
+      </c>
+      <c r="EK56" s="45">
         <v>-43.631020000000007</v>
       </c>
-      <c r="EK56" s="45">
-[...1 lines deleted...]
-      </c>
       <c r="EL56" s="45">
+        <v>0</v>
+      </c>
+      <c r="EM56" s="45">
         <v>20.773413820000002</v>
       </c>
-      <c r="EM56" s="45">
+      <c r="EN56" s="45">
         <v>-46.637358919999997</v>
       </c>
-      <c r="EN56" s="45">
-[...1 lines deleted...]
-      </c>
       <c r="EO56" s="45">
         <v>0</v>
       </c>
       <c r="EP56" s="45">
         <v>0</v>
       </c>
       <c r="EQ56" s="45">
+        <v>0</v>
+      </c>
+      <c r="ER56" s="45">
         <v>10</v>
       </c>
-      <c r="ER56" s="45">
+      <c r="ES56" s="45">
         <v>171.9999</v>
       </c>
-      <c r="ES56" s="45">
-[...1 lines deleted...]
-      </c>
       <c r="ET56" s="45">
         <v>0</v>
       </c>
       <c r="EU56" s="45">
         <v>0</v>
       </c>
       <c r="EV56" s="45">
+        <v>0</v>
+      </c>
+      <c r="EW56" s="45">
         <v>548.74339999999995</v>
       </c>
-      <c r="EW56" s="45">
-[...1 lines deleted...]
-      </c>
       <c r="EX56" s="45">
+        <v>0</v>
+      </c>
+      <c r="EY56" s="45">
         <v>7.4999000000000002</v>
       </c>
-      <c r="EY56" s="45">
-[...1 lines deleted...]
-      </c>
       <c r="EZ56" s="45">
         <v>0</v>
       </c>
       <c r="FA56" s="45">
+        <v>0</v>
+      </c>
+      <c r="FB56" s="45">
         <v>-541.55771000000004</v>
       </c>
-      <c r="FB56" s="45">
-[...1 lines deleted...]
-      </c>
       <c r="FC56" s="45">
         <v>0</v>
       </c>
       <c r="FD56" s="45">
         <v>0</v>
       </c>
       <c r="FE56" s="45">
         <v>0</v>
       </c>
       <c r="FF56" s="45">
+        <v>0</v>
+      </c>
+      <c r="FG56" s="45">
         <v>9.5660502899999997</v>
       </c>
-      <c r="FG56" s="45">
-[...1 lines deleted...]
-      </c>
       <c r="FH56" s="45">
         <v>0</v>
       </c>
       <c r="FI56" s="45">
+        <v>0</v>
+      </c>
+      <c r="FJ56" s="45">
         <v>93.370999999999995</v>
       </c>
-      <c r="FJ56" s="45">
+      <c r="FK56" s="45">
         <v>7.4999000000000002</v>
       </c>
-      <c r="FK56" s="45">
+      <c r="FL56" s="45">
         <v>-3.7704</v>
       </c>
-      <c r="FL56" s="45">
-[...1 lines deleted...]
-      </c>
       <c r="FM56" s="45">
         <v>0</v>
       </c>
       <c r="FN56" s="45">
         <v>0</v>
       </c>
       <c r="FO56" s="45">
+        <v>0</v>
+      </c>
+      <c r="FP56" s="45">
         <v>122.6277</v>
       </c>
-      <c r="FP56" s="45">
-[...1 lines deleted...]
-      </c>
       <c r="FQ56" s="45">
         <v>0</v>
       </c>
       <c r="FR56" s="45">
         <v>0</v>
       </c>
       <c r="FS56" s="45">
         <v>0</v>
       </c>
       <c r="FT56" s="45">
         <v>0</v>
       </c>
       <c r="FU56" s="45">
+        <v>0</v>
+      </c>
+      <c r="FV56" s="45">
         <v>7.4999000000000002</v>
       </c>
-      <c r="FV56" s="45">
-[...1 lines deleted...]
-      </c>
       <c r="FW56" s="45">
+        <v>0</v>
+      </c>
+      <c r="FX56" s="45">
         <v>350</v>
       </c>
-      <c r="FX56" s="45">
+      <c r="FY56" s="45">
         <v>3</v>
       </c>
-      <c r="FY56" s="45">
-[...1 lines deleted...]
-      </c>
       <c r="FZ56" s="45">
         <v>0</v>
       </c>
       <c r="GA56" s="45">
         <v>0</v>
       </c>
       <c r="GB56" s="45">
         <v>0</v>
       </c>
       <c r="GC56" s="45">
         <v>0</v>
       </c>
       <c r="GD56" s="45">
         <v>0</v>
       </c>
       <c r="GE56" s="45">
         <v>0</v>
       </c>
       <c r="GF56" s="45">
         <v>0</v>
       </c>
       <c r="GG56" s="45">
         <v>0</v>
       </c>
       <c r="GH56" s="45">
         <v>0</v>
       </c>
       <c r="GI56" s="45">
         <v>0</v>
       </c>
       <c r="GJ56" s="45">
         <v>0</v>
       </c>
       <c r="GK56" s="45">
+        <v>0</v>
+      </c>
+      <c r="GL56" s="45">
         <v>4964.4413000000004</v>
       </c>
-      <c r="GL56" s="45">
-[...1 lines deleted...]
-      </c>
       <c r="GM56" s="45">
         <v>0</v>
       </c>
       <c r="GN56" s="45">
+        <v>0</v>
+      </c>
+      <c r="GO56" s="45">
         <v>4.3639999999999999</v>
       </c>
-      <c r="GO56" s="45">
-[...1 lines deleted...]
-      </c>
       <c r="GP56" s="45">
         <v>0</v>
       </c>
       <c r="GQ56" s="45">
         <v>0</v>
       </c>
       <c r="GR56" s="45">
         <v>0</v>
       </c>
       <c r="GS56" s="45">
         <v>0</v>
       </c>
       <c r="GT56" s="45">
         <v>0</v>
       </c>
       <c r="GU56" s="45">
+        <v>0</v>
+      </c>
+      <c r="GV56" s="45">
         <v>39.368000000000002</v>
       </c>
-      <c r="GV56" s="45">
-[...1 lines deleted...]
-      </c>
       <c r="GW56" s="45">
         <v>0</v>
       </c>
       <c r="GX56" s="45">
         <v>0</v>
       </c>
       <c r="GY56" s="45">
         <v>0</v>
       </c>
       <c r="GZ56" s="45">
         <v>0</v>
       </c>
       <c r="HA56" s="45">
         <v>0</v>
       </c>
       <c r="HB56" s="45">
         <v>0</v>
       </c>
       <c r="HC56" s="45">
         <v>0</v>
       </c>
       <c r="HD56" s="45">
         <v>0</v>
       </c>
       <c r="HE56" s="45">
@@ -35934,78 +36377,87 @@
       <c r="HI56" s="45">
         <v>0</v>
       </c>
       <c r="HJ56" s="45">
         <v>0</v>
       </c>
       <c r="HK56" s="45">
         <v>0</v>
       </c>
       <c r="HL56" s="45">
         <v>0</v>
       </c>
       <c r="HM56" s="45">
         <v>0</v>
       </c>
       <c r="HN56" s="45">
         <v>0</v>
       </c>
       <c r="HO56" s="45">
         <v>0</v>
       </c>
       <c r="HP56" s="45">
         <v>0</v>
       </c>
       <c r="HQ56" s="45">
+        <v>0</v>
+      </c>
+      <c r="HR56" s="45">
         <v>0.90591999999999995</v>
       </c>
-      <c r="HR56" s="45">
-[...1 lines deleted...]
-      </c>
       <c r="HS56" s="45">
         <v>0</v>
       </c>
       <c r="HT56" s="45">
         <v>0</v>
       </c>
       <c r="HU56" s="45">
         <v>0</v>
       </c>
       <c r="HV56" s="45">
         <v>0</v>
       </c>
       <c r="HW56" s="45">
         <v>0</v>
       </c>
       <c r="HX56" s="45">
         <v>0</v>
       </c>
       <c r="HY56" s="45">
         <v>0</v>
       </c>
+      <c r="HZ56" s="45">
+        <v>0</v>
+      </c>
+      <c r="IA56" s="45">
+        <v>0</v>
+      </c>
+      <c r="IB56" s="45">
+        <v>0</v>
+      </c>
     </row>
-    <row r="57" spans="1:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="57" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B57" s="23" t="s">
         <v>73</v>
       </c>
       <c r="C57" s="24">
         <v>300.22509999999994</v>
       </c>
       <c r="D57" s="24">
         <v>344.11689999999999</v>
       </c>
       <c r="E57" s="24">
         <v>357.58939000000004</v>
       </c>
       <c r="F57" s="24">
         <v>340.46917000000002</v>
       </c>
       <c r="G57" s="24">
         <v>100.94049999999999</v>
       </c>
       <c r="H57" s="24">
         <v>102.9016</v>
       </c>
       <c r="I57" s="24">
         <v>704.87935489999995</v>
       </c>
       <c r="J57" s="24">
@@ -36166,455 +36618,455 @@
       </c>
       <c r="BJ57" s="24">
         <v>0</v>
       </c>
       <c r="BK57" s="24">
         <v>0</v>
       </c>
       <c r="BL57" s="24">
         <v>0</v>
       </c>
       <c r="BM57" s="24">
         <v>0</v>
       </c>
       <c r="BN57" s="24">
         <v>0</v>
       </c>
       <c r="BO57" s="24">
         <v>0.90591999999999995</v>
       </c>
       <c r="BP57" s="24">
         <v>0</v>
       </c>
       <c r="BQ57" s="24">
         <v>0</v>
       </c>
-      <c r="BR57" s="25">
+      <c r="BR57" s="24">
+        <v>0</v>
+      </c>
+      <c r="BS57" s="25">
         <v>146.33539999999999</v>
       </c>
-      <c r="BS57" s="25">
+      <c r="BT57" s="25">
         <v>73.810599999999994</v>
       </c>
-      <c r="BT57" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="BU57" s="25">
+        <v>0</v>
+      </c>
+      <c r="BV57" s="25">
         <v>4.6959999999999997</v>
       </c>
-      <c r="BV57" s="25">
+      <c r="BW57" s="25">
         <v>74.727000000000004</v>
       </c>
-      <c r="BW57" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="BX57" s="25">
         <v>0</v>
       </c>
       <c r="BY57" s="25">
+        <v>0</v>
+      </c>
+      <c r="BZ57" s="25">
         <v>0.65610000000000002</v>
       </c>
-      <c r="BZ57" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="CA57" s="25">
         <v>0</v>
       </c>
       <c r="CB57" s="25">
         <v>0</v>
       </c>
       <c r="CC57" s="25">
         <v>0</v>
       </c>
       <c r="CD57" s="25">
         <v>0</v>
       </c>
       <c r="CE57" s="25">
+        <v>0</v>
+      </c>
+      <c r="CF57" s="25">
         <v>866.87699999999995</v>
       </c>
-      <c r="CF57" s="25">
+      <c r="CG57" s="25">
         <v>6</v>
       </c>
-      <c r="CG57" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="CH57" s="25">
         <v>0</v>
       </c>
       <c r="CI57" s="25">
+        <v>0</v>
+      </c>
+      <c r="CJ57" s="25">
         <v>-714.99239999999998</v>
       </c>
-      <c r="CJ57" s="25">
+      <c r="CK57" s="25">
         <v>38.631500000000003</v>
       </c>
-      <c r="CK57" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="CL57" s="25">
         <v>0</v>
       </c>
       <c r="CM57" s="25">
+        <v>0</v>
+      </c>
+      <c r="CN57" s="25">
         <v>310.6601</v>
       </c>
-      <c r="CN57" s="25">
+      <c r="CO57" s="25">
         <v>-167.09549999999999</v>
       </c>
-      <c r="CO57" s="25">
+      <c r="CP57" s="25">
         <v>4.0362</v>
       </c>
-      <c r="CP57" s="25">
+      <c r="CQ57" s="25">
         <v>81.427840000000003</v>
       </c>
-      <c r="CQ57" s="25">
+      <c r="CR57" s="25">
         <v>5.4772800000000004</v>
       </c>
-      <c r="CR57" s="25">
+      <c r="CS57" s="25">
         <v>8.3789999999999996</v>
       </c>
-      <c r="CS57" s="25">
+      <c r="CT57" s="25">
         <v>77.718860000000006</v>
       </c>
-      <c r="CT57" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="CU57" s="25">
         <v>0</v>
       </c>
       <c r="CV57" s="25">
+        <v>0</v>
+      </c>
+      <c r="CW57" s="25">
         <v>29.072009999999999</v>
       </c>
-      <c r="CW57" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="CX57" s="25">
+        <v>0</v>
+      </c>
+      <c r="CY57" s="25">
         <v>52.5</v>
       </c>
-      <c r="CY57" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="CZ57" s="25">
+        <v>0</v>
+      </c>
+      <c r="DA57" s="25">
         <v>103.01439999999999</v>
       </c>
-      <c r="DA57" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="DB57" s="25">
+        <v>0</v>
+      </c>
+      <c r="DC57" s="25">
         <v>78.995199999999997</v>
       </c>
-      <c r="DC57" s="25">
+      <c r="DD57" s="25">
         <v>320.42385999999999</v>
       </c>
-      <c r="DD57" s="25">
+      <c r="DE57" s="25">
         <v>-253.04199</v>
       </c>
-      <c r="DE57" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="DF57" s="25">
         <v>0</v>
       </c>
       <c r="DG57" s="25">
+        <v>0</v>
+      </c>
+      <c r="DH57" s="25">
         <v>80.992040000000003</v>
       </c>
-      <c r="DH57" s="25">
+      <c r="DI57" s="25">
         <v>45.505200000000002</v>
       </c>
-      <c r="DI57" s="25">
+      <c r="DJ57" s="25">
         <v>30.074560000000002</v>
       </c>
-      <c r="DJ57" s="25">
+      <c r="DK57" s="25">
         <v>7.4999000000000002</v>
       </c>
-      <c r="DK57" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="DL57" s="25">
+        <v>0</v>
+      </c>
+      <c r="DM57" s="25">
         <v>30.020399999999999</v>
       </c>
-      <c r="DM57" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="DN57" s="25">
         <v>0</v>
       </c>
       <c r="DO57" s="25">
+        <v>0</v>
+      </c>
+      <c r="DP57" s="25">
         <v>-8.5</v>
       </c>
-      <c r="DP57" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="DQ57" s="25">
         <v>0</v>
       </c>
       <c r="DR57" s="25">
         <v>0</v>
       </c>
       <c r="DS57" s="25">
         <v>0</v>
       </c>
       <c r="DT57" s="25">
         <v>0</v>
       </c>
       <c r="DU57" s="25">
+        <v>0</v>
+      </c>
+      <c r="DV57" s="25">
         <v>101.7606</v>
       </c>
-      <c r="DV57" s="25">
+      <c r="DW57" s="25">
         <v>36.120449999999998</v>
       </c>
-      <c r="DW57" s="25">
+      <c r="DX57" s="25">
         <v>-36.120449999999998</v>
       </c>
-      <c r="DX57" s="25">
+      <c r="DY57" s="25">
         <v>7.4999000000000002</v>
       </c>
-      <c r="DY57" s="25">
+      <c r="DZ57" s="25">
         <v>0.18</v>
       </c>
-      <c r="DZ57" s="25">
+      <c r="EA57" s="25">
         <v>-26.5</v>
       </c>
-      <c r="EA57" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="EB57" s="25">
+        <v>0</v>
+      </c>
+      <c r="EC57" s="25">
         <v>45</v>
       </c>
-      <c r="EC57" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="ED57" s="25">
         <v>0</v>
       </c>
       <c r="EE57" s="25">
         <v>0</v>
       </c>
       <c r="EF57" s="25">
         <v>0</v>
       </c>
       <c r="EG57" s="25">
+        <v>0</v>
+      </c>
+      <c r="EH57" s="25">
         <v>53.706420000000001</v>
       </c>
-      <c r="EH57" s="25">
+      <c r="EI57" s="25">
         <v>74.3262</v>
       </c>
-      <c r="EI57" s="25">
-[...2 lines deleted...]
-      <c r="EJ57" s="46">
+      <c r="EJ57" s="25">
+        <v>0</v>
+      </c>
+      <c r="EK57" s="46">
         <v>-43.631020000000007</v>
       </c>
-      <c r="EK57" s="46">
-[...1 lines deleted...]
-      </c>
       <c r="EL57" s="46">
+        <v>0</v>
+      </c>
+      <c r="EM57" s="46">
         <v>20.773413820000002</v>
       </c>
-      <c r="EM57" s="46">
+      <c r="EN57" s="46">
         <v>-46.637358919999997</v>
       </c>
-      <c r="EN57" s="46">
-[...1 lines deleted...]
-      </c>
       <c r="EO57" s="46">
         <v>0</v>
       </c>
       <c r="EP57" s="46">
         <v>0</v>
       </c>
       <c r="EQ57" s="46">
+        <v>0</v>
+      </c>
+      <c r="ER57" s="46">
         <v>10</v>
       </c>
-      <c r="ER57" s="46">
+      <c r="ES57" s="46">
         <v>171.9999</v>
       </c>
-      <c r="ES57" s="46">
-[...1 lines deleted...]
-      </c>
       <c r="ET57" s="46">
         <v>0</v>
       </c>
       <c r="EU57" s="46">
         <v>0</v>
       </c>
       <c r="EV57" s="46">
+        <v>0</v>
+      </c>
+      <c r="EW57" s="46">
         <v>548.74339999999995</v>
       </c>
-      <c r="EW57" s="46">
-[...1 lines deleted...]
-      </c>
       <c r="EX57" s="46">
+        <v>0</v>
+      </c>
+      <c r="EY57" s="46">
         <v>7.4999000000000002</v>
       </c>
-      <c r="EY57" s="46">
-[...1 lines deleted...]
-      </c>
       <c r="EZ57" s="46">
         <v>0</v>
       </c>
       <c r="FA57" s="46">
+        <v>0</v>
+      </c>
+      <c r="FB57" s="46">
         <v>-541.55771000000004</v>
       </c>
-      <c r="FB57" s="46">
-[...1 lines deleted...]
-      </c>
       <c r="FC57" s="46">
         <v>0</v>
       </c>
       <c r="FD57" s="46">
         <v>0</v>
       </c>
       <c r="FE57" s="46">
         <v>0</v>
       </c>
       <c r="FF57" s="46">
+        <v>0</v>
+      </c>
+      <c r="FG57" s="46">
         <v>9.5660502899999997</v>
       </c>
-      <c r="FG57" s="46">
-[...1 lines deleted...]
-      </c>
       <c r="FH57" s="46">
         <v>0</v>
       </c>
       <c r="FI57" s="46">
+        <v>0</v>
+      </c>
+      <c r="FJ57" s="46">
         <v>93.370999999999995</v>
       </c>
-      <c r="FJ57" s="46">
+      <c r="FK57" s="46">
         <v>7.4999000000000002</v>
       </c>
-      <c r="FK57" s="46">
+      <c r="FL57" s="46">
         <v>-3.7704</v>
       </c>
-      <c r="FL57" s="46">
-[...1 lines deleted...]
-      </c>
       <c r="FM57" s="46">
         <v>0</v>
       </c>
       <c r="FN57" s="46">
         <v>0</v>
       </c>
       <c r="FO57" s="46">
+        <v>0</v>
+      </c>
+      <c r="FP57" s="46">
         <v>122.6277</v>
       </c>
-      <c r="FP57" s="46">
-[...1 lines deleted...]
-      </c>
       <c r="FQ57" s="46">
         <v>0</v>
       </c>
       <c r="FR57" s="46">
         <v>0</v>
       </c>
       <c r="FS57" s="46">
         <v>0</v>
       </c>
       <c r="FT57" s="46">
         <v>0</v>
       </c>
       <c r="FU57" s="46">
+        <v>0</v>
+      </c>
+      <c r="FV57" s="46">
         <v>7.4999000000000002</v>
       </c>
-      <c r="FV57" s="46">
-[...1 lines deleted...]
-      </c>
       <c r="FW57" s="46">
+        <v>0</v>
+      </c>
+      <c r="FX57" s="46">
         <v>350</v>
       </c>
-      <c r="FX57" s="46">
+      <c r="FY57" s="46">
         <v>3</v>
       </c>
-      <c r="FY57" s="46">
-[...1 lines deleted...]
-      </c>
       <c r="FZ57" s="46">
         <v>0</v>
       </c>
       <c r="GA57" s="46">
         <v>0</v>
       </c>
       <c r="GB57" s="46">
         <v>0</v>
       </c>
       <c r="GC57" s="46">
         <v>0</v>
       </c>
       <c r="GD57" s="46">
         <v>0</v>
       </c>
       <c r="GE57" s="46">
         <v>0</v>
       </c>
       <c r="GF57" s="46">
         <v>0</v>
       </c>
       <c r="GG57" s="46">
         <v>0</v>
       </c>
       <c r="GH57" s="46">
         <v>0</v>
       </c>
       <c r="GI57" s="46">
         <v>0</v>
       </c>
       <c r="GJ57" s="46">
         <v>0</v>
       </c>
       <c r="GK57" s="46">
+        <v>0</v>
+      </c>
+      <c r="GL57" s="46">
         <v>4964.4413000000004</v>
       </c>
-      <c r="GL57" s="46">
-[...1 lines deleted...]
-      </c>
       <c r="GM57" s="46">
         <v>0</v>
       </c>
       <c r="GN57" s="46">
+        <v>0</v>
+      </c>
+      <c r="GO57" s="46">
         <v>4.3639999999999999</v>
       </c>
-      <c r="GO57" s="46">
-[...1 lines deleted...]
-      </c>
       <c r="GP57" s="46">
         <v>0</v>
       </c>
       <c r="GQ57" s="46">
         <v>0</v>
       </c>
       <c r="GR57" s="46">
         <v>0</v>
       </c>
       <c r="GS57" s="46">
         <v>0</v>
       </c>
       <c r="GT57" s="46">
         <v>0</v>
       </c>
       <c r="GU57" s="46">
+        <v>0</v>
+      </c>
+      <c r="GV57" s="46">
         <v>39.368000000000002</v>
       </c>
-      <c r="GV57" s="46">
-[...1 lines deleted...]
-      </c>
       <c r="GW57" s="46">
         <v>0</v>
       </c>
       <c r="GX57" s="46">
         <v>0</v>
       </c>
       <c r="GY57" s="46">
         <v>0</v>
       </c>
       <c r="GZ57" s="46">
         <v>0</v>
       </c>
       <c r="HA57" s="46">
         <v>0</v>
       </c>
       <c r="HB57" s="46">
         <v>0</v>
       </c>
       <c r="HC57" s="46">
         <v>0</v>
       </c>
       <c r="HD57" s="46">
         <v>0</v>
       </c>
       <c r="HE57" s="46">
@@ -36632,78 +37084,87 @@
       <c r="HI57" s="46">
         <v>0</v>
       </c>
       <c r="HJ57" s="46">
         <v>0</v>
       </c>
       <c r="HK57" s="46">
         <v>0</v>
       </c>
       <c r="HL57" s="46">
         <v>0</v>
       </c>
       <c r="HM57" s="46">
         <v>0</v>
       </c>
       <c r="HN57" s="46">
         <v>0</v>
       </c>
       <c r="HO57" s="46">
         <v>0</v>
       </c>
       <c r="HP57" s="46">
         <v>0</v>
       </c>
       <c r="HQ57" s="46">
+        <v>0</v>
+      </c>
+      <c r="HR57" s="46">
         <v>0.90591999999999995</v>
       </c>
-      <c r="HR57" s="46">
-[...1 lines deleted...]
-      </c>
       <c r="HS57" s="46">
         <v>0</v>
       </c>
       <c r="HT57" s="46">
         <v>0</v>
       </c>
       <c r="HU57" s="46">
         <v>0</v>
       </c>
       <c r="HV57" s="46">
         <v>0</v>
       </c>
       <c r="HW57" s="46">
         <v>0</v>
       </c>
       <c r="HX57" s="46">
         <v>0</v>
       </c>
       <c r="HY57" s="46">
         <v>0</v>
       </c>
+      <c r="HZ57" s="46">
+        <v>0</v>
+      </c>
+      <c r="IA57" s="46">
+        <v>0</v>
+      </c>
+      <c r="IB57" s="46">
+        <v>0</v>
+      </c>
     </row>
-    <row r="58" spans="1:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="58" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B58" s="26" t="s">
         <v>74</v>
       </c>
       <c r="C58" s="27">
         <v>0</v>
       </c>
       <c r="D58" s="27">
         <v>0</v>
       </c>
       <c r="E58" s="27">
         <v>0</v>
       </c>
       <c r="F58" s="27">
         <v>0</v>
       </c>
       <c r="G58" s="27">
         <v>0</v>
       </c>
       <c r="H58" s="27">
         <v>0</v>
       </c>
       <c r="I58" s="27">
         <v>0</v>
       </c>
       <c r="J58" s="27">
@@ -36864,51 +37325,51 @@
       </c>
       <c r="BJ58" s="27">
         <v>0</v>
       </c>
       <c r="BK58" s="27">
         <v>0</v>
       </c>
       <c r="BL58" s="27">
         <v>0</v>
       </c>
       <c r="BM58" s="27">
         <v>0</v>
       </c>
       <c r="BN58" s="27">
         <v>0</v>
       </c>
       <c r="BO58" s="27">
         <v>0</v>
       </c>
       <c r="BP58" s="27">
         <v>0</v>
       </c>
       <c r="BQ58" s="27">
         <v>0</v>
       </c>
-      <c r="BR58" s="25">
+      <c r="BR58" s="27">
         <v>0</v>
       </c>
       <c r="BS58" s="25">
         <v>0</v>
       </c>
       <c r="BT58" s="25">
         <v>0</v>
       </c>
       <c r="BU58" s="25">
         <v>0</v>
       </c>
       <c r="BV58" s="25">
         <v>0</v>
       </c>
       <c r="BW58" s="25">
         <v>0</v>
       </c>
       <c r="BX58" s="25">
         <v>0</v>
       </c>
       <c r="BY58" s="25">
         <v>0</v>
       </c>
       <c r="BZ58" s="25">
         <v>0</v>
@@ -37074,51 +37535,51 @@
       </c>
       <c r="EB58" s="25">
         <v>0</v>
       </c>
       <c r="EC58" s="25">
         <v>0</v>
       </c>
       <c r="ED58" s="25">
         <v>0</v>
       </c>
       <c r="EE58" s="25">
         <v>0</v>
       </c>
       <c r="EF58" s="25">
         <v>0</v>
       </c>
       <c r="EG58" s="25">
         <v>0</v>
       </c>
       <c r="EH58" s="25">
         <v>0</v>
       </c>
       <c r="EI58" s="25">
         <v>0</v>
       </c>
-      <c r="EJ58" s="46">
+      <c r="EJ58" s="25">
         <v>0</v>
       </c>
       <c r="EK58" s="46">
         <v>0</v>
       </c>
       <c r="EL58" s="46">
         <v>0</v>
       </c>
       <c r="EM58" s="46">
         <v>0</v>
       </c>
       <c r="EN58" s="46">
         <v>0</v>
       </c>
       <c r="EO58" s="46">
         <v>0</v>
       </c>
       <c r="EP58" s="46">
         <v>0</v>
       </c>
       <c r="EQ58" s="46">
         <v>0</v>
       </c>
       <c r="ER58" s="46">
         <v>0</v>
@@ -37356,52 +37817,61 @@
       </c>
       <c r="HR58" s="46">
         <v>0</v>
       </c>
       <c r="HS58" s="46">
         <v>0</v>
       </c>
       <c r="HT58" s="46">
         <v>0</v>
       </c>
       <c r="HU58" s="46">
         <v>0</v>
       </c>
       <c r="HV58" s="46">
         <v>0</v>
       </c>
       <c r="HW58" s="46">
         <v>0</v>
       </c>
       <c r="HX58" s="46">
         <v>0</v>
       </c>
       <c r="HY58" s="46">
         <v>0</v>
       </c>
+      <c r="HZ58" s="46">
+        <v>0</v>
+      </c>
+      <c r="IA58" s="46">
+        <v>0</v>
+      </c>
+      <c r="IB58" s="46">
+        <v>0</v>
+      </c>
     </row>
-    <row r="59" spans="1:233" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:236" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A59" s="3"/>
       <c r="B59" s="20" t="s">
         <v>81</v>
       </c>
       <c r="C59" s="21">
         <v>672.24470120000001</v>
       </c>
       <c r="D59" s="21">
         <v>746.61297351999997</v>
       </c>
       <c r="E59" s="21">
         <v>3706.6003763599997</v>
       </c>
       <c r="F59" s="21">
         <v>1764.6766489300003</v>
       </c>
       <c r="G59" s="21">
         <v>570.26345820000006</v>
       </c>
       <c r="H59" s="21">
         <v>839.32368526000005</v>
       </c>
       <c r="I59" s="21">
         <v>487.31669497000007</v>
       </c>
@@ -37563,544 +38033,553 @@
       </c>
       <c r="BJ59" s="21">
         <v>3.4454283999999999</v>
       </c>
       <c r="BK59" s="21">
         <v>1146.9571155000001</v>
       </c>
       <c r="BL59" s="21">
         <v>8.252397199999999</v>
       </c>
       <c r="BM59" s="21">
         <v>65.850101880000011</v>
       </c>
       <c r="BN59" s="21">
         <v>-1.474</v>
       </c>
       <c r="BO59" s="21">
         <v>205.82004845</v>
       </c>
       <c r="BP59" s="21">
         <v>42.090151999999996</v>
       </c>
       <c r="BQ59" s="21">
         <v>1.2504470000000001</v>
       </c>
-      <c r="BR59" s="22">
+      <c r="BR59" s="21">
+        <v>9.8163087999999998</v>
+      </c>
+      <c r="BS59" s="22">
         <v>-29.823</v>
       </c>
-      <c r="BS59" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="BT59" s="22">
+        <v>0</v>
+      </c>
+      <c r="BU59" s="22">
         <v>26.2</v>
       </c>
-      <c r="BU59" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="BV59" s="22">
+        <v>0</v>
+      </c>
+      <c r="BW59" s="22">
         <v>42.235999999999997</v>
       </c>
-      <c r="BW59" s="22">
+      <c r="BX59" s="22">
         <v>-5.7</v>
       </c>
-      <c r="BX59" s="22">
+      <c r="BY59" s="22">
         <v>230.0256</v>
       </c>
-      <c r="BY59" s="22">
+      <c r="BZ59" s="22">
         <v>0.93522000000000005</v>
       </c>
-      <c r="BZ59" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="CA59" s="22">
+        <v>0</v>
+      </c>
+      <c r="CB59" s="22">
         <v>370.69988119999999</v>
       </c>
-      <c r="CB59" s="22">
+      <c r="CC59" s="22">
         <v>4</v>
       </c>
-      <c r="CC59" s="22">
+      <c r="CD59" s="22">
         <v>33.671000000000006</v>
       </c>
-      <c r="CD59" s="22">
+      <c r="CE59" s="22">
         <v>78.282710000000009</v>
       </c>
-      <c r="CE59" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="CF59" s="22">
+        <v>0</v>
+      </c>
+      <c r="CG59" s="22">
         <v>113.90486</v>
       </c>
-      <c r="CG59" s="22">
+      <c r="CH59" s="22">
         <v>0.155</v>
       </c>
-      <c r="CH59" s="22">
+      <c r="CI59" s="22">
         <v>-13.276450000000001</v>
       </c>
-      <c r="CI59" s="22">
+      <c r="CJ59" s="22">
         <v>192.135017</v>
       </c>
-      <c r="CJ59" s="22">
+      <c r="CK59" s="22">
         <v>-3.6959633799999994</v>
       </c>
-      <c r="CK59" s="22">
+      <c r="CL59" s="22">
         <v>73.624099999999999</v>
       </c>
-      <c r="CL59" s="22">
+      <c r="CM59" s="22">
         <v>71.830399999999997</v>
       </c>
-      <c r="CM59" s="22">
+      <c r="CN59" s="22">
         <v>371.23779999999999</v>
       </c>
-      <c r="CN59" s="22">
+      <c r="CO59" s="22">
         <v>-246.99530010000004</v>
       </c>
-      <c r="CO59" s="22">
+      <c r="CP59" s="22">
         <v>109.41079999999999</v>
       </c>
-      <c r="CP59" s="22">
+      <c r="CQ59" s="22">
         <v>6.51119</v>
       </c>
-      <c r="CQ59" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="CR59" s="22">
+        <v>0</v>
+      </c>
+      <c r="CS59" s="22">
         <v>485.07329152</v>
       </c>
-      <c r="CS59" s="22">
+      <c r="CT59" s="22">
         <v>158.52168</v>
       </c>
-      <c r="CT59" s="22">
+      <c r="CU59" s="22">
         <v>139.77099999999999</v>
       </c>
-      <c r="CU59" s="22">
+      <c r="CV59" s="22">
         <v>622.58697999999993</v>
       </c>
-      <c r="CV59" s="22">
+      <c r="CW59" s="22">
         <v>306.53510420000003</v>
       </c>
-      <c r="CW59" s="22">
+      <c r="CX59" s="22">
         <v>211.52011999999999</v>
       </c>
-      <c r="CX59" s="22">
+      <c r="CY59" s="22">
         <v>107.11904000000001</v>
       </c>
-      <c r="CY59" s="22">
+      <c r="CZ59" s="22">
         <v>382.53469000000001</v>
       </c>
-      <c r="CZ59" s="22">
+      <c r="DA59" s="22">
         <v>1143.22032939</v>
       </c>
-      <c r="DA59" s="22">
+      <c r="DB59" s="22">
         <v>143.20695125</v>
       </c>
-      <c r="DB59" s="22">
+      <c r="DC59" s="22">
         <v>-273.23770999999999</v>
       </c>
-      <c r="DC59" s="22">
+      <c r="DD59" s="22">
         <v>110.84840452</v>
       </c>
-      <c r="DD59" s="22">
+      <c r="DE59" s="22">
         <v>2.90889</v>
       </c>
-      <c r="DE59" s="22">
+      <c r="DF59" s="22">
         <v>1226.6607366200001</v>
       </c>
-      <c r="DF59" s="22">
+      <c r="DG59" s="22">
         <v>12.815200000000001</v>
       </c>
-      <c r="DG59" s="22">
+      <c r="DH59" s="22">
         <v>79.546250000000001</v>
       </c>
-      <c r="DH59" s="22">
+      <c r="DI59" s="22">
         <v>119.81288000000001</v>
       </c>
-      <c r="DI59" s="22">
+      <c r="DJ59" s="22">
         <v>143.03607</v>
       </c>
-      <c r="DJ59" s="22">
+      <c r="DK59" s="22">
         <v>25.946680000000001</v>
       </c>
-      <c r="DK59" s="22">
+      <c r="DL59" s="22">
         <v>249.38729828999999</v>
       </c>
-      <c r="DL59" s="22">
+      <c r="DM59" s="22">
         <v>30.286099499999999</v>
       </c>
-      <c r="DM59" s="22">
+      <c r="DN59" s="22">
         <v>36.665849999999999</v>
       </c>
-      <c r="DN59" s="22">
+      <c r="DO59" s="22">
         <v>123.18040000000001</v>
       </c>
-      <c r="DO59" s="22">
+      <c r="DP59" s="22">
         <v>123.2587544</v>
       </c>
-      <c r="DP59" s="22">
+      <c r="DQ59" s="22">
         <v>46.9253225</v>
       </c>
-      <c r="DQ59" s="22">
+      <c r="DR59" s="22">
         <v>-16.774839999999983</v>
       </c>
-      <c r="DR59" s="22">
+      <c r="DS59" s="22">
         <v>-3.6180987</v>
       </c>
-      <c r="DS59" s="22">
+      <c r="DT59" s="22">
         <v>10</v>
       </c>
-      <c r="DT59" s="22">
+      <c r="DU59" s="22">
         <v>-1.488</v>
       </c>
-      <c r="DU59" s="22">
+      <c r="DV59" s="22">
         <v>11.154899999999998</v>
       </c>
-      <c r="DV59" s="22">
+      <c r="DW59" s="22">
         <v>20.030999999999999</v>
       </c>
-      <c r="DW59" s="22">
+      <c r="DX59" s="22">
         <v>174.57400000000001</v>
       </c>
-      <c r="DX59" s="22">
+      <c r="DY59" s="22">
         <v>65.130389999999991</v>
       </c>
-      <c r="DY59" s="22">
+      <c r="DZ59" s="22">
         <v>17.88963</v>
       </c>
-      <c r="DZ59" s="22">
+      <c r="EA59" s="22">
         <v>132.54872</v>
       </c>
-      <c r="EA59" s="22">
+      <c r="EB59" s="22">
         <v>165.60730787</v>
       </c>
-      <c r="EB59" s="22">
+      <c r="EC59" s="22">
         <v>155.50414000000001</v>
       </c>
-      <c r="EC59" s="22">
+      <c r="ED59" s="22">
         <v>-7.2400000000000006E-2</v>
       </c>
-      <c r="ED59" s="22">
+      <c r="EE59" s="22">
         <v>54.930410000000002</v>
       </c>
-      <c r="EE59" s="22">
+      <c r="EF59" s="22">
         <v>79.926128750000004</v>
       </c>
-      <c r="EF59" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="EG59" s="22">
+        <v>0</v>
+      </c>
+      <c r="EH59" s="22">
         <v>2.2000000000000002</v>
       </c>
-      <c r="EH59" s="22">
+      <c r="EI59" s="22">
         <v>34.469568639999999</v>
       </c>
-      <c r="EI59" s="22">
+      <c r="EJ59" s="22">
         <v>60.385580000000004</v>
       </c>
-      <c r="EJ59" s="45">
+      <c r="EK59" s="45">
         <v>165.12423000000001</v>
       </c>
-      <c r="EK59" s="45">
+      <c r="EL59" s="45">
         <v>-11.3</v>
       </c>
-      <c r="EL59" s="45">
-[...1 lines deleted...]
-      </c>
       <c r="EM59" s="45">
+        <v>0</v>
+      </c>
+      <c r="EN59" s="45">
         <v>107.68138999999999</v>
       </c>
-      <c r="EN59" s="45">
+      <c r="EO59" s="45">
         <v>-40.005769999999998</v>
       </c>
-      <c r="EO59" s="45">
+      <c r="EP59" s="45">
         <v>57.493816530000004</v>
       </c>
-      <c r="EP59" s="45">
+      <c r="EQ59" s="45">
         <v>23.624590000000001</v>
       </c>
-      <c r="EQ59" s="45">
+      <c r="ER59" s="45">
         <v>10</v>
       </c>
-      <c r="ER59" s="45">
+      <c r="ES59" s="45">
         <v>119.64850099</v>
       </c>
-      <c r="ES59" s="45">
+      <c r="ET59" s="45">
         <v>48.068497749999999</v>
       </c>
-      <c r="ET59" s="45">
+      <c r="EU59" s="45">
         <v>-30.619521460000001</v>
       </c>
-      <c r="EU59" s="45">
+      <c r="EV59" s="45">
         <v>32.43599116</v>
       </c>
-      <c r="EV59" s="45">
+      <c r="EW59" s="45">
         <v>134.3904</v>
       </c>
-      <c r="EW59" s="45">
+      <c r="EX59" s="45">
         <v>24.598800000000001</v>
       </c>
-      <c r="EX59" s="45">
+      <c r="EY59" s="45">
         <v>37.593510689999995</v>
       </c>
-      <c r="EY59" s="45">
+      <c r="EZ59" s="45">
         <v>12.95039775</v>
       </c>
-      <c r="EZ59" s="45">
+      <c r="FA59" s="45">
         <v>201.4899388</v>
       </c>
-      <c r="FA59" s="45">
+      <c r="FB59" s="45">
         <v>-1.398666E-2</v>
       </c>
-      <c r="FB59" s="45">
+      <c r="FC59" s="45">
         <v>28.88214</v>
       </c>
-      <c r="FC59" s="45">
+      <c r="FD59" s="45">
         <v>-223.75309000000001</v>
       </c>
-      <c r="FD59" s="45">
+      <c r="FE59" s="45">
         <v>172.72282495000002</v>
       </c>
-      <c r="FE59" s="45">
+      <c r="FF59" s="45">
         <v>46.758310000000002</v>
       </c>
-      <c r="FF59" s="45">
+      <c r="FG59" s="45">
         <v>19.516884999999998</v>
       </c>
-      <c r="FG59" s="45">
-[...1 lines deleted...]
-      </c>
       <c r="FH59" s="45">
+        <v>0</v>
+      </c>
+      <c r="FI59" s="45">
         <v>2.1829999999999998</v>
       </c>
-      <c r="FI59" s="45">
+      <c r="FJ59" s="45">
         <v>291.89595958999996</v>
       </c>
-      <c r="FJ59" s="45">
+      <c r="FK59" s="45">
         <v>32.5</v>
       </c>
-      <c r="FK59" s="45">
+      <c r="FL59" s="45">
         <v>139.39152000000001</v>
       </c>
-      <c r="FL59" s="45">
+      <c r="FM59" s="45">
         <v>0.5</v>
       </c>
-      <c r="FM59" s="45">
-[...1 lines deleted...]
-      </c>
       <c r="FN59" s="45">
+        <v>0</v>
+      </c>
+      <c r="FO59" s="45">
         <v>-259.42823168000001</v>
       </c>
-      <c r="FO59" s="45">
-[...1 lines deleted...]
-      </c>
       <c r="FP59" s="45">
+        <v>0</v>
+      </c>
+      <c r="FQ59" s="45">
         <v>64.170970909999994</v>
       </c>
-      <c r="FQ59" s="45">
+      <c r="FR59" s="45">
         <v>0.5741544799999998</v>
       </c>
-      <c r="FR59" s="45">
+      <c r="FS59" s="45">
         <v>36.225583180000001</v>
       </c>
-      <c r="FS59" s="45">
+      <c r="FT59" s="45">
         <v>1.3049999999999999</v>
       </c>
-      <c r="FT59" s="45">
+      <c r="FU59" s="45">
         <v>137.00589789</v>
       </c>
-      <c r="FU59" s="45">
+      <c r="FV59" s="45">
         <v>63.45599</v>
       </c>
-      <c r="FV59" s="45">
+      <c r="FW59" s="45">
         <v>308.54640000000001</v>
       </c>
-      <c r="FW59" s="45">
+      <c r="FX59" s="45">
         <v>0.15901298</v>
       </c>
-      <c r="FX59" s="45">
+      <c r="FY59" s="45">
         <v>35.980259400000001</v>
       </c>
-      <c r="FY59" s="45">
+      <c r="FZ59" s="45">
         <v>203.84009644999998</v>
       </c>
-      <c r="FZ59" s="45">
+      <c r="GA59" s="45">
         <v>-1.7930600000000001</v>
       </c>
-      <c r="GA59" s="45">
+      <c r="GB59" s="45">
         <v>-16.016169999999999</v>
       </c>
-      <c r="GB59" s="45">
+      <c r="GC59" s="45">
         <v>399.46999</v>
       </c>
-      <c r="GC59" s="45">
+      <c r="GD59" s="45">
         <v>7.3290961100000001</v>
       </c>
-      <c r="GD59" s="45">
-[...1 lines deleted...]
-      </c>
       <c r="GE59" s="45">
+        <v>0</v>
+      </c>
+      <c r="GF59" s="45">
         <v>1.4824999999999999</v>
       </c>
-      <c r="GF59" s="45">
+      <c r="GG59" s="45">
         <v>2.4057900000000014</v>
       </c>
-      <c r="GG59" s="45">
+      <c r="GH59" s="45">
         <v>729.62594228</v>
       </c>
-      <c r="GH59" s="45">
+      <c r="GI59" s="45">
         <v>565.08807152999998</v>
       </c>
-      <c r="GI59" s="45">
+      <c r="GJ59" s="45">
         <v>-8.0738502000000008</v>
       </c>
-      <c r="GJ59" s="45">
+      <c r="GK59" s="45">
         <v>3.0000800000000001</v>
       </c>
-      <c r="GK59" s="45">
+      <c r="GL59" s="45">
         <v>-71.06396196</v>
       </c>
-      <c r="GL59" s="45">
+      <c r="GM59" s="45">
         <v>-930.66185259999997</v>
       </c>
-      <c r="GM59" s="45">
+      <c r="GN59" s="45">
         <v>28.339895540000004</v>
       </c>
-      <c r="GN59" s="45">
+      <c r="GO59" s="45">
         <v>231</v>
       </c>
-      <c r="GO59" s="45">
+      <c r="GP59" s="45">
         <v>115.81855179999999</v>
       </c>
-      <c r="GP59" s="45">
+      <c r="GQ59" s="45">
         <v>9.9088999999999992</v>
       </c>
-      <c r="GQ59" s="45">
+      <c r="GR59" s="45">
         <v>-2.0668728299999999</v>
       </c>
-      <c r="GR59" s="45">
+      <c r="GS59" s="45">
         <v>6.09427567</v>
       </c>
-      <c r="GS59" s="45">
+      <c r="GT59" s="45">
         <v>4.7444687800000001</v>
       </c>
-      <c r="GT59" s="45">
+      <c r="GU59" s="45">
         <v>0.84678820000000066</v>
       </c>
-      <c r="GU59" s="45">
+      <c r="GV59" s="45">
         <v>-4.2300328999999994</v>
       </c>
-      <c r="GV59" s="45">
+      <c r="GW59" s="45">
         <v>7.4200000000000004E-4</v>
       </c>
-      <c r="GW59" s="45">
+      <c r="GX59" s="45">
         <v>8.8636339999999993</v>
       </c>
-      <c r="GX59" s="45">
-[...1 lines deleted...]
-      </c>
       <c r="GY59" s="45">
+        <v>0</v>
+      </c>
+      <c r="GZ59" s="45">
         <v>-23.628466100000004</v>
       </c>
-      <c r="GZ59" s="45">
-[...1 lines deleted...]
-      </c>
       <c r="HA59" s="45">
+        <v>0</v>
+      </c>
+      <c r="HB59" s="45">
         <v>6.6360000000000002E-2</v>
       </c>
-      <c r="HB59" s="45">
+      <c r="HC59" s="45">
         <v>3.3790684</v>
       </c>
-      <c r="HC59" s="45">
+      <c r="HD59" s="45">
         <v>-0.27890555</v>
       </c>
-      <c r="HD59" s="45">
+      <c r="HE59" s="45">
         <v>-7.0512600000000009E-2</v>
       </c>
-      <c r="HE59" s="45">
+      <c r="HF59" s="45">
         <v>1147.3065336500001</v>
       </c>
-      <c r="HF59" s="45">
+      <c r="HG59" s="45">
         <v>8.6506909999999984</v>
       </c>
-      <c r="HG59" s="45">
-[...1 lines deleted...]
-      </c>
       <c r="HH59" s="45">
+        <v>0</v>
+      </c>
+      <c r="HI59" s="45">
         <v>-0.39829380000000003</v>
       </c>
-      <c r="HI59" s="45">
+      <c r="HJ59" s="45">
         <v>8.0453434599999998</v>
       </c>
-      <c r="HJ59" s="45">
+      <c r="HK59" s="45">
         <v>5.3662062199999996</v>
       </c>
-      <c r="HK59" s="45">
+      <c r="HL59" s="45">
         <v>52.438552200000004</v>
       </c>
-      <c r="HL59" s="45">
+      <c r="HM59" s="45">
         <v>-1.474</v>
       </c>
-      <c r="HM59" s="45">
-[...1 lines deleted...]
-      </c>
       <c r="HN59" s="45">
         <v>0</v>
       </c>
       <c r="HO59" s="45">
+        <v>0</v>
+      </c>
+      <c r="HP59" s="45">
         <v>11.93890139</v>
       </c>
-      <c r="HP59" s="45">
+      <c r="HQ59" s="45">
         <v>184.04960706</v>
       </c>
-      <c r="HQ59" s="45">
+      <c r="HR59" s="45">
         <v>9.8315400000000004</v>
       </c>
-      <c r="HR59" s="45">
+      <c r="HS59" s="45">
         <v>11.911508719999997</v>
       </c>
-      <c r="HS59" s="45">
+      <c r="HT59" s="45">
         <v>31.516069999999999</v>
       </c>
-      <c r="HT59" s="45">
+      <c r="HU59" s="45">
         <v>-1.3374267200000001</v>
       </c>
-      <c r="HU59" s="45">
-[...1 lines deleted...]
-      </c>
       <c r="HV59" s="45">
+        <v>0</v>
+      </c>
+      <c r="HW59" s="45">
         <v>0.27584700000000001</v>
       </c>
-      <c r="HW59" s="45">
+      <c r="HX59" s="45">
         <v>0.97460000000000002</v>
       </c>
-      <c r="HX59" s="45">
+      <c r="HY59" s="45">
         <v>4.8142387999999992</v>
       </c>
-      <c r="HY59" s="45">
-        <v>0</v>
+      <c r="HZ59" s="45">
+        <v>0</v>
+      </c>
+      <c r="IA59" s="45">
+        <v>5.0020700000000007</v>
+      </c>
+      <c r="IB59" s="45">
+        <v>16.095293000000002</v>
       </c>
     </row>
-    <row r="60" spans="1:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="60" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B60" s="23" t="s">
         <v>73</v>
       </c>
       <c r="C60" s="24">
         <v>670.24470120000001</v>
       </c>
       <c r="D60" s="24">
         <v>748.72262351999984</v>
       </c>
       <c r="E60" s="24">
         <v>3639.6639963600001</v>
       </c>
       <c r="F60" s="24">
         <v>1746.49824893</v>
       </c>
       <c r="G60" s="24">
         <v>577.78643820000002</v>
       </c>
       <c r="H60" s="24">
         <v>843.05777025999998</v>
       </c>
       <c r="I60" s="24">
         <v>474.71669497000005</v>
       </c>
       <c r="J60" s="24">
@@ -38261,544 +38740,553 @@
       </c>
       <c r="BJ60" s="24">
         <v>3.4454283999999999</v>
       </c>
       <c r="BK60" s="24">
         <v>1146.9571155000001</v>
       </c>
       <c r="BL60" s="24">
         <v>8.252397199999999</v>
       </c>
       <c r="BM60" s="24">
         <v>65.835101879999996</v>
       </c>
       <c r="BN60" s="24">
         <v>-1.474</v>
       </c>
       <c r="BO60" s="24">
         <v>205.82004845</v>
       </c>
       <c r="BP60" s="24">
         <v>42.090151999999996</v>
       </c>
       <c r="BQ60" s="24">
         <v>1.2504470000000001</v>
       </c>
-      <c r="BR60" s="25">
+      <c r="BR60" s="24">
+        <v>10.4854012</v>
+      </c>
+      <c r="BS60" s="25">
         <v>-29.823</v>
       </c>
-      <c r="BS60" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="BT60" s="25">
+        <v>0</v>
+      </c>
+      <c r="BU60" s="25">
         <v>26.2</v>
       </c>
-      <c r="BU60" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="BV60" s="25">
+        <v>0</v>
+      </c>
+      <c r="BW60" s="25">
         <v>42.235999999999997</v>
       </c>
-      <c r="BW60" s="25">
+      <c r="BX60" s="25">
         <v>-5.7</v>
       </c>
-      <c r="BX60" s="25">
+      <c r="BY60" s="25">
         <v>230.0256</v>
       </c>
-      <c r="BY60" s="25">
+      <c r="BZ60" s="25">
         <v>0.93522000000000005</v>
       </c>
-      <c r="BZ60" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="CA60" s="25">
+        <v>0</v>
+      </c>
+      <c r="CB60" s="25">
         <v>370.69988119999999</v>
       </c>
-      <c r="CB60" s="25">
+      <c r="CC60" s="25">
         <v>2</v>
       </c>
-      <c r="CC60" s="25">
+      <c r="CD60" s="25">
         <v>33.671000000000006</v>
       </c>
-      <c r="CD60" s="25">
+      <c r="CE60" s="25">
         <v>78.282710000000009</v>
       </c>
-      <c r="CE60" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="CF60" s="25">
+        <v>0</v>
+      </c>
+      <c r="CG60" s="25">
         <v>113.90486</v>
       </c>
-      <c r="CG60" s="25">
+      <c r="CH60" s="25">
         <v>0.155</v>
       </c>
-      <c r="CH60" s="25">
+      <c r="CI60" s="25">
         <v>-13.276450000000001</v>
       </c>
-      <c r="CI60" s="25">
+      <c r="CJ60" s="25">
         <v>192.135017</v>
       </c>
-      <c r="CJ60" s="25">
+      <c r="CK60" s="25">
         <v>-3.6959633799999994</v>
       </c>
-      <c r="CK60" s="25">
+      <c r="CL60" s="25">
         <v>73.624099999999999</v>
       </c>
-      <c r="CL60" s="25">
+      <c r="CM60" s="25">
         <v>78.235900000000001</v>
       </c>
-      <c r="CM60" s="25">
+      <c r="CN60" s="25">
         <v>371.23779999999999</v>
       </c>
-      <c r="CN60" s="25">
+      <c r="CO60" s="25">
         <v>-251.29115010000004</v>
       </c>
-      <c r="CO60" s="25">
+      <c r="CP60" s="25">
         <v>109.41079999999999</v>
       </c>
-      <c r="CP60" s="25">
+      <c r="CQ60" s="25">
         <v>6.51119</v>
       </c>
-      <c r="CQ60" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="CR60" s="25">
+        <v>0</v>
+      </c>
+      <c r="CS60" s="25">
         <v>485.07329152</v>
       </c>
-      <c r="CS60" s="25">
+      <c r="CT60" s="25">
         <v>158.52168</v>
       </c>
-      <c r="CT60" s="25">
+      <c r="CU60" s="25">
         <v>139.77099999999999</v>
       </c>
-      <c r="CU60" s="25">
+      <c r="CV60" s="25">
         <v>629.64747999999997</v>
       </c>
-      <c r="CV60" s="25">
+      <c r="CW60" s="25">
         <v>307.28510420000003</v>
       </c>
-      <c r="CW60" s="25">
+      <c r="CX60" s="25">
         <v>211.52011999999999</v>
       </c>
-      <c r="CX60" s="25">
+      <c r="CY60" s="25">
         <v>107.60196000000001</v>
       </c>
-      <c r="CY60" s="25">
+      <c r="CZ60" s="25">
         <v>307.30489</v>
       </c>
-      <c r="CZ60" s="25">
+      <c r="DA60" s="25">
         <v>1143.22032939</v>
       </c>
-      <c r="DA60" s="25">
+      <c r="DB60" s="25">
         <v>143.20695125</v>
       </c>
-      <c r="DB60" s="25">
+      <c r="DC60" s="25">
         <v>-273.23770999999999</v>
       </c>
-      <c r="DC60" s="25">
+      <c r="DD60" s="25">
         <v>110.84840452</v>
       </c>
-      <c r="DD60" s="25">
+      <c r="DE60" s="25">
         <v>2.90889</v>
       </c>
-      <c r="DE60" s="25">
+      <c r="DF60" s="25">
         <v>1226.6607366200001</v>
       </c>
-      <c r="DF60" s="25">
+      <c r="DG60" s="25">
         <v>12.815200000000001</v>
       </c>
-      <c r="DG60" s="25">
+      <c r="DH60" s="25">
         <v>79.546250000000001</v>
       </c>
-      <c r="DH60" s="25">
+      <c r="DI60" s="25">
         <v>119.81288000000001</v>
       </c>
-      <c r="DI60" s="25">
+      <c r="DJ60" s="25">
         <v>143.03607</v>
       </c>
-      <c r="DJ60" s="25">
+      <c r="DK60" s="25">
         <v>25.538679999999999</v>
       </c>
-      <c r="DK60" s="25">
+      <c r="DL60" s="25">
         <v>249.38729828999999</v>
       </c>
-      <c r="DL60" s="25">
+      <c r="DM60" s="25">
         <v>12.5156995</v>
       </c>
-      <c r="DM60" s="25">
+      <c r="DN60" s="25">
         <v>36.665849999999999</v>
       </c>
-      <c r="DN60" s="25">
+      <c r="DO60" s="25">
         <v>123.18040000000001</v>
       </c>
-      <c r="DO60" s="25">
+      <c r="DP60" s="25">
         <v>123.2587544</v>
       </c>
-      <c r="DP60" s="25">
+      <c r="DQ60" s="25">
         <v>46.9253225</v>
       </c>
-      <c r="DQ60" s="25">
+      <c r="DR60" s="25">
         <v>-16.774839999999983</v>
       </c>
-      <c r="DR60" s="25">
+      <c r="DS60" s="25">
         <v>-3.6180987</v>
       </c>
-      <c r="DS60" s="25">
+      <c r="DT60" s="25">
         <v>10</v>
       </c>
-      <c r="DT60" s="25">
+      <c r="DU60" s="25">
         <v>-1.488</v>
       </c>
-      <c r="DU60" s="25">
+      <c r="DV60" s="25">
         <v>11.154899999999998</v>
       </c>
-      <c r="DV60" s="25">
+      <c r="DW60" s="25">
         <v>20.030999999999999</v>
       </c>
-      <c r="DW60" s="25">
+      <c r="DX60" s="25">
         <v>174.57400000000001</v>
       </c>
-      <c r="DX60" s="25">
+      <c r="DY60" s="25">
         <v>72.653369999999995</v>
       </c>
-      <c r="DY60" s="25">
+      <c r="DZ60" s="25">
         <v>17.88963</v>
       </c>
-      <c r="DZ60" s="25">
+      <c r="EA60" s="25">
         <v>132.54872</v>
       </c>
-      <c r="EA60" s="25">
+      <c r="EB60" s="25">
         <v>165.60730787</v>
       </c>
-      <c r="EB60" s="25">
+      <c r="EC60" s="25">
         <v>155.50414000000001</v>
       </c>
-      <c r="EC60" s="25">
+      <c r="ED60" s="25">
         <v>-7.2400000000000006E-2</v>
       </c>
-      <c r="ED60" s="25">
+      <c r="EE60" s="25">
         <v>54.930410000000002</v>
       </c>
-      <c r="EE60" s="25">
+      <c r="EF60" s="25">
         <v>79.926128750000004</v>
       </c>
-      <c r="EF60" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="EG60" s="25">
+        <v>0</v>
+      </c>
+      <c r="EH60" s="25">
         <v>2.2000000000000002</v>
       </c>
-      <c r="EH60" s="25">
+      <c r="EI60" s="25">
         <v>34.469568639999999</v>
       </c>
-      <c r="EI60" s="25">
+      <c r="EJ60" s="25">
         <v>60.385580000000004</v>
       </c>
-      <c r="EJ60" s="46">
+      <c r="EK60" s="46">
         <v>165.12423000000001</v>
       </c>
-      <c r="EK60" s="46">
+      <c r="EL60" s="46">
         <v>-7.5659150000000004</v>
       </c>
-      <c r="EL60" s="46">
-[...1 lines deleted...]
-      </c>
       <c r="EM60" s="46">
+        <v>0</v>
+      </c>
+      <c r="EN60" s="46">
         <v>107.68138999999999</v>
       </c>
-      <c r="EN60" s="46">
+      <c r="EO60" s="46">
         <v>-40.005769999999998</v>
       </c>
-      <c r="EO60" s="46">
+      <c r="EP60" s="46">
         <v>57.493816530000004</v>
       </c>
-      <c r="EP60" s="46">
+      <c r="EQ60" s="46">
         <v>23.624590000000001</v>
       </c>
-      <c r="EQ60" s="46">
+      <c r="ER60" s="46">
         <v>10</v>
       </c>
-      <c r="ER60" s="46">
+      <c r="ES60" s="46">
         <v>119.64850099</v>
       </c>
-      <c r="ES60" s="46">
+      <c r="ET60" s="46">
         <v>48.068497749999999</v>
       </c>
-      <c r="ET60" s="46">
+      <c r="EU60" s="46">
         <v>-30.619521460000001</v>
       </c>
-      <c r="EU60" s="46">
+      <c r="EV60" s="46">
         <v>32.43599116</v>
       </c>
-      <c r="EV60" s="46">
+      <c r="EW60" s="46">
         <v>134.3904</v>
       </c>
-      <c r="EW60" s="46">
+      <c r="EX60" s="46">
         <v>11.998799999999999</v>
       </c>
-      <c r="EX60" s="46">
+      <c r="EY60" s="46">
         <v>37.593510689999995</v>
       </c>
-      <c r="EY60" s="46">
+      <c r="EZ60" s="46">
         <v>12.95039775</v>
       </c>
-      <c r="EZ60" s="46">
+      <c r="FA60" s="46">
         <v>201.4899388</v>
       </c>
-      <c r="FA60" s="46">
+      <c r="FB60" s="46">
         <v>-1.398666E-2</v>
       </c>
-      <c r="FB60" s="46">
+      <c r="FC60" s="46">
         <v>28.88214</v>
       </c>
-      <c r="FC60" s="46">
+      <c r="FD60" s="46">
         <v>-223.79309000000001</v>
       </c>
-      <c r="FD60" s="46">
+      <c r="FE60" s="46">
         <v>172.72282495000002</v>
       </c>
-      <c r="FE60" s="46">
+      <c r="FF60" s="46">
         <v>46.758310000000002</v>
       </c>
-      <c r="FF60" s="46">
+      <c r="FG60" s="46">
         <v>19.516884999999998</v>
       </c>
-      <c r="FG60" s="46">
-[...1 lines deleted...]
-      </c>
       <c r="FH60" s="46">
+        <v>0</v>
+      </c>
+      <c r="FI60" s="46">
         <v>0.78300000000000003</v>
       </c>
-      <c r="FI60" s="46">
+      <c r="FJ60" s="46">
         <v>291.89595958999996</v>
       </c>
-      <c r="FJ60" s="46">
+      <c r="FK60" s="46">
         <v>32.5</v>
       </c>
-      <c r="FK60" s="46">
+      <c r="FL60" s="46">
         <v>139.39152000000001</v>
       </c>
-      <c r="FL60" s="46">
+      <c r="FM60" s="46">
         <v>0.5</v>
       </c>
-      <c r="FM60" s="46">
-[...1 lines deleted...]
-      </c>
       <c r="FN60" s="46">
+        <v>0</v>
+      </c>
+      <c r="FO60" s="46">
         <v>-259.42823168000001</v>
       </c>
-      <c r="FO60" s="46">
-[...1 lines deleted...]
-      </c>
       <c r="FP60" s="46">
+        <v>0</v>
+      </c>
+      <c r="FQ60" s="46">
         <v>64.170970909999994</v>
       </c>
-      <c r="FQ60" s="46">
+      <c r="FR60" s="46">
         <v>-2.4258455200000002</v>
       </c>
-      <c r="FR60" s="46">
+      <c r="FS60" s="46">
         <v>36.225583180000001</v>
       </c>
-      <c r="FS60" s="46">
+      <c r="FT60" s="46">
         <v>1.3049999999999999</v>
       </c>
-      <c r="FT60" s="46">
+      <c r="FU60" s="46">
         <v>137.00589789</v>
       </c>
-      <c r="FU60" s="46">
+      <c r="FV60" s="46">
         <v>63.45599</v>
       </c>
-      <c r="FV60" s="46">
+      <c r="FW60" s="46">
         <v>308.54640000000001</v>
       </c>
-      <c r="FW60" s="46">
+      <c r="FX60" s="46">
         <v>0.15901298</v>
       </c>
-      <c r="FX60" s="46">
+      <c r="FY60" s="46">
         <v>35.980259400000001</v>
       </c>
-      <c r="FY60" s="46">
+      <c r="FZ60" s="46">
         <v>203.84009644999998</v>
       </c>
-      <c r="FZ60" s="46">
+      <c r="GA60" s="46">
         <v>-1.7930600000000001</v>
       </c>
-      <c r="GA60" s="46">
+      <c r="GB60" s="46">
         <v>-10.104369999999999</v>
       </c>
-      <c r="GB60" s="46">
+      <c r="GC60" s="46">
         <v>399.46999</v>
       </c>
-      <c r="GC60" s="46">
+      <c r="GD60" s="46">
         <v>7.3290961100000001</v>
       </c>
-      <c r="GD60" s="46">
-[...1 lines deleted...]
-      </c>
       <c r="GE60" s="46">
+        <v>0</v>
+      </c>
+      <c r="GF60" s="46">
         <v>1.4824999999999999</v>
       </c>
-      <c r="GF60" s="46">
+      <c r="GG60" s="46">
         <v>2.58141</v>
       </c>
-      <c r="GG60" s="46">
+      <c r="GH60" s="46">
         <v>729.62594228</v>
       </c>
-      <c r="GH60" s="46">
+      <c r="GI60" s="46">
         <v>561.87807153000006</v>
       </c>
-      <c r="GI60" s="46">
+      <c r="GJ60" s="46">
         <v>-8.0738502000000008</v>
       </c>
-      <c r="GJ60" s="46">
+      <c r="GK60" s="46">
         <v>3.0000800000000001</v>
       </c>
-      <c r="GK60" s="46">
+      <c r="GL60" s="46">
         <v>-71.06396196</v>
       </c>
-      <c r="GL60" s="46">
+      <c r="GM60" s="46">
         <v>-930.66185259999997</v>
       </c>
-      <c r="GM60" s="46">
+      <c r="GN60" s="46">
         <v>28.189895539999998</v>
       </c>
-      <c r="GN60" s="46">
+      <c r="GO60" s="46">
         <v>231</v>
       </c>
-      <c r="GO60" s="46">
+      <c r="GP60" s="46">
         <v>115.81855179999999</v>
       </c>
-      <c r="GP60" s="46">
+      <c r="GQ60" s="46">
         <v>9.9088999999999992</v>
       </c>
-      <c r="GQ60" s="46">
+      <c r="GR60" s="46">
         <v>-2.0668728299999999</v>
       </c>
-      <c r="GR60" s="46">
+      <c r="GS60" s="46">
         <v>6.09427567</v>
       </c>
-      <c r="GS60" s="46">
+      <c r="GT60" s="46">
         <v>4.7444687800000001</v>
       </c>
-      <c r="GT60" s="46">
+      <c r="GU60" s="46">
         <v>0.84678820000000066</v>
       </c>
-      <c r="GU60" s="46">
+      <c r="GV60" s="46">
         <v>-4.2300328999999994</v>
       </c>
-      <c r="GV60" s="46">
+      <c r="GW60" s="46">
         <v>7.4200000000000004E-4</v>
       </c>
-      <c r="GW60" s="46">
+      <c r="GX60" s="46">
         <v>8.8636339999999993</v>
       </c>
-      <c r="GX60" s="46">
-[...1 lines deleted...]
-      </c>
       <c r="GY60" s="46">
+        <v>0</v>
+      </c>
+      <c r="GZ60" s="46">
         <v>-23.628466100000004</v>
       </c>
-      <c r="GZ60" s="46">
-[...1 lines deleted...]
-      </c>
       <c r="HA60" s="46">
+        <v>0</v>
+      </c>
+      <c r="HB60" s="46">
         <v>6.6360000000000002E-2</v>
       </c>
-      <c r="HB60" s="46">
+      <c r="HC60" s="46">
         <v>3.3790684</v>
       </c>
-      <c r="HC60" s="46">
+      <c r="HD60" s="46">
         <v>-0.27890555</v>
       </c>
-      <c r="HD60" s="46">
+      <c r="HE60" s="46">
         <v>-7.0512600000000009E-2</v>
       </c>
-      <c r="HE60" s="46">
+      <c r="HF60" s="46">
         <v>1147.3065336500001</v>
       </c>
-      <c r="HF60" s="46">
+      <c r="HG60" s="46">
         <v>8.6506909999999984</v>
       </c>
-      <c r="HG60" s="46">
-[...1 lines deleted...]
-      </c>
       <c r="HH60" s="46">
+        <v>0</v>
+      </c>
+      <c r="HI60" s="46">
         <v>-0.39829380000000003</v>
       </c>
-      <c r="HI60" s="46">
+      <c r="HJ60" s="46">
         <v>8.0453434599999998</v>
       </c>
-      <c r="HJ60" s="46">
+      <c r="HK60" s="46">
         <v>5.3512062199999999</v>
       </c>
-      <c r="HK60" s="46">
+      <c r="HL60" s="46">
         <v>52.438552200000004</v>
       </c>
-      <c r="HL60" s="46">
+      <c r="HM60" s="46">
         <v>-1.474</v>
       </c>
-      <c r="HM60" s="46">
-[...1 lines deleted...]
-      </c>
       <c r="HN60" s="46">
         <v>0</v>
       </c>
       <c r="HO60" s="46">
+        <v>0</v>
+      </c>
+      <c r="HP60" s="46">
         <v>11.93890139</v>
       </c>
-      <c r="HP60" s="46">
+      <c r="HQ60" s="46">
         <v>184.04960706</v>
       </c>
-      <c r="HQ60" s="46">
+      <c r="HR60" s="46">
         <v>9.8315400000000004</v>
       </c>
-      <c r="HR60" s="46">
+      <c r="HS60" s="46">
         <v>11.911508719999997</v>
       </c>
-      <c r="HS60" s="46">
+      <c r="HT60" s="46">
         <v>31.516069999999999</v>
       </c>
-      <c r="HT60" s="46">
+      <c r="HU60" s="46">
         <v>-1.3374267200000001</v>
       </c>
-      <c r="HU60" s="46">
-[...1 lines deleted...]
-      </c>
       <c r="HV60" s="46">
+        <v>0</v>
+      </c>
+      <c r="HW60" s="46">
         <v>0.27584700000000001</v>
       </c>
-      <c r="HW60" s="46">
+      <c r="HX60" s="46">
         <v>0.97460000000000002</v>
       </c>
-      <c r="HX60" s="46">
+      <c r="HY60" s="46">
         <v>5.4833311999999994</v>
       </c>
-      <c r="HY60" s="46">
-        <v>0</v>
+      <c r="HZ60" s="46">
+        <v>0</v>
+      </c>
+      <c r="IA60" s="46">
+        <v>5.0020700000000007</v>
+      </c>
+      <c r="IB60" s="46">
+        <v>16.095293000000002</v>
       </c>
     </row>
-    <row r="61" spans="1:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="61" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B61" s="30" t="s">
         <v>74</v>
       </c>
       <c r="C61" s="31">
         <v>2</v>
       </c>
       <c r="D61" s="31">
         <v>-2.1096500000000002</v>
       </c>
       <c r="E61" s="31">
         <v>66.93638</v>
       </c>
       <c r="F61" s="31">
         <v>18.1784</v>
       </c>
       <c r="G61" s="31">
         <v>-7.5229799999999996</v>
       </c>
       <c r="H61" s="31">
         <v>-3.7340849999999999</v>
       </c>
       <c r="I61" s="31">
         <v>12.6</v>
       </c>
       <c r="J61" s="31">
@@ -38959,431 +39447,431 @@
       </c>
       <c r="BJ61" s="31">
         <v>0</v>
       </c>
       <c r="BK61" s="31">
         <v>0</v>
       </c>
       <c r="BL61" s="31">
         <v>0</v>
       </c>
       <c r="BM61" s="31">
         <v>1.4999999999999999E-2</v>
       </c>
       <c r="BN61" s="31">
         <v>0</v>
       </c>
       <c r="BO61" s="31">
         <v>0</v>
       </c>
       <c r="BP61" s="31">
         <v>0</v>
       </c>
       <c r="BQ61" s="31">
         <v>0</v>
       </c>
-      <c r="BR61" s="32">
-        <v>0</v>
+      <c r="BR61" s="31">
+        <v>-0.66909240000000003</v>
       </c>
       <c r="BS61" s="32">
         <v>0</v>
       </c>
       <c r="BT61" s="32">
         <v>0</v>
       </c>
       <c r="BU61" s="32">
         <v>0</v>
       </c>
       <c r="BV61" s="32">
         <v>0</v>
       </c>
       <c r="BW61" s="32">
         <v>0</v>
       </c>
       <c r="BX61" s="32">
         <v>0</v>
       </c>
       <c r="BY61" s="32">
         <v>0</v>
       </c>
       <c r="BZ61" s="32">
         <v>0</v>
       </c>
       <c r="CA61" s="32">
         <v>0</v>
       </c>
       <c r="CB61" s="32">
+        <v>0</v>
+      </c>
+      <c r="CC61" s="32">
         <v>2</v>
       </c>
-      <c r="CC61" s="32">
-[...1 lines deleted...]
-      </c>
       <c r="CD61" s="32">
         <v>0</v>
       </c>
       <c r="CE61" s="32">
         <v>0</v>
       </c>
       <c r="CF61" s="32">
         <v>0</v>
       </c>
       <c r="CG61" s="32">
         <v>0</v>
       </c>
       <c r="CH61" s="32">
         <v>0</v>
       </c>
       <c r="CI61" s="32">
         <v>0</v>
       </c>
       <c r="CJ61" s="32">
         <v>0</v>
       </c>
       <c r="CK61" s="32">
         <v>0</v>
       </c>
       <c r="CL61" s="32">
+        <v>0</v>
+      </c>
+      <c r="CM61" s="32">
         <v>-6.4055</v>
       </c>
-      <c r="CM61" s="32">
-[...1 lines deleted...]
-      </c>
       <c r="CN61" s="32">
+        <v>0</v>
+      </c>
+      <c r="CO61" s="32">
         <v>4.2958499999999997</v>
       </c>
-      <c r="CO61" s="32">
-[...1 lines deleted...]
-      </c>
       <c r="CP61" s="32">
         <v>0</v>
       </c>
       <c r="CQ61" s="32">
         <v>0</v>
       </c>
       <c r="CR61" s="32">
         <v>0</v>
       </c>
       <c r="CS61" s="32">
         <v>0</v>
       </c>
       <c r="CT61" s="32">
         <v>0</v>
       </c>
       <c r="CU61" s="32">
+        <v>0</v>
+      </c>
+      <c r="CV61" s="32">
         <v>-7.0605000000000002</v>
       </c>
-      <c r="CV61" s="32">
+      <c r="CW61" s="32">
         <v>-0.75</v>
       </c>
-      <c r="CW61" s="32">
-[...1 lines deleted...]
-      </c>
       <c r="CX61" s="32">
+        <v>0</v>
+      </c>
+      <c r="CY61" s="32">
         <v>-0.48292000000000002</v>
       </c>
-      <c r="CY61" s="32">
+      <c r="CZ61" s="32">
         <v>75.229799999999997</v>
       </c>
-      <c r="CZ61" s="32">
-[...1 lines deleted...]
-      </c>
       <c r="DA61" s="32">
         <v>0</v>
       </c>
       <c r="DB61" s="32">
         <v>0</v>
       </c>
       <c r="DC61" s="32">
         <v>0</v>
       </c>
       <c r="DD61" s="32">
         <v>0</v>
       </c>
       <c r="DE61" s="32">
         <v>0</v>
       </c>
       <c r="DF61" s="32">
         <v>0</v>
       </c>
       <c r="DG61" s="32">
         <v>0</v>
       </c>
       <c r="DH61" s="32">
         <v>0</v>
       </c>
       <c r="DI61" s="32">
         <v>0</v>
       </c>
       <c r="DJ61" s="32">
+        <v>0</v>
+      </c>
+      <c r="DK61" s="32">
         <v>0.40799999999999997</v>
       </c>
-      <c r="DK61" s="32">
-[...1 lines deleted...]
-      </c>
       <c r="DL61" s="32">
+        <v>0</v>
+      </c>
+      <c r="DM61" s="32">
         <v>17.770399999999999</v>
       </c>
-      <c r="DM61" s="32">
-[...1 lines deleted...]
-      </c>
       <c r="DN61" s="32">
         <v>0</v>
       </c>
       <c r="DO61" s="32">
         <v>0</v>
       </c>
       <c r="DP61" s="32">
         <v>0</v>
       </c>
       <c r="DQ61" s="32">
         <v>0</v>
       </c>
       <c r="DR61" s="32">
         <v>0</v>
       </c>
       <c r="DS61" s="32">
         <v>0</v>
       </c>
       <c r="DT61" s="32">
         <v>0</v>
       </c>
       <c r="DU61" s="32">
         <v>0</v>
       </c>
       <c r="DV61" s="32">
         <v>0</v>
       </c>
       <c r="DW61" s="32">
         <v>0</v>
       </c>
       <c r="DX61" s="32">
+        <v>0</v>
+      </c>
+      <c r="DY61" s="32">
         <v>-7.5229799999999996</v>
       </c>
-      <c r="DY61" s="32">
-[...1 lines deleted...]
-      </c>
       <c r="DZ61" s="32">
         <v>0</v>
       </c>
       <c r="EA61" s="32">
         <v>0</v>
       </c>
       <c r="EB61" s="32">
         <v>0</v>
       </c>
       <c r="EC61" s="32">
         <v>0</v>
       </c>
       <c r="ED61" s="32">
         <v>0</v>
       </c>
       <c r="EE61" s="32">
         <v>0</v>
       </c>
       <c r="EF61" s="32">
         <v>0</v>
       </c>
       <c r="EG61" s="32">
         <v>0</v>
       </c>
       <c r="EH61" s="32">
         <v>0</v>
       </c>
       <c r="EI61" s="32">
         <v>0</v>
       </c>
       <c r="EJ61" s="32">
         <v>0</v>
       </c>
       <c r="EK61" s="32">
+        <v>0</v>
+      </c>
+      <c r="EL61" s="32">
         <v>-3.7340849999999999</v>
       </c>
-      <c r="EL61" s="32">
-[...1 lines deleted...]
-      </c>
       <c r="EM61" s="32">
         <v>0</v>
       </c>
       <c r="EN61" s="32">
         <v>0</v>
       </c>
       <c r="EO61" s="32">
         <v>0</v>
       </c>
       <c r="EP61" s="32">
         <v>0</v>
       </c>
       <c r="EQ61" s="32">
         <v>0</v>
       </c>
       <c r="ER61" s="32">
         <v>0</v>
       </c>
       <c r="ES61" s="32">
         <v>0</v>
       </c>
       <c r="ET61" s="32">
         <v>0</v>
       </c>
       <c r="EU61" s="32">
         <v>0</v>
       </c>
       <c r="EV61" s="32">
         <v>0</v>
       </c>
       <c r="EW61" s="32">
+        <v>0</v>
+      </c>
+      <c r="EX61" s="32">
         <v>12.6</v>
       </c>
-      <c r="EX61" s="32">
-[...1 lines deleted...]
-      </c>
       <c r="EY61" s="32">
         <v>0</v>
       </c>
       <c r="EZ61" s="32">
         <v>0</v>
       </c>
       <c r="FA61" s="32">
         <v>0</v>
       </c>
       <c r="FB61" s="32">
         <v>0</v>
       </c>
       <c r="FC61" s="32">
+        <v>0</v>
+      </c>
+      <c r="FD61" s="32">
         <v>0.04</v>
       </c>
-      <c r="FD61" s="32">
-[...1 lines deleted...]
-      </c>
       <c r="FE61" s="32">
         <v>0</v>
       </c>
       <c r="FF61" s="32">
         <v>0</v>
       </c>
       <c r="FG61" s="32">
         <v>0</v>
       </c>
       <c r="FH61" s="32">
+        <v>0</v>
+      </c>
+      <c r="FI61" s="32">
         <v>1.4</v>
       </c>
-      <c r="FI61" s="32">
-[...1 lines deleted...]
-      </c>
       <c r="FJ61" s="32">
         <v>0</v>
       </c>
       <c r="FK61" s="32">
         <v>0</v>
       </c>
       <c r="FL61" s="32">
         <v>0</v>
       </c>
       <c r="FM61" s="32">
         <v>0</v>
       </c>
       <c r="FN61" s="32">
         <v>0</v>
       </c>
       <c r="FO61" s="32">
         <v>0</v>
       </c>
       <c r="FP61" s="32">
         <v>0</v>
       </c>
       <c r="FQ61" s="32">
+        <v>0</v>
+      </c>
+      <c r="FR61" s="32">
         <v>3</v>
       </c>
-      <c r="FR61" s="32">
-[...1 lines deleted...]
-      </c>
       <c r="FS61" s="32">
         <v>0</v>
       </c>
       <c r="FT61" s="32">
         <v>0</v>
       </c>
       <c r="FU61" s="32">
         <v>0</v>
       </c>
       <c r="FV61" s="32">
         <v>0</v>
       </c>
       <c r="FW61" s="32">
         <v>0</v>
       </c>
       <c r="FX61" s="32">
         <v>0</v>
       </c>
       <c r="FY61" s="32">
         <v>0</v>
       </c>
       <c r="FZ61" s="32">
         <v>0</v>
       </c>
       <c r="GA61" s="32">
+        <v>0</v>
+      </c>
+      <c r="GB61" s="32">
         <v>-5.9118000000000004</v>
       </c>
-      <c r="GB61" s="32">
-[...1 lines deleted...]
-      </c>
       <c r="GC61" s="32">
         <v>0</v>
       </c>
       <c r="GD61" s="32">
         <v>0</v>
       </c>
       <c r="GE61" s="32">
         <v>0</v>
       </c>
       <c r="GF61" s="32">
+        <v>0</v>
+      </c>
+      <c r="GG61" s="32">
         <v>-0.17562</v>
       </c>
-      <c r="GG61" s="32">
-[...1 lines deleted...]
-      </c>
       <c r="GH61" s="32">
+        <v>0</v>
+      </c>
+      <c r="GI61" s="32">
         <v>3.21</v>
       </c>
-      <c r="GI61" s="32">
-[...1 lines deleted...]
-      </c>
       <c r="GJ61" s="32">
         <v>0</v>
       </c>
       <c r="GK61" s="32">
         <v>0</v>
       </c>
       <c r="GL61" s="32">
         <v>0</v>
       </c>
       <c r="GM61" s="32">
+        <v>0</v>
+      </c>
+      <c r="GN61" s="32">
         <v>0.15</v>
       </c>
-      <c r="GN61" s="32">
-[...1 lines deleted...]
-      </c>
       <c r="GO61" s="32">
         <v>0</v>
       </c>
       <c r="GP61" s="32">
         <v>0</v>
       </c>
       <c r="GQ61" s="32">
         <v>0</v>
       </c>
       <c r="GR61" s="32">
         <v>0</v>
       </c>
       <c r="GS61" s="32">
         <v>0</v>
       </c>
       <c r="GT61" s="32">
         <v>0</v>
       </c>
       <c r="GU61" s="32">
         <v>0</v>
       </c>
       <c r="GV61" s="32">
         <v>0</v>
       </c>
       <c r="GW61" s="32">
@@ -39404,99 +39892,108 @@
       <c r="HB61" s="32">
         <v>0</v>
       </c>
       <c r="HC61" s="32">
         <v>0</v>
       </c>
       <c r="HD61" s="32">
         <v>0</v>
       </c>
       <c r="HE61" s="32">
         <v>0</v>
       </c>
       <c r="HF61" s="32">
         <v>0</v>
       </c>
       <c r="HG61" s="32">
         <v>0</v>
       </c>
       <c r="HH61" s="32">
         <v>0</v>
       </c>
       <c r="HI61" s="32">
         <v>0</v>
       </c>
       <c r="HJ61" s="32">
+        <v>0</v>
+      </c>
+      <c r="HK61" s="32">
         <v>1.4999999999999999E-2</v>
       </c>
-      <c r="HK61" s="32">
-[...1 lines deleted...]
-      </c>
       <c r="HL61" s="32">
         <v>0</v>
       </c>
       <c r="HM61" s="32">
         <v>0</v>
       </c>
       <c r="HN61" s="32">
         <v>0</v>
       </c>
       <c r="HO61" s="32">
         <v>0</v>
       </c>
       <c r="HP61" s="32">
         <v>0</v>
       </c>
       <c r="HQ61" s="32">
         <v>0</v>
       </c>
       <c r="HR61" s="32">
         <v>0</v>
       </c>
       <c r="HS61" s="32">
         <v>0</v>
       </c>
       <c r="HT61" s="32">
         <v>0</v>
       </c>
       <c r="HU61" s="32">
         <v>0</v>
       </c>
       <c r="HV61" s="32">
         <v>0</v>
       </c>
       <c r="HW61" s="32">
         <v>0</v>
       </c>
       <c r="HX61" s="32">
+        <v>0</v>
+      </c>
+      <c r="HY61" s="32">
         <v>-0.66909240000000003</v>
       </c>
-      <c r="HY61" s="32">
+      <c r="HZ61" s="32">
+        <v>0</v>
+      </c>
+      <c r="IA61" s="32">
+        <v>0</v>
+      </c>
+      <c r="IB61" s="32">
         <v>0</v>
       </c>
     </row>
-    <row r="62" spans="1:233" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:236" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A62" s="3"/>
       <c r="B62" s="38" t="s">
         <v>85</v>
       </c>
       <c r="C62" s="39">
         <v>1084.3995912</v>
       </c>
       <c r="D62" s="39">
         <v>1407.0730795199997</v>
       </c>
       <c r="E62" s="39">
         <v>4578.0162638599995</v>
       </c>
       <c r="F62" s="39">
         <v>2302.0403367099998</v>
       </c>
       <c r="G62" s="39">
         <v>1250.9904581999999</v>
       </c>
       <c r="H62" s="39">
         <v>4267.4500916300003</v>
       </c>
       <c r="I62" s="39">
         <v>1302.1703589899998</v>
       </c>
@@ -39658,545 +40155,554 @@
       </c>
       <c r="BJ62" s="39">
         <v>3.4454283999999999</v>
       </c>
       <c r="BK62" s="39">
         <v>1147.9571155000001</v>
       </c>
       <c r="BL62" s="39">
         <v>19.484046399999997</v>
       </c>
       <c r="BM62" s="39">
         <v>66.031377880000008</v>
       </c>
       <c r="BN62" s="39">
         <v>6.9790789699999998</v>
       </c>
       <c r="BO62" s="39">
         <v>264.10864660999999</v>
       </c>
       <c r="BP62" s="39">
         <v>42.115152000000002</v>
       </c>
       <c r="BQ62" s="39">
         <v>1.2504470000000001</v>
       </c>
-      <c r="BR62" s="40">
+      <c r="BR62" s="39">
+        <v>9.8328737999999998</v>
+      </c>
+      <c r="BS62" s="40">
         <v>195.57439999999997</v>
       </c>
-      <c r="BS62" s="40">
+      <c r="BT62" s="40">
         <v>73.810599999999994</v>
       </c>
-      <c r="BT62" s="40">
+      <c r="BU62" s="40">
         <v>26.2</v>
       </c>
-      <c r="BU62" s="40">
+      <c r="BV62" s="40">
         <v>230.4</v>
       </c>
-      <c r="BV62" s="40">
+      <c r="BW62" s="40">
         <v>124.46499999999999</v>
       </c>
-      <c r="BW62" s="40">
+      <c r="BX62" s="40">
         <v>6.351</v>
       </c>
-      <c r="BX62" s="40">
+      <c r="BY62" s="40">
         <v>378.601</v>
       </c>
-      <c r="BY62" s="40">
+      <c r="BZ62" s="40">
         <v>-713.27868000000001</v>
       </c>
-      <c r="BZ62" s="40">
-[...1 lines deleted...]
-      </c>
       <c r="CA62" s="40">
+        <v>0</v>
+      </c>
+      <c r="CB62" s="40">
         <v>402.57588120000003</v>
       </c>
-      <c r="CB62" s="40">
+      <c r="CC62" s="40">
         <v>4</v>
       </c>
-      <c r="CC62" s="40">
+      <c r="CD62" s="40">
         <v>355.70038999999997</v>
       </c>
-      <c r="CD62" s="40">
+      <c r="CE62" s="40">
         <v>78.282710000000009</v>
       </c>
-      <c r="CE62" s="40">
+      <c r="CF62" s="40">
         <v>866.87699999999995</v>
       </c>
-      <c r="CF62" s="40">
+      <c r="CG62" s="40">
         <v>207.65486599999997</v>
       </c>
-      <c r="CG62" s="40">
+      <c r="CH62" s="40">
         <v>-23.344999999999999</v>
       </c>
-      <c r="CH62" s="40">
+      <c r="CI62" s="40">
         <v>144.61154999999999</v>
       </c>
-      <c r="CI62" s="40">
+      <c r="CJ62" s="40">
         <v>-514.35418300000003</v>
       </c>
-      <c r="CJ62" s="40">
+      <c r="CK62" s="40">
         <v>52.935536620000001</v>
       </c>
-      <c r="CK62" s="40">
+      <c r="CL62" s="40">
         <v>73.624099999999999</v>
       </c>
-      <c r="CL62" s="40">
+      <c r="CM62" s="40">
         <v>71.830399999999997</v>
       </c>
-      <c r="CM62" s="40">
+      <c r="CN62" s="40">
         <v>691.89989999999989</v>
       </c>
-      <c r="CN62" s="40">
+      <c r="CO62" s="40">
         <v>-393.9908001</v>
       </c>
-      <c r="CO62" s="40">
+      <c r="CP62" s="40">
         <v>151.047</v>
       </c>
-      <c r="CP62" s="40">
+      <c r="CQ62" s="40">
         <v>119.79093</v>
       </c>
-      <c r="CQ62" s="40">
+      <c r="CR62" s="40">
         <v>35.797280000000001</v>
       </c>
-      <c r="CR62" s="40">
+      <c r="CS62" s="40">
         <v>526.66649152000002</v>
       </c>
-      <c r="CS62" s="40">
+      <c r="CT62" s="40">
         <v>278.99054000000001</v>
       </c>
-      <c r="CT62" s="40">
+      <c r="CU62" s="40">
         <v>139.95319999999998</v>
       </c>
-      <c r="CU62" s="40">
+      <c r="CV62" s="40">
         <v>703.02697999999987</v>
       </c>
-      <c r="CV62" s="40">
+      <c r="CW62" s="40">
         <v>437.34569170000003</v>
       </c>
-      <c r="CW62" s="40">
+      <c r="CX62" s="40">
         <v>271.72011999999995</v>
       </c>
-      <c r="CX62" s="40">
+      <c r="CY62" s="40">
         <v>318.30763999999999</v>
       </c>
-      <c r="CY62" s="40">
+      <c r="CZ62" s="40">
         <v>391.23469</v>
       </c>
-      <c r="CZ62" s="40">
+      <c r="DA62" s="40">
         <v>1153.1664293900001</v>
       </c>
-      <c r="DA62" s="40">
+      <c r="DB62" s="40">
         <v>202.01627125000002</v>
       </c>
-      <c r="DB62" s="40">
+      <c r="DC62" s="40">
         <v>-194.24250999999998</v>
       </c>
-      <c r="DC62" s="40">
+      <c r="DD62" s="40">
         <v>473.77226452000002</v>
       </c>
-      <c r="DD62" s="40">
+      <c r="DE62" s="40">
         <v>-250.13309999999998</v>
       </c>
-      <c r="DE62" s="40">
+      <c r="DF62" s="40">
         <v>1226.6607366200001</v>
       </c>
-      <c r="DF62" s="40">
+      <c r="DG62" s="40">
         <v>12.815200000000001</v>
       </c>
-      <c r="DG62" s="40">
+      <c r="DH62" s="40">
         <v>160.53829000000002</v>
       </c>
-      <c r="DH62" s="40">
+      <c r="DI62" s="40">
         <v>417.43258000000003</v>
       </c>
-      <c r="DI62" s="40">
+      <c r="DJ62" s="40">
         <v>175.39614777999998</v>
       </c>
-      <c r="DJ62" s="40">
+      <c r="DK62" s="40">
         <v>33.446579999999997</v>
       </c>
-      <c r="DK62" s="40">
+      <c r="DL62" s="40">
         <v>829.99739828999998</v>
       </c>
-      <c r="DL62" s="40">
+      <c r="DM62" s="40">
         <v>-626.25810050000007</v>
       </c>
-      <c r="DM62" s="40">
+      <c r="DN62" s="40">
         <v>42.614849999999997</v>
       </c>
-      <c r="DN62" s="40">
+      <c r="DO62" s="40">
         <v>264.92010000000005</v>
       </c>
-      <c r="DO62" s="40">
+      <c r="DP62" s="40">
         <v>399.75875439999993</v>
       </c>
-      <c r="DP62" s="40">
+      <c r="DQ62" s="40">
         <v>46.9253225</v>
       </c>
-      <c r="DQ62" s="40">
+      <c r="DR62" s="40">
         <v>-16.774839999999983</v>
       </c>
-      <c r="DR62" s="40">
+      <c r="DS62" s="40">
         <v>-3.6180987</v>
       </c>
-      <c r="DS62" s="40">
+      <c r="DT62" s="40">
         <v>30</v>
       </c>
-      <c r="DT62" s="40">
+      <c r="DU62" s="40">
         <v>18.040800000000001</v>
       </c>
-      <c r="DU62" s="40">
+      <c r="DV62" s="40">
         <v>188.91550000000001</v>
       </c>
-      <c r="DV62" s="40">
+      <c r="DW62" s="40">
         <v>56.151449999999997</v>
       </c>
-      <c r="DW62" s="40">
+      <c r="DX62" s="40">
         <v>138.45355000000001</v>
       </c>
-      <c r="DX62" s="40">
+      <c r="DY62" s="40">
         <v>110.14828999999999</v>
       </c>
-      <c r="DY62" s="40">
+      <c r="DZ62" s="40">
         <v>18.06963</v>
       </c>
-      <c r="DZ62" s="40">
+      <c r="EA62" s="40">
         <v>233.60227637000003</v>
       </c>
-      <c r="EA62" s="40">
+      <c r="EB62" s="40">
         <v>165.60730787</v>
       </c>
-      <c r="EB62" s="40">
+      <c r="EC62" s="40">
         <v>200.50414000000001</v>
       </c>
-      <c r="EC62" s="40">
+      <c r="ED62" s="40">
         <v>8.205350000000001</v>
       </c>
-      <c r="ED62" s="40">
+      <c r="EE62" s="40">
         <v>3226.4056099999998</v>
       </c>
-      <c r="EE62" s="40">
+      <c r="EF62" s="40">
         <v>82.94442875</v>
       </c>
-      <c r="EF62" s="40">
-[...1 lines deleted...]
-      </c>
       <c r="EG62" s="40">
+        <v>0</v>
+      </c>
+      <c r="EH62" s="40">
         <v>55.906420000000004</v>
       </c>
-      <c r="EH62" s="40">
+      <c r="EI62" s="40">
         <v>116.39576864</v>
       </c>
-      <c r="EI62" s="40">
+      <c r="EJ62" s="40">
         <v>60.385580000000004</v>
       </c>
-      <c r="EJ62" s="37">
+      <c r="EK62" s="37">
         <v>121.49321</v>
       </c>
-      <c r="EK62" s="37">
+      <c r="EL62" s="37">
         <v>-4.0000000000000009</v>
       </c>
-      <c r="EL62" s="37">
+      <c r="EM62" s="37">
         <v>20.773413820000002</v>
       </c>
-      <c r="EM62" s="37">
+      <c r="EN62" s="37">
         <v>61.044031079999996</v>
       </c>
-      <c r="EN62" s="37">
+      <c r="EO62" s="37">
         <v>-40.005769999999998</v>
       </c>
-      <c r="EO62" s="37">
+      <c r="EP62" s="37">
         <v>57.493816530000004</v>
       </c>
-      <c r="EP62" s="37">
+      <c r="EQ62" s="37">
         <v>23.624590000000001</v>
       </c>
-      <c r="EQ62" s="37">
+      <c r="ER62" s="37">
         <v>20</v>
       </c>
-      <c r="ER62" s="37">
-        <f t="shared" ref="ER62" si="1">+ER59+ER56+ER50+ER47+ER44+ER41+ER38+ER35+ER53</f>
+      <c r="ES62" s="37">
+        <f t="shared" ref="ES62" si="1">+ES59+ES56+ES50+ES47+ES44+ES41+ES38+ES35+ES53</f>
         <v>401.62271011000001</v>
       </c>
-      <c r="ES62" s="37">
+      <c r="ET62" s="37">
         <v>48.068497749999999</v>
       </c>
-      <c r="ET62" s="37">
+      <c r="EU62" s="37">
         <v>-30.619521460000001</v>
       </c>
-      <c r="EU62" s="37">
+      <c r="EV62" s="37">
         <v>32.43599116</v>
       </c>
-      <c r="EV62" s="37">
+      <c r="EW62" s="37">
         <v>683.13379999999995</v>
       </c>
-      <c r="EW62" s="37">
+      <c r="EX62" s="37">
         <v>24.598800000000001</v>
       </c>
-      <c r="EX62" s="37">
+      <c r="EY62" s="37">
         <v>45.093410689999999</v>
       </c>
-      <c r="EY62" s="37">
+      <c r="EZ62" s="37">
         <v>12.95039775</v>
       </c>
-      <c r="EZ62" s="37">
+      <c r="FA62" s="37">
         <v>209.21113880000001</v>
       </c>
-      <c r="FA62" s="37">
+      <c r="FB62" s="37">
         <v>-541.57169666000004</v>
       </c>
-      <c r="FB62" s="37">
+      <c r="FC62" s="37">
         <v>28.88214</v>
       </c>
-      <c r="FC62" s="37">
+      <c r="FD62" s="37">
         <v>-223.75309000000001</v>
       </c>
-      <c r="FD62" s="37">
+      <c r="FE62" s="37">
         <v>172.72282495000002</v>
       </c>
-      <c r="FE62" s="37">
+      <c r="FF62" s="37">
         <v>46.758310000000002</v>
       </c>
-      <c r="FF62" s="37">
+      <c r="FG62" s="37">
         <v>29.082935289999998</v>
       </c>
-      <c r="FG62" s="37">
+      <c r="FH62" s="37">
         <v>20.201499999999999</v>
       </c>
-      <c r="FH62" s="37">
+      <c r="FI62" s="37">
         <v>2.1829999999999998</v>
       </c>
-      <c r="FI62" s="37">
+      <c r="FJ62" s="37">
         <v>385.26695958999994</v>
       </c>
-      <c r="FJ62" s="37">
+      <c r="FK62" s="37">
         <v>39.999899999999997</v>
       </c>
-      <c r="FK62" s="37">
+      <c r="FL62" s="37">
         <v>135.62112000000002</v>
       </c>
-      <c r="FL62" s="37">
+      <c r="FM62" s="37">
         <v>0.5</v>
       </c>
-      <c r="FM62" s="37">
-[...1 lines deleted...]
-      </c>
       <c r="FN62" s="37">
+        <v>0</v>
+      </c>
+      <c r="FO62" s="37">
         <v>-259.42823168000001</v>
       </c>
-      <c r="FO62" s="37">
+      <c r="FP62" s="37">
         <v>122.6277</v>
       </c>
-      <c r="FP62" s="37">
+      <c r="FQ62" s="37">
         <v>64.170970909999994</v>
       </c>
-      <c r="FQ62" s="37">
+      <c r="FR62" s="37">
         <v>0.5741544799999998</v>
       </c>
-      <c r="FR62" s="37">
+      <c r="FS62" s="37">
         <v>36.225583180000001</v>
       </c>
-      <c r="FS62" s="37">
+      <c r="FT62" s="37">
         <v>1.3049999999999999</v>
       </c>
-      <c r="FT62" s="37">
+      <c r="FU62" s="37">
         <v>137.00589789</v>
       </c>
-      <c r="FU62" s="37">
+      <c r="FV62" s="37">
         <v>149.65188999999998</v>
       </c>
-      <c r="FV62" s="37">
+      <c r="FW62" s="37">
         <v>308.54640000000001</v>
       </c>
-      <c r="FW62" s="37">
+      <c r="FX62" s="37">
         <v>350.15901298</v>
       </c>
-      <c r="FX62" s="37">
+      <c r="FY62" s="37">
         <v>38.980259400000001</v>
       </c>
-      <c r="FY62" s="37">
+      <c r="FZ62" s="37">
         <v>282.00809644999998</v>
       </c>
-      <c r="FZ62" s="37">
+      <c r="GA62" s="37">
         <v>-1.7930600000000001</v>
       </c>
-      <c r="GA62" s="37">
+      <c r="GB62" s="37">
         <v>-16.016169999999999</v>
       </c>
-      <c r="GB62" s="37">
+      <c r="GC62" s="37">
         <v>399.46999</v>
       </c>
-      <c r="GC62" s="37">
+      <c r="GD62" s="37">
         <v>7.3290961100000001</v>
       </c>
-      <c r="GD62" s="37">
-[...1 lines deleted...]
-      </c>
       <c r="GE62" s="37">
+        <v>0</v>
+      </c>
+      <c r="GF62" s="37">
         <v>1.4824999999999999</v>
       </c>
-      <c r="GF62" s="37">
+      <c r="GG62" s="37">
         <v>-2.139009999999999</v>
       </c>
-      <c r="GG62" s="37">
+      <c r="GH62" s="37">
         <v>729.62594228</v>
       </c>
-      <c r="GH62" s="37">
+      <c r="GI62" s="37">
         <v>565.08807152999998</v>
       </c>
-      <c r="GI62" s="37">
+      <c r="GJ62" s="37">
         <v>-26.476850200000001</v>
       </c>
-      <c r="GJ62" s="37">
+      <c r="GK62" s="37">
         <v>3.0000800000000001</v>
       </c>
-      <c r="GK62" s="37">
+      <c r="GL62" s="37">
         <v>4729.2890780400003</v>
       </c>
-      <c r="GL62" s="37">
+      <c r="GM62" s="37">
         <v>-910.66185259999997</v>
       </c>
-      <c r="GM62" s="37">
+      <c r="GN62" s="37">
         <v>28.339895540000004</v>
       </c>
-      <c r="GN62" s="37">
+      <c r="GO62" s="37">
         <v>261.36400000000003</v>
       </c>
-      <c r="GO62" s="37">
+      <c r="GP62" s="37">
         <v>117.81855179999999</v>
       </c>
-      <c r="GP62" s="37">
+      <c r="GQ62" s="37">
         <v>9.9088999999999992</v>
       </c>
-      <c r="GQ62" s="37">
+      <c r="GR62" s="37">
         <v>0.58758334000000001</v>
       </c>
-      <c r="GR62" s="37">
+      <c r="GS62" s="37">
         <v>10.87229677</v>
       </c>
-      <c r="GS62" s="37">
+      <c r="GT62" s="37">
         <v>4.7444687800000001</v>
       </c>
-      <c r="GT62" s="37">
+      <c r="GU62" s="37">
         <v>10.846983080000001</v>
       </c>
-      <c r="GU62" s="37">
+      <c r="GV62" s="37">
         <v>35.137967100000004</v>
       </c>
-      <c r="GV62" s="37">
+      <c r="GW62" s="37">
         <v>7.4200000000000004E-4</v>
       </c>
-      <c r="GW62" s="37">
+      <c r="GX62" s="37">
         <v>8.8636339999999993</v>
       </c>
-      <c r="GX62" s="37">
-[...1 lines deleted...]
-      </c>
       <c r="GY62" s="37">
+        <v>0</v>
+      </c>
+      <c r="GZ62" s="37">
         <v>-23.078464410000006</v>
       </c>
-      <c r="GZ62" s="37">
-[...1 lines deleted...]
-      </c>
       <c r="HA62" s="37">
+        <v>0</v>
+      </c>
+      <c r="HB62" s="37">
         <v>6.6360000000000002E-2</v>
       </c>
-      <c r="HB62" s="37">
+      <c r="HC62" s="37">
         <v>3.3790684</v>
       </c>
-      <c r="HC62" s="37">
+      <c r="HD62" s="37">
         <v>0.72109445000000005</v>
       </c>
-      <c r="HD62" s="37">
+      <c r="HE62" s="37">
         <v>-7.0512600000000009E-2</v>
       </c>
-      <c r="HE62" s="37">
+      <c r="HF62" s="37">
         <v>1147.3065336500001</v>
       </c>
-      <c r="HF62" s="37">
+      <c r="HG62" s="37">
         <v>19.0527582</v>
       </c>
-      <c r="HG62" s="37">
+      <c r="HH62" s="37">
         <v>0.82958200000000004</v>
       </c>
-      <c r="HH62" s="37">
+      <c r="HI62" s="37">
         <v>-0.39829380000000003</v>
       </c>
-      <c r="HI62" s="37">
+      <c r="HJ62" s="37">
         <v>8.0453434599999998</v>
       </c>
-      <c r="HJ62" s="37">
+      <c r="HK62" s="37">
         <v>5.5474822199999991</v>
       </c>
-      <c r="HK62" s="37">
+      <c r="HL62" s="37">
         <v>52.438552200000004</v>
       </c>
-      <c r="HL62" s="37">
+      <c r="HM62" s="37">
         <v>2.5259999999999998</v>
       </c>
-      <c r="HM62" s="37">
+      <c r="HN62" s="37">
         <v>4.0030799999999997</v>
       </c>
-      <c r="HN62" s="37">
+      <c r="HO62" s="37">
         <v>0.44999897</v>
       </c>
-      <c r="HO62" s="37">
+      <c r="HP62" s="37">
         <v>11.93890139</v>
       </c>
-      <c r="HP62" s="37">
+      <c r="HQ62" s="37">
         <v>184.04960706</v>
       </c>
-      <c r="HQ62" s="37">
+      <c r="HR62" s="37">
         <v>68.120138159999996</v>
       </c>
-      <c r="HR62" s="37">
+      <c r="HS62" s="37">
         <v>11.911508719999997</v>
       </c>
-      <c r="HS62" s="37">
+      <c r="HT62" s="37">
         <v>31.516069999999999</v>
       </c>
-      <c r="HT62" s="37">
+      <c r="HU62" s="37">
         <v>-1.3124267200000002</v>
       </c>
-      <c r="HU62" s="37">
-[...1 lines deleted...]
-      </c>
       <c r="HV62" s="37">
+        <v>0</v>
+      </c>
+      <c r="HW62" s="37">
         <v>0.27584700000000001</v>
       </c>
-      <c r="HW62" s="37">
+      <c r="HX62" s="37">
         <v>0.97460000000000002</v>
       </c>
-      <c r="HX62" s="37">
+      <c r="HY62" s="37">
         <v>4.8175387999999995</v>
       </c>
-      <c r="HY62" s="37">
-        <v>0</v>
+      <c r="HZ62" s="37">
+        <v>0</v>
+      </c>
+      <c r="IA62" s="37">
+        <v>5.0153350000000003</v>
+      </c>
+      <c r="IB62" s="37">
+        <v>16.095293000000002</v>
       </c>
     </row>
-    <row r="63" spans="1:233" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="63" spans="1:236" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A63" s="3"/>
       <c r="B63" s="41" t="s">
         <v>86</v>
       </c>
       <c r="C63" s="42">
         <v>1131.4069725599998</v>
       </c>
       <c r="D63" s="42">
         <v>3258.1962894599997</v>
       </c>
       <c r="E63" s="42">
         <v>6182.8248398600008</v>
       </c>
       <c r="F63" s="42">
         <v>5358.7699836499996</v>
       </c>
       <c r="G63" s="42">
         <v>1694.6762529</v>
       </c>
       <c r="H63" s="42">
         <v>5879.8451236999999</v>
       </c>
       <c r="I63" s="42">
         <v>1587.2854498699999</v>
       </c>
@@ -40358,545 +40864,554 @@
       </c>
       <c r="BJ63" s="42">
         <v>3.4454283999999999</v>
       </c>
       <c r="BK63" s="42">
         <v>1187.92619386</v>
       </c>
       <c r="BL63" s="42">
         <v>-1.5615724200000018</v>
       </c>
       <c r="BM63" s="42">
         <v>66.031377880000008</v>
       </c>
       <c r="BN63" s="42">
         <v>6.9790789699999998</v>
       </c>
       <c r="BO63" s="42">
         <v>318.98316340999997</v>
       </c>
       <c r="BP63" s="42">
         <v>56.082048999999998</v>
       </c>
       <c r="BQ63" s="42">
         <v>4.1104469999999997</v>
       </c>
-      <c r="BR63" s="43">
+      <c r="BR63" s="42">
+        <v>105.01035924999999</v>
+      </c>
+      <c r="BS63" s="43">
         <v>195.57439999999997</v>
       </c>
-      <c r="BS63" s="43">
+      <c r="BT63" s="43">
         <v>73.810599999999994</v>
       </c>
-      <c r="BT63" s="43">
+      <c r="BU63" s="43">
         <v>26.2</v>
       </c>
-      <c r="BU63" s="43">
+      <c r="BV63" s="43">
         <v>230.4</v>
       </c>
-      <c r="BV63" s="43">
+      <c r="BW63" s="43">
         <v>124.46499999999999</v>
       </c>
-      <c r="BW63" s="43">
+      <c r="BX63" s="43">
         <v>6.351</v>
       </c>
-      <c r="BX63" s="43">
+      <c r="BY63" s="43">
         <v>378.601</v>
       </c>
-      <c r="BY63" s="43">
+      <c r="BZ63" s="43">
         <v>-723.69099143000005</v>
       </c>
-      <c r="BZ63" s="43">
+      <c r="CA63" s="43">
         <v>-2.0125000000000028</v>
       </c>
-      <c r="CA63" s="43">
+      <c r="CB63" s="43">
         <v>402.57588120000003</v>
       </c>
-      <c r="CB63" s="43">
+      <c r="CC63" s="43">
         <v>4</v>
       </c>
-      <c r="CC63" s="43">
+      <c r="CD63" s="43">
         <v>415.13258278999996</v>
       </c>
-      <c r="CD63" s="43">
+      <c r="CE63" s="43">
         <v>166.68790999999999</v>
       </c>
-      <c r="CE63" s="43">
+      <c r="CF63" s="43">
         <v>866.87699999999995</v>
       </c>
-      <c r="CF63" s="43">
+      <c r="CG63" s="43">
         <v>207.65486599999997</v>
       </c>
-      <c r="CG63" s="43">
+      <c r="CH63" s="43">
         <v>49.650999999999996</v>
       </c>
-      <c r="CH63" s="43">
+      <c r="CI63" s="43">
         <v>939.39018979000002</v>
       </c>
-      <c r="CI63" s="43">
+      <c r="CJ63" s="43">
         <v>100.90915558999995</v>
       </c>
-      <c r="CJ63" s="43">
+      <c r="CK63" s="43">
         <v>48.073739209999999</v>
       </c>
-      <c r="CK63" s="43">
+      <c r="CL63" s="43">
         <v>95.13697492</v>
       </c>
-      <c r="CL63" s="43">
+      <c r="CM63" s="43">
         <v>71.830399999999997</v>
       </c>
-      <c r="CM63" s="43">
+      <c r="CN63" s="43">
         <v>762.99989999999991</v>
       </c>
-      <c r="CN63" s="43">
+      <c r="CO63" s="43">
         <v>-202.06184605000001</v>
       </c>
-      <c r="CO63" s="43">
+      <c r="CP63" s="43">
         <v>151.047</v>
       </c>
-      <c r="CP63" s="43">
+      <c r="CQ63" s="43">
         <v>129.58405067999999</v>
       </c>
-      <c r="CQ63" s="43">
+      <c r="CR63" s="43">
         <v>47.980895439999998</v>
       </c>
-      <c r="CR63" s="43">
+      <c r="CS63" s="43">
         <v>533.85953151000001</v>
       </c>
-      <c r="CS63" s="43">
+      <c r="CT63" s="43">
         <v>319.63428620000002</v>
       </c>
-      <c r="CT63" s="43">
+      <c r="CU63" s="43">
         <v>139.95319999999998</v>
       </c>
-      <c r="CU63" s="43">
+      <c r="CV63" s="43">
         <v>703.02697999999987</v>
       </c>
-      <c r="CV63" s="43">
+      <c r="CW63" s="43">
         <v>437.34569170000003</v>
       </c>
-      <c r="CW63" s="43">
+      <c r="CX63" s="43">
         <v>271.72011999999995</v>
       </c>
-      <c r="CX63" s="43">
+      <c r="CY63" s="43">
         <v>318.30763999999999</v>
       </c>
-      <c r="CY63" s="43">
+      <c r="CZ63" s="43">
         <v>1082.7260646899999</v>
       </c>
-      <c r="CZ63" s="43">
+      <c r="DA63" s="43">
         <v>1992.06237839</v>
       </c>
-      <c r="DA63" s="43">
+      <c r="DB63" s="43">
         <v>206.62400125000002</v>
       </c>
-      <c r="DB63" s="43">
+      <c r="DC63" s="43">
         <v>351.76518867999999</v>
       </c>
-      <c r="DC63" s="43">
+      <c r="DD63" s="43">
         <v>755.71217724000007</v>
       </c>
-      <c r="DD63" s="43">
+      <c r="DE63" s="43">
         <v>-169.05212020999997</v>
       </c>
-      <c r="DE63" s="43">
+      <c r="DF63" s="43">
         <v>1347.3142666700001</v>
       </c>
-      <c r="DF63" s="43">
+      <c r="DG63" s="43">
         <v>12.815200000000001</v>
       </c>
-      <c r="DG63" s="43">
+      <c r="DH63" s="43">
         <v>160.53829000000002</v>
       </c>
-      <c r="DH63" s="43">
+      <c r="DI63" s="43">
         <v>974.04718001000003</v>
       </c>
-      <c r="DI63" s="43">
+      <c r="DJ63" s="43">
         <v>544.24263778999989</v>
       </c>
-      <c r="DJ63" s="43">
+      <c r="DK63" s="43">
         <v>32.417041999999995</v>
       </c>
-      <c r="DK63" s="43">
+      <c r="DL63" s="43">
         <v>899.88900388000002</v>
       </c>
-      <c r="DL63" s="43">
+      <c r="DM63" s="43">
         <v>429.08331758999987</v>
       </c>
-      <c r="DM63" s="43">
+      <c r="DN63" s="43">
         <v>19.997799999999998</v>
       </c>
-      <c r="DN63" s="43">
+      <c r="DO63" s="43">
         <v>272.92010000000005</v>
       </c>
-      <c r="DO63" s="43">
+      <c r="DP63" s="43">
         <v>456.00875439999993</v>
       </c>
-      <c r="DP63" s="43">
+      <c r="DQ63" s="43">
         <v>93.842312509999999</v>
       </c>
-      <c r="DQ63" s="43">
+      <c r="DR63" s="43">
         <v>234.28665974000003</v>
       </c>
-      <c r="DR63" s="43">
+      <c r="DS63" s="43">
         <v>-3.6180987</v>
       </c>
-      <c r="DS63" s="43">
+      <c r="DT63" s="43">
         <v>30</v>
       </c>
-      <c r="DT63" s="43">
+      <c r="DU63" s="43">
         <v>15.730496540000001</v>
       </c>
-      <c r="DU63" s="43">
+      <c r="DV63" s="43">
         <v>188.91550000000001</v>
       </c>
-      <c r="DV63" s="43">
+      <c r="DW63" s="43">
         <v>53.435427189999999</v>
       </c>
-      <c r="DW63" s="43">
+      <c r="DX63" s="43">
         <v>189.15481428999999</v>
       </c>
-      <c r="DX63" s="43">
+      <c r="DY63" s="43">
         <v>145.93065693</v>
       </c>
-      <c r="DY63" s="43">
+      <c r="DZ63" s="43">
         <v>18.06963</v>
       </c>
-      <c r="DZ63" s="43">
+      <c r="EA63" s="43">
         <v>286.32985637000002</v>
       </c>
-      <c r="EA63" s="43">
+      <c r="EB63" s="43">
         <v>165.60730787</v>
       </c>
-      <c r="EB63" s="43">
+      <c r="EC63" s="43">
         <v>200.50414000000001</v>
       </c>
-      <c r="EC63" s="43">
+      <c r="ED63" s="43">
         <v>8.205350000000001</v>
       </c>
-      <c r="ED63" s="43">
+      <c r="EE63" s="43">
         <v>3226.4056099999998</v>
       </c>
-      <c r="EE63" s="43">
+      <c r="EF63" s="43">
         <v>1460.26737439</v>
       </c>
-      <c r="EF63" s="43">
-[...1 lines deleted...]
-      </c>
       <c r="EG63" s="43">
+        <v>0</v>
+      </c>
+      <c r="EH63" s="43">
         <v>55.906420000000004</v>
       </c>
-      <c r="EH63" s="43">
+      <c r="EI63" s="43">
         <v>182.15216864000001</v>
       </c>
-      <c r="EI63" s="43">
+      <c r="EJ63" s="43">
         <v>60.385580000000004</v>
       </c>
-      <c r="EJ63" s="47">
+      <c r="EK63" s="47">
         <v>179.35935043000001</v>
       </c>
-      <c r="EK63" s="47">
+      <c r="EL63" s="47">
         <v>54.721965999999995</v>
       </c>
-      <c r="EL63" s="47">
+      <c r="EM63" s="47">
         <v>35.837413820000002</v>
       </c>
-      <c r="EM63" s="47">
+      <c r="EN63" s="47">
         <v>61.044031079999996</v>
       </c>
-      <c r="EN63" s="47">
+      <c r="EO63" s="47">
         <v>-62.52445848</v>
       </c>
-      <c r="EO63" s="47">
+      <c r="EP63" s="47">
         <v>57.493816530000004</v>
       </c>
-      <c r="EP63" s="47">
+      <c r="EQ63" s="47">
         <v>23.624590000000001</v>
       </c>
-      <c r="EQ63" s="47">
+      <c r="ER63" s="47">
         <v>20</v>
       </c>
-      <c r="ER63" s="47">
-        <f t="shared" ref="ER63" si="2">+ER62+ER33</f>
+      <c r="ES63" s="47">
+        <f t="shared" ref="ES63" si="2">+ES62+ES33</f>
         <v>401.62271011000001</v>
       </c>
-      <c r="ES63" s="47">
+      <c r="ET63" s="47">
         <v>48.068497749999999</v>
       </c>
-      <c r="ET63" s="47">
+      <c r="EU63" s="47">
         <v>121.20777854000001</v>
       </c>
-      <c r="EU63" s="47">
+      <c r="EV63" s="47">
         <v>173.17847052000002</v>
       </c>
-      <c r="EV63" s="47">
+      <c r="EW63" s="47">
         <v>683.13379999999995</v>
       </c>
-      <c r="EW63" s="47">
+      <c r="EX63" s="47">
         <v>24.598800000000001</v>
       </c>
-      <c r="EX63" s="47">
+      <c r="EY63" s="47">
         <v>93.323385690000009</v>
       </c>
-      <c r="EY63" s="47">
+      <c r="EZ63" s="47">
         <v>12.95039775</v>
       </c>
-      <c r="EZ63" s="47">
+      <c r="FA63" s="47">
         <v>209.21113880000001</v>
       </c>
-      <c r="FA63" s="47">
+      <c r="FB63" s="47">
         <v>351.38656461999994</v>
       </c>
-      <c r="FB63" s="47">
+      <c r="FC63" s="47">
         <v>28.88214</v>
       </c>
-      <c r="FC63" s="47">
+      <c r="FD63" s="47">
         <v>67.028722680000016</v>
       </c>
-      <c r="FD63" s="47">
+      <c r="FE63" s="47">
         <v>100.97159536000001</v>
       </c>
-      <c r="FE63" s="47">
+      <c r="FF63" s="47">
         <v>46.758310000000002</v>
       </c>
-      <c r="FF63" s="47">
+      <c r="FG63" s="47">
         <v>29.082935289999998</v>
       </c>
-      <c r="FG63" s="47">
+      <c r="FH63" s="47">
         <v>20.201499999999999</v>
       </c>
-      <c r="FH63" s="47">
+      <c r="FI63" s="47">
         <v>2.1829999999999998</v>
       </c>
-      <c r="FI63" s="47">
+      <c r="FJ63" s="47">
         <v>420.53987463999994</v>
       </c>
-      <c r="FJ63" s="47">
+      <c r="FK63" s="47">
         <v>39.999899999999997</v>
       </c>
-      <c r="FK63" s="47">
+      <c r="FL63" s="47">
         <v>106.50675438000002</v>
       </c>
-      <c r="FL63" s="47">
+      <c r="FM63" s="47">
         <v>0.5</v>
       </c>
-      <c r="FM63" s="47">
-[...1 lines deleted...]
-      </c>
       <c r="FN63" s="47">
+        <v>0</v>
+      </c>
+      <c r="FO63" s="47">
         <v>45.014146609999955</v>
       </c>
-      <c r="FO63" s="47">
+      <c r="FP63" s="47">
         <v>122.6277</v>
       </c>
-      <c r="FP63" s="47">
+      <c r="FQ63" s="47">
         <v>64.170970909999994</v>
       </c>
-      <c r="FQ63" s="47">
+      <c r="FR63" s="47">
         <v>-74.702517979999996</v>
       </c>
-      <c r="FR63" s="47">
+      <c r="FS63" s="47">
         <v>36.225583180000001</v>
       </c>
-      <c r="FS63" s="47">
+      <c r="FT63" s="47">
         <v>1.3049999999999999</v>
       </c>
-      <c r="FT63" s="47">
+      <c r="FU63" s="47">
         <v>137.00589789</v>
       </c>
-      <c r="FU63" s="47">
+      <c r="FV63" s="47">
         <v>149.65188999999998</v>
       </c>
-      <c r="FV63" s="47">
+      <c r="FW63" s="47">
         <v>308.54640000000001</v>
       </c>
-      <c r="FW63" s="47">
+      <c r="FX63" s="47">
         <v>380.15901298</v>
       </c>
-      <c r="FX63" s="47">
+      <c r="FY63" s="47">
         <v>38.980259400000001</v>
       </c>
-      <c r="FY63" s="47">
+      <c r="FZ63" s="47">
         <v>282.00809644999998</v>
       </c>
-      <c r="FZ63" s="47">
+      <c r="GA63" s="47">
         <v>-1.7930600000000001</v>
       </c>
-      <c r="GA63" s="47">
+      <c r="GB63" s="47">
         <v>12.615588000000002</v>
       </c>
-      <c r="GB63" s="47">
+      <c r="GC63" s="47">
         <v>399.46963720999997</v>
       </c>
-      <c r="GC63" s="47">
+      <c r="GD63" s="47">
         <v>-31.569341309999992</v>
       </c>
-      <c r="GD63" s="47">
-[...1 lines deleted...]
-      </c>
       <c r="GE63" s="47">
+        <v>0</v>
+      </c>
+      <c r="GF63" s="47">
         <v>1.4824999999999999</v>
       </c>
-      <c r="GF63" s="47">
+      <c r="GG63" s="47">
         <v>4.1734780000000011</v>
       </c>
-      <c r="GG63" s="47">
+      <c r="GH63" s="47">
         <v>729.62594228</v>
       </c>
-      <c r="GH63" s="47">
+      <c r="GI63" s="47">
         <v>732.94877883999993</v>
       </c>
-      <c r="GI63" s="47">
+      <c r="GJ63" s="47">
         <v>-26.476850200000001</v>
       </c>
-      <c r="GJ63" s="47">
+      <c r="GK63" s="47">
         <v>3.0000800000000001</v>
       </c>
-      <c r="GK63" s="47">
+      <c r="GL63" s="47">
         <v>4800.34287804</v>
       </c>
-      <c r="GL63" s="47">
+      <c r="GM63" s="47">
         <v>631.37389740000003</v>
       </c>
-      <c r="GM63" s="47">
+      <c r="GN63" s="47">
         <v>28.339895540000004</v>
       </c>
-      <c r="GN63" s="47">
+      <c r="GO63" s="47">
         <v>37.829472440000018</v>
       </c>
-      <c r="GO63" s="47">
+      <c r="GP63" s="47">
         <v>278.2663518</v>
       </c>
-      <c r="GP63" s="47">
+      <c r="GQ63" s="47">
         <v>9.9088999999999992</v>
       </c>
-      <c r="GQ63" s="47">
+      <c r="GR63" s="47">
         <v>4.1569000000000003E-4</v>
       </c>
-      <c r="GR63" s="47">
+      <c r="GS63" s="47">
         <v>22.66434667</v>
       </c>
-      <c r="GS63" s="47">
+      <c r="GT63" s="47">
         <v>4.7444687800000001</v>
       </c>
-      <c r="GT63" s="47">
+      <c r="GU63" s="47">
         <v>15.894983080000001</v>
       </c>
-      <c r="GU63" s="47">
+      <c r="GV63" s="47">
         <v>39.782467100000005</v>
       </c>
-      <c r="GV63" s="47">
+      <c r="GW63" s="47">
         <v>7.4200000000000004E-4</v>
       </c>
-      <c r="GW63" s="47">
+      <c r="GX63" s="47">
         <v>8.8636339999999993</v>
       </c>
-      <c r="GX63" s="47">
-[...1 lines deleted...]
-      </c>
       <c r="GY63" s="47">
+        <v>0</v>
+      </c>
+      <c r="GZ63" s="47">
         <v>0.82651168999999669</v>
       </c>
-      <c r="GZ63" s="47">
-[...1 lines deleted...]
-      </c>
       <c r="HA63" s="47">
+        <v>0</v>
+      </c>
+      <c r="HB63" s="47">
         <v>6.6360000000000002E-2</v>
       </c>
-      <c r="HB63" s="47">
+      <c r="HC63" s="47">
         <v>3.3790684</v>
       </c>
-      <c r="HC63" s="47">
+      <c r="HD63" s="47">
         <v>0.72109445000000005</v>
       </c>
-      <c r="HD63" s="47">
+      <c r="HE63" s="47">
         <v>39.898565759999997</v>
       </c>
-      <c r="HE63" s="47">
+      <c r="HF63" s="47">
         <v>1147.3065336500001</v>
       </c>
-      <c r="HF63" s="47">
+      <c r="HG63" s="47">
         <v>-1.9928606200000019</v>
       </c>
-      <c r="HG63" s="47">
+      <c r="HH63" s="47">
         <v>0.82958200000000004</v>
       </c>
-      <c r="HH63" s="47">
+      <c r="HI63" s="47">
         <v>-0.39829380000000003</v>
       </c>
-      <c r="HI63" s="47">
+      <c r="HJ63" s="47">
         <v>8.0453434599999998</v>
       </c>
-      <c r="HJ63" s="47">
+      <c r="HK63" s="47">
         <v>5.5474822199999991</v>
       </c>
-      <c r="HK63" s="47">
+      <c r="HL63" s="47">
         <v>52.438552200000004</v>
       </c>
-      <c r="HL63" s="47">
+      <c r="HM63" s="47">
         <v>2.5259999999999998</v>
       </c>
-      <c r="HM63" s="47">
+      <c r="HN63" s="47">
         <v>4.0030799999999997</v>
       </c>
-      <c r="HN63" s="47">
+      <c r="HO63" s="47">
         <v>0.44999897</v>
       </c>
-      <c r="HO63" s="47">
+      <c r="HP63" s="47">
         <v>66.813418189999993</v>
       </c>
-      <c r="HP63" s="47">
+      <c r="HQ63" s="47">
         <v>184.04960706</v>
       </c>
-      <c r="HQ63" s="47">
+      <c r="HR63" s="47">
         <v>68.120138159999996</v>
       </c>
-      <c r="HR63" s="47">
+      <c r="HS63" s="47">
         <v>24.56109068</v>
       </c>
-      <c r="HS63" s="47">
+      <c r="HT63" s="47">
         <v>31.516069999999999</v>
       </c>
-      <c r="HT63" s="47">
+      <c r="HU63" s="47">
         <v>4.888319999999835E-3</v>
       </c>
-      <c r="HU63" s="47">
+      <c r="HV63" s="47">
         <v>2.86</v>
       </c>
-      <c r="HV63" s="47">
+      <c r="HW63" s="47">
         <v>0.27584700000000001</v>
       </c>
-      <c r="HW63" s="47">
+      <c r="HX63" s="47">
         <v>0.97460000000000002</v>
       </c>
-      <c r="HX63" s="47">
+      <c r="HY63" s="47">
         <v>97.533505039999994</v>
       </c>
-      <c r="HY63" s="47">
-        <v>0</v>
+      <c r="HZ63" s="47">
+        <v>0</v>
+      </c>
+      <c r="IA63" s="47">
+        <v>7.4768542100000062</v>
+      </c>
+      <c r="IB63" s="47">
+        <v>16.095293000000002</v>
       </c>
     </row>
-    <row r="64" spans="1:233" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="64" spans="1:236" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A64" s="3"/>
       <c r="B64" s="20"/>
       <c r="C64" s="21"/>
       <c r="D64" s="21"/>
       <c r="E64" s="21"/>
       <c r="F64" s="21"/>
       <c r="G64" s="21"/>
       <c r="H64" s="21"/>
       <c r="I64" s="21"/>
       <c r="J64" s="21"/>
       <c r="K64" s="21"/>
       <c r="L64" s="21"/>
       <c r="M64" s="21"/>
       <c r="N64" s="21"/>
       <c r="O64" s="21"/>
       <c r="P64" s="21"/>
       <c r="Q64" s="21"/>
       <c r="R64" s="21"/>
       <c r="S64" s="21"/>
       <c r="T64" s="21"/>
       <c r="U64" s="21"/>
       <c r="V64" s="21"/>
       <c r="W64" s="21"/>
       <c r="X64" s="21"/>
       <c r="Y64" s="21"/>
@@ -40922,51 +41437,51 @@
       <c r="AS64" s="21"/>
       <c r="AT64" s="21"/>
       <c r="AU64" s="21"/>
       <c r="AV64" s="21"/>
       <c r="AW64" s="21"/>
       <c r="AX64" s="21"/>
       <c r="AY64" s="21"/>
       <c r="AZ64" s="21"/>
       <c r="BA64" s="21"/>
       <c r="BB64" s="21"/>
       <c r="BC64" s="21"/>
       <c r="BD64" s="21"/>
       <c r="BE64" s="21"/>
       <c r="BF64" s="21"/>
       <c r="BG64" s="21"/>
       <c r="BH64" s="21"/>
       <c r="BI64" s="21"/>
       <c r="BJ64" s="21"/>
       <c r="BK64" s="21"/>
       <c r="BL64" s="21"/>
       <c r="BM64" s="21"/>
       <c r="BN64" s="21"/>
       <c r="BO64" s="21"/>
       <c r="BP64" s="21"/>
       <c r="BQ64" s="21"/>
-      <c r="BR64" s="22"/>
+      <c r="BR64" s="21"/>
       <c r="BS64" s="22"/>
       <c r="BT64" s="22"/>
       <c r="BU64" s="22"/>
       <c r="BV64" s="22"/>
       <c r="BW64" s="22"/>
       <c r="BX64" s="22"/>
       <c r="BY64" s="22"/>
       <c r="BZ64" s="22"/>
       <c r="CA64" s="22"/>
       <c r="CB64" s="22"/>
       <c r="CC64" s="22"/>
       <c r="CD64" s="22"/>
       <c r="CE64" s="22"/>
       <c r="CF64" s="22"/>
       <c r="CG64" s="22"/>
       <c r="CH64" s="22"/>
       <c r="CI64" s="22"/>
       <c r="CJ64" s="22"/>
       <c r="CK64" s="22"/>
       <c r="CL64" s="22"/>
       <c r="CM64" s="22"/>
       <c r="CN64" s="22"/>
       <c r="CO64" s="22"/>
       <c r="CP64" s="22"/>
       <c r="CQ64" s="22"/>
@@ -40992,51 +41507,51 @@
       <c r="DK64" s="22"/>
       <c r="DL64" s="22"/>
       <c r="DM64" s="22"/>
       <c r="DN64" s="22"/>
       <c r="DO64" s="22"/>
       <c r="DP64" s="22"/>
       <c r="DQ64" s="22"/>
       <c r="DR64" s="22"/>
       <c r="DS64" s="22"/>
       <c r="DT64" s="22"/>
       <c r="DU64" s="22"/>
       <c r="DV64" s="22"/>
       <c r="DW64" s="22"/>
       <c r="DX64" s="22"/>
       <c r="DY64" s="22"/>
       <c r="DZ64" s="22"/>
       <c r="EA64" s="22"/>
       <c r="EB64" s="22"/>
       <c r="EC64" s="22"/>
       <c r="ED64" s="22"/>
       <c r="EE64" s="22"/>
       <c r="EF64" s="22"/>
       <c r="EG64" s="22"/>
       <c r="EH64" s="22"/>
       <c r="EI64" s="22"/>
-      <c r="EJ64" s="51"/>
+      <c r="EJ64" s="22"/>
       <c r="EK64" s="51"/>
       <c r="EL64" s="51"/>
       <c r="EM64" s="51"/>
       <c r="EN64" s="51"/>
       <c r="EO64" s="51"/>
       <c r="EP64" s="51"/>
       <c r="EQ64" s="51"/>
       <c r="ER64" s="51"/>
       <c r="ES64" s="51"/>
       <c r="ET64" s="51"/>
       <c r="EU64" s="51"/>
       <c r="EV64" s="51"/>
       <c r="EW64" s="51"/>
       <c r="EX64" s="51"/>
       <c r="EY64" s="51"/>
       <c r="EZ64" s="51"/>
       <c r="FA64" s="51"/>
       <c r="FB64" s="51"/>
       <c r="FC64" s="51"/>
       <c r="FD64" s="51"/>
       <c r="FE64" s="51"/>
       <c r="FF64" s="51"/>
       <c r="FG64" s="51"/>
       <c r="FH64" s="51"/>
       <c r="FI64" s="51"/>
@@ -41086,52 +41601,55 @@
       <c r="HA64" s="51"/>
       <c r="HB64" s="51"/>
       <c r="HC64" s="51"/>
       <c r="HD64" s="51"/>
       <c r="HE64" s="51"/>
       <c r="HF64" s="51"/>
       <c r="HG64" s="51"/>
       <c r="HH64" s="51"/>
       <c r="HI64" s="51"/>
       <c r="HJ64" s="51"/>
       <c r="HK64" s="51"/>
       <c r="HL64" s="51"/>
       <c r="HM64" s="51"/>
       <c r="HN64" s="51"/>
       <c r="HO64" s="51"/>
       <c r="HP64" s="51"/>
       <c r="HQ64" s="51"/>
       <c r="HR64" s="51"/>
       <c r="HS64" s="51"/>
       <c r="HT64" s="51"/>
       <c r="HU64" s="51"/>
       <c r="HV64" s="51"/>
       <c r="HW64" s="51"/>
       <c r="HX64" s="51"/>
       <c r="HY64" s="51"/>
+      <c r="HZ64" s="51"/>
+      <c r="IA64" s="51"/>
+      <c r="IB64" s="51"/>
     </row>
-    <row r="65" spans="1:233" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="65" spans="1:236" s="19" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A65" s="3"/>
       <c r="B65" s="20"/>
       <c r="C65" s="21"/>
       <c r="D65" s="21"/>
       <c r="E65" s="21"/>
       <c r="F65" s="21"/>
       <c r="G65" s="21"/>
       <c r="H65" s="21"/>
       <c r="I65" s="21"/>
       <c r="J65" s="21"/>
       <c r="K65" s="21"/>
       <c r="L65" s="21"/>
       <c r="M65" s="21"/>
       <c r="N65" s="21"/>
       <c r="O65" s="21"/>
       <c r="P65" s="21"/>
       <c r="Q65" s="21"/>
       <c r="R65" s="21"/>
       <c r="S65" s="21"/>
       <c r="T65" s="21"/>
       <c r="U65" s="21"/>
       <c r="V65" s="21"/>
       <c r="W65" s="21"/>
       <c r="X65" s="21"/>
       <c r="Y65" s="21"/>
@@ -41157,51 +41675,51 @@
       <c r="AS65" s="21"/>
       <c r="AT65" s="21"/>
       <c r="AU65" s="21"/>
       <c r="AV65" s="21"/>
       <c r="AW65" s="21"/>
       <c r="AX65" s="21"/>
       <c r="AY65" s="21"/>
       <c r="AZ65" s="21"/>
       <c r="BA65" s="21"/>
       <c r="BB65" s="21"/>
       <c r="BC65" s="21"/>
       <c r="BD65" s="21"/>
       <c r="BE65" s="21"/>
       <c r="BF65" s="21"/>
       <c r="BG65" s="21"/>
       <c r="BH65" s="21"/>
       <c r="BI65" s="21"/>
       <c r="BJ65" s="21"/>
       <c r="BK65" s="21"/>
       <c r="BL65" s="21"/>
       <c r="BM65" s="21"/>
       <c r="BN65" s="21"/>
       <c r="BO65" s="21"/>
       <c r="BP65" s="21"/>
       <c r="BQ65" s="21"/>
-      <c r="BR65" s="22"/>
+      <c r="BR65" s="21"/>
       <c r="BS65" s="22"/>
       <c r="BT65" s="22"/>
       <c r="BU65" s="22"/>
       <c r="BV65" s="22"/>
       <c r="BW65" s="22"/>
       <c r="BX65" s="22"/>
       <c r="BY65" s="22"/>
       <c r="BZ65" s="22"/>
       <c r="CA65" s="22"/>
       <c r="CB65" s="22"/>
       <c r="CC65" s="22"/>
       <c r="CD65" s="22"/>
       <c r="CE65" s="22"/>
       <c r="CF65" s="22"/>
       <c r="CG65" s="22"/>
       <c r="CH65" s="22"/>
       <c r="CI65" s="22"/>
       <c r="CJ65" s="22"/>
       <c r="CK65" s="22"/>
       <c r="CL65" s="22"/>
       <c r="CM65" s="22"/>
       <c r="CN65" s="22"/>
       <c r="CO65" s="22"/>
       <c r="CP65" s="22"/>
       <c r="CQ65" s="22"/>
@@ -41227,51 +41745,51 @@
       <c r="DK65" s="22"/>
       <c r="DL65" s="22"/>
       <c r="DM65" s="22"/>
       <c r="DN65" s="22"/>
       <c r="DO65" s="22"/>
       <c r="DP65" s="22"/>
       <c r="DQ65" s="22"/>
       <c r="DR65" s="22"/>
       <c r="DS65" s="22"/>
       <c r="DT65" s="22"/>
       <c r="DU65" s="22"/>
       <c r="DV65" s="22"/>
       <c r="DW65" s="22"/>
       <c r="DX65" s="22"/>
       <c r="DY65" s="22"/>
       <c r="DZ65" s="22"/>
       <c r="EA65" s="22"/>
       <c r="EB65" s="22"/>
       <c r="EC65" s="22"/>
       <c r="ED65" s="22"/>
       <c r="EE65" s="22"/>
       <c r="EF65" s="22"/>
       <c r="EG65" s="22"/>
       <c r="EH65" s="22"/>
       <c r="EI65" s="22"/>
-      <c r="EJ65" s="51"/>
+      <c r="EJ65" s="22"/>
       <c r="EK65" s="51"/>
       <c r="EL65" s="51"/>
       <c r="EM65" s="51"/>
       <c r="EN65" s="51"/>
       <c r="EO65" s="51"/>
       <c r="EP65" s="51"/>
       <c r="EQ65" s="51"/>
       <c r="ER65" s="51"/>
       <c r="ES65" s="51"/>
       <c r="ET65" s="51"/>
       <c r="EU65" s="51"/>
       <c r="EV65" s="51"/>
       <c r="EW65" s="51"/>
       <c r="EX65" s="51"/>
       <c r="EY65" s="51"/>
       <c r="EZ65" s="51"/>
       <c r="FA65" s="51"/>
       <c r="FB65" s="51"/>
       <c r="FC65" s="51"/>
       <c r="FD65" s="51"/>
       <c r="FE65" s="51"/>
       <c r="FF65" s="51"/>
       <c r="FG65" s="51"/>
       <c r="FH65" s="51"/>
       <c r="FI65" s="51"/>
@@ -41321,52 +41839,55 @@
       <c r="HA65" s="51"/>
       <c r="HB65" s="51"/>
       <c r="HC65" s="51"/>
       <c r="HD65" s="51"/>
       <c r="HE65" s="51"/>
       <c r="HF65" s="51"/>
       <c r="HG65" s="51"/>
       <c r="HH65" s="51"/>
       <c r="HI65" s="51"/>
       <c r="HJ65" s="51"/>
       <c r="HK65" s="51"/>
       <c r="HL65" s="51"/>
       <c r="HM65" s="51"/>
       <c r="HN65" s="51"/>
       <c r="HO65" s="51"/>
       <c r="HP65" s="51"/>
       <c r="HQ65" s="51"/>
       <c r="HR65" s="51"/>
       <c r="HS65" s="51"/>
       <c r="HT65" s="51"/>
       <c r="HU65" s="51"/>
       <c r="HV65" s="51"/>
       <c r="HW65" s="51"/>
       <c r="HX65" s="51"/>
       <c r="HY65" s="51"/>
+      <c r="HZ65" s="51"/>
+      <c r="IA65" s="51"/>
+      <c r="IB65" s="51"/>
     </row>
-    <row r="66" spans="1:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="66" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B66" s="9" t="s">
         <v>87</v>
       </c>
       <c r="C66" s="44"/>
       <c r="D66" s="44"/>
       <c r="E66" s="44"/>
       <c r="F66" s="44"/>
       <c r="G66" s="44"/>
       <c r="H66" s="44"/>
       <c r="I66" s="44"/>
       <c r="J66" s="44"/>
       <c r="K66" s="44"/>
       <c r="L66" s="44"/>
       <c r="M66" s="44"/>
       <c r="N66" s="44"/>
       <c r="O66" s="44"/>
       <c r="P66" s="44"/>
       <c r="Q66" s="44"/>
       <c r="R66" s="44"/>
       <c r="S66" s="44"/>
       <c r="T66" s="44"/>
       <c r="U66" s="44"/>
       <c r="V66" s="44"/>
       <c r="W66" s="44"/>
       <c r="X66" s="44"/>
@@ -41463,52 +41984,53 @@
       <c r="DK66" s="44"/>
       <c r="DL66" s="44"/>
       <c r="DM66" s="44"/>
       <c r="DN66" s="44"/>
       <c r="DO66" s="44"/>
       <c r="DP66" s="44"/>
       <c r="DQ66" s="44"/>
       <c r="DR66" s="44"/>
       <c r="DS66" s="44"/>
       <c r="DT66" s="44"/>
       <c r="DU66" s="44"/>
       <c r="DV66" s="44"/>
       <c r="DW66" s="44"/>
       <c r="DX66" s="44"/>
       <c r="DY66" s="44"/>
       <c r="DZ66" s="44"/>
       <c r="EA66" s="44"/>
       <c r="EB66" s="44"/>
       <c r="EC66" s="44"/>
       <c r="ED66" s="44"/>
       <c r="EE66" s="44"/>
       <c r="EF66" s="44"/>
       <c r="EG66" s="44"/>
       <c r="EH66" s="44"/>
       <c r="EI66" s="44"/>
+      <c r="EJ66" s="44"/>
     </row>
-    <row r="67" spans="1:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="67" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B67" s="50" t="s">
         <v>207</v>
       </c>
       <c r="C67" s="44"/>
       <c r="D67" s="44"/>
       <c r="E67" s="44"/>
       <c r="F67" s="44"/>
       <c r="G67" s="44"/>
       <c r="H67" s="44"/>
       <c r="I67" s="44"/>
       <c r="J67" s="44"/>
       <c r="K67" s="44"/>
       <c r="L67" s="44"/>
       <c r="M67" s="44"/>
       <c r="N67" s="44"/>
       <c r="O67" s="44"/>
       <c r="P67" s="44"/>
       <c r="Q67" s="44"/>
       <c r="R67" s="44"/>
       <c r="S67" s="44"/>
       <c r="T67" s="44"/>
       <c r="U67" s="44"/>
       <c r="V67" s="44"/>
       <c r="W67" s="44"/>
       <c r="X67" s="44"/>
@@ -41605,52 +42127,53 @@
       <c r="DK67" s="44"/>
       <c r="DL67" s="44"/>
       <c r="DM67" s="44"/>
       <c r="DN67" s="44"/>
       <c r="DO67" s="44"/>
       <c r="DP67" s="44"/>
       <c r="DQ67" s="44"/>
       <c r="DR67" s="44"/>
       <c r="DS67" s="44"/>
       <c r="DT67" s="44"/>
       <c r="DU67" s="44"/>
       <c r="DV67" s="44"/>
       <c r="DW67" s="44"/>
       <c r="DX67" s="44"/>
       <c r="DY67" s="44"/>
       <c r="DZ67" s="44"/>
       <c r="EA67" s="44"/>
       <c r="EB67" s="44"/>
       <c r="EC67" s="44"/>
       <c r="ED67" s="44"/>
       <c r="EE67" s="44"/>
       <c r="EF67" s="44"/>
       <c r="EG67" s="44"/>
       <c r="EH67" s="44"/>
       <c r="EI67" s="44"/>
+      <c r="EJ67" s="44"/>
     </row>
-    <row r="68" spans="1:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="68" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C68" s="44"/>
       <c r="D68" s="44"/>
       <c r="E68" s="44"/>
       <c r="F68" s="44"/>
       <c r="G68" s="44"/>
       <c r="H68" s="44"/>
       <c r="I68" s="44"/>
       <c r="J68" s="44"/>
       <c r="K68" s="44"/>
       <c r="L68" s="44"/>
       <c r="M68" s="44"/>
       <c r="N68" s="44"/>
       <c r="O68" s="44"/>
       <c r="P68" s="44"/>
       <c r="Q68" s="44"/>
       <c r="R68" s="44"/>
       <c r="S68" s="44"/>
       <c r="T68" s="44"/>
       <c r="U68" s="44"/>
       <c r="V68" s="44"/>
       <c r="W68" s="44"/>
       <c r="X68" s="44"/>
       <c r="Y68" s="44"/>
       <c r="Z68" s="44"/>
       <c r="AA68" s="44"/>
@@ -41744,52 +42267,53 @@
       <c r="DK68" s="44"/>
       <c r="DL68" s="44"/>
       <c r="DM68" s="44"/>
       <c r="DN68" s="44"/>
       <c r="DO68" s="44"/>
       <c r="DP68" s="44"/>
       <c r="DQ68" s="44"/>
       <c r="DR68" s="44"/>
       <c r="DS68" s="44"/>
       <c r="DT68" s="44"/>
       <c r="DU68" s="44"/>
       <c r="DV68" s="44"/>
       <c r="DW68" s="44"/>
       <c r="DX68" s="44"/>
       <c r="DY68" s="44"/>
       <c r="DZ68" s="44"/>
       <c r="EA68" s="44"/>
       <c r="EB68" s="44"/>
       <c r="EC68" s="44"/>
       <c r="ED68" s="44"/>
       <c r="EE68" s="44"/>
       <c r="EF68" s="44"/>
       <c r="EG68" s="44"/>
       <c r="EH68" s="44"/>
       <c r="EI68" s="44"/>
+      <c r="EJ68" s="44"/>
     </row>
-    <row r="69" spans="1:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="69" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C69" s="44"/>
       <c r="D69" s="44"/>
       <c r="E69" s="44"/>
       <c r="F69" s="44"/>
       <c r="G69" s="44"/>
       <c r="H69" s="44"/>
       <c r="I69" s="44"/>
       <c r="J69" s="44"/>
       <c r="K69" s="44"/>
       <c r="L69" s="44"/>
       <c r="M69" s="44"/>
       <c r="N69" s="44"/>
       <c r="O69" s="44"/>
       <c r="P69" s="44"/>
       <c r="Q69" s="44"/>
       <c r="R69" s="44"/>
       <c r="S69" s="44"/>
       <c r="T69" s="44"/>
       <c r="U69" s="44"/>
       <c r="V69" s="44"/>
       <c r="W69" s="44"/>
       <c r="X69" s="44"/>
       <c r="Y69" s="44"/>
       <c r="Z69" s="44"/>
       <c r="AA69" s="44"/>
@@ -41883,52 +42407,53 @@
       <c r="DK69" s="44"/>
       <c r="DL69" s="44"/>
       <c r="DM69" s="44"/>
       <c r="DN69" s="44"/>
       <c r="DO69" s="44"/>
       <c r="DP69" s="44"/>
       <c r="DQ69" s="44"/>
       <c r="DR69" s="44"/>
       <c r="DS69" s="44"/>
       <c r="DT69" s="44"/>
       <c r="DU69" s="44"/>
       <c r="DV69" s="44"/>
       <c r="DW69" s="44"/>
       <c r="DX69" s="44"/>
       <c r="DY69" s="44"/>
       <c r="DZ69" s="44"/>
       <c r="EA69" s="44"/>
       <c r="EB69" s="44"/>
       <c r="EC69" s="44"/>
       <c r="ED69" s="44"/>
       <c r="EE69" s="44"/>
       <c r="EF69" s="44"/>
       <c r="EG69" s="44"/>
       <c r="EH69" s="44"/>
       <c r="EI69" s="44"/>
+      <c r="EJ69" s="44"/>
     </row>
-    <row r="70" spans="1:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="70" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C70" s="44"/>
       <c r="D70" s="44"/>
       <c r="E70" s="44"/>
       <c r="F70" s="44"/>
       <c r="G70" s="44"/>
       <c r="H70" s="44"/>
       <c r="I70" s="44"/>
       <c r="J70" s="44"/>
       <c r="K70" s="44"/>
       <c r="L70" s="44"/>
       <c r="M70" s="44"/>
       <c r="N70" s="44"/>
       <c r="O70" s="44"/>
       <c r="P70" s="44"/>
       <c r="Q70" s="44"/>
       <c r="R70" s="44"/>
       <c r="S70" s="44"/>
       <c r="T70" s="44"/>
       <c r="U70" s="44"/>
       <c r="V70" s="44"/>
       <c r="W70" s="44"/>
       <c r="X70" s="44"/>
       <c r="Y70" s="44"/>
       <c r="Z70" s="44"/>
       <c r="AA70" s="44"/>
@@ -42022,52 +42547,53 @@
       <c r="DK70" s="44"/>
       <c r="DL70" s="44"/>
       <c r="DM70" s="44"/>
       <c r="DN70" s="44"/>
       <c r="DO70" s="44"/>
       <c r="DP70" s="44"/>
       <c r="DQ70" s="44"/>
       <c r="DR70" s="44"/>
       <c r="DS70" s="44"/>
       <c r="DT70" s="44"/>
       <c r="DU70" s="44"/>
       <c r="DV70" s="44"/>
       <c r="DW70" s="44"/>
       <c r="DX70" s="44"/>
       <c r="DY70" s="44"/>
       <c r="DZ70" s="44"/>
       <c r="EA70" s="44"/>
       <c r="EB70" s="44"/>
       <c r="EC70" s="44"/>
       <c r="ED70" s="44"/>
       <c r="EE70" s="44"/>
       <c r="EF70" s="44"/>
       <c r="EG70" s="44"/>
       <c r="EH70" s="44"/>
       <c r="EI70" s="44"/>
+      <c r="EJ70" s="44"/>
     </row>
-    <row r="71" spans="1:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="71" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C71" s="44"/>
       <c r="D71" s="44"/>
       <c r="E71" s="44"/>
       <c r="F71" s="44"/>
       <c r="G71" s="44"/>
       <c r="H71" s="44"/>
       <c r="I71" s="44"/>
       <c r="J71" s="44"/>
       <c r="K71" s="44"/>
       <c r="L71" s="44"/>
       <c r="M71" s="44"/>
       <c r="N71" s="44"/>
       <c r="O71" s="44"/>
       <c r="P71" s="44"/>
       <c r="Q71" s="44"/>
       <c r="R71" s="44"/>
       <c r="S71" s="44"/>
       <c r="T71" s="44"/>
       <c r="U71" s="44"/>
       <c r="V71" s="44"/>
       <c r="W71" s="44"/>
       <c r="X71" s="44"/>
       <c r="Y71" s="44"/>
       <c r="Z71" s="44"/>
       <c r="AA71" s="44"/>
@@ -42161,52 +42687,53 @@
       <c r="DK71" s="44"/>
       <c r="DL71" s="44"/>
       <c r="DM71" s="44"/>
       <c r="DN71" s="44"/>
       <c r="DO71" s="44"/>
       <c r="DP71" s="44"/>
       <c r="DQ71" s="44"/>
       <c r="DR71" s="44"/>
       <c r="DS71" s="44"/>
       <c r="DT71" s="44"/>
       <c r="DU71" s="44"/>
       <c r="DV71" s="44"/>
       <c r="DW71" s="44"/>
       <c r="DX71" s="44"/>
       <c r="DY71" s="44"/>
       <c r="DZ71" s="44"/>
       <c r="EA71" s="44"/>
       <c r="EB71" s="44"/>
       <c r="EC71" s="44"/>
       <c r="ED71" s="44"/>
       <c r="EE71" s="44"/>
       <c r="EF71" s="44"/>
       <c r="EG71" s="44"/>
       <c r="EH71" s="44"/>
       <c r="EI71" s="44"/>
+      <c r="EJ71" s="44"/>
     </row>
-    <row r="72" spans="1:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="72" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C72" s="44"/>
       <c r="D72" s="44"/>
       <c r="E72" s="44"/>
       <c r="F72" s="44"/>
       <c r="G72" s="44"/>
       <c r="H72" s="44"/>
       <c r="I72" s="44"/>
       <c r="J72" s="44"/>
       <c r="K72" s="44"/>
       <c r="L72" s="44"/>
       <c r="M72" s="44"/>
       <c r="N72" s="44"/>
       <c r="O72" s="44"/>
       <c r="P72" s="44"/>
       <c r="Q72" s="44"/>
       <c r="R72" s="44"/>
       <c r="S72" s="44"/>
       <c r="T72" s="44"/>
       <c r="U72" s="44"/>
       <c r="V72" s="44"/>
       <c r="W72" s="44"/>
       <c r="X72" s="44"/>
       <c r="Y72" s="44"/>
       <c r="Z72" s="44"/>
       <c r="AA72" s="44"/>
@@ -42300,52 +42827,53 @@
       <c r="DK72" s="44"/>
       <c r="DL72" s="44"/>
       <c r="DM72" s="44"/>
       <c r="DN72" s="44"/>
       <c r="DO72" s="44"/>
       <c r="DP72" s="44"/>
       <c r="DQ72" s="44"/>
       <c r="DR72" s="44"/>
       <c r="DS72" s="44"/>
       <c r="DT72" s="44"/>
       <c r="DU72" s="44"/>
       <c r="DV72" s="44"/>
       <c r="DW72" s="44"/>
       <c r="DX72" s="44"/>
       <c r="DY72" s="44"/>
       <c r="DZ72" s="44"/>
       <c r="EA72" s="44"/>
       <c r="EB72" s="44"/>
       <c r="EC72" s="44"/>
       <c r="ED72" s="44"/>
       <c r="EE72" s="44"/>
       <c r="EF72" s="44"/>
       <c r="EG72" s="44"/>
       <c r="EH72" s="44"/>
       <c r="EI72" s="44"/>
+      <c r="EJ72" s="44"/>
     </row>
-    <row r="73" spans="1:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="73" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C73" s="44"/>
       <c r="D73" s="44"/>
       <c r="E73" s="44"/>
       <c r="F73" s="44"/>
       <c r="G73" s="44"/>
       <c r="H73" s="44"/>
       <c r="I73" s="44"/>
       <c r="J73" s="44"/>
       <c r="K73" s="44"/>
       <c r="L73" s="44"/>
       <c r="M73" s="44"/>
       <c r="N73" s="44"/>
       <c r="O73" s="44"/>
       <c r="P73" s="44"/>
       <c r="Q73" s="44"/>
       <c r="R73" s="44"/>
       <c r="S73" s="44"/>
       <c r="T73" s="44"/>
       <c r="U73" s="44"/>
       <c r="V73" s="44"/>
       <c r="W73" s="44"/>
       <c r="X73" s="44"/>
       <c r="Y73" s="44"/>
       <c r="Z73" s="44"/>
       <c r="AA73" s="44"/>
@@ -42439,52 +42967,53 @@
       <c r="DK73" s="44"/>
       <c r="DL73" s="44"/>
       <c r="DM73" s="44"/>
       <c r="DN73" s="44"/>
       <c r="DO73" s="44"/>
       <c r="DP73" s="44"/>
       <c r="DQ73" s="44"/>
       <c r="DR73" s="44"/>
       <c r="DS73" s="44"/>
       <c r="DT73" s="44"/>
       <c r="DU73" s="44"/>
       <c r="DV73" s="44"/>
       <c r="DW73" s="44"/>
       <c r="DX73" s="44"/>
       <c r="DY73" s="44"/>
       <c r="DZ73" s="44"/>
       <c r="EA73" s="44"/>
       <c r="EB73" s="44"/>
       <c r="EC73" s="44"/>
       <c r="ED73" s="44"/>
       <c r="EE73" s="44"/>
       <c r="EF73" s="44"/>
       <c r="EG73" s="44"/>
       <c r="EH73" s="44"/>
       <c r="EI73" s="44"/>
+      <c r="EJ73" s="44"/>
     </row>
-    <row r="74" spans="1:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="74" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C74" s="44"/>
       <c r="D74" s="44"/>
       <c r="E74" s="44"/>
       <c r="F74" s="44"/>
       <c r="G74" s="44"/>
       <c r="H74" s="44"/>
       <c r="I74" s="44"/>
       <c r="J74" s="44"/>
       <c r="K74" s="44"/>
       <c r="L74" s="44"/>
       <c r="M74" s="44"/>
       <c r="N74" s="44"/>
       <c r="O74" s="44"/>
       <c r="P74" s="44"/>
       <c r="Q74" s="44"/>
       <c r="R74" s="44"/>
       <c r="S74" s="44"/>
       <c r="T74" s="44"/>
       <c r="U74" s="44"/>
       <c r="V74" s="44"/>
       <c r="W74" s="44"/>
       <c r="X74" s="44"/>
       <c r="Y74" s="44"/>
       <c r="Z74" s="44"/>
       <c r="AA74" s="44"/>
@@ -42578,52 +43107,53 @@
       <c r="DK74" s="44"/>
       <c r="DL74" s="44"/>
       <c r="DM74" s="44"/>
       <c r="DN74" s="44"/>
       <c r="DO74" s="44"/>
       <c r="DP74" s="44"/>
       <c r="DQ74" s="44"/>
       <c r="DR74" s="44"/>
       <c r="DS74" s="44"/>
       <c r="DT74" s="44"/>
       <c r="DU74" s="44"/>
       <c r="DV74" s="44"/>
       <c r="DW74" s="44"/>
       <c r="DX74" s="44"/>
       <c r="DY74" s="44"/>
       <c r="DZ74" s="44"/>
       <c r="EA74" s="44"/>
       <c r="EB74" s="44"/>
       <c r="EC74" s="44"/>
       <c r="ED74" s="44"/>
       <c r="EE74" s="44"/>
       <c r="EF74" s="44"/>
       <c r="EG74" s="44"/>
       <c r="EH74" s="44"/>
       <c r="EI74" s="44"/>
+      <c r="EJ74" s="44"/>
     </row>
-    <row r="75" spans="1:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="75" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C75" s="44"/>
       <c r="D75" s="44"/>
       <c r="E75" s="44"/>
       <c r="F75" s="44"/>
       <c r="G75" s="44"/>
       <c r="H75" s="44"/>
       <c r="I75" s="44"/>
       <c r="J75" s="44"/>
       <c r="K75" s="44"/>
       <c r="L75" s="44"/>
       <c r="M75" s="44"/>
       <c r="N75" s="44"/>
       <c r="O75" s="44"/>
       <c r="P75" s="44"/>
       <c r="Q75" s="44"/>
       <c r="R75" s="44"/>
       <c r="S75" s="44"/>
       <c r="T75" s="44"/>
       <c r="U75" s="44"/>
       <c r="V75" s="44"/>
       <c r="W75" s="44"/>
       <c r="X75" s="44"/>
       <c r="Y75" s="44"/>
       <c r="Z75" s="44"/>
       <c r="AA75" s="44"/>
@@ -42717,52 +43247,53 @@
       <c r="DK75" s="44"/>
       <c r="DL75" s="44"/>
       <c r="DM75" s="44"/>
       <c r="DN75" s="44"/>
       <c r="DO75" s="44"/>
       <c r="DP75" s="44"/>
       <c r="DQ75" s="44"/>
       <c r="DR75" s="44"/>
       <c r="DS75" s="44"/>
       <c r="DT75" s="44"/>
       <c r="DU75" s="44"/>
       <c r="DV75" s="44"/>
       <c r="DW75" s="44"/>
       <c r="DX75" s="44"/>
       <c r="DY75" s="44"/>
       <c r="DZ75" s="44"/>
       <c r="EA75" s="44"/>
       <c r="EB75" s="44"/>
       <c r="EC75" s="44"/>
       <c r="ED75" s="44"/>
       <c r="EE75" s="44"/>
       <c r="EF75" s="44"/>
       <c r="EG75" s="44"/>
       <c r="EH75" s="44"/>
       <c r="EI75" s="44"/>
+      <c r="EJ75" s="44"/>
     </row>
-    <row r="76" spans="1:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="76" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C76" s="44"/>
       <c r="D76" s="44"/>
       <c r="E76" s="44"/>
       <c r="F76" s="44"/>
       <c r="G76" s="44"/>
       <c r="H76" s="44"/>
       <c r="I76" s="44"/>
       <c r="J76" s="44"/>
       <c r="K76" s="44"/>
       <c r="L76" s="44"/>
       <c r="M76" s="44"/>
       <c r="N76" s="44"/>
       <c r="O76" s="44"/>
       <c r="P76" s="44"/>
       <c r="Q76" s="44"/>
       <c r="R76" s="44"/>
       <c r="S76" s="44"/>
       <c r="T76" s="44"/>
       <c r="U76" s="44"/>
       <c r="V76" s="44"/>
       <c r="W76" s="44"/>
       <c r="X76" s="44"/>
       <c r="Y76" s="44"/>
       <c r="Z76" s="44"/>
       <c r="AA76" s="44"/>
@@ -42856,52 +43387,53 @@
       <c r="DK76" s="44"/>
       <c r="DL76" s="44"/>
       <c r="DM76" s="44"/>
       <c r="DN76" s="44"/>
       <c r="DO76" s="44"/>
       <c r="DP76" s="44"/>
       <c r="DQ76" s="44"/>
       <c r="DR76" s="44"/>
       <c r="DS76" s="44"/>
       <c r="DT76" s="44"/>
       <c r="DU76" s="44"/>
       <c r="DV76" s="44"/>
       <c r="DW76" s="44"/>
       <c r="DX76" s="44"/>
       <c r="DY76" s="44"/>
       <c r="DZ76" s="44"/>
       <c r="EA76" s="44"/>
       <c r="EB76" s="44"/>
       <c r="EC76" s="44"/>
       <c r="ED76" s="44"/>
       <c r="EE76" s="44"/>
       <c r="EF76" s="44"/>
       <c r="EG76" s="44"/>
       <c r="EH76" s="44"/>
       <c r="EI76" s="44"/>
+      <c r="EJ76" s="44"/>
     </row>
-    <row r="77" spans="1:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="77" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C77" s="44"/>
       <c r="D77" s="44"/>
       <c r="E77" s="44"/>
       <c r="F77" s="44"/>
       <c r="G77" s="44"/>
       <c r="H77" s="44"/>
       <c r="I77" s="44"/>
       <c r="J77" s="44"/>
       <c r="K77" s="44"/>
       <c r="L77" s="44"/>
       <c r="M77" s="44"/>
       <c r="N77" s="44"/>
       <c r="O77" s="44"/>
       <c r="P77" s="44"/>
       <c r="Q77" s="44"/>
       <c r="R77" s="44"/>
       <c r="S77" s="44"/>
       <c r="T77" s="44"/>
       <c r="U77" s="44"/>
       <c r="V77" s="44"/>
       <c r="W77" s="44"/>
       <c r="X77" s="44"/>
       <c r="Y77" s="44"/>
       <c r="Z77" s="44"/>
       <c r="AA77" s="44"/>
@@ -42995,52 +43527,53 @@
       <c r="DK77" s="44"/>
       <c r="DL77" s="44"/>
       <c r="DM77" s="44"/>
       <c r="DN77" s="44"/>
       <c r="DO77" s="44"/>
       <c r="DP77" s="44"/>
       <c r="DQ77" s="44"/>
       <c r="DR77" s="44"/>
       <c r="DS77" s="44"/>
       <c r="DT77" s="44"/>
       <c r="DU77" s="44"/>
       <c r="DV77" s="44"/>
       <c r="DW77" s="44"/>
       <c r="DX77" s="44"/>
       <c r="DY77" s="44"/>
       <c r="DZ77" s="44"/>
       <c r="EA77" s="44"/>
       <c r="EB77" s="44"/>
       <c r="EC77" s="44"/>
       <c r="ED77" s="44"/>
       <c r="EE77" s="44"/>
       <c r="EF77" s="44"/>
       <c r="EG77" s="44"/>
       <c r="EH77" s="44"/>
       <c r="EI77" s="44"/>
+      <c r="EJ77" s="44"/>
     </row>
-    <row r="78" spans="1:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="78" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C78" s="44"/>
       <c r="D78" s="44"/>
       <c r="E78" s="44"/>
       <c r="F78" s="44"/>
       <c r="G78" s="44"/>
       <c r="H78" s="44"/>
       <c r="I78" s="44"/>
       <c r="J78" s="44"/>
       <c r="K78" s="44"/>
       <c r="L78" s="44"/>
       <c r="M78" s="44"/>
       <c r="N78" s="44"/>
       <c r="O78" s="44"/>
       <c r="P78" s="44"/>
       <c r="Q78" s="44"/>
       <c r="R78" s="44"/>
       <c r="S78" s="44"/>
       <c r="T78" s="44"/>
       <c r="U78" s="44"/>
       <c r="V78" s="44"/>
       <c r="W78" s="44"/>
       <c r="X78" s="44"/>
       <c r="Y78" s="44"/>
       <c r="Z78" s="44"/>
       <c r="AA78" s="44"/>
@@ -43134,52 +43667,53 @@
       <c r="DK78" s="44"/>
       <c r="DL78" s="44"/>
       <c r="DM78" s="44"/>
       <c r="DN78" s="44"/>
       <c r="DO78" s="44"/>
       <c r="DP78" s="44"/>
       <c r="DQ78" s="44"/>
       <c r="DR78" s="44"/>
       <c r="DS78" s="44"/>
       <c r="DT78" s="44"/>
       <c r="DU78" s="44"/>
       <c r="DV78" s="44"/>
       <c r="DW78" s="44"/>
       <c r="DX78" s="44"/>
       <c r="DY78" s="44"/>
       <c r="DZ78" s="44"/>
       <c r="EA78" s="44"/>
       <c r="EB78" s="44"/>
       <c r="EC78" s="44"/>
       <c r="ED78" s="44"/>
       <c r="EE78" s="44"/>
       <c r="EF78" s="44"/>
       <c r="EG78" s="44"/>
       <c r="EH78" s="44"/>
       <c r="EI78" s="44"/>
+      <c r="EJ78" s="44"/>
     </row>
-    <row r="79" spans="1:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="79" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C79" s="44"/>
       <c r="D79" s="44"/>
       <c r="E79" s="44"/>
       <c r="F79" s="44"/>
       <c r="G79" s="44"/>
       <c r="H79" s="44"/>
       <c r="I79" s="44"/>
       <c r="J79" s="44"/>
       <c r="K79" s="44"/>
       <c r="L79" s="44"/>
       <c r="M79" s="44"/>
       <c r="N79" s="44"/>
       <c r="O79" s="44"/>
       <c r="P79" s="44"/>
       <c r="Q79" s="44"/>
       <c r="R79" s="44"/>
       <c r="S79" s="44"/>
       <c r="T79" s="44"/>
       <c r="U79" s="44"/>
       <c r="V79" s="44"/>
       <c r="W79" s="44"/>
       <c r="X79" s="44"/>
       <c r="Y79" s="44"/>
       <c r="Z79" s="44"/>
       <c r="AA79" s="44"/>
@@ -43273,52 +43807,53 @@
       <c r="DK79" s="44"/>
       <c r="DL79" s="44"/>
       <c r="DM79" s="44"/>
       <c r="DN79" s="44"/>
       <c r="DO79" s="44"/>
       <c r="DP79" s="44"/>
       <c r="DQ79" s="44"/>
       <c r="DR79" s="44"/>
       <c r="DS79" s="44"/>
       <c r="DT79" s="44"/>
       <c r="DU79" s="44"/>
       <c r="DV79" s="44"/>
       <c r="DW79" s="44"/>
       <c r="DX79" s="44"/>
       <c r="DY79" s="44"/>
       <c r="DZ79" s="44"/>
       <c r="EA79" s="44"/>
       <c r="EB79" s="44"/>
       <c r="EC79" s="44"/>
       <c r="ED79" s="44"/>
       <c r="EE79" s="44"/>
       <c r="EF79" s="44"/>
       <c r="EG79" s="44"/>
       <c r="EH79" s="44"/>
       <c r="EI79" s="44"/>
+      <c r="EJ79" s="44"/>
     </row>
-    <row r="80" spans="1:233" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="80" spans="1:236" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C80" s="44"/>
       <c r="D80" s="44"/>
       <c r="E80" s="44"/>
       <c r="F80" s="44"/>
       <c r="G80" s="44"/>
       <c r="H80" s="44"/>
       <c r="I80" s="44"/>
       <c r="J80" s="44"/>
       <c r="K80" s="44"/>
       <c r="L80" s="44"/>
       <c r="M80" s="44"/>
       <c r="N80" s="44"/>
       <c r="O80" s="44"/>
       <c r="P80" s="44"/>
       <c r="Q80" s="44"/>
       <c r="R80" s="44"/>
       <c r="S80" s="44"/>
       <c r="T80" s="44"/>
       <c r="U80" s="44"/>
       <c r="V80" s="44"/>
       <c r="W80" s="44"/>
       <c r="X80" s="44"/>
       <c r="Y80" s="44"/>
       <c r="Z80" s="44"/>
       <c r="AA80" s="44"/>
@@ -43412,52 +43947,53 @@
       <c r="DK80" s="44"/>
       <c r="DL80" s="44"/>
       <c r="DM80" s="44"/>
       <c r="DN80" s="44"/>
       <c r="DO80" s="44"/>
       <c r="DP80" s="44"/>
       <c r="DQ80" s="44"/>
       <c r="DR80" s="44"/>
       <c r="DS80" s="44"/>
       <c r="DT80" s="44"/>
       <c r="DU80" s="44"/>
       <c r="DV80" s="44"/>
       <c r="DW80" s="44"/>
       <c r="DX80" s="44"/>
       <c r="DY80" s="44"/>
       <c r="DZ80" s="44"/>
       <c r="EA80" s="44"/>
       <c r="EB80" s="44"/>
       <c r="EC80" s="44"/>
       <c r="ED80" s="44"/>
       <c r="EE80" s="44"/>
       <c r="EF80" s="44"/>
       <c r="EG80" s="44"/>
       <c r="EH80" s="44"/>
       <c r="EI80" s="44"/>
+      <c r="EJ80" s="44"/>
     </row>
-    <row r="81" spans="3:139" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="81" spans="3:140" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C81" s="44"/>
       <c r="D81" s="44"/>
       <c r="E81" s="44"/>
       <c r="F81" s="44"/>
       <c r="G81" s="44"/>
       <c r="H81" s="44"/>
       <c r="I81" s="44"/>
       <c r="J81" s="44"/>
       <c r="K81" s="44"/>
       <c r="L81" s="44"/>
       <c r="M81" s="44"/>
       <c r="N81" s="44"/>
       <c r="O81" s="44"/>
       <c r="P81" s="44"/>
       <c r="Q81" s="44"/>
       <c r="R81" s="44"/>
       <c r="S81" s="44"/>
       <c r="T81" s="44"/>
       <c r="U81" s="44"/>
       <c r="V81" s="44"/>
       <c r="W81" s="44"/>
       <c r="X81" s="44"/>
       <c r="Y81" s="44"/>
       <c r="Z81" s="44"/>
       <c r="AA81" s="44"/>
@@ -43551,52 +44087,53 @@
       <c r="DK81" s="44"/>
       <c r="DL81" s="44"/>
       <c r="DM81" s="44"/>
       <c r="DN81" s="44"/>
       <c r="DO81" s="44"/>
       <c r="DP81" s="44"/>
       <c r="DQ81" s="44"/>
       <c r="DR81" s="44"/>
       <c r="DS81" s="44"/>
       <c r="DT81" s="44"/>
       <c r="DU81" s="44"/>
       <c r="DV81" s="44"/>
       <c r="DW81" s="44"/>
       <c r="DX81" s="44"/>
       <c r="DY81" s="44"/>
       <c r="DZ81" s="44"/>
       <c r="EA81" s="44"/>
       <c r="EB81" s="44"/>
       <c r="EC81" s="44"/>
       <c r="ED81" s="44"/>
       <c r="EE81" s="44"/>
       <c r="EF81" s="44"/>
       <c r="EG81" s="44"/>
       <c r="EH81" s="44"/>
       <c r="EI81" s="44"/>
+      <c r="EJ81" s="44"/>
     </row>
-    <row r="82" spans="3:139" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="82" spans="3:140" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C82" s="44"/>
       <c r="D82" s="44"/>
       <c r="E82" s="44"/>
       <c r="F82" s="44"/>
       <c r="G82" s="44"/>
       <c r="H82" s="44"/>
       <c r="I82" s="44"/>
       <c r="J82" s="44"/>
       <c r="K82" s="44"/>
       <c r="L82" s="44"/>
       <c r="M82" s="44"/>
       <c r="N82" s="44"/>
       <c r="O82" s="44"/>
       <c r="P82" s="44"/>
       <c r="Q82" s="44"/>
       <c r="R82" s="44"/>
       <c r="S82" s="44"/>
       <c r="T82" s="44"/>
       <c r="U82" s="44"/>
       <c r="V82" s="44"/>
       <c r="W82" s="44"/>
       <c r="X82" s="44"/>
       <c r="Y82" s="44"/>
       <c r="Z82" s="44"/>
       <c r="AA82" s="44"/>
@@ -43690,52 +44227,53 @@
       <c r="DK82" s="44"/>
       <c r="DL82" s="44"/>
       <c r="DM82" s="44"/>
       <c r="DN82" s="44"/>
       <c r="DO82" s="44"/>
       <c r="DP82" s="44"/>
       <c r="DQ82" s="44"/>
       <c r="DR82" s="44"/>
       <c r="DS82" s="44"/>
       <c r="DT82" s="44"/>
       <c r="DU82" s="44"/>
       <c r="DV82" s="44"/>
       <c r="DW82" s="44"/>
       <c r="DX82" s="44"/>
       <c r="DY82" s="44"/>
       <c r="DZ82" s="44"/>
       <c r="EA82" s="44"/>
       <c r="EB82" s="44"/>
       <c r="EC82" s="44"/>
       <c r="ED82" s="44"/>
       <c r="EE82" s="44"/>
       <c r="EF82" s="44"/>
       <c r="EG82" s="44"/>
       <c r="EH82" s="44"/>
       <c r="EI82" s="44"/>
+      <c r="EJ82" s="44"/>
     </row>
-    <row r="83" spans="3:139" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="83" spans="3:140" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C83" s="44"/>
       <c r="D83" s="44"/>
       <c r="E83" s="44"/>
       <c r="F83" s="44"/>
       <c r="G83" s="44"/>
       <c r="H83" s="44"/>
       <c r="I83" s="44"/>
       <c r="J83" s="44"/>
       <c r="K83" s="44"/>
       <c r="L83" s="44"/>
       <c r="M83" s="44"/>
       <c r="N83" s="44"/>
       <c r="O83" s="44"/>
       <c r="P83" s="44"/>
       <c r="Q83" s="44"/>
       <c r="R83" s="44"/>
       <c r="S83" s="44"/>
       <c r="T83" s="44"/>
       <c r="U83" s="44"/>
       <c r="V83" s="44"/>
       <c r="W83" s="44"/>
       <c r="X83" s="44"/>
       <c r="Y83" s="44"/>
       <c r="Z83" s="44"/>
       <c r="AA83" s="44"/>
@@ -43829,52 +44367,53 @@
       <c r="DK83" s="44"/>
       <c r="DL83" s="44"/>
       <c r="DM83" s="44"/>
       <c r="DN83" s="44"/>
       <c r="DO83" s="44"/>
       <c r="DP83" s="44"/>
       <c r="DQ83" s="44"/>
       <c r="DR83" s="44"/>
       <c r="DS83" s="44"/>
       <c r="DT83" s="44"/>
       <c r="DU83" s="44"/>
       <c r="DV83" s="44"/>
       <c r="DW83" s="44"/>
       <c r="DX83" s="44"/>
       <c r="DY83" s="44"/>
       <c r="DZ83" s="44"/>
       <c r="EA83" s="44"/>
       <c r="EB83" s="44"/>
       <c r="EC83" s="44"/>
       <c r="ED83" s="44"/>
       <c r="EE83" s="44"/>
       <c r="EF83" s="44"/>
       <c r="EG83" s="44"/>
       <c r="EH83" s="44"/>
       <c r="EI83" s="44"/>
+      <c r="EJ83" s="44"/>
     </row>
-    <row r="84" spans="3:139" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="84" spans="3:140" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C84" s="44"/>
       <c r="D84" s="44"/>
       <c r="E84" s="44"/>
       <c r="F84" s="44"/>
       <c r="G84" s="44"/>
       <c r="H84" s="44"/>
       <c r="I84" s="44"/>
       <c r="J84" s="44"/>
       <c r="K84" s="44"/>
       <c r="L84" s="44"/>
       <c r="M84" s="44"/>
       <c r="N84" s="44"/>
       <c r="O84" s="44"/>
       <c r="P84" s="44"/>
       <c r="Q84" s="44"/>
       <c r="R84" s="44"/>
       <c r="S84" s="44"/>
       <c r="T84" s="44"/>
       <c r="U84" s="44"/>
       <c r="V84" s="44"/>
       <c r="W84" s="44"/>
       <c r="X84" s="44"/>
       <c r="Y84" s="44"/>
       <c r="Z84" s="44"/>
       <c r="AA84" s="44"/>
@@ -43968,52 +44507,53 @@
       <c r="DK84" s="44"/>
       <c r="DL84" s="44"/>
       <c r="DM84" s="44"/>
       <c r="DN84" s="44"/>
       <c r="DO84" s="44"/>
       <c r="DP84" s="44"/>
       <c r="DQ84" s="44"/>
       <c r="DR84" s="44"/>
       <c r="DS84" s="44"/>
       <c r="DT84" s="44"/>
       <c r="DU84" s="44"/>
       <c r="DV84" s="44"/>
       <c r="DW84" s="44"/>
       <c r="DX84" s="44"/>
       <c r="DY84" s="44"/>
       <c r="DZ84" s="44"/>
       <c r="EA84" s="44"/>
       <c r="EB84" s="44"/>
       <c r="EC84" s="44"/>
       <c r="ED84" s="44"/>
       <c r="EE84" s="44"/>
       <c r="EF84" s="44"/>
       <c r="EG84" s="44"/>
       <c r="EH84" s="44"/>
       <c r="EI84" s="44"/>
+      <c r="EJ84" s="44"/>
     </row>
-    <row r="85" spans="3:139" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="85" spans="3:140" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C85" s="44"/>
       <c r="D85" s="44"/>
       <c r="E85" s="44"/>
       <c r="F85" s="44"/>
       <c r="G85" s="44"/>
       <c r="H85" s="44"/>
       <c r="I85" s="44"/>
       <c r="J85" s="44"/>
       <c r="K85" s="44"/>
       <c r="L85" s="44"/>
       <c r="M85" s="44"/>
       <c r="N85" s="44"/>
       <c r="O85" s="44"/>
       <c r="P85" s="44"/>
       <c r="Q85" s="44"/>
       <c r="R85" s="44"/>
       <c r="S85" s="44"/>
       <c r="T85" s="44"/>
       <c r="U85" s="44"/>
       <c r="V85" s="44"/>
       <c r="W85" s="44"/>
       <c r="X85" s="44"/>
       <c r="Y85" s="44"/>
       <c r="Z85" s="44"/>
       <c r="AA85" s="44"/>
@@ -44107,52 +44647,53 @@
       <c r="DK85" s="44"/>
       <c r="DL85" s="44"/>
       <c r="DM85" s="44"/>
       <c r="DN85" s="44"/>
       <c r="DO85" s="44"/>
       <c r="DP85" s="44"/>
       <c r="DQ85" s="44"/>
       <c r="DR85" s="44"/>
       <c r="DS85" s="44"/>
       <c r="DT85" s="44"/>
       <c r="DU85" s="44"/>
       <c r="DV85" s="44"/>
       <c r="DW85" s="44"/>
       <c r="DX85" s="44"/>
       <c r="DY85" s="44"/>
       <c r="DZ85" s="44"/>
       <c r="EA85" s="44"/>
       <c r="EB85" s="44"/>
       <c r="EC85" s="44"/>
       <c r="ED85" s="44"/>
       <c r="EE85" s="44"/>
       <c r="EF85" s="44"/>
       <c r="EG85" s="44"/>
       <c r="EH85" s="44"/>
       <c r="EI85" s="44"/>
+      <c r="EJ85" s="44"/>
     </row>
-    <row r="86" spans="3:139" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="86" spans="3:140" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C86" s="44"/>
       <c r="D86" s="44"/>
       <c r="E86" s="44"/>
       <c r="F86" s="44"/>
       <c r="G86" s="44"/>
       <c r="H86" s="44"/>
       <c r="I86" s="44"/>
       <c r="J86" s="44"/>
       <c r="K86" s="44"/>
       <c r="L86" s="44"/>
       <c r="M86" s="44"/>
       <c r="N86" s="44"/>
       <c r="O86" s="44"/>
       <c r="P86" s="44"/>
       <c r="Q86" s="44"/>
       <c r="R86" s="44"/>
       <c r="S86" s="44"/>
       <c r="T86" s="44"/>
       <c r="U86" s="44"/>
       <c r="V86" s="44"/>
       <c r="W86" s="44"/>
       <c r="X86" s="44"/>
       <c r="Y86" s="44"/>
       <c r="Z86" s="44"/>
       <c r="AA86" s="44"/>
@@ -44246,52 +44787,53 @@
       <c r="DK86" s="44"/>
       <c r="DL86" s="44"/>
       <c r="DM86" s="44"/>
       <c r="DN86" s="44"/>
       <c r="DO86" s="44"/>
       <c r="DP86" s="44"/>
       <c r="DQ86" s="44"/>
       <c r="DR86" s="44"/>
       <c r="DS86" s="44"/>
       <c r="DT86" s="44"/>
       <c r="DU86" s="44"/>
       <c r="DV86" s="44"/>
       <c r="DW86" s="44"/>
       <c r="DX86" s="44"/>
       <c r="DY86" s="44"/>
       <c r="DZ86" s="44"/>
       <c r="EA86" s="44"/>
       <c r="EB86" s="44"/>
       <c r="EC86" s="44"/>
       <c r="ED86" s="44"/>
       <c r="EE86" s="44"/>
       <c r="EF86" s="44"/>
       <c r="EG86" s="44"/>
       <c r="EH86" s="44"/>
       <c r="EI86" s="44"/>
+      <c r="EJ86" s="44"/>
     </row>
-    <row r="87" spans="3:139" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="87" spans="3:140" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C87" s="44"/>
       <c r="D87" s="44"/>
       <c r="E87" s="44"/>
       <c r="F87" s="44"/>
       <c r="G87" s="44"/>
       <c r="H87" s="44"/>
       <c r="I87" s="44"/>
       <c r="J87" s="44"/>
       <c r="K87" s="44"/>
       <c r="L87" s="44"/>
       <c r="M87" s="44"/>
       <c r="N87" s="44"/>
       <c r="O87" s="44"/>
       <c r="P87" s="44"/>
       <c r="Q87" s="44"/>
       <c r="R87" s="44"/>
       <c r="S87" s="44"/>
       <c r="T87" s="44"/>
       <c r="U87" s="44"/>
       <c r="V87" s="44"/>
       <c r="W87" s="44"/>
       <c r="X87" s="44"/>
       <c r="Y87" s="44"/>
       <c r="Z87" s="44"/>
       <c r="AA87" s="44"/>
@@ -44385,52 +44927,53 @@
       <c r="DK87" s="44"/>
       <c r="DL87" s="44"/>
       <c r="DM87" s="44"/>
       <c r="DN87" s="44"/>
       <c r="DO87" s="44"/>
       <c r="DP87" s="44"/>
       <c r="DQ87" s="44"/>
       <c r="DR87" s="44"/>
       <c r="DS87" s="44"/>
       <c r="DT87" s="44"/>
       <c r="DU87" s="44"/>
       <c r="DV87" s="44"/>
       <c r="DW87" s="44"/>
       <c r="DX87" s="44"/>
       <c r="DY87" s="44"/>
       <c r="DZ87" s="44"/>
       <c r="EA87" s="44"/>
       <c r="EB87" s="44"/>
       <c r="EC87" s="44"/>
       <c r="ED87" s="44"/>
       <c r="EE87" s="44"/>
       <c r="EF87" s="44"/>
       <c r="EG87" s="44"/>
       <c r="EH87" s="44"/>
       <c r="EI87" s="44"/>
+      <c r="EJ87" s="44"/>
     </row>
-    <row r="88" spans="3:139" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="88" spans="3:140" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C88" s="44"/>
       <c r="D88" s="44"/>
       <c r="E88" s="44"/>
       <c r="F88" s="44"/>
       <c r="G88" s="44"/>
       <c r="H88" s="44"/>
       <c r="I88" s="44"/>
       <c r="J88" s="44"/>
       <c r="K88" s="44"/>
       <c r="L88" s="44"/>
       <c r="M88" s="44"/>
       <c r="N88" s="44"/>
       <c r="O88" s="44"/>
       <c r="P88" s="44"/>
       <c r="Q88" s="44"/>
       <c r="R88" s="44"/>
       <c r="S88" s="44"/>
       <c r="T88" s="44"/>
       <c r="U88" s="44"/>
       <c r="V88" s="44"/>
       <c r="W88" s="44"/>
       <c r="X88" s="44"/>
       <c r="Y88" s="44"/>
       <c r="Z88" s="44"/>
       <c r="AA88" s="44"/>
@@ -44524,52 +45067,53 @@
       <c r="DK88" s="44"/>
       <c r="DL88" s="44"/>
       <c r="DM88" s="44"/>
       <c r="DN88" s="44"/>
       <c r="DO88" s="44"/>
       <c r="DP88" s="44"/>
       <c r="DQ88" s="44"/>
       <c r="DR88" s="44"/>
       <c r="DS88" s="44"/>
       <c r="DT88" s="44"/>
       <c r="DU88" s="44"/>
       <c r="DV88" s="44"/>
       <c r="DW88" s="44"/>
       <c r="DX88" s="44"/>
       <c r="DY88" s="44"/>
       <c r="DZ88" s="44"/>
       <c r="EA88" s="44"/>
       <c r="EB88" s="44"/>
       <c r="EC88" s="44"/>
       <c r="ED88" s="44"/>
       <c r="EE88" s="44"/>
       <c r="EF88" s="44"/>
       <c r="EG88" s="44"/>
       <c r="EH88" s="44"/>
       <c r="EI88" s="44"/>
+      <c r="EJ88" s="44"/>
     </row>
-    <row r="89" spans="3:139" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="89" spans="3:140" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C89" s="44"/>
       <c r="D89" s="44"/>
       <c r="E89" s="44"/>
       <c r="F89" s="44"/>
       <c r="G89" s="44"/>
       <c r="H89" s="44"/>
       <c r="I89" s="44"/>
       <c r="J89" s="44"/>
       <c r="K89" s="44"/>
       <c r="L89" s="44"/>
       <c r="M89" s="44"/>
       <c r="N89" s="44"/>
       <c r="O89" s="44"/>
       <c r="P89" s="44"/>
       <c r="Q89" s="44"/>
       <c r="R89" s="44"/>
       <c r="S89" s="44"/>
       <c r="T89" s="44"/>
       <c r="U89" s="44"/>
       <c r="V89" s="44"/>
       <c r="W89" s="44"/>
       <c r="X89" s="44"/>
       <c r="Y89" s="44"/>
       <c r="Z89" s="44"/>
       <c r="AA89" s="44"/>
@@ -44663,52 +45207,53 @@
       <c r="DK89" s="44"/>
       <c r="DL89" s="44"/>
       <c r="DM89" s="44"/>
       <c r="DN89" s="44"/>
       <c r="DO89" s="44"/>
       <c r="DP89" s="44"/>
       <c r="DQ89" s="44"/>
       <c r="DR89" s="44"/>
       <c r="DS89" s="44"/>
       <c r="DT89" s="44"/>
       <c r="DU89" s="44"/>
       <c r="DV89" s="44"/>
       <c r="DW89" s="44"/>
       <c r="DX89" s="44"/>
       <c r="DY89" s="44"/>
       <c r="DZ89" s="44"/>
       <c r="EA89" s="44"/>
       <c r="EB89" s="44"/>
       <c r="EC89" s="44"/>
       <c r="ED89" s="44"/>
       <c r="EE89" s="44"/>
       <c r="EF89" s="44"/>
       <c r="EG89" s="44"/>
       <c r="EH89" s="44"/>
       <c r="EI89" s="44"/>
+      <c r="EJ89" s="44"/>
     </row>
-    <row r="90" spans="3:139" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="90" spans="3:140" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C90" s="44"/>
       <c r="D90" s="44"/>
       <c r="E90" s="44"/>
       <c r="F90" s="44"/>
       <c r="G90" s="44"/>
       <c r="H90" s="44"/>
       <c r="I90" s="44"/>
       <c r="J90" s="44"/>
       <c r="K90" s="44"/>
       <c r="L90" s="44"/>
       <c r="M90" s="44"/>
       <c r="N90" s="44"/>
       <c r="O90" s="44"/>
       <c r="P90" s="44"/>
       <c r="Q90" s="44"/>
       <c r="R90" s="44"/>
       <c r="S90" s="44"/>
       <c r="T90" s="44"/>
       <c r="U90" s="44"/>
       <c r="V90" s="44"/>
       <c r="W90" s="44"/>
       <c r="X90" s="44"/>
       <c r="Y90" s="44"/>
       <c r="Z90" s="44"/>
       <c r="AA90" s="44"/>
@@ -44802,52 +45347,53 @@
       <c r="DK90" s="44"/>
       <c r="DL90" s="44"/>
       <c r="DM90" s="44"/>
       <c r="DN90" s="44"/>
       <c r="DO90" s="44"/>
       <c r="DP90" s="44"/>
       <c r="DQ90" s="44"/>
       <c r="DR90" s="44"/>
       <c r="DS90" s="44"/>
       <c r="DT90" s="44"/>
       <c r="DU90" s="44"/>
       <c r="DV90" s="44"/>
       <c r="DW90" s="44"/>
       <c r="DX90" s="44"/>
       <c r="DY90" s="44"/>
       <c r="DZ90" s="44"/>
       <c r="EA90" s="44"/>
       <c r="EB90" s="44"/>
       <c r="EC90" s="44"/>
       <c r="ED90" s="44"/>
       <c r="EE90" s="44"/>
       <c r="EF90" s="44"/>
       <c r="EG90" s="44"/>
       <c r="EH90" s="44"/>
       <c r="EI90" s="44"/>
+      <c r="EJ90" s="44"/>
     </row>
-    <row r="91" spans="3:139" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="91" spans="3:140" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C91" s="44"/>
       <c r="D91" s="44"/>
       <c r="E91" s="44"/>
       <c r="F91" s="44"/>
       <c r="G91" s="44"/>
       <c r="H91" s="44"/>
       <c r="I91" s="44"/>
       <c r="J91" s="44"/>
       <c r="K91" s="44"/>
       <c r="L91" s="44"/>
       <c r="M91" s="44"/>
       <c r="N91" s="44"/>
       <c r="O91" s="44"/>
       <c r="P91" s="44"/>
       <c r="Q91" s="44"/>
       <c r="R91" s="44"/>
       <c r="S91" s="44"/>
       <c r="T91" s="44"/>
       <c r="U91" s="44"/>
       <c r="V91" s="44"/>
       <c r="W91" s="44"/>
       <c r="X91" s="44"/>
       <c r="Y91" s="44"/>
       <c r="Z91" s="44"/>
       <c r="AA91" s="44"/>
@@ -44941,52 +45487,53 @@
       <c r="DK91" s="44"/>
       <c r="DL91" s="44"/>
       <c r="DM91" s="44"/>
       <c r="DN91" s="44"/>
       <c r="DO91" s="44"/>
       <c r="DP91" s="44"/>
       <c r="DQ91" s="44"/>
       <c r="DR91" s="44"/>
       <c r="DS91" s="44"/>
       <c r="DT91" s="44"/>
       <c r="DU91" s="44"/>
       <c r="DV91" s="44"/>
       <c r="DW91" s="44"/>
       <c r="DX91" s="44"/>
       <c r="DY91" s="44"/>
       <c r="DZ91" s="44"/>
       <c r="EA91" s="44"/>
       <c r="EB91" s="44"/>
       <c r="EC91" s="44"/>
       <c r="ED91" s="44"/>
       <c r="EE91" s="44"/>
       <c r="EF91" s="44"/>
       <c r="EG91" s="44"/>
       <c r="EH91" s="44"/>
       <c r="EI91" s="44"/>
+      <c r="EJ91" s="44"/>
     </row>
-    <row r="92" spans="3:139" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="92" spans="3:140" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C92" s="44"/>
       <c r="D92" s="44"/>
       <c r="E92" s="44"/>
       <c r="F92" s="44"/>
       <c r="G92" s="44"/>
       <c r="H92" s="44"/>
       <c r="I92" s="44"/>
       <c r="J92" s="44"/>
       <c r="K92" s="44"/>
       <c r="L92" s="44"/>
       <c r="M92" s="44"/>
       <c r="N92" s="44"/>
       <c r="O92" s="44"/>
       <c r="P92" s="44"/>
       <c r="Q92" s="44"/>
       <c r="R92" s="44"/>
       <c r="S92" s="44"/>
       <c r="T92" s="44"/>
       <c r="U92" s="44"/>
       <c r="V92" s="44"/>
       <c r="W92" s="44"/>
       <c r="X92" s="44"/>
       <c r="Y92" s="44"/>
       <c r="Z92" s="44"/>
       <c r="AA92" s="44"/>
@@ -45080,52 +45627,53 @@
       <c r="DK92" s="44"/>
       <c r="DL92" s="44"/>
       <c r="DM92" s="44"/>
       <c r="DN92" s="44"/>
       <c r="DO92" s="44"/>
       <c r="DP92" s="44"/>
       <c r="DQ92" s="44"/>
       <c r="DR92" s="44"/>
       <c r="DS92" s="44"/>
       <c r="DT92" s="44"/>
       <c r="DU92" s="44"/>
       <c r="DV92" s="44"/>
       <c r="DW92" s="44"/>
       <c r="DX92" s="44"/>
       <c r="DY92" s="44"/>
       <c r="DZ92" s="44"/>
       <c r="EA92" s="44"/>
       <c r="EB92" s="44"/>
       <c r="EC92" s="44"/>
       <c r="ED92" s="44"/>
       <c r="EE92" s="44"/>
       <c r="EF92" s="44"/>
       <c r="EG92" s="44"/>
       <c r="EH92" s="44"/>
       <c r="EI92" s="44"/>
+      <c r="EJ92" s="44"/>
     </row>
-    <row r="93" spans="3:139" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="93" spans="3:140" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C93" s="44"/>
       <c r="D93" s="44"/>
       <c r="E93" s="44"/>
       <c r="F93" s="44"/>
       <c r="G93" s="44"/>
       <c r="H93" s="44"/>
       <c r="I93" s="44"/>
       <c r="J93" s="44"/>
       <c r="K93" s="44"/>
       <c r="L93" s="44"/>
       <c r="M93" s="44"/>
       <c r="N93" s="44"/>
       <c r="O93" s="44"/>
       <c r="P93" s="44"/>
       <c r="Q93" s="44"/>
       <c r="R93" s="44"/>
       <c r="S93" s="44"/>
       <c r="T93" s="44"/>
       <c r="U93" s="44"/>
       <c r="V93" s="44"/>
       <c r="W93" s="44"/>
       <c r="X93" s="44"/>
       <c r="Y93" s="44"/>
       <c r="Z93" s="44"/>
       <c r="AA93" s="44"/>
@@ -45219,52 +45767,53 @@
       <c r="DK93" s="44"/>
       <c r="DL93" s="44"/>
       <c r="DM93" s="44"/>
       <c r="DN93" s="44"/>
       <c r="DO93" s="44"/>
       <c r="DP93" s="44"/>
       <c r="DQ93" s="44"/>
       <c r="DR93" s="44"/>
       <c r="DS93" s="44"/>
       <c r="DT93" s="44"/>
       <c r="DU93" s="44"/>
       <c r="DV93" s="44"/>
       <c r="DW93" s="44"/>
       <c r="DX93" s="44"/>
       <c r="DY93" s="44"/>
       <c r="DZ93" s="44"/>
       <c r="EA93" s="44"/>
       <c r="EB93" s="44"/>
       <c r="EC93" s="44"/>
       <c r="ED93" s="44"/>
       <c r="EE93" s="44"/>
       <c r="EF93" s="44"/>
       <c r="EG93" s="44"/>
       <c r="EH93" s="44"/>
       <c r="EI93" s="44"/>
+      <c r="EJ93" s="44"/>
     </row>
-    <row r="94" spans="3:139" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="94" spans="3:140" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C94" s="44"/>
       <c r="D94" s="44"/>
       <c r="E94" s="44"/>
       <c r="F94" s="44"/>
       <c r="G94" s="44"/>
       <c r="H94" s="44"/>
       <c r="I94" s="44"/>
       <c r="J94" s="44"/>
       <c r="K94" s="44"/>
       <c r="L94" s="44"/>
       <c r="M94" s="44"/>
       <c r="N94" s="44"/>
       <c r="O94" s="44"/>
       <c r="P94" s="44"/>
       <c r="Q94" s="44"/>
       <c r="R94" s="44"/>
       <c r="S94" s="44"/>
       <c r="T94" s="44"/>
       <c r="U94" s="44"/>
       <c r="V94" s="44"/>
       <c r="W94" s="44"/>
       <c r="X94" s="44"/>
       <c r="Y94" s="44"/>
       <c r="Z94" s="44"/>
       <c r="AA94" s="44"/>
@@ -45358,52 +45907,53 @@
       <c r="DK94" s="44"/>
       <c r="DL94" s="44"/>
       <c r="DM94" s="44"/>
       <c r="DN94" s="44"/>
       <c r="DO94" s="44"/>
       <c r="DP94" s="44"/>
       <c r="DQ94" s="44"/>
       <c r="DR94" s="44"/>
       <c r="DS94" s="44"/>
       <c r="DT94" s="44"/>
       <c r="DU94" s="44"/>
       <c r="DV94" s="44"/>
       <c r="DW94" s="44"/>
       <c r="DX94" s="44"/>
       <c r="DY94" s="44"/>
       <c r="DZ94" s="44"/>
       <c r="EA94" s="44"/>
       <c r="EB94" s="44"/>
       <c r="EC94" s="44"/>
       <c r="ED94" s="44"/>
       <c r="EE94" s="44"/>
       <c r="EF94" s="44"/>
       <c r="EG94" s="44"/>
       <c r="EH94" s="44"/>
       <c r="EI94" s="44"/>
+      <c r="EJ94" s="44"/>
     </row>
-    <row r="95" spans="3:139" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="95" spans="3:140" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C95" s="44"/>
       <c r="D95" s="44"/>
       <c r="E95" s="44"/>
       <c r="F95" s="44"/>
       <c r="G95" s="44"/>
       <c r="H95" s="44"/>
       <c r="I95" s="44"/>
       <c r="J95" s="44"/>
       <c r="K95" s="44"/>
       <c r="L95" s="44"/>
       <c r="M95" s="44"/>
       <c r="N95" s="44"/>
       <c r="O95" s="44"/>
       <c r="P95" s="44"/>
       <c r="Q95" s="44"/>
       <c r="R95" s="44"/>
       <c r="S95" s="44"/>
       <c r="T95" s="44"/>
       <c r="U95" s="44"/>
       <c r="V95" s="44"/>
       <c r="W95" s="44"/>
       <c r="X95" s="44"/>
       <c r="Y95" s="44"/>
       <c r="Z95" s="44"/>
       <c r="AA95" s="44"/>
@@ -45497,52 +46047,53 @@
       <c r="DK95" s="44"/>
       <c r="DL95" s="44"/>
       <c r="DM95" s="44"/>
       <c r="DN95" s="44"/>
       <c r="DO95" s="44"/>
       <c r="DP95" s="44"/>
       <c r="DQ95" s="44"/>
       <c r="DR95" s="44"/>
       <c r="DS95" s="44"/>
       <c r="DT95" s="44"/>
       <c r="DU95" s="44"/>
       <c r="DV95" s="44"/>
       <c r="DW95" s="44"/>
       <c r="DX95" s="44"/>
       <c r="DY95" s="44"/>
       <c r="DZ95" s="44"/>
       <c r="EA95" s="44"/>
       <c r="EB95" s="44"/>
       <c r="EC95" s="44"/>
       <c r="ED95" s="44"/>
       <c r="EE95" s="44"/>
       <c r="EF95" s="44"/>
       <c r="EG95" s="44"/>
       <c r="EH95" s="44"/>
       <c r="EI95" s="44"/>
+      <c r="EJ95" s="44"/>
     </row>
-    <row r="96" spans="3:139" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="96" spans="3:140" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C96" s="44"/>
       <c r="D96" s="44"/>
       <c r="E96" s="44"/>
       <c r="F96" s="44"/>
       <c r="G96" s="44"/>
       <c r="H96" s="44"/>
       <c r="I96" s="44"/>
       <c r="J96" s="44"/>
       <c r="K96" s="44"/>
       <c r="L96" s="44"/>
       <c r="M96" s="44"/>
       <c r="N96" s="44"/>
       <c r="O96" s="44"/>
       <c r="P96" s="44"/>
       <c r="Q96" s="44"/>
       <c r="R96" s="44"/>
       <c r="S96" s="44"/>
       <c r="T96" s="44"/>
       <c r="U96" s="44"/>
       <c r="V96" s="44"/>
       <c r="W96" s="44"/>
       <c r="X96" s="44"/>
       <c r="Y96" s="44"/>
       <c r="Z96" s="44"/>
       <c r="AA96" s="44"/>
@@ -45636,52 +46187,53 @@
       <c r="DK96" s="44"/>
       <c r="DL96" s="44"/>
       <c r="DM96" s="44"/>
       <c r="DN96" s="44"/>
       <c r="DO96" s="44"/>
       <c r="DP96" s="44"/>
       <c r="DQ96" s="44"/>
       <c r="DR96" s="44"/>
       <c r="DS96" s="44"/>
       <c r="DT96" s="44"/>
       <c r="DU96" s="44"/>
       <c r="DV96" s="44"/>
       <c r="DW96" s="44"/>
       <c r="DX96" s="44"/>
       <c r="DY96" s="44"/>
       <c r="DZ96" s="44"/>
       <c r="EA96" s="44"/>
       <c r="EB96" s="44"/>
       <c r="EC96" s="44"/>
       <c r="ED96" s="44"/>
       <c r="EE96" s="44"/>
       <c r="EF96" s="44"/>
       <c r="EG96" s="44"/>
       <c r="EH96" s="44"/>
       <c r="EI96" s="44"/>
+      <c r="EJ96" s="44"/>
     </row>
-    <row r="97" spans="3:139" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="97" spans="3:140" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C97" s="44"/>
       <c r="D97" s="44"/>
       <c r="E97" s="44"/>
       <c r="F97" s="44"/>
       <c r="G97" s="44"/>
       <c r="H97" s="44"/>
       <c r="I97" s="44"/>
       <c r="J97" s="44"/>
       <c r="K97" s="44"/>
       <c r="L97" s="44"/>
       <c r="M97" s="44"/>
       <c r="N97" s="44"/>
       <c r="O97" s="44"/>
       <c r="P97" s="44"/>
       <c r="Q97" s="44"/>
       <c r="R97" s="44"/>
       <c r="S97" s="44"/>
       <c r="T97" s="44"/>
       <c r="U97" s="44"/>
       <c r="V97" s="44"/>
       <c r="W97" s="44"/>
       <c r="X97" s="44"/>
       <c r="Y97" s="44"/>
       <c r="Z97" s="44"/>
       <c r="AA97" s="44"/>
@@ -45775,52 +46327,53 @@
       <c r="DK97" s="44"/>
       <c r="DL97" s="44"/>
       <c r="DM97" s="44"/>
       <c r="DN97" s="44"/>
       <c r="DO97" s="44"/>
       <c r="DP97" s="44"/>
       <c r="DQ97" s="44"/>
       <c r="DR97" s="44"/>
       <c r="DS97" s="44"/>
       <c r="DT97" s="44"/>
       <c r="DU97" s="44"/>
       <c r="DV97" s="44"/>
       <c r="DW97" s="44"/>
       <c r="DX97" s="44"/>
       <c r="DY97" s="44"/>
       <c r="DZ97" s="44"/>
       <c r="EA97" s="44"/>
       <c r="EB97" s="44"/>
       <c r="EC97" s="44"/>
       <c r="ED97" s="44"/>
       <c r="EE97" s="44"/>
       <c r="EF97" s="44"/>
       <c r="EG97" s="44"/>
       <c r="EH97" s="44"/>
       <c r="EI97" s="44"/>
+      <c r="EJ97" s="44"/>
     </row>
-    <row r="98" spans="3:139" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="98" spans="3:140" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C98" s="44"/>
       <c r="D98" s="44"/>
       <c r="E98" s="44"/>
       <c r="F98" s="44"/>
       <c r="G98" s="44"/>
       <c r="H98" s="44"/>
       <c r="I98" s="44"/>
       <c r="J98" s="44"/>
       <c r="K98" s="44"/>
       <c r="L98" s="44"/>
       <c r="M98" s="44"/>
       <c r="N98" s="44"/>
       <c r="O98" s="44"/>
       <c r="P98" s="44"/>
       <c r="Q98" s="44"/>
       <c r="R98" s="44"/>
       <c r="S98" s="44"/>
       <c r="T98" s="44"/>
       <c r="U98" s="44"/>
       <c r="V98" s="44"/>
       <c r="W98" s="44"/>
       <c r="X98" s="44"/>
       <c r="Y98" s="44"/>
       <c r="Z98" s="44"/>
       <c r="AA98" s="44"/>
@@ -45914,52 +46467,53 @@
       <c r="DK98" s="44"/>
       <c r="DL98" s="44"/>
       <c r="DM98" s="44"/>
       <c r="DN98" s="44"/>
       <c r="DO98" s="44"/>
       <c r="DP98" s="44"/>
       <c r="DQ98" s="44"/>
       <c r="DR98" s="44"/>
       <c r="DS98" s="44"/>
       <c r="DT98" s="44"/>
       <c r="DU98" s="44"/>
       <c r="DV98" s="44"/>
       <c r="DW98" s="44"/>
       <c r="DX98" s="44"/>
       <c r="DY98" s="44"/>
       <c r="DZ98" s="44"/>
       <c r="EA98" s="44"/>
       <c r="EB98" s="44"/>
       <c r="EC98" s="44"/>
       <c r="ED98" s="44"/>
       <c r="EE98" s="44"/>
       <c r="EF98" s="44"/>
       <c r="EG98" s="44"/>
       <c r="EH98" s="44"/>
       <c r="EI98" s="44"/>
+      <c r="EJ98" s="44"/>
     </row>
-    <row r="99" spans="3:139" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="99" spans="3:140" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C99" s="44"/>
       <c r="D99" s="44"/>
       <c r="E99" s="44"/>
       <c r="F99" s="44"/>
       <c r="G99" s="44"/>
       <c r="H99" s="44"/>
       <c r="I99" s="44"/>
       <c r="J99" s="44"/>
       <c r="K99" s="44"/>
       <c r="L99" s="44"/>
       <c r="M99" s="44"/>
       <c r="N99" s="44"/>
       <c r="O99" s="44"/>
       <c r="P99" s="44"/>
       <c r="Q99" s="44"/>
       <c r="R99" s="44"/>
       <c r="S99" s="44"/>
       <c r="T99" s="44"/>
       <c r="U99" s="44"/>
       <c r="V99" s="44"/>
       <c r="W99" s="44"/>
       <c r="X99" s="44"/>
       <c r="Y99" s="44"/>
       <c r="Z99" s="44"/>
       <c r="AA99" s="44"/>
@@ -46053,52 +46607,53 @@
       <c r="DK99" s="44"/>
       <c r="DL99" s="44"/>
       <c r="DM99" s="44"/>
       <c r="DN99" s="44"/>
       <c r="DO99" s="44"/>
       <c r="DP99" s="44"/>
       <c r="DQ99" s="44"/>
       <c r="DR99" s="44"/>
       <c r="DS99" s="44"/>
       <c r="DT99" s="44"/>
       <c r="DU99" s="44"/>
       <c r="DV99" s="44"/>
       <c r="DW99" s="44"/>
       <c r="DX99" s="44"/>
       <c r="DY99" s="44"/>
       <c r="DZ99" s="44"/>
       <c r="EA99" s="44"/>
       <c r="EB99" s="44"/>
       <c r="EC99" s="44"/>
       <c r="ED99" s="44"/>
       <c r="EE99" s="44"/>
       <c r="EF99" s="44"/>
       <c r="EG99" s="44"/>
       <c r="EH99" s="44"/>
       <c r="EI99" s="44"/>
+      <c r="EJ99" s="44"/>
     </row>
-    <row r="100" spans="3:139" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="100" spans="3:140" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C100" s="44"/>
       <c r="D100" s="44"/>
       <c r="E100" s="44"/>
       <c r="F100" s="44"/>
       <c r="G100" s="44"/>
       <c r="H100" s="44"/>
       <c r="I100" s="44"/>
       <c r="J100" s="44"/>
       <c r="K100" s="44"/>
       <c r="L100" s="44"/>
       <c r="M100" s="44"/>
       <c r="N100" s="44"/>
       <c r="O100" s="44"/>
       <c r="P100" s="44"/>
       <c r="Q100" s="44"/>
       <c r="R100" s="44"/>
       <c r="S100" s="44"/>
       <c r="T100" s="44"/>
       <c r="U100" s="44"/>
       <c r="V100" s="44"/>
       <c r="W100" s="44"/>
       <c r="X100" s="44"/>
       <c r="Y100" s="44"/>
       <c r="Z100" s="44"/>
       <c r="AA100" s="44"/>
@@ -46192,52 +46747,53 @@
       <c r="DK100" s="44"/>
       <c r="DL100" s="44"/>
       <c r="DM100" s="44"/>
       <c r="DN100" s="44"/>
       <c r="DO100" s="44"/>
       <c r="DP100" s="44"/>
       <c r="DQ100" s="44"/>
       <c r="DR100" s="44"/>
       <c r="DS100" s="44"/>
       <c r="DT100" s="44"/>
       <c r="DU100" s="44"/>
       <c r="DV100" s="44"/>
       <c r="DW100" s="44"/>
       <c r="DX100" s="44"/>
       <c r="DY100" s="44"/>
       <c r="DZ100" s="44"/>
       <c r="EA100" s="44"/>
       <c r="EB100" s="44"/>
       <c r="EC100" s="44"/>
       <c r="ED100" s="44"/>
       <c r="EE100" s="44"/>
       <c r="EF100" s="44"/>
       <c r="EG100" s="44"/>
       <c r="EH100" s="44"/>
       <c r="EI100" s="44"/>
+      <c r="EJ100" s="44"/>
     </row>
-    <row r="101" spans="3:139" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="101" spans="3:140" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C101" s="44"/>
       <c r="D101" s="44"/>
       <c r="E101" s="44"/>
       <c r="F101" s="44"/>
       <c r="G101" s="44"/>
       <c r="H101" s="44"/>
       <c r="I101" s="44"/>
       <c r="J101" s="44"/>
       <c r="K101" s="44"/>
       <c r="L101" s="44"/>
       <c r="M101" s="44"/>
       <c r="N101" s="44"/>
       <c r="O101" s="44"/>
       <c r="P101" s="44"/>
       <c r="Q101" s="44"/>
       <c r="R101" s="44"/>
       <c r="S101" s="44"/>
       <c r="T101" s="44"/>
       <c r="U101" s="44"/>
       <c r="V101" s="44"/>
       <c r="W101" s="44"/>
       <c r="X101" s="44"/>
       <c r="Y101" s="44"/>
       <c r="Z101" s="44"/>
       <c r="AA101" s="44"/>
@@ -46331,52 +46887,53 @@
       <c r="DK101" s="44"/>
       <c r="DL101" s="44"/>
       <c r="DM101" s="44"/>
       <c r="DN101" s="44"/>
       <c r="DO101" s="44"/>
       <c r="DP101" s="44"/>
       <c r="DQ101" s="44"/>
       <c r="DR101" s="44"/>
       <c r="DS101" s="44"/>
       <c r="DT101" s="44"/>
       <c r="DU101" s="44"/>
       <c r="DV101" s="44"/>
       <c r="DW101" s="44"/>
       <c r="DX101" s="44"/>
       <c r="DY101" s="44"/>
       <c r="DZ101" s="44"/>
       <c r="EA101" s="44"/>
       <c r="EB101" s="44"/>
       <c r="EC101" s="44"/>
       <c r="ED101" s="44"/>
       <c r="EE101" s="44"/>
       <c r="EF101" s="44"/>
       <c r="EG101" s="44"/>
       <c r="EH101" s="44"/>
       <c r="EI101" s="44"/>
+      <c r="EJ101" s="44"/>
     </row>
-    <row r="102" spans="3:139" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="102" spans="3:140" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C102" s="44"/>
       <c r="D102" s="44"/>
       <c r="E102" s="44"/>
       <c r="F102" s="44"/>
       <c r="G102" s="44"/>
       <c r="H102" s="44"/>
       <c r="I102" s="44"/>
       <c r="J102" s="44"/>
       <c r="K102" s="44"/>
       <c r="L102" s="44"/>
       <c r="M102" s="44"/>
       <c r="N102" s="44"/>
       <c r="O102" s="44"/>
       <c r="P102" s="44"/>
       <c r="Q102" s="44"/>
       <c r="R102" s="44"/>
       <c r="S102" s="44"/>
       <c r="T102" s="44"/>
       <c r="U102" s="44"/>
       <c r="V102" s="44"/>
       <c r="W102" s="44"/>
       <c r="X102" s="44"/>
       <c r="Y102" s="44"/>
       <c r="Z102" s="44"/>
       <c r="AA102" s="44"/>
@@ -46470,52 +47027,53 @@
       <c r="DK102" s="44"/>
       <c r="DL102" s="44"/>
       <c r="DM102" s="44"/>
       <c r="DN102" s="44"/>
       <c r="DO102" s="44"/>
       <c r="DP102" s="44"/>
       <c r="DQ102" s="44"/>
       <c r="DR102" s="44"/>
       <c r="DS102" s="44"/>
       <c r="DT102" s="44"/>
       <c r="DU102" s="44"/>
       <c r="DV102" s="44"/>
       <c r="DW102" s="44"/>
       <c r="DX102" s="44"/>
       <c r="DY102" s="44"/>
       <c r="DZ102" s="44"/>
       <c r="EA102" s="44"/>
       <c r="EB102" s="44"/>
       <c r="EC102" s="44"/>
       <c r="ED102" s="44"/>
       <c r="EE102" s="44"/>
       <c r="EF102" s="44"/>
       <c r="EG102" s="44"/>
       <c r="EH102" s="44"/>
       <c r="EI102" s="44"/>
+      <c r="EJ102" s="44"/>
     </row>
-    <row r="103" spans="3:139" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="103" spans="3:140" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C103" s="44"/>
       <c r="D103" s="44"/>
       <c r="E103" s="44"/>
       <c r="F103" s="44"/>
       <c r="G103" s="44"/>
       <c r="H103" s="44"/>
       <c r="I103" s="44"/>
       <c r="J103" s="44"/>
       <c r="K103" s="44"/>
       <c r="L103" s="44"/>
       <c r="M103" s="44"/>
       <c r="N103" s="44"/>
       <c r="O103" s="44"/>
       <c r="P103" s="44"/>
       <c r="Q103" s="44"/>
       <c r="R103" s="44"/>
       <c r="S103" s="44"/>
       <c r="T103" s="44"/>
       <c r="U103" s="44"/>
       <c r="V103" s="44"/>
       <c r="W103" s="44"/>
       <c r="X103" s="44"/>
       <c r="Y103" s="44"/>
       <c r="Z103" s="44"/>
       <c r="AA103" s="44"/>
@@ -46609,52 +47167,53 @@
       <c r="DK103" s="44"/>
       <c r="DL103" s="44"/>
       <c r="DM103" s="44"/>
       <c r="DN103" s="44"/>
       <c r="DO103" s="44"/>
       <c r="DP103" s="44"/>
       <c r="DQ103" s="44"/>
       <c r="DR103" s="44"/>
       <c r="DS103" s="44"/>
       <c r="DT103" s="44"/>
       <c r="DU103" s="44"/>
       <c r="DV103" s="44"/>
       <c r="DW103" s="44"/>
       <c r="DX103" s="44"/>
       <c r="DY103" s="44"/>
       <c r="DZ103" s="44"/>
       <c r="EA103" s="44"/>
       <c r="EB103" s="44"/>
       <c r="EC103" s="44"/>
       <c r="ED103" s="44"/>
       <c r="EE103" s="44"/>
       <c r="EF103" s="44"/>
       <c r="EG103" s="44"/>
       <c r="EH103" s="44"/>
       <c r="EI103" s="44"/>
+      <c r="EJ103" s="44"/>
     </row>
-    <row r="104" spans="3:139" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="104" spans="3:140" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C104" s="44"/>
       <c r="D104" s="44"/>
       <c r="E104" s="44"/>
       <c r="F104" s="44"/>
       <c r="G104" s="44"/>
       <c r="H104" s="44"/>
       <c r="I104" s="44"/>
       <c r="J104" s="44"/>
       <c r="K104" s="44"/>
       <c r="L104" s="44"/>
       <c r="M104" s="44"/>
       <c r="N104" s="44"/>
       <c r="O104" s="44"/>
       <c r="P104" s="44"/>
       <c r="Q104" s="44"/>
       <c r="R104" s="44"/>
       <c r="S104" s="44"/>
       <c r="T104" s="44"/>
       <c r="U104" s="44"/>
       <c r="V104" s="44"/>
       <c r="W104" s="44"/>
       <c r="X104" s="44"/>
       <c r="Y104" s="44"/>
       <c r="Z104" s="44"/>
       <c r="AA104" s="44"/>
@@ -46748,52 +47307,53 @@
       <c r="DK104" s="44"/>
       <c r="DL104" s="44"/>
       <c r="DM104" s="44"/>
       <c r="DN104" s="44"/>
       <c r="DO104" s="44"/>
       <c r="DP104" s="44"/>
       <c r="DQ104" s="44"/>
       <c r="DR104" s="44"/>
       <c r="DS104" s="44"/>
       <c r="DT104" s="44"/>
       <c r="DU104" s="44"/>
       <c r="DV104" s="44"/>
       <c r="DW104" s="44"/>
       <c r="DX104" s="44"/>
       <c r="DY104" s="44"/>
       <c r="DZ104" s="44"/>
       <c r="EA104" s="44"/>
       <c r="EB104" s="44"/>
       <c r="EC104" s="44"/>
       <c r="ED104" s="44"/>
       <c r="EE104" s="44"/>
       <c r="EF104" s="44"/>
       <c r="EG104" s="44"/>
       <c r="EH104" s="44"/>
       <c r="EI104" s="44"/>
+      <c r="EJ104" s="44"/>
     </row>
-    <row r="105" spans="3:139" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="105" spans="3:140" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C105" s="44"/>
       <c r="D105" s="44"/>
       <c r="E105" s="44"/>
       <c r="F105" s="44"/>
       <c r="G105" s="44"/>
       <c r="H105" s="44"/>
       <c r="I105" s="44"/>
       <c r="J105" s="44"/>
       <c r="K105" s="44"/>
       <c r="L105" s="44"/>
       <c r="M105" s="44"/>
       <c r="N105" s="44"/>
       <c r="O105" s="44"/>
       <c r="P105" s="44"/>
       <c r="Q105" s="44"/>
       <c r="R105" s="44"/>
       <c r="S105" s="44"/>
       <c r="T105" s="44"/>
       <c r="U105" s="44"/>
       <c r="V105" s="44"/>
       <c r="W105" s="44"/>
       <c r="X105" s="44"/>
       <c r="Y105" s="44"/>
       <c r="Z105" s="44"/>
       <c r="AA105" s="44"/>
@@ -46887,52 +47447,53 @@
       <c r="DK105" s="44"/>
       <c r="DL105" s="44"/>
       <c r="DM105" s="44"/>
       <c r="DN105" s="44"/>
       <c r="DO105" s="44"/>
       <c r="DP105" s="44"/>
       <c r="DQ105" s="44"/>
       <c r="DR105" s="44"/>
       <c r="DS105" s="44"/>
       <c r="DT105" s="44"/>
       <c r="DU105" s="44"/>
       <c r="DV105" s="44"/>
       <c r="DW105" s="44"/>
       <c r="DX105" s="44"/>
       <c r="DY105" s="44"/>
       <c r="DZ105" s="44"/>
       <c r="EA105" s="44"/>
       <c r="EB105" s="44"/>
       <c r="EC105" s="44"/>
       <c r="ED105" s="44"/>
       <c r="EE105" s="44"/>
       <c r="EF105" s="44"/>
       <c r="EG105" s="44"/>
       <c r="EH105" s="44"/>
       <c r="EI105" s="44"/>
+      <c r="EJ105" s="44"/>
     </row>
-    <row r="106" spans="3:139" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="106" spans="3:140" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C106" s="44"/>
       <c r="D106" s="44"/>
       <c r="E106" s="44"/>
       <c r="F106" s="44"/>
       <c r="G106" s="44"/>
       <c r="H106" s="44"/>
       <c r="I106" s="44"/>
       <c r="J106" s="44"/>
       <c r="K106" s="44"/>
       <c r="L106" s="44"/>
       <c r="M106" s="44"/>
       <c r="N106" s="44"/>
       <c r="O106" s="44"/>
       <c r="P106" s="44"/>
       <c r="Q106" s="44"/>
       <c r="R106" s="44"/>
       <c r="S106" s="44"/>
       <c r="T106" s="44"/>
       <c r="U106" s="44"/>
       <c r="V106" s="44"/>
       <c r="W106" s="44"/>
       <c r="X106" s="44"/>
       <c r="Y106" s="44"/>
       <c r="Z106" s="44"/>
       <c r="AA106" s="44"/>
@@ -47026,52 +47587,53 @@
       <c r="DK106" s="44"/>
       <c r="DL106" s="44"/>
       <c r="DM106" s="44"/>
       <c r="DN106" s="44"/>
       <c r="DO106" s="44"/>
       <c r="DP106" s="44"/>
       <c r="DQ106" s="44"/>
       <c r="DR106" s="44"/>
       <c r="DS106" s="44"/>
       <c r="DT106" s="44"/>
       <c r="DU106" s="44"/>
       <c r="DV106" s="44"/>
       <c r="DW106" s="44"/>
       <c r="DX106" s="44"/>
       <c r="DY106" s="44"/>
       <c r="DZ106" s="44"/>
       <c r="EA106" s="44"/>
       <c r="EB106" s="44"/>
       <c r="EC106" s="44"/>
       <c r="ED106" s="44"/>
       <c r="EE106" s="44"/>
       <c r="EF106" s="44"/>
       <c r="EG106" s="44"/>
       <c r="EH106" s="44"/>
       <c r="EI106" s="44"/>
+      <c r="EJ106" s="44"/>
     </row>
-    <row r="107" spans="3:139" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="107" spans="3:140" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C107" s="44"/>
       <c r="D107" s="44"/>
       <c r="E107" s="44"/>
       <c r="F107" s="44"/>
       <c r="G107" s="44"/>
       <c r="H107" s="44"/>
       <c r="I107" s="44"/>
       <c r="J107" s="44"/>
       <c r="K107" s="44"/>
       <c r="L107" s="44"/>
       <c r="M107" s="44"/>
       <c r="N107" s="44"/>
       <c r="O107" s="44"/>
       <c r="P107" s="44"/>
       <c r="Q107" s="44"/>
       <c r="R107" s="44"/>
       <c r="S107" s="44"/>
       <c r="T107" s="44"/>
       <c r="U107" s="44"/>
       <c r="V107" s="44"/>
       <c r="W107" s="44"/>
       <c r="X107" s="44"/>
       <c r="Y107" s="44"/>
       <c r="Z107" s="44"/>
       <c r="AA107" s="44"/>
@@ -47165,52 +47727,53 @@
       <c r="DK107" s="44"/>
       <c r="DL107" s="44"/>
       <c r="DM107" s="44"/>
       <c r="DN107" s="44"/>
       <c r="DO107" s="44"/>
       <c r="DP107" s="44"/>
       <c r="DQ107" s="44"/>
       <c r="DR107" s="44"/>
       <c r="DS107" s="44"/>
       <c r="DT107" s="44"/>
       <c r="DU107" s="44"/>
       <c r="DV107" s="44"/>
       <c r="DW107" s="44"/>
       <c r="DX107" s="44"/>
       <c r="DY107" s="44"/>
       <c r="DZ107" s="44"/>
       <c r="EA107" s="44"/>
       <c r="EB107" s="44"/>
       <c r="EC107" s="44"/>
       <c r="ED107" s="44"/>
       <c r="EE107" s="44"/>
       <c r="EF107" s="44"/>
       <c r="EG107" s="44"/>
       <c r="EH107" s="44"/>
       <c r="EI107" s="44"/>
+      <c r="EJ107" s="44"/>
     </row>
-    <row r="108" spans="3:139" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="108" spans="3:140" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C108" s="44"/>
       <c r="D108" s="44"/>
       <c r="E108" s="44"/>
       <c r="F108" s="44"/>
       <c r="G108" s="44"/>
       <c r="H108" s="44"/>
       <c r="I108" s="44"/>
       <c r="J108" s="44"/>
       <c r="K108" s="44"/>
       <c r="L108" s="44"/>
       <c r="M108" s="44"/>
       <c r="N108" s="44"/>
       <c r="O108" s="44"/>
       <c r="P108" s="44"/>
       <c r="Q108" s="44"/>
       <c r="R108" s="44"/>
       <c r="S108" s="44"/>
       <c r="T108" s="44"/>
       <c r="U108" s="44"/>
       <c r="V108" s="44"/>
       <c r="W108" s="44"/>
       <c r="X108" s="44"/>
       <c r="Y108" s="44"/>
       <c r="Z108" s="44"/>
       <c r="AA108" s="44"/>
@@ -47304,52 +47867,53 @@
       <c r="DK108" s="44"/>
       <c r="DL108" s="44"/>
       <c r="DM108" s="44"/>
       <c r="DN108" s="44"/>
       <c r="DO108" s="44"/>
       <c r="DP108" s="44"/>
       <c r="DQ108" s="44"/>
       <c r="DR108" s="44"/>
       <c r="DS108" s="44"/>
       <c r="DT108" s="44"/>
       <c r="DU108" s="44"/>
       <c r="DV108" s="44"/>
       <c r="DW108" s="44"/>
       <c r="DX108" s="44"/>
       <c r="DY108" s="44"/>
       <c r="DZ108" s="44"/>
       <c r="EA108" s="44"/>
       <c r="EB108" s="44"/>
       <c r="EC108" s="44"/>
       <c r="ED108" s="44"/>
       <c r="EE108" s="44"/>
       <c r="EF108" s="44"/>
       <c r="EG108" s="44"/>
       <c r="EH108" s="44"/>
       <c r="EI108" s="44"/>
+      <c r="EJ108" s="44"/>
     </row>
-    <row r="109" spans="3:139" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="109" spans="3:140" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C109" s="44"/>
       <c r="D109" s="44"/>
       <c r="E109" s="44"/>
       <c r="F109" s="44"/>
       <c r="G109" s="44"/>
       <c r="H109" s="44"/>
       <c r="I109" s="44"/>
       <c r="J109" s="44"/>
       <c r="K109" s="44"/>
       <c r="L109" s="44"/>
       <c r="M109" s="44"/>
       <c r="N109" s="44"/>
       <c r="O109" s="44"/>
       <c r="P109" s="44"/>
       <c r="Q109" s="44"/>
       <c r="R109" s="44"/>
       <c r="S109" s="44"/>
       <c r="T109" s="44"/>
       <c r="U109" s="44"/>
       <c r="V109" s="44"/>
       <c r="W109" s="44"/>
       <c r="X109" s="44"/>
       <c r="Y109" s="44"/>
       <c r="Z109" s="44"/>
       <c r="AA109" s="44"/>
@@ -47443,52 +48007,53 @@
       <c r="DK109" s="44"/>
       <c r="DL109" s="44"/>
       <c r="DM109" s="44"/>
       <c r="DN109" s="44"/>
       <c r="DO109" s="44"/>
       <c r="DP109" s="44"/>
       <c r="DQ109" s="44"/>
       <c r="DR109" s="44"/>
       <c r="DS109" s="44"/>
       <c r="DT109" s="44"/>
       <c r="DU109" s="44"/>
       <c r="DV109" s="44"/>
       <c r="DW109" s="44"/>
       <c r="DX109" s="44"/>
       <c r="DY109" s="44"/>
       <c r="DZ109" s="44"/>
       <c r="EA109" s="44"/>
       <c r="EB109" s="44"/>
       <c r="EC109" s="44"/>
       <c r="ED109" s="44"/>
       <c r="EE109" s="44"/>
       <c r="EF109" s="44"/>
       <c r="EG109" s="44"/>
       <c r="EH109" s="44"/>
       <c r="EI109" s="44"/>
+      <c r="EJ109" s="44"/>
     </row>
-    <row r="110" spans="3:139" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="110" spans="3:140" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C110" s="44"/>
       <c r="D110" s="44"/>
       <c r="E110" s="44"/>
       <c r="F110" s="44"/>
       <c r="G110" s="44"/>
       <c r="H110" s="44"/>
       <c r="I110" s="44"/>
       <c r="J110" s="44"/>
       <c r="K110" s="44"/>
       <c r="L110" s="44"/>
       <c r="M110" s="44"/>
       <c r="N110" s="44"/>
       <c r="O110" s="44"/>
       <c r="P110" s="44"/>
       <c r="Q110" s="44"/>
       <c r="R110" s="44"/>
       <c r="S110" s="44"/>
       <c r="T110" s="44"/>
       <c r="U110" s="44"/>
       <c r="V110" s="44"/>
       <c r="W110" s="44"/>
       <c r="X110" s="44"/>
       <c r="Y110" s="44"/>
       <c r="Z110" s="44"/>
       <c r="AA110" s="44"/>
@@ -47582,52 +48147,53 @@
       <c r="DK110" s="44"/>
       <c r="DL110" s="44"/>
       <c r="DM110" s="44"/>
       <c r="DN110" s="44"/>
       <c r="DO110" s="44"/>
       <c r="DP110" s="44"/>
       <c r="DQ110" s="44"/>
       <c r="DR110" s="44"/>
       <c r="DS110" s="44"/>
       <c r="DT110" s="44"/>
       <c r="DU110" s="44"/>
       <c r="DV110" s="44"/>
       <c r="DW110" s="44"/>
       <c r="DX110" s="44"/>
       <c r="DY110" s="44"/>
       <c r="DZ110" s="44"/>
       <c r="EA110" s="44"/>
       <c r="EB110" s="44"/>
       <c r="EC110" s="44"/>
       <c r="ED110" s="44"/>
       <c r="EE110" s="44"/>
       <c r="EF110" s="44"/>
       <c r="EG110" s="44"/>
       <c r="EH110" s="44"/>
       <c r="EI110" s="44"/>
+      <c r="EJ110" s="44"/>
     </row>
-    <row r="111" spans="3:139" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="111" spans="3:140" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C111" s="44"/>
       <c r="D111" s="44"/>
       <c r="E111" s="44"/>
       <c r="F111" s="44"/>
       <c r="G111" s="44"/>
       <c r="H111" s="44"/>
       <c r="I111" s="44"/>
       <c r="J111" s="44"/>
       <c r="K111" s="44"/>
       <c r="L111" s="44"/>
       <c r="M111" s="44"/>
       <c r="N111" s="44"/>
       <c r="O111" s="44"/>
       <c r="P111" s="44"/>
       <c r="Q111" s="44"/>
       <c r="R111" s="44"/>
       <c r="S111" s="44"/>
       <c r="T111" s="44"/>
       <c r="U111" s="44"/>
       <c r="V111" s="44"/>
       <c r="W111" s="44"/>
       <c r="X111" s="44"/>
       <c r="Y111" s="44"/>
       <c r="Z111" s="44"/>
       <c r="AA111" s="44"/>
@@ -47721,52 +48287,53 @@
       <c r="DK111" s="44"/>
       <c r="DL111" s="44"/>
       <c r="DM111" s="44"/>
       <c r="DN111" s="44"/>
       <c r="DO111" s="44"/>
       <c r="DP111" s="44"/>
       <c r="DQ111" s="44"/>
       <c r="DR111" s="44"/>
       <c r="DS111" s="44"/>
       <c r="DT111" s="44"/>
       <c r="DU111" s="44"/>
       <c r="DV111" s="44"/>
       <c r="DW111" s="44"/>
       <c r="DX111" s="44"/>
       <c r="DY111" s="44"/>
       <c r="DZ111" s="44"/>
       <c r="EA111" s="44"/>
       <c r="EB111" s="44"/>
       <c r="EC111" s="44"/>
       <c r="ED111" s="44"/>
       <c r="EE111" s="44"/>
       <c r="EF111" s="44"/>
       <c r="EG111" s="44"/>
       <c r="EH111" s="44"/>
       <c r="EI111" s="44"/>
+      <c r="EJ111" s="44"/>
     </row>
-    <row r="112" spans="3:139" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="112" spans="3:140" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C112" s="44"/>
       <c r="D112" s="44"/>
       <c r="E112" s="44"/>
       <c r="F112" s="44"/>
       <c r="G112" s="44"/>
       <c r="H112" s="44"/>
       <c r="I112" s="44"/>
       <c r="J112" s="44"/>
       <c r="K112" s="44"/>
       <c r="L112" s="44"/>
       <c r="M112" s="44"/>
       <c r="N112" s="44"/>
       <c r="O112" s="44"/>
       <c r="P112" s="44"/>
       <c r="Q112" s="44"/>
       <c r="R112" s="44"/>
       <c r="S112" s="44"/>
       <c r="T112" s="44"/>
       <c r="U112" s="44"/>
       <c r="V112" s="44"/>
       <c r="W112" s="44"/>
       <c r="X112" s="44"/>
       <c r="Y112" s="44"/>
       <c r="Z112" s="44"/>
       <c r="AA112" s="44"/>
@@ -47860,52 +48427,53 @@
       <c r="DK112" s="44"/>
       <c r="DL112" s="44"/>
       <c r="DM112" s="44"/>
       <c r="DN112" s="44"/>
       <c r="DO112" s="44"/>
       <c r="DP112" s="44"/>
       <c r="DQ112" s="44"/>
       <c r="DR112" s="44"/>
       <c r="DS112" s="44"/>
       <c r="DT112" s="44"/>
       <c r="DU112" s="44"/>
       <c r="DV112" s="44"/>
       <c r="DW112" s="44"/>
       <c r="DX112" s="44"/>
       <c r="DY112" s="44"/>
       <c r="DZ112" s="44"/>
       <c r="EA112" s="44"/>
       <c r="EB112" s="44"/>
       <c r="EC112" s="44"/>
       <c r="ED112" s="44"/>
       <c r="EE112" s="44"/>
       <c r="EF112" s="44"/>
       <c r="EG112" s="44"/>
       <c r="EH112" s="44"/>
       <c r="EI112" s="44"/>
+      <c r="EJ112" s="44"/>
     </row>
-    <row r="113" spans="3:139" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="113" spans="3:140" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C113" s="44"/>
       <c r="D113" s="44"/>
       <c r="E113" s="44"/>
       <c r="F113" s="44"/>
       <c r="G113" s="44"/>
       <c r="H113" s="44"/>
       <c r="I113" s="44"/>
       <c r="J113" s="44"/>
       <c r="K113" s="44"/>
       <c r="L113" s="44"/>
       <c r="M113" s="44"/>
       <c r="N113" s="44"/>
       <c r="O113" s="44"/>
       <c r="P113" s="44"/>
       <c r="Q113" s="44"/>
       <c r="R113" s="44"/>
       <c r="S113" s="44"/>
       <c r="T113" s="44"/>
       <c r="U113" s="44"/>
       <c r="V113" s="44"/>
       <c r="W113" s="44"/>
       <c r="X113" s="44"/>
       <c r="Y113" s="44"/>
       <c r="Z113" s="44"/>
       <c r="AA113" s="44"/>
@@ -47999,52 +48567,53 @@
       <c r="DK113" s="44"/>
       <c r="DL113" s="44"/>
       <c r="DM113" s="44"/>
       <c r="DN113" s="44"/>
       <c r="DO113" s="44"/>
       <c r="DP113" s="44"/>
       <c r="DQ113" s="44"/>
       <c r="DR113" s="44"/>
       <c r="DS113" s="44"/>
       <c r="DT113" s="44"/>
       <c r="DU113" s="44"/>
       <c r="DV113" s="44"/>
       <c r="DW113" s="44"/>
       <c r="DX113" s="44"/>
       <c r="DY113" s="44"/>
       <c r="DZ113" s="44"/>
       <c r="EA113" s="44"/>
       <c r="EB113" s="44"/>
       <c r="EC113" s="44"/>
       <c r="ED113" s="44"/>
       <c r="EE113" s="44"/>
       <c r="EF113" s="44"/>
       <c r="EG113" s="44"/>
       <c r="EH113" s="44"/>
       <c r="EI113" s="44"/>
+      <c r="EJ113" s="44"/>
     </row>
-    <row r="114" spans="3:139" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="114" spans="3:140" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C114" s="44"/>
       <c r="D114" s="44"/>
       <c r="E114" s="44"/>
       <c r="F114" s="44"/>
       <c r="G114" s="44"/>
       <c r="H114" s="44"/>
       <c r="I114" s="44"/>
       <c r="J114" s="44"/>
       <c r="K114" s="44"/>
       <c r="L114" s="44"/>
       <c r="M114" s="44"/>
       <c r="N114" s="44"/>
       <c r="O114" s="44"/>
       <c r="P114" s="44"/>
       <c r="Q114" s="44"/>
       <c r="R114" s="44"/>
       <c r="S114" s="44"/>
       <c r="T114" s="44"/>
       <c r="U114" s="44"/>
       <c r="V114" s="44"/>
       <c r="W114" s="44"/>
       <c r="X114" s="44"/>
       <c r="Y114" s="44"/>
       <c r="Z114" s="44"/>
       <c r="AA114" s="44"/>
@@ -48138,52 +48707,53 @@
       <c r="DK114" s="44"/>
       <c r="DL114" s="44"/>
       <c r="DM114" s="44"/>
       <c r="DN114" s="44"/>
       <c r="DO114" s="44"/>
       <c r="DP114" s="44"/>
       <c r="DQ114" s="44"/>
       <c r="DR114" s="44"/>
       <c r="DS114" s="44"/>
       <c r="DT114" s="44"/>
       <c r="DU114" s="44"/>
       <c r="DV114" s="44"/>
       <c r="DW114" s="44"/>
       <c r="DX114" s="44"/>
       <c r="DY114" s="44"/>
       <c r="DZ114" s="44"/>
       <c r="EA114" s="44"/>
       <c r="EB114" s="44"/>
       <c r="EC114" s="44"/>
       <c r="ED114" s="44"/>
       <c r="EE114" s="44"/>
       <c r="EF114" s="44"/>
       <c r="EG114" s="44"/>
       <c r="EH114" s="44"/>
       <c r="EI114" s="44"/>
+      <c r="EJ114" s="44"/>
     </row>
-    <row r="115" spans="3:139" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="115" spans="3:140" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C115" s="44"/>
       <c r="D115" s="44"/>
       <c r="E115" s="44"/>
       <c r="F115" s="44"/>
       <c r="G115" s="44"/>
       <c r="H115" s="44"/>
       <c r="I115" s="44"/>
       <c r="J115" s="44"/>
       <c r="K115" s="44"/>
       <c r="L115" s="44"/>
       <c r="M115" s="44"/>
       <c r="N115" s="44"/>
       <c r="O115" s="44"/>
       <c r="P115" s="44"/>
       <c r="Q115" s="44"/>
       <c r="R115" s="44"/>
       <c r="S115" s="44"/>
       <c r="T115" s="44"/>
       <c r="U115" s="44"/>
       <c r="V115" s="44"/>
       <c r="W115" s="44"/>
       <c r="X115" s="44"/>
       <c r="Y115" s="44"/>
       <c r="Z115" s="44"/>
       <c r="AA115" s="44"/>
@@ -48277,52 +48847,53 @@
       <c r="DK115" s="44"/>
       <c r="DL115" s="44"/>
       <c r="DM115" s="44"/>
       <c r="DN115" s="44"/>
       <c r="DO115" s="44"/>
       <c r="DP115" s="44"/>
       <c r="DQ115" s="44"/>
       <c r="DR115" s="44"/>
       <c r="DS115" s="44"/>
       <c r="DT115" s="44"/>
       <c r="DU115" s="44"/>
       <c r="DV115" s="44"/>
       <c r="DW115" s="44"/>
       <c r="DX115" s="44"/>
       <c r="DY115" s="44"/>
       <c r="DZ115" s="44"/>
       <c r="EA115" s="44"/>
       <c r="EB115" s="44"/>
       <c r="EC115" s="44"/>
       <c r="ED115" s="44"/>
       <c r="EE115" s="44"/>
       <c r="EF115" s="44"/>
       <c r="EG115" s="44"/>
       <c r="EH115" s="44"/>
       <c r="EI115" s="44"/>
+      <c r="EJ115" s="44"/>
     </row>
-    <row r="116" spans="3:139" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="116" spans="3:140" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C116" s="44"/>
       <c r="D116" s="44"/>
       <c r="E116" s="44"/>
       <c r="F116" s="44"/>
       <c r="G116" s="44"/>
       <c r="H116" s="44"/>
       <c r="I116" s="44"/>
       <c r="J116" s="44"/>
       <c r="K116" s="44"/>
       <c r="L116" s="44"/>
       <c r="M116" s="44"/>
       <c r="N116" s="44"/>
       <c r="O116" s="44"/>
       <c r="P116" s="44"/>
       <c r="Q116" s="44"/>
       <c r="R116" s="44"/>
       <c r="S116" s="44"/>
       <c r="T116" s="44"/>
       <c r="U116" s="44"/>
       <c r="V116" s="44"/>
       <c r="W116" s="44"/>
       <c r="X116" s="44"/>
       <c r="Y116" s="44"/>
       <c r="Z116" s="44"/>
       <c r="AA116" s="44"/>
@@ -48416,52 +48987,53 @@
       <c r="DK116" s="44"/>
       <c r="DL116" s="44"/>
       <c r="DM116" s="44"/>
       <c r="DN116" s="44"/>
       <c r="DO116" s="44"/>
       <c r="DP116" s="44"/>
       <c r="DQ116" s="44"/>
       <c r="DR116" s="44"/>
       <c r="DS116" s="44"/>
       <c r="DT116" s="44"/>
       <c r="DU116" s="44"/>
       <c r="DV116" s="44"/>
       <c r="DW116" s="44"/>
       <c r="DX116" s="44"/>
       <c r="DY116" s="44"/>
       <c r="DZ116" s="44"/>
       <c r="EA116" s="44"/>
       <c r="EB116" s="44"/>
       <c r="EC116" s="44"/>
       <c r="ED116" s="44"/>
       <c r="EE116" s="44"/>
       <c r="EF116" s="44"/>
       <c r="EG116" s="44"/>
       <c r="EH116" s="44"/>
       <c r="EI116" s="44"/>
+      <c r="EJ116" s="44"/>
     </row>
-    <row r="117" spans="3:139" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="117" spans="3:140" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C117" s="44"/>
       <c r="D117" s="44"/>
       <c r="E117" s="44"/>
       <c r="F117" s="44"/>
       <c r="G117" s="44"/>
       <c r="H117" s="44"/>
       <c r="I117" s="44"/>
       <c r="J117" s="44"/>
       <c r="K117" s="44"/>
       <c r="L117" s="44"/>
       <c r="M117" s="44"/>
       <c r="N117" s="44"/>
       <c r="O117" s="44"/>
       <c r="P117" s="44"/>
       <c r="Q117" s="44"/>
       <c r="R117" s="44"/>
       <c r="S117" s="44"/>
       <c r="T117" s="44"/>
       <c r="U117" s="44"/>
       <c r="V117" s="44"/>
       <c r="W117" s="44"/>
       <c r="X117" s="44"/>
       <c r="Y117" s="44"/>
       <c r="Z117" s="44"/>
       <c r="AA117" s="44"/>
@@ -48555,52 +49127,53 @@
       <c r="DK117" s="44"/>
       <c r="DL117" s="44"/>
       <c r="DM117" s="44"/>
       <c r="DN117" s="44"/>
       <c r="DO117" s="44"/>
       <c r="DP117" s="44"/>
       <c r="DQ117" s="44"/>
       <c r="DR117" s="44"/>
       <c r="DS117" s="44"/>
       <c r="DT117" s="44"/>
       <c r="DU117" s="44"/>
       <c r="DV117" s="44"/>
       <c r="DW117" s="44"/>
       <c r="DX117" s="44"/>
       <c r="DY117" s="44"/>
       <c r="DZ117" s="44"/>
       <c r="EA117" s="44"/>
       <c r="EB117" s="44"/>
       <c r="EC117" s="44"/>
       <c r="ED117" s="44"/>
       <c r="EE117" s="44"/>
       <c r="EF117" s="44"/>
       <c r="EG117" s="44"/>
       <c r="EH117" s="44"/>
       <c r="EI117" s="44"/>
+      <c r="EJ117" s="44"/>
     </row>
-    <row r="118" spans="3:139" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="118" spans="3:140" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C118" s="44"/>
       <c r="D118" s="44"/>
       <c r="E118" s="44"/>
       <c r="F118" s="44"/>
       <c r="G118" s="44"/>
       <c r="H118" s="44"/>
       <c r="I118" s="44"/>
       <c r="J118" s="44"/>
       <c r="K118" s="44"/>
       <c r="L118" s="44"/>
       <c r="M118" s="44"/>
       <c r="N118" s="44"/>
       <c r="O118" s="44"/>
       <c r="P118" s="44"/>
       <c r="Q118" s="44"/>
       <c r="R118" s="44"/>
       <c r="S118" s="44"/>
       <c r="T118" s="44"/>
       <c r="U118" s="44"/>
       <c r="V118" s="44"/>
       <c r="W118" s="44"/>
       <c r="X118" s="44"/>
       <c r="Y118" s="44"/>
       <c r="Z118" s="44"/>
       <c r="AA118" s="44"/>
@@ -48694,52 +49267,53 @@
       <c r="DK118" s="44"/>
       <c r="DL118" s="44"/>
       <c r="DM118" s="44"/>
       <c r="DN118" s="44"/>
       <c r="DO118" s="44"/>
       <c r="DP118" s="44"/>
       <c r="DQ118" s="44"/>
       <c r="DR118" s="44"/>
       <c r="DS118" s="44"/>
       <c r="DT118" s="44"/>
       <c r="DU118" s="44"/>
       <c r="DV118" s="44"/>
       <c r="DW118" s="44"/>
       <c r="DX118" s="44"/>
       <c r="DY118" s="44"/>
       <c r="DZ118" s="44"/>
       <c r="EA118" s="44"/>
       <c r="EB118" s="44"/>
       <c r="EC118" s="44"/>
       <c r="ED118" s="44"/>
       <c r="EE118" s="44"/>
       <c r="EF118" s="44"/>
       <c r="EG118" s="44"/>
       <c r="EH118" s="44"/>
       <c r="EI118" s="44"/>
+      <c r="EJ118" s="44"/>
     </row>
-    <row r="119" spans="3:139" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="119" spans="3:140" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C119" s="44"/>
       <c r="D119" s="44"/>
       <c r="E119" s="44"/>
       <c r="F119" s="44"/>
       <c r="G119" s="44"/>
       <c r="H119" s="44"/>
       <c r="I119" s="44"/>
       <c r="J119" s="44"/>
       <c r="K119" s="44"/>
       <c r="L119" s="44"/>
       <c r="M119" s="44"/>
       <c r="N119" s="44"/>
       <c r="O119" s="44"/>
       <c r="P119" s="44"/>
       <c r="Q119" s="44"/>
       <c r="R119" s="44"/>
       <c r="S119" s="44"/>
       <c r="T119" s="44"/>
       <c r="U119" s="44"/>
       <c r="V119" s="44"/>
       <c r="W119" s="44"/>
       <c r="X119" s="44"/>
       <c r="Y119" s="44"/>
       <c r="Z119" s="44"/>
       <c r="AA119" s="44"/>
@@ -48833,52 +49407,53 @@
       <c r="DK119" s="44"/>
       <c r="DL119" s="44"/>
       <c r="DM119" s="44"/>
       <c r="DN119" s="44"/>
       <c r="DO119" s="44"/>
       <c r="DP119" s="44"/>
       <c r="DQ119" s="44"/>
       <c r="DR119" s="44"/>
       <c r="DS119" s="44"/>
       <c r="DT119" s="44"/>
       <c r="DU119" s="44"/>
       <c r="DV119" s="44"/>
       <c r="DW119" s="44"/>
       <c r="DX119" s="44"/>
       <c r="DY119" s="44"/>
       <c r="DZ119" s="44"/>
       <c r="EA119" s="44"/>
       <c r="EB119" s="44"/>
       <c r="EC119" s="44"/>
       <c r="ED119" s="44"/>
       <c r="EE119" s="44"/>
       <c r="EF119" s="44"/>
       <c r="EG119" s="44"/>
       <c r="EH119" s="44"/>
       <c r="EI119" s="44"/>
+      <c r="EJ119" s="44"/>
     </row>
-    <row r="120" spans="3:139" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="120" spans="3:140" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C120" s="44"/>
       <c r="D120" s="44"/>
       <c r="E120" s="44"/>
       <c r="F120" s="44"/>
       <c r="G120" s="44"/>
       <c r="H120" s="44"/>
       <c r="I120" s="44"/>
       <c r="J120" s="44"/>
       <c r="K120" s="44"/>
       <c r="L120" s="44"/>
       <c r="M120" s="44"/>
       <c r="N120" s="44"/>
       <c r="O120" s="44"/>
       <c r="P120" s="44"/>
       <c r="Q120" s="44"/>
       <c r="R120" s="44"/>
       <c r="S120" s="44"/>
       <c r="T120" s="44"/>
       <c r="U120" s="44"/>
       <c r="V120" s="44"/>
       <c r="W120" s="44"/>
       <c r="X120" s="44"/>
       <c r="Y120" s="44"/>
       <c r="Z120" s="44"/>
       <c r="AA120" s="44"/>
@@ -48972,52 +49547,53 @@
       <c r="DK120" s="44"/>
       <c r="DL120" s="44"/>
       <c r="DM120" s="44"/>
       <c r="DN120" s="44"/>
       <c r="DO120" s="44"/>
       <c r="DP120" s="44"/>
       <c r="DQ120" s="44"/>
       <c r="DR120" s="44"/>
       <c r="DS120" s="44"/>
       <c r="DT120" s="44"/>
       <c r="DU120" s="44"/>
       <c r="DV120" s="44"/>
       <c r="DW120" s="44"/>
       <c r="DX120" s="44"/>
       <c r="DY120" s="44"/>
       <c r="DZ120" s="44"/>
       <c r="EA120" s="44"/>
       <c r="EB120" s="44"/>
       <c r="EC120" s="44"/>
       <c r="ED120" s="44"/>
       <c r="EE120" s="44"/>
       <c r="EF120" s="44"/>
       <c r="EG120" s="44"/>
       <c r="EH120" s="44"/>
       <c r="EI120" s="44"/>
+      <c r="EJ120" s="44"/>
     </row>
-    <row r="121" spans="3:139" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="121" spans="3:140" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C121" s="44"/>
       <c r="D121" s="44"/>
       <c r="E121" s="44"/>
       <c r="F121" s="44"/>
       <c r="G121" s="44"/>
       <c r="H121" s="44"/>
       <c r="I121" s="44"/>
       <c r="J121" s="44"/>
       <c r="K121" s="44"/>
       <c r="L121" s="44"/>
       <c r="M121" s="44"/>
       <c r="N121" s="44"/>
       <c r="O121" s="44"/>
       <c r="P121" s="44"/>
       <c r="Q121" s="44"/>
       <c r="R121" s="44"/>
       <c r="S121" s="44"/>
       <c r="T121" s="44"/>
       <c r="U121" s="44"/>
       <c r="V121" s="44"/>
       <c r="W121" s="44"/>
       <c r="X121" s="44"/>
       <c r="Y121" s="44"/>
       <c r="Z121" s="44"/>
       <c r="AA121" s="44"/>
@@ -49111,52 +49687,53 @@
       <c r="DK121" s="44"/>
       <c r="DL121" s="44"/>
       <c r="DM121" s="44"/>
       <c r="DN121" s="44"/>
       <c r="DO121" s="44"/>
       <c r="DP121" s="44"/>
       <c r="DQ121" s="44"/>
       <c r="DR121" s="44"/>
       <c r="DS121" s="44"/>
       <c r="DT121" s="44"/>
       <c r="DU121" s="44"/>
       <c r="DV121" s="44"/>
       <c r="DW121" s="44"/>
       <c r="DX121" s="44"/>
       <c r="DY121" s="44"/>
       <c r="DZ121" s="44"/>
       <c r="EA121" s="44"/>
       <c r="EB121" s="44"/>
       <c r="EC121" s="44"/>
       <c r="ED121" s="44"/>
       <c r="EE121" s="44"/>
       <c r="EF121" s="44"/>
       <c r="EG121" s="44"/>
       <c r="EH121" s="44"/>
       <c r="EI121" s="44"/>
+      <c r="EJ121" s="44"/>
     </row>
-    <row r="122" spans="3:139" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="122" spans="3:140" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C122" s="44"/>
       <c r="D122" s="44"/>
       <c r="E122" s="44"/>
       <c r="F122" s="44"/>
       <c r="G122" s="44"/>
       <c r="H122" s="44"/>
       <c r="I122" s="44"/>
       <c r="J122" s="44"/>
       <c r="K122" s="44"/>
       <c r="L122" s="44"/>
       <c r="M122" s="44"/>
       <c r="N122" s="44"/>
       <c r="O122" s="44"/>
       <c r="P122" s="44"/>
       <c r="Q122" s="44"/>
       <c r="R122" s="44"/>
       <c r="S122" s="44"/>
       <c r="T122" s="44"/>
       <c r="U122" s="44"/>
       <c r="V122" s="44"/>
       <c r="W122" s="44"/>
       <c r="X122" s="44"/>
       <c r="Y122" s="44"/>
       <c r="Z122" s="44"/>
       <c r="AA122" s="44"/>
@@ -49250,67 +49827,68 @@
       <c r="DK122" s="44"/>
       <c r="DL122" s="44"/>
       <c r="DM122" s="44"/>
       <c r="DN122" s="44"/>
       <c r="DO122" s="44"/>
       <c r="DP122" s="44"/>
       <c r="DQ122" s="44"/>
       <c r="DR122" s="44"/>
       <c r="DS122" s="44"/>
       <c r="DT122" s="44"/>
       <c r="DU122" s="44"/>
       <c r="DV122" s="44"/>
       <c r="DW122" s="44"/>
       <c r="DX122" s="44"/>
       <c r="DY122" s="44"/>
       <c r="DZ122" s="44"/>
       <c r="EA122" s="44"/>
       <c r="EB122" s="44"/>
       <c r="EC122" s="44"/>
       <c r="ED122" s="44"/>
       <c r="EE122" s="44"/>
       <c r="EF122" s="44"/>
       <c r="EG122" s="44"/>
       <c r="EH122" s="44"/>
       <c r="EI122" s="44"/>
+      <c r="EJ122" s="44"/>
     </row>
-    <row r="123" spans="3:139" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="123" spans="3:140" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C123" s="44"/>
     </row>
-    <row r="124" spans="3:139" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="124" spans="3:140" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C124" s="44"/>
     </row>
-    <row r="125" spans="3:139" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="125" spans="3:140" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C125" s="44"/>
     </row>
-    <row r="126" spans="3:139" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="126" spans="3:140" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C126" s="44"/>
     </row>
-    <row r="127" spans="3:139" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="127" spans="3:140" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C127" s="44"/>
     </row>
-    <row r="128" spans="3:139" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="128" spans="3:140" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C128" s="44"/>
     </row>
     <row r="129" spans="3:3" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C129" s="44"/>
     </row>
     <row r="130" spans="3:3" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C130" s="44"/>
     </row>
     <row r="131" spans="3:3" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C131" s="44"/>
     </row>
     <row r="132" spans="3:3" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C132" s="44"/>
     </row>
     <row r="133" spans="3:3" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C133" s="44"/>
     </row>
     <row r="134" spans="3:3" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C134" s="44"/>
     </row>
     <row r="135" spans="3:3" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C135" s="44"/>
     </row>
     <row r="136" spans="3:3" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C136" s="44"/>