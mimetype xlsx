--- v0 (2025-10-13)
+++ v1 (2025-12-12)
@@ -5,51 +5,51 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\Statistika i istraživanje\BILTEN\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3AD45586-2639-4DD6-847A-B5ADDC4CCB83}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{702B10D0-C4E2-4ADA-9F12-5E5E36950FB4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="ENG" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="TABLE" localSheetId="0">ENG!$D$7:$D$102</definedName>
     <definedName name="TABLE_10" localSheetId="0">ENG!$E$7:$E$102</definedName>
     <definedName name="TABLE_11" localSheetId="0">ENG!$F$7:$F$102</definedName>
     <definedName name="TABLE_12" localSheetId="0">ENG!$G$7:$G$102</definedName>
     <definedName name="TABLE_13" localSheetId="0">ENG!$D$7:$D$102</definedName>
     <definedName name="TABLE_14" localSheetId="0">ENG!$E$7:$E$102</definedName>
     <definedName name="TABLE_15" localSheetId="0">ENG!$F$7:$F$102</definedName>
     <definedName name="TABLE_16" localSheetId="0">ENG!$G$7:$G$102</definedName>
     <definedName name="TABLE_17" localSheetId="0">ENG!$D$7:$D$102</definedName>
     <definedName name="TABLE_18" localSheetId="0">ENG!$E$7:$E$102</definedName>
     <definedName name="TABLE_19" localSheetId="0">ENG!$F$7:$F$102</definedName>
     <definedName name="TABLE_2" localSheetId="0">ENG!$E$7:$E$102</definedName>
     <definedName name="TABLE_20" localSheetId="0">ENG!$G$7:$G$102</definedName>
     <definedName name="TABLE_21" localSheetId="0">ENG!$D$7:$D$102</definedName>
     <definedName name="TABLE_22" localSheetId="0">ENG!$E$7:$E$102</definedName>
     <definedName name="TABLE_23" localSheetId="0">ENG!$F$7:$F$102</definedName>
     <definedName name="TABLE_24" localSheetId="0">ENG!$G$7:$G$102</definedName>
     <definedName name="TABLE_25" localSheetId="0">ENG!$D$7:$D$102</definedName>
@@ -67,55 +67,60 @@
     <definedName name="TABLE_36" localSheetId="0">ENG!$G$7:$G$102</definedName>
     <definedName name="TABLE_37" localSheetId="0">ENG!$E$7:$E$102</definedName>
     <definedName name="TABLE_38" localSheetId="0">ENG!$D$7:$D$102</definedName>
     <definedName name="TABLE_39" localSheetId="0">ENG!$F$7:$F$102</definedName>
     <definedName name="TABLE_4" localSheetId="0">ENG!$G$7:$G$102</definedName>
     <definedName name="TABLE_40" localSheetId="0">ENG!$G$7:$G$102</definedName>
     <definedName name="TABLE_41" localSheetId="0">ENG!$D$7:$D$102</definedName>
     <definedName name="TABLE_42" localSheetId="0">ENG!$E$7:$E$102</definedName>
     <definedName name="TABLE_43" localSheetId="0">ENG!$F$7:$F$102</definedName>
     <definedName name="TABLE_44" localSheetId="0">ENG!$G$7:$G$102</definedName>
     <definedName name="TABLE_45" localSheetId="0">ENG!$D$7:$D$102</definedName>
     <definedName name="TABLE_46" localSheetId="0">ENG!$E$7:$E$102</definedName>
     <definedName name="TABLE_47" localSheetId="0">ENG!$F$7:$F$102</definedName>
     <definedName name="TABLE_48" localSheetId="0">ENG!$G$7:$G$102</definedName>
     <definedName name="TABLE_49" localSheetId="0">ENG!$D$7:$D$102</definedName>
     <definedName name="TABLE_5" localSheetId="0">ENG!$D$7:$D$102</definedName>
     <definedName name="TABLE_50" localSheetId="0">ENG!$E$7:$E$102</definedName>
     <definedName name="TABLE_51" localSheetId="0">ENG!$F$7:$F$102</definedName>
     <definedName name="TABLE_52" localSheetId="0">ENG!$G$7:$G$102</definedName>
     <definedName name="TABLE_6" localSheetId="0">ENG!$E$7:$E$102</definedName>
     <definedName name="TABLE_7" localSheetId="0">ENG!$F$7:$F$102</definedName>
     <definedName name="TABLE_8" localSheetId="0">ENG!$G$7:$G$102</definedName>
     <definedName name="TABLE_9" localSheetId="0">ENG!$D$7:$D$102</definedName>
   </definedNames>
   <calcPr calcId="162913"/>
+  <extLst>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="163" uniqueCount="25">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="165" uniqueCount="25">
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>January</t>
   </si>
   <si>
     <t>February</t>
   </si>
   <si>
     <t>March</t>
   </si>
   <si>
     <t>April</t>
   </si>
   <si>
     <t>May</t>
   </si>
   <si>
     <t>June</t>
   </si>
   <si>
     <t>July</t>
   </si>
   <si>
@@ -827,51 +832,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="B2:J136"/>
+  <dimension ref="B2:J138"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScale="110" zoomScaleNormal="110" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.1640625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="3.6640625" customWidth="1"/>
     <col min="2" max="2" width="9.6640625" customWidth="1"/>
     <col min="3" max="3" width="12.6640625" customWidth="1"/>
     <col min="4" max="4" width="18.6640625" style="1" customWidth="1"/>
     <col min="5" max="7" width="20.6640625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="14" t="s">
         <v>22</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="3"/>
       <c r="E2" s="4"/>
       <c r="F2" s="4"/>
       <c r="G2" s="4"/>
     </row>
     <row r="3" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="13" t="s">
         <v>16</v>
@@ -3200,103 +3205,145 @@
       <c r="B131" s="55"/>
       <c r="C131" s="55" t="s">
         <v>5</v>
       </c>
       <c r="D131" s="31">
         <v>1451</v>
       </c>
       <c r="E131" s="31">
         <v>100.8</v>
       </c>
       <c r="F131" s="31">
         <v>109.6</v>
       </c>
       <c r="G131" s="31">
         <v>110.5</v>
       </c>
       <c r="H131"/>
       <c r="I131" s="60"/>
       <c r="J131" s="60"/>
     </row>
     <row r="132" spans="2:10" s="57" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B132" s="55"/>
       <c r="C132" s="55" t="s">
         <v>6</v>
       </c>
-      <c r="D132" s="56">
+      <c r="D132" s="31">
         <v>1444</v>
       </c>
-      <c r="E132" s="56">
+      <c r="E132" s="31">
         <v>99.5</v>
       </c>
-      <c r="F132" s="56">
+      <c r="F132" s="31">
         <v>109.8</v>
       </c>
-      <c r="G132" s="56">
+      <c r="G132" s="31">
         <v>110.4</v>
       </c>
-      <c r="H132" s="60"/>
+      <c r="H132"/>
       <c r="I132" s="60"/>
       <c r="J132" s="60"/>
     </row>
-    <row r="133" spans="2:10" s="16" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C133" s="54" t="s">
+    <row r="133" spans="2:10" s="57" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B133" s="55"/>
+      <c r="C133" s="55" t="s">
         <v>7</v>
       </c>
-      <c r="D133" s="39">
+      <c r="D133" s="31">
         <v>1437</v>
       </c>
-      <c r="E133" s="39">
+      <c r="E133" s="31">
         <v>99.5</v>
       </c>
-      <c r="F133" s="39">
+      <c r="F133" s="31">
         <v>109.3</v>
       </c>
-      <c r="G133" s="39">
+      <c r="G133" s="31">
         <v>110.2</v>
       </c>
       <c r="H133"/>
-      <c r="I133"/>
-[...7 lines deleted...]
-      <c r="B135" s="58" t="s">
+      <c r="I133" s="60"/>
+      <c r="J133" s="60"/>
+    </row>
+    <row r="134" spans="2:10" s="57" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B134" s="55"/>
+      <c r="C134" s="55" t="s">
+        <v>8</v>
+      </c>
+      <c r="D134" s="31">
+        <v>1446</v>
+      </c>
+      <c r="E134" s="31">
+        <v>100.6</v>
+      </c>
+      <c r="F134" s="31">
+        <v>109.2</v>
+      </c>
+      <c r="G134" s="31">
+        <v>110.1</v>
+      </c>
+      <c r="H134"/>
+      <c r="I134" s="60"/>
+      <c r="J134" s="60"/>
+    </row>
+    <row r="135" spans="2:10" s="16" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B135" s="54"/>
+      <c r="C135" s="54" t="s">
+        <v>9</v>
+      </c>
+      <c r="D135" s="39">
+        <v>1456</v>
+      </c>
+      <c r="E135" s="39">
+        <v>100.7</v>
+      </c>
+      <c r="F135" s="39">
+        <v>110.1</v>
+      </c>
+      <c r="G135" s="39">
+        <v>110.1</v>
+      </c>
+      <c r="H135"/>
+      <c r="I135"/>
+      <c r="J135"/>
+    </row>
+    <row r="136" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B136" s="2"/>
+      <c r="C136" s="1"/>
+    </row>
+    <row r="137" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B137" s="58" t="s">
         <v>23</v>
       </c>
-      <c r="C135" s="1"/>
-[...6 lines deleted...]
-      <c r="B136" s="10" t="s">
+      <c r="C137" s="1"/>
+      <c r="D137" s="9"/>
+      <c r="E137" s="9"/>
+      <c r="F137" s="9"/>
+      <c r="G137" s="9"/>
+    </row>
+    <row r="138" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B138" s="10" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Radni listovi</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>