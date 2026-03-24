--- v2 (2026-02-11)
+++ v3 (2026-03-24)
@@ -5,51 +5,51 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\Statistika i istraživanje\BILTEN\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1B2AE321-3EDD-4833-87F7-2F35E27F383C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2AD8CECA-EF52-4AED-9BCB-674528E93CA3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="ENG" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="TABLE" localSheetId="0">ENG!$D$7:$D$102</definedName>
     <definedName name="TABLE_10" localSheetId="0">ENG!$E$7:$E$102</definedName>
     <definedName name="TABLE_11" localSheetId="0">ENG!$F$7:$F$102</definedName>
     <definedName name="TABLE_12" localSheetId="0">ENG!$G$7:$G$102</definedName>
     <definedName name="TABLE_13" localSheetId="0">ENG!$D$7:$D$102</definedName>
     <definedName name="TABLE_14" localSheetId="0">ENG!$E$7:$E$102</definedName>
     <definedName name="TABLE_15" localSheetId="0">ENG!$F$7:$F$102</definedName>
     <definedName name="TABLE_16" localSheetId="0">ENG!$G$7:$G$102</definedName>
     <definedName name="TABLE_17" localSheetId="0">ENG!$D$7:$D$102</definedName>
     <definedName name="TABLE_18" localSheetId="0">ENG!$E$7:$E$102</definedName>
     <definedName name="TABLE_19" localSheetId="0">ENG!$F$7:$F$102</definedName>
     <definedName name="TABLE_2" localSheetId="0">ENG!$E$7:$E$102</definedName>
     <definedName name="TABLE_20" localSheetId="0">ENG!$G$7:$G$102</definedName>
     <definedName name="TABLE_21" localSheetId="0">ENG!$D$7:$D$102</definedName>
     <definedName name="TABLE_22" localSheetId="0">ENG!$E$7:$E$102</definedName>
     <definedName name="TABLE_23" localSheetId="0">ENG!$F$7:$F$102</definedName>
     <definedName name="TABLE_24" localSheetId="0">ENG!$G$7:$G$102</definedName>
     <definedName name="TABLE_25" localSheetId="0">ENG!$D$7:$D$102</definedName>
@@ -76,51 +76,51 @@
     <definedName name="TABLE_44" localSheetId="0">ENG!$G$7:$G$102</definedName>
     <definedName name="TABLE_45" localSheetId="0">ENG!$D$7:$D$102</definedName>
     <definedName name="TABLE_46" localSheetId="0">ENG!$E$7:$E$102</definedName>
     <definedName name="TABLE_47" localSheetId="0">ENG!$F$7:$F$102</definedName>
     <definedName name="TABLE_48" localSheetId="0">ENG!$G$7:$G$102</definedName>
     <definedName name="TABLE_49" localSheetId="0">ENG!$D$7:$D$102</definedName>
     <definedName name="TABLE_5" localSheetId="0">ENG!$D$7:$D$102</definedName>
     <definedName name="TABLE_50" localSheetId="0">ENG!$E$7:$E$102</definedName>
     <definedName name="TABLE_51" localSheetId="0">ENG!$F$7:$F$102</definedName>
     <definedName name="TABLE_52" localSheetId="0">ENG!$G$7:$G$102</definedName>
     <definedName name="TABLE_6" localSheetId="0">ENG!$E$7:$E$102</definedName>
     <definedName name="TABLE_7" localSheetId="0">ENG!$F$7:$F$102</definedName>
     <definedName name="TABLE_8" localSheetId="0">ENG!$G$7:$G$102</definedName>
     <definedName name="TABLE_9" localSheetId="0">ENG!$D$7:$D$102</definedName>
   </definedNames>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="167" uniqueCount="25">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="170" uniqueCount="26">
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>January</t>
   </si>
   <si>
     <t>February</t>
   </si>
   <si>
     <t>March</t>
   </si>
   <si>
     <t>April</t>
   </si>
   <si>
     <t>May</t>
   </si>
   <si>
     <t>June</t>
   </si>
   <si>
     <t>July</t>
   </si>
   <si>
@@ -155,50 +155,53 @@
 in euro</t>
   </si>
   <si>
     <t>Annual
 monthly indices</t>
   </si>
   <si>
     <t>Annual
 cumulative indices</t>
   </si>
   <si>
     <t>Chain
 indices</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Table J4 Average monthly net earnings</t>
   </si>
   <si>
     <t>Note: results from JOPPD forms.</t>
   </si>
   <si>
     <t>2025</t>
+  </si>
+  <si>
+    <t>2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="6">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="#\ ###\ ##0.0;\-\ #\ ###\ ##0.0"/>
     <numFmt numFmtId="165" formatCode="0.0_)"/>
     <numFmt numFmtId="166" formatCode="#\ ##0.0_)"/>
     <numFmt numFmtId="167" formatCode="#,##0_);\(#,##0\)"/>
     <numFmt numFmtId="168" formatCode="#,##0.0"/>
   </numFmts>
   <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
@@ -832,51 +835,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="B2:J140"/>
+  <dimension ref="B2:J142"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScale="110" zoomScaleNormal="110" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.1640625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="3.6640625" customWidth="1"/>
     <col min="2" max="2" width="9.6640625" customWidth="1"/>
     <col min="3" max="3" width="12.6640625" customWidth="1"/>
     <col min="4" max="4" width="18.6640625" style="1" customWidth="1"/>
     <col min="5" max="7" width="20.6640625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="14" t="s">
         <v>22</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="3"/>
       <c r="E2" s="4"/>
       <c r="F2" s="4"/>
       <c r="G2" s="4"/>
     </row>
     <row r="3" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="13" t="s">
         <v>16</v>
@@ -3305,87 +3308,131 @@
       <c r="H135" s="60"/>
       <c r="I135" s="60"/>
       <c r="J135" s="60"/>
     </row>
     <row r="136" spans="2:10" s="57" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B136" s="55"/>
       <c r="C136" s="55" t="s">
         <v>10</v>
       </c>
       <c r="D136" s="56">
         <v>1470</v>
       </c>
       <c r="E136" s="56">
         <v>101</v>
       </c>
       <c r="F136" s="56">
         <v>109.7</v>
       </c>
       <c r="G136" s="56">
         <v>110.1</v>
       </c>
       <c r="H136" s="60"/>
       <c r="I136" s="60"/>
       <c r="J136" s="60"/>
     </row>
-    <row r="137" spans="2:10" s="16" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C137" s="54" t="s">
+    <row r="137" spans="2:10" s="57" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B137" s="55"/>
+      <c r="C137" s="55" t="s">
         <v>11</v>
       </c>
-      <c r="D137" s="39">
+      <c r="D137" s="56">
         <v>1498</v>
       </c>
-      <c r="E137" s="39">
+      <c r="E137" s="56">
         <v>101.9</v>
       </c>
-      <c r="F137" s="39">
+      <c r="F137" s="56">
         <v>109.7</v>
       </c>
-      <c r="G137" s="39">
+      <c r="G137" s="56">
         <v>110</v>
       </c>
-      <c r="H137"/>
-[...8 lines deleted...]
-      <c r="B139" s="58" t="s">
+      <c r="H137" s="60"/>
+      <c r="I137" s="60"/>
+      <c r="J137" s="60"/>
+    </row>
+    <row r="138" spans="2:10" s="16" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B138" s="53"/>
+      <c r="C138" s="53" t="s">
+        <v>12</v>
+      </c>
+      <c r="D138" s="33">
+        <v>1494</v>
+      </c>
+      <c r="E138" s="33">
+        <v>99.7</v>
+      </c>
+      <c r="F138" s="33">
+        <v>109.8</v>
+      </c>
+      <c r="G138" s="33">
+        <v>109.9</v>
+      </c>
+      <c r="H138"/>
+      <c r="I138"/>
+      <c r="J138"/>
+    </row>
+    <row r="139" spans="2:10" s="16" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B139" s="54" t="s">
+        <v>25</v>
+      </c>
+      <c r="C139" s="54" t="s">
+        <v>1</v>
+      </c>
+      <c r="D139" s="39">
+        <v>1511</v>
+      </c>
+      <c r="E139" s="39">
+        <v>101.1</v>
+      </c>
+      <c r="F139" s="39">
+        <v>108.5</v>
+      </c>
+      <c r="G139" s="39">
+        <v>108.5</v>
+      </c>
+      <c r="H139"/>
+      <c r="I139"/>
+      <c r="J139"/>
+    </row>
+    <row r="140" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B140" s="2"/>
+      <c r="C140" s="1"/>
+    </row>
+    <row r="141" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B141" s="58" t="s">
         <v>23</v>
       </c>
-      <c r="C139" s="1"/>
-[...6 lines deleted...]
-      <c r="B140" s="10" t="s">
+      <c r="C141" s="1"/>
+      <c r="D141" s="9"/>
+      <c r="E141" s="9"/>
+      <c r="F141" s="9"/>
+      <c r="G141" s="9"/>
+    </row>
+    <row r="142" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B142" s="10" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Radni listovi</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>