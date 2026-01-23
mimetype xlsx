--- v1 (2025-12-14)
+++ v2 (2026-01-23)
@@ -5,80 +5,80 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24334"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\Statistika i istraživanje\BILTEN\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0F0796D6-0E20-45A4-BE7B-DB8EBAA49978}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{BE4C0C9E-6878-4C1D-9902-659CFF201EBF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="ENG" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029" calcOnSave="0"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1010" uniqueCount="30">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1012" uniqueCount="30">
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Basic indices</t>
   </si>
   <si>
     <t xml:space="preserve">Total </t>
   </si>
   <si>
     <t>Goods</t>
   </si>
   <si>
     <t>Services</t>
   </si>
   <si>
     <t xml:space="preserve">Consumer price indices </t>
   </si>
   <si>
     <t>Consumer price indices (2015=100)</t>
   </si>
   <si>
@@ -348,102 +348,93 @@
       <color rgb="FF000000"/>
       <name val="Open Sans"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-4.9989318521683403E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="9">
+  <borders count="8">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FFFF0000"/>
       </top>
       <bottom style="thin">
         <color rgb="FFFF0000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FFFF0000"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color rgb="FFFF0000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
-      </bottom>
-[...7 lines deleted...]
-        <color rgb="FFC00000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color rgb="FFFFFFFF"/>
       </left>
       <right/>
       <top style="medium">
         <color rgb="FFFFFFFF"/>
       </top>
       <bottom style="medium">
         <color rgb="FFFFFFFF"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color rgb="FFFFFFFF"/>
       </left>
       <right/>
       <top style="medium">
         <color rgb="FFFFFFFF"/>
       </top>
       <bottom/>
@@ -563,138 +554,138 @@
     </xf>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="2" borderId="0" xfId="2" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="4" xfId="2" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="2" borderId="4" xfId="2" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="4" xfId="2" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="164" fontId="0" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="164" fontId="11" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="164" fontId="11" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
+    <xf numFmtId="168" fontId="12" fillId="3" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="168" fontId="12" fillId="3" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="168" fontId="12" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="168" fontId="12" fillId="3" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="168" fontId="12" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="165" fontId="7" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="165" fontId="7" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="165" fontId="7" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="167" fontId="7" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="167" fontId="7" fillId="2" borderId="3" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="167" fontId="7" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="167" fontId="7" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="167" fontId="7" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="165" fontId="7" fillId="2" borderId="2" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="165" fontId="7" fillId="2" borderId="3" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="167" fontId="7" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" wrapText="1" indent="1"/>
     </xf>
-    <xf numFmtId="168" fontId="12" fillId="3" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...9 lines deleted...]
-      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    <xf numFmtId="164" fontId="0" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="5">
     <cellStyle name="Normalno" xfId="0" builtinId="0"/>
     <cellStyle name="Normalno 3" xfId="4" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Tanka linija ispod" xfId="3" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Zadnji redak" xfId="2" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="Zaglavlje" xfId="1" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
@@ -944,51 +935,51 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:Q345"/>
+  <dimension ref="A1:Q347"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="3.6640625" style="1" customWidth="1"/>
     <col min="2" max="2" width="9" style="4"/>
     <col min="3" max="3" width="11" style="4" customWidth="1"/>
     <col min="4" max="4" width="14.1640625" style="7" customWidth="1"/>
     <col min="5" max="6" width="13.1640625" style="7" customWidth="1"/>
     <col min="7" max="7" width="14.5" style="7" customWidth="1"/>
     <col min="8" max="8" width="14.1640625" style="7" customWidth="1"/>
     <col min="9" max="10" width="13.1640625" style="7" customWidth="1"/>
     <col min="11" max="11" width="12.6640625" style="7" customWidth="1"/>
     <col min="12" max="12" width="14.1640625" style="7" customWidth="1"/>
     <col min="13" max="14" width="13.1640625" style="7" customWidth="1"/>
     <col min="15" max="15" width="12.6640625" style="7" customWidth="1"/>
     <col min="16" max="16384" width="9" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B1" s="11"/>
       <c r="C1" s="10"/>
       <c r="D1" s="5"/>
       <c r="E1" s="5"/>
@@ -1017,136 +1008,136 @@
     <row r="3" spans="2:15" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="2"/>
       <c r="C3" s="10"/>
       <c r="D3" s="6"/>
       <c r="E3" s="6"/>
       <c r="F3" s="6"/>
       <c r="G3" s="6"/>
     </row>
     <row r="4" spans="2:15" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B4" s="2"/>
       <c r="C4" s="10"/>
       <c r="D4" s="6"/>
       <c r="E4" s="6"/>
       <c r="F4" s="6"/>
       <c r="G4" s="6"/>
       <c r="H4" s="8"/>
       <c r="I4" s="8"/>
       <c r="J4" s="8"/>
       <c r="K4" s="8"/>
       <c r="L4" s="8"/>
       <c r="M4" s="8"/>
       <c r="N4" s="8"/>
       <c r="O4" s="8"/>
     </row>
     <row r="5" spans="2:15" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B5" s="58" t="s">
+      <c r="B5" s="61" t="s">
         <v>0</v>
       </c>
-      <c r="C5" s="58" t="s">
+      <c r="C5" s="61" t="s">
         <v>1</v>
       </c>
-      <c r="D5" s="59" t="s">
+      <c r="D5" s="62" t="s">
         <v>2</v>
       </c>
-      <c r="E5" s="59"/>
-[...2 lines deleted...]
-      <c r="H5" s="60" t="s">
+      <c r="E5" s="62"/>
+      <c r="F5" s="62"/>
+      <c r="G5" s="62"/>
+      <c r="H5" s="63" t="s">
         <v>26</v>
       </c>
-      <c r="I5" s="60"/>
-[...2 lines deleted...]
-      <c r="L5" s="61" t="s">
+      <c r="I5" s="63"/>
+      <c r="J5" s="63"/>
+      <c r="K5" s="63"/>
+      <c r="L5" s="64" t="s">
         <v>20</v>
       </c>
-      <c r="M5" s="61"/>
-[...1 lines deleted...]
-      <c r="O5" s="61"/>
+      <c r="M5" s="64"/>
+      <c r="N5" s="64"/>
+      <c r="O5" s="64"/>
     </row>
     <row r="6" spans="2:15" ht="32.450000000000003" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B6" s="58"/>
-[...1 lines deleted...]
-      <c r="D6" s="62" t="s">
+      <c r="B6" s="61"/>
+      <c r="C6" s="61"/>
+      <c r="D6" s="65" t="s">
         <v>7</v>
       </c>
-      <c r="E6" s="62"/>
-[...1 lines deleted...]
-      <c r="G6" s="62" t="s">
+      <c r="E6" s="65"/>
+      <c r="F6" s="65"/>
+      <c r="G6" s="65" t="s">
         <v>28</v>
       </c>
-      <c r="H6" s="63" t="s">
+      <c r="H6" s="66" t="s">
         <v>6</v>
       </c>
-      <c r="I6" s="63"/>
-[...1 lines deleted...]
-      <c r="K6" s="64" t="s">
+      <c r="I6" s="66"/>
+      <c r="J6" s="66"/>
+      <c r="K6" s="67" t="s">
         <v>22</v>
       </c>
-      <c r="L6" s="66" t="s">
+      <c r="L6" s="69" t="s">
         <v>6</v>
       </c>
-      <c r="M6" s="66"/>
-[...1 lines deleted...]
-      <c r="O6" s="56" t="s">
+      <c r="M6" s="69"/>
+      <c r="N6" s="69"/>
+      <c r="O6" s="59" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="7" spans="2:15" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B7" s="58"/>
-      <c r="C7" s="58"/>
+      <c r="B7" s="61"/>
+      <c r="C7" s="61"/>
       <c r="D7" s="15" t="s">
         <v>3</v>
       </c>
       <c r="E7" s="15" t="s">
         <v>4</v>
       </c>
       <c r="F7" s="13" t="s">
         <v>5</v>
       </c>
-      <c r="G7" s="62"/>
+      <c r="G7" s="65"/>
       <c r="H7" s="16" t="s">
         <v>3</v>
       </c>
       <c r="I7" s="16" t="s">
         <v>4</v>
       </c>
       <c r="J7" s="14" t="s">
         <v>5</v>
       </c>
-      <c r="K7" s="65"/>
+      <c r="K7" s="68"/>
       <c r="L7" s="15" t="s">
         <v>3</v>
       </c>
       <c r="M7" s="15" t="s">
         <v>4</v>
       </c>
       <c r="N7" s="13" t="s">
         <v>5</v>
       </c>
-      <c r="O7" s="57"/>
+      <c r="O7" s="60"/>
     </row>
     <row r="8" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B8" s="17">
         <v>1998</v>
       </c>
       <c r="C8" s="19" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="25">
         <v>63.7</v>
       </c>
       <c r="E8" s="25">
         <v>66.2</v>
       </c>
       <c r="F8" s="25">
         <v>54.9</v>
       </c>
       <c r="G8" s="25" t="s">
         <v>25</v>
       </c>
       <c r="H8" s="26" t="s">
         <v>25</v>
       </c>
       <c r="I8" s="26" t="s">
         <v>25</v>
@@ -7194,7135 +7185,7135 @@
         <v>1.3</v>
       </c>
       <c r="N151" s="29">
         <v>3.9</v>
       </c>
       <c r="O151" s="29" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="152" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B152" s="17">
         <v>2010</v>
       </c>
       <c r="C152" s="19" t="s">
         <v>8</v>
       </c>
       <c r="D152" s="25">
         <v>92.3</v>
       </c>
       <c r="E152" s="25">
         <v>91.2</v>
       </c>
       <c r="F152" s="25">
         <v>96.8</v>
       </c>
-      <c r="G152" s="43">
+      <c r="G152" s="41">
         <v>84.3</v>
       </c>
       <c r="H152" s="28">
         <v>0.5</v>
       </c>
       <c r="I152" s="28">
         <v>0.5</v>
       </c>
       <c r="J152" s="28">
         <v>0.4</v>
       </c>
       <c r="K152" s="28" t="s">
         <v>25</v>
       </c>
       <c r="L152" s="25">
         <v>1.1000000000000001</v>
       </c>
       <c r="M152" s="25">
         <v>0.9</v>
       </c>
       <c r="N152" s="25">
         <v>2.1</v>
       </c>
       <c r="O152" s="25" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="153" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B153" s="17"/>
       <c r="C153" s="19" t="s">
         <v>9</v>
       </c>
       <c r="D153" s="25">
         <v>92.5</v>
       </c>
       <c r="E153" s="25">
         <v>91.4</v>
       </c>
       <c r="F153" s="25">
         <v>97</v>
       </c>
-      <c r="G153" s="43">
+      <c r="G153" s="41">
         <v>84.2</v>
       </c>
       <c r="H153" s="28">
         <v>0.2</v>
       </c>
       <c r="I153" s="28">
         <v>0.2</v>
       </c>
       <c r="J153" s="28">
         <v>0.2</v>
       </c>
       <c r="K153" s="28" t="s">
         <v>25</v>
       </c>
       <c r="L153" s="25">
         <v>0.7</v>
       </c>
       <c r="M153" s="25">
         <v>0.4</v>
       </c>
       <c r="N153" s="25">
         <v>1.9</v>
       </c>
       <c r="O153" s="25" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="154" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B154" s="17"/>
       <c r="C154" s="19" t="s">
         <v>10</v>
       </c>
       <c r="D154" s="25">
         <v>92.9</v>
       </c>
       <c r="E154" s="25">
         <v>91.9</v>
       </c>
       <c r="F154" s="25">
         <v>96.9</v>
       </c>
-      <c r="G154" s="43">
+      <c r="G154" s="41">
         <v>84.9</v>
       </c>
       <c r="H154" s="28">
         <v>0.4</v>
       </c>
       <c r="I154" s="28">
         <v>0.6</v>
       </c>
       <c r="J154" s="28">
         <v>-0.2</v>
       </c>
       <c r="K154" s="28" t="s">
         <v>25</v>
       </c>
       <c r="L154" s="25">
         <v>0.9</v>
       </c>
       <c r="M154" s="25">
         <v>0.7</v>
       </c>
       <c r="N154" s="25">
         <v>1.9</v>
       </c>
       <c r="O154" s="25" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="155" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B155" s="17"/>
       <c r="C155" s="19" t="s">
         <v>11</v>
       </c>
       <c r="D155" s="25">
         <v>93.3</v>
       </c>
       <c r="E155" s="25">
         <v>92.6</v>
       </c>
       <c r="F155" s="25">
         <v>96.4</v>
       </c>
-      <c r="G155" s="43">
+      <c r="G155" s="41">
         <v>85.5</v>
       </c>
       <c r="H155" s="28">
         <v>0.4</v>
       </c>
       <c r="I155" s="28">
         <v>0.7</v>
       </c>
       <c r="J155" s="28">
         <v>-0.5</v>
       </c>
       <c r="K155" s="28" t="s">
         <v>25</v>
       </c>
       <c r="L155" s="25">
         <v>0.6</v>
       </c>
       <c r="M155" s="25">
         <v>0.3</v>
       </c>
       <c r="N155" s="25">
         <v>1.6</v>
       </c>
       <c r="O155" s="25" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="156" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B156" s="17"/>
       <c r="C156" s="19" t="s">
         <v>12</v>
       </c>
       <c r="D156" s="25">
         <v>93.5</v>
       </c>
       <c r="E156" s="25">
         <v>92.7</v>
       </c>
       <c r="F156" s="25">
         <v>96.9</v>
       </c>
-      <c r="G156" s="43">
+      <c r="G156" s="41">
         <v>85.8</v>
       </c>
       <c r="H156" s="28">
         <v>0.2</v>
       </c>
       <c r="I156" s="28">
         <v>0.2</v>
       </c>
       <c r="J156" s="28">
         <v>0.5</v>
       </c>
       <c r="K156" s="28" t="s">
         <v>25</v>
       </c>
       <c r="L156" s="25">
         <v>0.8</v>
       </c>
       <c r="M156" s="25">
         <v>0.6</v>
       </c>
       <c r="N156" s="25">
         <v>1.8</v>
       </c>
       <c r="O156" s="25" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="157" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B157" s="17"/>
       <c r="C157" s="19" t="s">
         <v>13</v>
       </c>
       <c r="D157" s="25">
         <v>93.5</v>
       </c>
       <c r="E157" s="25">
         <v>92.3</v>
       </c>
       <c r="F157" s="25">
         <v>98</v>
       </c>
-      <c r="G157" s="43">
+      <c r="G157" s="41">
         <v>86.3</v>
       </c>
       <c r="H157" s="28">
         <v>-0.1</v>
       </c>
       <c r="I157" s="28">
         <v>-0.4</v>
       </c>
       <c r="J157" s="28">
         <v>1.1000000000000001</v>
       </c>
       <c r="K157" s="28" t="s">
         <v>25</v>
       </c>
       <c r="L157" s="25">
         <v>0.7</v>
       </c>
       <c r="M157" s="25">
         <v>0.3</v>
       </c>
       <c r="N157" s="25">
         <v>1.9</v>
       </c>
       <c r="O157" s="25" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="158" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B158" s="17"/>
       <c r="C158" s="19" t="s">
         <v>14</v>
       </c>
       <c r="D158" s="25">
         <v>93.1</v>
       </c>
       <c r="E158" s="25">
         <v>91.5</v>
       </c>
       <c r="F158" s="25">
         <v>99.3</v>
       </c>
-      <c r="G158" s="43">
+      <c r="G158" s="41">
         <v>86.2</v>
       </c>
       <c r="H158" s="28">
         <v>-0.4</v>
       </c>
       <c r="I158" s="28">
         <v>-0.8</v>
       </c>
       <c r="J158" s="28">
         <v>1.3</v>
       </c>
       <c r="K158" s="28" t="s">
         <v>25</v>
       </c>
       <c r="L158" s="25">
         <v>1.1000000000000001</v>
       </c>
       <c r="M158" s="25">
         <v>0.7</v>
       </c>
       <c r="N158" s="25">
         <v>1.9</v>
       </c>
       <c r="O158" s="25" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="159" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B159" s="17"/>
       <c r="C159" s="19" t="s">
         <v>15</v>
       </c>
       <c r="D159" s="25">
         <v>92.9</v>
       </c>
       <c r="E159" s="25">
         <v>91.3</v>
       </c>
       <c r="F159" s="25">
         <v>99.5</v>
       </c>
-      <c r="G159" s="43">
+      <c r="G159" s="41">
         <v>86.5</v>
       </c>
       <c r="H159" s="28">
         <v>-0.2</v>
       </c>
       <c r="I159" s="28">
         <v>-0.3</v>
       </c>
       <c r="J159" s="28">
         <v>0.2</v>
       </c>
       <c r="K159" s="28" t="s">
         <v>25</v>
       </c>
       <c r="L159" s="25">
         <v>0.9</v>
       </c>
       <c r="M159" s="25">
         <v>0.7</v>
       </c>
       <c r="N159" s="25">
         <v>1.7</v>
       </c>
       <c r="O159" s="25" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="160" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B160" s="17"/>
       <c r="C160" s="19" t="s">
         <v>16</v>
       </c>
       <c r="D160" s="25">
         <v>93.2</v>
       </c>
       <c r="E160" s="25">
         <v>92.1</v>
       </c>
       <c r="F160" s="25">
         <v>97.5</v>
       </c>
-      <c r="G160" s="43">
+      <c r="G160" s="41">
         <v>86.8</v>
       </c>
       <c r="H160" s="28">
         <v>0.3</v>
       </c>
       <c r="I160" s="28">
         <v>0.9</v>
       </c>
       <c r="J160" s="28">
         <v>-2</v>
       </c>
       <c r="K160" s="28" t="s">
         <v>25</v>
       </c>
       <c r="L160" s="25">
         <v>1.4</v>
       </c>
       <c r="M160" s="25">
         <v>1.5</v>
       </c>
       <c r="N160" s="25">
         <v>1</v>
       </c>
       <c r="O160" s="25" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="161" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B161" s="17"/>
       <c r="C161" s="19" t="s">
         <v>17</v>
       </c>
       <c r="D161" s="25">
         <v>93.3</v>
       </c>
       <c r="E161" s="25">
         <v>92.4</v>
       </c>
       <c r="F161" s="25">
         <v>97</v>
       </c>
-      <c r="G161" s="43">
+      <c r="G161" s="41">
         <v>87.1</v>
       </c>
       <c r="H161" s="28">
         <v>0.1</v>
       </c>
       <c r="I161" s="28">
         <v>0.3</v>
       </c>
       <c r="J161" s="28">
         <v>-0.5</v>
       </c>
       <c r="K161" s="28" t="s">
         <v>25</v>
       </c>
       <c r="L161" s="25">
         <v>1.4</v>
       </c>
       <c r="M161" s="25">
         <v>1.6</v>
       </c>
       <c r="N161" s="25">
         <v>0.9</v>
       </c>
       <c r="O161" s="25" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="162" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B162" s="17"/>
       <c r="C162" s="19" t="s">
         <v>18</v>
       </c>
       <c r="D162" s="25">
         <v>93.5</v>
       </c>
       <c r="E162" s="25">
         <v>92.7</v>
       </c>
       <c r="F162" s="25">
         <v>96.9</v>
       </c>
-      <c r="G162" s="43">
+      <c r="G162" s="41">
         <v>87</v>
       </c>
       <c r="H162" s="28">
         <v>0.3</v>
       </c>
       <c r="I162" s="28">
         <v>0.3</v>
       </c>
       <c r="J162" s="28">
         <v>-0.1</v>
       </c>
       <c r="K162" s="28" t="s">
         <v>25</v>
       </c>
       <c r="L162" s="25">
         <v>1.2</v>
       </c>
       <c r="M162" s="25">
         <v>1.4</v>
       </c>
       <c r="N162" s="25">
         <v>0.6</v>
       </c>
       <c r="O162" s="25" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="163" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B163" s="18"/>
       <c r="C163" s="20" t="s">
         <v>19</v>
       </c>
       <c r="D163" s="29">
         <v>93.6</v>
       </c>
       <c r="E163" s="29">
         <v>92.8</v>
       </c>
       <c r="F163" s="29">
         <v>96.8</v>
       </c>
-      <c r="G163" s="44">
+      <c r="G163" s="42">
         <v>87.9</v>
       </c>
       <c r="H163" s="30">
         <v>0</v>
       </c>
       <c r="I163" s="30">
         <v>0.1</v>
       </c>
       <c r="J163" s="30">
         <v>-0.1</v>
       </c>
       <c r="K163" s="30" t="s">
         <v>25</v>
       </c>
       <c r="L163" s="29">
         <v>1.8</v>
       </c>
       <c r="M163" s="29">
         <v>2.2000000000000002</v>
       </c>
       <c r="N163" s="29">
         <v>0.3</v>
       </c>
       <c r="O163" s="29" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="164" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B164" s="17">
         <v>2011</v>
       </c>
       <c r="C164" s="19" t="s">
         <v>8</v>
       </c>
       <c r="D164" s="25">
         <v>94.1</v>
       </c>
       <c r="E164" s="25">
         <v>93.4</v>
       </c>
       <c r="F164" s="25">
         <v>96.9</v>
       </c>
-      <c r="G164" s="43">
+      <c r="G164" s="41">
         <v>88.5</v>
       </c>
       <c r="H164" s="28">
         <v>0.6</v>
       </c>
       <c r="I164" s="28">
         <v>0.7</v>
       </c>
       <c r="J164" s="28">
         <v>0.1</v>
       </c>
       <c r="K164" s="28" t="s">
         <v>25</v>
       </c>
       <c r="L164" s="25">
         <v>1.9</v>
       </c>
       <c r="M164" s="25">
         <v>2.4</v>
       </c>
       <c r="N164" s="25">
         <v>0.1</v>
       </c>
       <c r="O164" s="25" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="165" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B165" s="17"/>
       <c r="C165" s="19" t="s">
         <v>9</v>
       </c>
       <c r="D165" s="25">
         <v>94.6</v>
       </c>
       <c r="E165" s="25">
         <v>93.9</v>
       </c>
       <c r="F165" s="25">
         <v>97.1</v>
       </c>
-      <c r="G165" s="43">
+      <c r="G165" s="41">
         <v>90</v>
       </c>
       <c r="H165" s="28">
         <v>0.5</v>
       </c>
       <c r="I165" s="28">
         <v>0.6</v>
       </c>
       <c r="J165" s="28">
         <v>0.2</v>
       </c>
       <c r="K165" s="28" t="s">
         <v>25</v>
       </c>
       <c r="L165" s="25">
         <v>2.2000000000000002</v>
       </c>
       <c r="M165" s="25">
         <v>2.8</v>
       </c>
       <c r="N165" s="25">
         <v>0.1</v>
       </c>
       <c r="O165" s="25" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="166" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B166" s="17"/>
       <c r="C166" s="19" t="s">
         <v>10</v>
       </c>
       <c r="D166" s="25">
         <v>95.3</v>
       </c>
       <c r="E166" s="25">
         <v>94.9</v>
       </c>
       <c r="F166" s="25">
         <v>97.1</v>
       </c>
-      <c r="G166" s="43">
+      <c r="G166" s="41">
         <v>90.7</v>
       </c>
       <c r="H166" s="28">
         <v>0.8</v>
       </c>
       <c r="I166" s="28">
         <v>1</v>
       </c>
       <c r="J166" s="28">
         <v>-0.1</v>
       </c>
       <c r="K166" s="28" t="s">
         <v>25</v>
       </c>
       <c r="L166" s="25">
         <v>2.6</v>
       </c>
       <c r="M166" s="25">
         <v>3.2</v>
       </c>
       <c r="N166" s="25">
         <v>0.2</v>
       </c>
       <c r="O166" s="25" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="167" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B167" s="17"/>
       <c r="C167" s="19" t="s">
         <v>11</v>
       </c>
       <c r="D167" s="25">
         <v>95.5</v>
       </c>
       <c r="E167" s="25">
         <v>95.1</v>
       </c>
       <c r="F167" s="25">
         <v>97.2</v>
       </c>
-      <c r="G167" s="43">
+      <c r="G167" s="41">
         <v>91.2</v>
       </c>
       <c r="H167" s="28">
         <v>0.2</v>
       </c>
       <c r="I167" s="28">
         <v>0.3</v>
       </c>
       <c r="J167" s="28">
         <v>0.2</v>
       </c>
       <c r="K167" s="28" t="s">
         <v>25</v>
       </c>
       <c r="L167" s="25">
         <v>2.4</v>
       </c>
       <c r="M167" s="25">
         <v>2.8</v>
       </c>
       <c r="N167" s="25">
         <v>0.9</v>
       </c>
       <c r="O167" s="25" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="168" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B168" s="17"/>
       <c r="C168" s="19" t="s">
         <v>12</v>
       </c>
       <c r="D168" s="25">
         <v>95.8</v>
       </c>
       <c r="E168" s="25">
         <v>95.6</v>
       </c>
       <c r="F168" s="25">
         <v>97</v>
       </c>
-      <c r="G168" s="43">
+      <c r="G168" s="41">
         <v>91.7</v>
       </c>
       <c r="H168" s="28">
         <v>0.3</v>
       </c>
       <c r="I168" s="28">
         <v>0.5</v>
       </c>
       <c r="J168" s="28">
         <v>-0.2</v>
       </c>
       <c r="K168" s="28" t="s">
         <v>25</v>
       </c>
       <c r="L168" s="25">
         <v>2.5</v>
       </c>
       <c r="M168" s="25">
         <v>3.1</v>
       </c>
       <c r="N168" s="25">
         <v>0.1</v>
       </c>
       <c r="O168" s="25" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="169" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B169" s="17"/>
       <c r="C169" s="19" t="s">
         <v>13</v>
       </c>
       <c r="D169" s="25">
         <v>95.4</v>
       </c>
       <c r="E169" s="25">
         <v>94.8</v>
       </c>
       <c r="F169" s="25">
         <v>97.7</v>
       </c>
-      <c r="G169" s="43">
+      <c r="G169" s="41">
         <v>91.4</v>
       </c>
       <c r="H169" s="28">
         <v>-0.5</v>
       </c>
       <c r="I169" s="28">
         <v>-0.8</v>
       </c>
       <c r="J169" s="28">
         <v>0.7</v>
       </c>
       <c r="K169" s="28" t="s">
         <v>25</v>
       </c>
       <c r="L169" s="25">
         <v>2</v>
       </c>
       <c r="M169" s="25">
         <v>2.7</v>
       </c>
       <c r="N169" s="25">
         <v>-0.3</v>
       </c>
       <c r="O169" s="25" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="170" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B170" s="17"/>
       <c r="C170" s="19" t="s">
         <v>14</v>
       </c>
       <c r="D170" s="25">
         <v>94.9</v>
       </c>
       <c r="E170" s="25">
         <v>94</v>
       </c>
       <c r="F170" s="25">
         <v>98.6</v>
       </c>
-      <c r="G170" s="43">
+      <c r="G170" s="41">
         <v>91.4</v>
       </c>
       <c r="H170" s="28">
         <v>-0.5</v>
       </c>
       <c r="I170" s="28">
         <v>-0.9</v>
       </c>
       <c r="J170" s="28">
         <v>0.9</v>
       </c>
       <c r="K170" s="28" t="s">
         <v>25</v>
       </c>
       <c r="L170" s="25">
         <v>1.9</v>
       </c>
       <c r="M170" s="25">
         <v>2.7</v>
       </c>
       <c r="N170" s="25">
         <v>-0.8</v>
       </c>
       <c r="O170" s="25" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="171" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B171" s="17"/>
       <c r="C171" s="19" t="s">
         <v>15</v>
       </c>
       <c r="D171" s="25">
         <v>94.8</v>
       </c>
       <c r="E171" s="25">
         <v>93.9</v>
       </c>
       <c r="F171" s="25">
         <v>98.2</v>
       </c>
-      <c r="G171" s="43">
+      <c r="G171" s="41">
         <v>92.2</v>
       </c>
       <c r="H171" s="28">
         <v>-0.1</v>
       </c>
       <c r="I171" s="28">
         <v>0</v>
       </c>
       <c r="J171" s="28">
         <v>-0.3</v>
       </c>
       <c r="K171" s="28" t="s">
         <v>25</v>
       </c>
       <c r="L171" s="25">
         <v>2</v>
       </c>
       <c r="M171" s="25">
         <v>2.9</v>
       </c>
       <c r="N171" s="25">
         <v>-1.3</v>
       </c>
       <c r="O171" s="25" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="172" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B172" s="17"/>
       <c r="C172" s="19" t="s">
         <v>16</v>
       </c>
       <c r="D172" s="25">
         <v>95.2</v>
       </c>
       <c r="E172" s="25">
         <v>94.9</v>
       </c>
       <c r="F172" s="25">
         <v>96.6</v>
       </c>
-      <c r="G172" s="43">
+      <c r="G172" s="41">
         <v>92.2</v>
       </c>
       <c r="H172" s="28">
         <v>0.4</v>
       </c>
       <c r="I172" s="28">
         <v>1</v>
       </c>
       <c r="J172" s="28">
         <v>-1.7</v>
       </c>
       <c r="K172" s="28" t="s">
         <v>25</v>
       </c>
       <c r="L172" s="25">
         <v>2.2000000000000002</v>
       </c>
       <c r="M172" s="25">
         <v>3</v>
       </c>
       <c r="N172" s="25">
         <v>-1</v>
       </c>
       <c r="O172" s="25" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="173" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B173" s="17"/>
       <c r="C173" s="19" t="s">
         <v>17</v>
       </c>
       <c r="D173" s="25">
         <v>95.8</v>
       </c>
       <c r="E173" s="25">
         <v>95.7</v>
       </c>
       <c r="F173" s="25">
         <v>96.3</v>
       </c>
-      <c r="G173" s="43">
+      <c r="G173" s="41">
         <v>92.6</v>
       </c>
       <c r="H173" s="28">
         <v>0.6</v>
       </c>
       <c r="I173" s="28">
         <v>0.8</v>
       </c>
       <c r="J173" s="28">
         <v>-0.3</v>
       </c>
       <c r="K173" s="28" t="s">
         <v>25</v>
       </c>
       <c r="L173" s="25">
         <v>2.6</v>
       </c>
       <c r="M173" s="25">
         <v>3.6</v>
       </c>
       <c r="N173" s="25">
         <v>-0.8</v>
       </c>
       <c r="O173" s="25" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="174" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B174" s="17"/>
       <c r="C174" s="19" t="s">
         <v>18</v>
       </c>
       <c r="D174" s="25">
         <v>96</v>
       </c>
       <c r="E174" s="25">
         <v>95.9</v>
       </c>
       <c r="F174" s="25">
         <v>96.2</v>
       </c>
-      <c r="G174" s="43">
+      <c r="G174" s="41">
         <v>93.1</v>
       </c>
       <c r="H174" s="28">
         <v>0.2</v>
       </c>
       <c r="I174" s="28">
         <v>0.3</v>
       </c>
       <c r="J174" s="28">
         <v>-0.1</v>
       </c>
       <c r="K174" s="28" t="s">
         <v>25</v>
       </c>
       <c r="L174" s="25">
         <v>2.6</v>
       </c>
       <c r="M174" s="25">
         <v>3.5</v>
       </c>
       <c r="N174" s="25">
         <v>-0.7</v>
       </c>
       <c r="O174" s="25" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="175" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B175" s="18"/>
       <c r="C175" s="20" t="s">
         <v>19</v>
       </c>
       <c r="D175" s="29">
         <v>95.6</v>
       </c>
       <c r="E175" s="29">
         <v>95.5</v>
       </c>
       <c r="F175" s="29">
         <v>95.8</v>
       </c>
-      <c r="G175" s="44">
+      <c r="G175" s="42">
         <v>92.9</v>
       </c>
       <c r="H175" s="30">
         <v>-0.4</v>
       </c>
       <c r="I175" s="30">
         <v>-0.4</v>
       </c>
       <c r="J175" s="30">
         <v>-0.4</v>
       </c>
       <c r="K175" s="30" t="s">
         <v>25</v>
       </c>
       <c r="L175" s="29">
         <v>2.1</v>
       </c>
       <c r="M175" s="29">
         <v>3</v>
       </c>
       <c r="N175" s="29">
         <v>-1.1000000000000001</v>
       </c>
       <c r="O175" s="29" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="176" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B176" s="17">
         <v>2012</v>
       </c>
       <c r="C176" s="19" t="s">
         <v>8</v>
       </c>
       <c r="D176" s="25">
         <v>95.2</v>
       </c>
       <c r="E176" s="25">
         <v>95.1</v>
       </c>
       <c r="F176" s="25">
         <v>95.7</v>
       </c>
-      <c r="G176" s="43">
+      <c r="G176" s="41">
         <v>93.7</v>
       </c>
       <c r="H176" s="28">
         <v>-0.4</v>
       </c>
       <c r="I176" s="28">
         <v>-0.5</v>
       </c>
       <c r="J176" s="28">
         <v>-0.1</v>
       </c>
       <c r="K176" s="28" t="s">
         <v>25</v>
       </c>
       <c r="L176" s="25">
         <v>1.2</v>
       </c>
       <c r="M176" s="25">
         <v>1.8</v>
       </c>
       <c r="N176" s="25">
         <v>-1.3</v>
       </c>
       <c r="O176" s="25" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="177" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B177" s="17"/>
       <c r="C177" s="19" t="s">
         <v>9</v>
       </c>
       <c r="D177" s="25">
         <v>95.8</v>
       </c>
       <c r="E177" s="25">
         <v>95.8</v>
       </c>
       <c r="F177" s="25">
         <v>95.8</v>
       </c>
-      <c r="G177" s="43">
+      <c r="G177" s="41">
         <v>95.7</v>
       </c>
       <c r="H177" s="28">
         <v>0.6</v>
       </c>
       <c r="I177" s="28">
         <v>0.7</v>
       </c>
       <c r="J177" s="28">
         <v>0.1</v>
       </c>
       <c r="K177" s="28" t="s">
         <v>25</v>
       </c>
       <c r="L177" s="25">
         <v>1.3</v>
       </c>
       <c r="M177" s="25">
         <v>2</v>
       </c>
       <c r="N177" s="25">
         <v>-1.4</v>
       </c>
       <c r="O177" s="25" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="178" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B178" s="17"/>
       <c r="C178" s="19" t="s">
         <v>10</v>
       </c>
       <c r="D178" s="25">
         <v>97.2</v>
       </c>
       <c r="E178" s="25">
         <v>97.3</v>
       </c>
       <c r="F178" s="25">
         <v>96.9</v>
       </c>
-      <c r="G178" s="43">
+      <c r="G178" s="41">
         <v>96.3</v>
       </c>
       <c r="H178" s="28">
         <v>1.5</v>
       </c>
       <c r="I178" s="28">
         <v>1.6</v>
       </c>
       <c r="J178" s="28">
         <v>1.2</v>
       </c>
       <c r="K178" s="28" t="s">
         <v>25</v>
       </c>
       <c r="L178" s="25">
         <v>2</v>
       </c>
       <c r="M178" s="25">
         <v>2.6</v>
       </c>
       <c r="N178" s="25">
         <v>-0.1</v>
       </c>
       <c r="O178" s="25" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="179" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B179" s="17"/>
       <c r="C179" s="19" t="s">
         <v>11</v>
       </c>
       <c r="D179" s="25">
         <v>98</v>
       </c>
       <c r="E179" s="25">
         <v>98.3</v>
       </c>
       <c r="F179" s="25">
         <v>97.1</v>
       </c>
-      <c r="G179" s="43">
+      <c r="G179" s="41">
         <v>96.8</v>
       </c>
       <c r="H179" s="28">
         <v>0.8</v>
       </c>
       <c r="I179" s="28">
         <v>1</v>
       </c>
       <c r="J179" s="28">
         <v>0.2</v>
       </c>
       <c r="K179" s="28" t="s">
         <v>25</v>
       </c>
       <c r="L179" s="25">
         <v>2.6</v>
       </c>
       <c r="M179" s="25">
         <v>3.3</v>
       </c>
       <c r="N179" s="25">
         <v>-0.1</v>
       </c>
       <c r="O179" s="25" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="180" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B180" s="17"/>
       <c r="C180" s="19" t="s">
         <v>12</v>
       </c>
       <c r="D180" s="25">
         <v>99.6</v>
       </c>
       <c r="E180" s="25">
         <v>100.2</v>
       </c>
       <c r="F180" s="25">
         <v>97.7</v>
       </c>
-      <c r="G180" s="43">
+      <c r="G180" s="41">
         <v>98.3</v>
       </c>
       <c r="H180" s="28">
         <v>1.7</v>
       </c>
       <c r="I180" s="28">
         <v>2</v>
       </c>
       <c r="J180" s="28">
         <v>0.6</v>
       </c>
       <c r="K180" s="28" t="s">
         <v>25</v>
       </c>
       <c r="L180" s="25">
         <v>3.9</v>
       </c>
       <c r="M180" s="25">
         <v>4.9000000000000004</v>
       </c>
       <c r="N180" s="25">
         <v>0.7</v>
       </c>
       <c r="O180" s="25" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="181" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B181" s="17"/>
       <c r="C181" s="19" t="s">
         <v>13</v>
       </c>
       <c r="D181" s="25">
         <v>99</v>
       </c>
       <c r="E181" s="25">
         <v>99.3</v>
       </c>
       <c r="F181" s="25">
         <v>98.2</v>
       </c>
-      <c r="G181" s="43">
+      <c r="G181" s="41">
         <v>97.8</v>
       </c>
       <c r="H181" s="28">
         <v>-0.6</v>
       </c>
       <c r="I181" s="28">
         <v>-0.9</v>
       </c>
       <c r="J181" s="28">
         <v>0.6</v>
       </c>
       <c r="K181" s="28" t="s">
         <v>25</v>
       </c>
       <c r="L181" s="25">
         <v>3.8</v>
       </c>
       <c r="M181" s="25">
         <v>4.7</v>
       </c>
       <c r="N181" s="25">
         <v>0.5</v>
       </c>
       <c r="O181" s="25" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="182" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B182" s="17"/>
       <c r="C182" s="19" t="s">
         <v>14</v>
       </c>
       <c r="D182" s="25">
         <v>98.1</v>
       </c>
       <c r="E182" s="25">
         <v>98</v>
       </c>
       <c r="F182" s="25">
         <v>98.6</v>
       </c>
-      <c r="G182" s="43">
+      <c r="G182" s="41">
         <v>97.8</v>
       </c>
       <c r="H182" s="28">
         <v>-1</v>
       </c>
       <c r="I182" s="28">
         <v>-1.3</v>
       </c>
       <c r="J182" s="28">
         <v>0.3</v>
       </c>
       <c r="K182" s="28" t="s">
         <v>25</v>
       </c>
       <c r="L182" s="25">
         <v>3.4</v>
       </c>
       <c r="M182" s="25">
         <v>4.2</v>
       </c>
       <c r="N182" s="25">
         <v>0</v>
       </c>
       <c r="O182" s="25" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="183" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B183" s="17"/>
       <c r="C183" s="19" t="s">
         <v>15</v>
       </c>
       <c r="D183" s="25">
         <v>98.6</v>
       </c>
       <c r="E183" s="25">
         <v>98.6</v>
       </c>
       <c r="F183" s="25">
         <v>98.7</v>
       </c>
-      <c r="G183" s="43">
+      <c r="G183" s="41">
         <v>99.3</v>
       </c>
       <c r="H183" s="28">
         <v>0.5</v>
       </c>
       <c r="I183" s="28">
         <v>0.6</v>
       </c>
       <c r="J183" s="28">
         <v>0.1</v>
       </c>
       <c r="K183" s="28" t="s">
         <v>25</v>
       </c>
       <c r="L183" s="25">
         <v>4</v>
       </c>
       <c r="M183" s="25">
         <v>4.9000000000000004</v>
       </c>
       <c r="N183" s="25">
         <v>0.5</v>
       </c>
       <c r="O183" s="25" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="184" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B184" s="17"/>
       <c r="C184" s="19" t="s">
         <v>16</v>
       </c>
       <c r="D184" s="25">
         <v>99.9</v>
       </c>
       <c r="E184" s="25">
         <v>100.5</v>
       </c>
       <c r="F184" s="25">
         <v>98.1</v>
       </c>
-      <c r="G184" s="43">
+      <c r="G184" s="41">
         <v>100.4</v>
       </c>
       <c r="H184" s="28">
         <v>1.4</v>
       </c>
       <c r="I184" s="28">
         <v>1.9</v>
       </c>
       <c r="J184" s="28">
         <v>-0.6</v>
       </c>
       <c r="K184" s="28" t="s">
         <v>25</v>
       </c>
       <c r="L184" s="25">
         <v>5</v>
       </c>
       <c r="M184" s="25">
         <v>5.9</v>
       </c>
       <c r="N184" s="25">
         <v>1.6</v>
       </c>
       <c r="O184" s="25" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="185" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B185" s="17"/>
       <c r="C185" s="19" t="s">
         <v>17</v>
       </c>
       <c r="D185" s="25">
         <v>100.4</v>
       </c>
       <c r="E185" s="25">
         <v>101</v>
       </c>
       <c r="F185" s="25">
         <v>98.4</v>
       </c>
-      <c r="G185" s="43">
+      <c r="G185" s="41">
         <v>100.5</v>
       </c>
       <c r="H185" s="28">
         <v>0.4</v>
       </c>
       <c r="I185" s="28">
         <v>0.5</v>
       </c>
       <c r="J185" s="28">
         <v>0.3</v>
       </c>
       <c r="K185" s="28" t="s">
         <v>25</v>
       </c>
       <c r="L185" s="25">
         <v>4.8</v>
       </c>
       <c r="M185" s="25">
         <v>5.6</v>
       </c>
       <c r="N185" s="25">
         <v>2.2000000000000002</v>
       </c>
       <c r="O185" s="25" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="186" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B186" s="17"/>
       <c r="C186" s="19" t="s">
         <v>18</v>
       </c>
       <c r="D186" s="25">
         <v>100.2</v>
       </c>
       <c r="E186" s="25">
         <v>100.8</v>
       </c>
       <c r="F186" s="25">
         <v>98</v>
       </c>
-      <c r="G186" s="43">
+      <c r="G186" s="41">
         <v>99.3</v>
       </c>
       <c r="H186" s="28">
         <v>-0.2</v>
       </c>
       <c r="I186" s="28">
         <v>-0.1</v>
       </c>
       <c r="J186" s="28">
         <v>-0.4</v>
       </c>
       <c r="K186" s="28" t="s">
         <v>25</v>
       </c>
       <c r="L186" s="25">
         <v>4.4000000000000004</v>
       </c>
       <c r="M186" s="25">
         <v>5.0999999999999996</v>
       </c>
       <c r="N186" s="25">
         <v>1.8</v>
       </c>
       <c r="O186" s="25" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="187" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B187" s="18"/>
       <c r="C187" s="20" t="s">
         <v>19</v>
       </c>
       <c r="D187" s="29">
         <v>100</v>
       </c>
       <c r="E187" s="29">
         <v>100.8</v>
       </c>
       <c r="F187" s="29">
         <v>97.7</v>
       </c>
-      <c r="G187" s="44">
+      <c r="G187" s="42">
         <v>99.3</v>
       </c>
       <c r="H187" s="30">
         <v>-0.1</v>
       </c>
       <c r="I187" s="30">
         <v>-0.1</v>
       </c>
       <c r="J187" s="30">
         <v>-0.3</v>
       </c>
       <c r="K187" s="30" t="s">
         <v>25</v>
       </c>
       <c r="L187" s="29">
         <v>4.7</v>
       </c>
       <c r="M187" s="29">
         <v>5.5</v>
       </c>
       <c r="N187" s="29">
         <v>2</v>
       </c>
       <c r="O187" s="29" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="188" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B188" s="17">
         <v>2013</v>
       </c>
       <c r="C188" s="19" t="s">
         <v>8</v>
       </c>
       <c r="D188" s="25">
         <v>100.2</v>
       </c>
       <c r="E188" s="25">
         <v>100.8</v>
       </c>
       <c r="F188" s="25">
         <v>98.3</v>
       </c>
-      <c r="G188" s="43">
+      <c r="G188" s="41">
         <v>98.9</v>
       </c>
       <c r="H188" s="28">
         <v>0.1</v>
       </c>
       <c r="I188" s="28">
         <v>0</v>
       </c>
       <c r="J188" s="28">
         <v>0.7</v>
       </c>
       <c r="K188" s="28" t="s">
         <v>25</v>
       </c>
       <c r="L188" s="25">
         <v>5.2</v>
       </c>
       <c r="M188" s="25">
         <v>6</v>
       </c>
       <c r="N188" s="25">
         <v>2.7</v>
       </c>
       <c r="O188" s="25" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="189" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B189" s="17"/>
       <c r="C189" s="19" t="s">
         <v>9</v>
       </c>
       <c r="D189" s="25">
         <v>100.5</v>
       </c>
       <c r="E189" s="25">
         <v>101.1</v>
       </c>
       <c r="F189" s="25">
         <v>98.4</v>
       </c>
-      <c r="G189" s="43">
+      <c r="G189" s="41">
         <v>99.2</v>
       </c>
       <c r="H189" s="28">
         <v>0.3</v>
       </c>
       <c r="I189" s="28">
         <v>0.4</v>
       </c>
       <c r="J189" s="28">
         <v>0.1</v>
       </c>
       <c r="K189" s="28" t="s">
         <v>25</v>
       </c>
       <c r="L189" s="25">
         <v>4.9000000000000004</v>
       </c>
       <c r="M189" s="25">
         <v>5.6</v>
       </c>
       <c r="N189" s="25">
         <v>2.7</v>
       </c>
       <c r="O189" s="25" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="190" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B190" s="17"/>
       <c r="C190" s="19" t="s">
         <v>10</v>
       </c>
       <c r="D190" s="25">
         <v>100.8</v>
       </c>
       <c r="E190" s="25">
         <v>101.6</v>
       </c>
       <c r="F190" s="25">
         <v>98.4</v>
       </c>
-      <c r="G190" s="43">
+      <c r="G190" s="41">
         <v>99.3</v>
       </c>
       <c r="H190" s="28">
         <v>0.3</v>
       </c>
       <c r="I190" s="28">
         <v>0.4</v>
       </c>
       <c r="J190" s="28">
         <v>0</v>
       </c>
       <c r="K190" s="28" t="s">
         <v>25</v>
       </c>
       <c r="L190" s="25">
         <v>3.7</v>
       </c>
       <c r="M190" s="25">
         <v>4.3</v>
       </c>
       <c r="N190" s="25">
         <v>1.5</v>
       </c>
       <c r="O190" s="25" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="191" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B191" s="17"/>
       <c r="C191" s="19" t="s">
         <v>11</v>
       </c>
       <c r="D191" s="25">
         <v>101.2</v>
       </c>
       <c r="E191" s="25">
         <v>102</v>
       </c>
       <c r="F191" s="25">
         <v>98.6</v>
       </c>
-      <c r="G191" s="43">
+      <c r="G191" s="41">
         <v>99.1</v>
       </c>
       <c r="H191" s="28">
         <v>0.4</v>
       </c>
       <c r="I191" s="28">
         <v>0.4</v>
       </c>
       <c r="J191" s="28">
         <v>0.2</v>
       </c>
       <c r="K191" s="28" t="s">
         <v>25</v>
       </c>
       <c r="L191" s="25">
         <v>3.3</v>
       </c>
       <c r="M191" s="25">
         <v>3.8</v>
       </c>
       <c r="N191" s="25">
         <v>1.5</v>
       </c>
       <c r="O191" s="25" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="192" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B192" s="17"/>
       <c r="C192" s="19" t="s">
         <v>12</v>
       </c>
       <c r="D192" s="25">
         <v>101.2</v>
       </c>
       <c r="E192" s="25">
         <v>102.1</v>
       </c>
       <c r="F192" s="25">
         <v>98.2</v>
       </c>
-      <c r="G192" s="43">
+      <c r="G192" s="41">
         <v>98.4</v>
       </c>
       <c r="H192" s="28">
         <v>0</v>
       </c>
       <c r="I192" s="28">
         <v>0.1</v>
       </c>
       <c r="J192" s="28">
         <v>-0.4</v>
       </c>
       <c r="K192" s="28" t="s">
         <v>25</v>
       </c>
       <c r="L192" s="25">
         <v>1.6</v>
       </c>
       <c r="M192" s="25">
         <v>1.9</v>
       </c>
       <c r="N192" s="25">
         <v>0.5</v>
       </c>
       <c r="O192" s="25" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="193" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B193" s="17"/>
       <c r="C193" s="19" t="s">
         <v>13</v>
       </c>
       <c r="D193" s="25">
         <v>101</v>
       </c>
       <c r="E193" s="25">
         <v>101.8</v>
       </c>
       <c r="F193" s="25">
         <v>98.4</v>
       </c>
-      <c r="G193" s="43">
+      <c r="G193" s="41">
         <v>98.7</v>
       </c>
       <c r="H193" s="28">
         <v>-0.2</v>
       </c>
       <c r="I193" s="28">
         <v>-0.3</v>
       </c>
       <c r="J193" s="28">
         <v>0.2</v>
       </c>
       <c r="K193" s="28" t="s">
         <v>25</v>
       </c>
       <c r="L193" s="25">
         <v>2</v>
       </c>
       <c r="M193" s="25">
         <v>2.5</v>
       </c>
       <c r="N193" s="25">
         <v>0.1</v>
       </c>
       <c r="O193" s="25" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="194" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B194" s="17"/>
       <c r="C194" s="19" t="s">
         <v>14</v>
       </c>
       <c r="D194" s="25">
         <v>100.3</v>
       </c>
       <c r="E194" s="25">
         <v>100.9</v>
       </c>
       <c r="F194" s="25">
         <v>98.7</v>
       </c>
-      <c r="G194" s="43">
+      <c r="G194" s="41">
         <v>98.4</v>
       </c>
       <c r="H194" s="28">
         <v>-0.6</v>
       </c>
       <c r="I194" s="28">
         <v>-0.9</v>
       </c>
       <c r="J194" s="28">
         <v>0.3</v>
       </c>
       <c r="K194" s="28" t="s">
         <v>25</v>
       </c>
       <c r="L194" s="25">
         <v>2.2999999999999998</v>
       </c>
       <c r="M194" s="25">
         <v>3</v>
       </c>
       <c r="N194" s="25">
         <v>0.1</v>
       </c>
       <c r="O194" s="25" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="195" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B195" s="17"/>
       <c r="C195" s="19" t="s">
         <v>15</v>
       </c>
       <c r="D195" s="25">
         <v>100.5</v>
       </c>
       <c r="E195" s="25">
         <v>101.1</v>
       </c>
       <c r="F195" s="25">
         <v>98.4</v>
       </c>
-      <c r="G195" s="43">
+      <c r="G195" s="41">
         <v>98.7</v>
       </c>
       <c r="H195" s="28">
         <v>0.1</v>
       </c>
       <c r="I195" s="28">
         <v>0.3</v>
       </c>
       <c r="J195" s="28">
         <v>-0.3</v>
       </c>
       <c r="K195" s="28" t="s">
         <v>25</v>
       </c>
       <c r="L195" s="25">
         <v>1.9</v>
       </c>
       <c r="M195" s="25">
         <v>2.6</v>
       </c>
       <c r="N195" s="25">
         <v>-0.3</v>
       </c>
       <c r="O195" s="25" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="196" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B196" s="17"/>
       <c r="C196" s="19" t="s">
         <v>16</v>
       </c>
       <c r="D196" s="25">
         <v>101.1</v>
       </c>
       <c r="E196" s="25">
         <v>101.9</v>
       </c>
       <c r="F196" s="25">
         <v>98.3</v>
       </c>
-      <c r="G196" s="43">
+      <c r="G196" s="41">
         <v>98.7</v>
       </c>
       <c r="H196" s="28">
         <v>0.6</v>
       </c>
       <c r="I196" s="28">
         <v>0.8</v>
       </c>
       <c r="J196" s="28">
         <v>-0.1</v>
       </c>
       <c r="K196" s="28" t="s">
         <v>25</v>
       </c>
       <c r="L196" s="25">
         <v>1.1000000000000001</v>
       </c>
       <c r="M196" s="25">
         <v>1.4</v>
       </c>
       <c r="N196" s="25">
         <v>0.2</v>
       </c>
       <c r="O196" s="25" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="197" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B197" s="17"/>
       <c r="C197" s="19" t="s">
         <v>17</v>
       </c>
       <c r="D197" s="25">
         <v>100.6</v>
       </c>
       <c r="E197" s="25">
         <v>101.4</v>
       </c>
       <c r="F197" s="25">
         <v>98.2</v>
       </c>
-      <c r="G197" s="43">
+      <c r="G197" s="41">
         <v>97.4</v>
       </c>
       <c r="H197" s="28">
         <v>-0.4</v>
       </c>
       <c r="I197" s="28">
         <v>-0.6</v>
       </c>
       <c r="J197" s="28">
         <v>-0.1</v>
       </c>
       <c r="K197" s="28" t="s">
         <v>25</v>
       </c>
       <c r="L197" s="25">
         <v>0.2</v>
       </c>
       <c r="M197" s="25">
         <v>0.4</v>
       </c>
       <c r="N197" s="25">
         <v>-0.2</v>
       </c>
       <c r="O197" s="25" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="198" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B198" s="17"/>
       <c r="C198" s="19" t="s">
         <v>18</v>
       </c>
       <c r="D198" s="25">
         <v>100.5</v>
       </c>
       <c r="E198" s="25">
         <v>101.3</v>
       </c>
       <c r="F198" s="25">
         <v>98.1</v>
       </c>
-      <c r="G198" s="43">
+      <c r="G198" s="41">
         <v>96.7</v>
       </c>
       <c r="H198" s="28">
         <v>-0.1</v>
       </c>
       <c r="I198" s="28">
         <v>-0.1</v>
       </c>
       <c r="J198" s="28">
         <v>-0.1</v>
       </c>
       <c r="K198" s="28" t="s">
         <v>25</v>
       </c>
       <c r="L198" s="25">
         <v>0.4</v>
       </c>
       <c r="M198" s="25">
         <v>0.4</v>
       </c>
       <c r="N198" s="25">
         <v>0.1</v>
       </c>
       <c r="O198" s="25" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="199" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B199" s="18"/>
       <c r="C199" s="20" t="s">
         <v>19</v>
       </c>
       <c r="D199" s="29">
         <v>100.3</v>
       </c>
       <c r="E199" s="29">
         <v>101</v>
       </c>
       <c r="F199" s="29">
         <v>98.1</v>
       </c>
-      <c r="G199" s="44">
+      <c r="G199" s="42">
         <v>96.7</v>
       </c>
       <c r="H199" s="30">
         <v>-0.2</v>
       </c>
       <c r="I199" s="30">
         <v>-0.2</v>
       </c>
       <c r="J199" s="30">
         <v>0</v>
       </c>
       <c r="K199" s="30" t="s">
         <v>25</v>
       </c>
       <c r="L199" s="29">
         <v>0.3</v>
       </c>
       <c r="M199" s="29">
         <v>0.2</v>
       </c>
       <c r="N199" s="29">
         <v>0.4</v>
       </c>
       <c r="O199" s="29" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="200" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B200" s="17">
         <v>2014</v>
       </c>
       <c r="C200" s="19" t="s">
         <v>8</v>
       </c>
       <c r="D200" s="25">
         <v>100.3</v>
       </c>
       <c r="E200" s="25">
         <v>100.9</v>
       </c>
       <c r="F200" s="25">
         <v>98.3</v>
       </c>
-      <c r="G200" s="43">
+      <c r="G200" s="41">
         <v>96.7</v>
       </c>
       <c r="H200" s="28">
         <v>-0.1</v>
       </c>
       <c r="I200" s="28">
         <v>-0.2</v>
       </c>
       <c r="J200" s="28">
         <v>0.2</v>
       </c>
       <c r="K200" s="28" t="s">
         <v>25</v>
       </c>
       <c r="L200" s="25">
         <v>0.1</v>
       </c>
       <c r="M200" s="25">
         <v>0.1</v>
       </c>
       <c r="N200" s="25">
         <v>0</v>
       </c>
       <c r="O200" s="25" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="201" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B201" s="17"/>
       <c r="C201" s="19" t="s">
         <v>9</v>
       </c>
       <c r="D201" s="25">
         <v>99.9</v>
       </c>
       <c r="E201" s="25">
         <v>100.5</v>
       </c>
       <c r="F201" s="25">
         <v>98.2</v>
       </c>
-      <c r="G201" s="43">
+      <c r="G201" s="41">
         <v>96.4</v>
       </c>
       <c r="H201" s="28">
         <v>-0.3</v>
       </c>
       <c r="I201" s="28">
         <v>-0.4</v>
       </c>
       <c r="J201" s="28">
         <v>-0.1</v>
       </c>
       <c r="K201" s="28" t="s">
         <v>25</v>
       </c>
       <c r="L201" s="25">
         <v>-0.6</v>
       </c>
       <c r="M201" s="25">
         <v>-0.7</v>
       </c>
       <c r="N201" s="25">
         <v>-0.2</v>
       </c>
       <c r="O201" s="25" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="202" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B202" s="17"/>
       <c r="C202" s="19" t="s">
         <v>10</v>
       </c>
       <c r="D202" s="25">
         <v>100.4</v>
       </c>
       <c r="E202" s="25">
         <v>101.1</v>
       </c>
       <c r="F202" s="25">
         <v>98.2</v>
       </c>
-      <c r="G202" s="43">
+      <c r="G202" s="41">
         <v>96.2</v>
       </c>
       <c r="H202" s="28">
         <v>0.5</v>
       </c>
       <c r="I202" s="28">
         <v>0.7</v>
       </c>
       <c r="J202" s="28">
         <v>-0.1</v>
       </c>
       <c r="K202" s="28" t="s">
         <v>25</v>
       </c>
       <c r="L202" s="25">
         <v>-0.4</v>
       </c>
       <c r="M202" s="25">
         <v>-0.4</v>
       </c>
       <c r="N202" s="25">
         <v>-0.3</v>
       </c>
       <c r="O202" s="25" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="203" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B203" s="17"/>
       <c r="C203" s="19" t="s">
         <v>11</v>
       </c>
       <c r="D203" s="25">
         <v>100.7</v>
       </c>
       <c r="E203" s="25">
         <v>101.5</v>
       </c>
       <c r="F203" s="25">
         <v>98.3</v>
       </c>
-      <c r="G203" s="43">
+      <c r="G203" s="41">
         <v>96.1</v>
       </c>
       <c r="H203" s="28">
         <v>0.3</v>
       </c>
       <c r="I203" s="28">
         <v>0.3</v>
       </c>
       <c r="J203" s="28">
         <v>0.1</v>
       </c>
       <c r="K203" s="28" t="s">
         <v>25</v>
       </c>
       <c r="L203" s="25">
         <v>-0.5</v>
       </c>
       <c r="M203" s="25">
         <v>-0.5</v>
       </c>
       <c r="N203" s="25">
         <v>-0.3</v>
       </c>
       <c r="O203" s="25" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="204" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B204" s="17"/>
       <c r="C204" s="19" t="s">
         <v>12</v>
       </c>
       <c r="D204" s="25">
         <v>100.9</v>
       </c>
       <c r="E204" s="25">
         <v>101.7</v>
       </c>
       <c r="F204" s="25">
         <v>98.5</v>
       </c>
-      <c r="G204" s="43">
+      <c r="G204" s="41">
         <v>96.1</v>
       </c>
       <c r="H204" s="28">
         <v>0.2</v>
       </c>
       <c r="I204" s="28">
         <v>0.2</v>
       </c>
       <c r="J204" s="28">
         <v>0.2</v>
       </c>
       <c r="K204" s="28" t="s">
         <v>25</v>
       </c>
       <c r="L204" s="25">
         <v>-0.2</v>
       </c>
       <c r="M204" s="25">
         <v>-0.4</v>
       </c>
       <c r="N204" s="25">
         <v>0.4</v>
       </c>
       <c r="O204" s="25" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="205" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B205" s="17"/>
       <c r="C205" s="19" t="s">
         <v>13</v>
       </c>
       <c r="D205" s="25">
         <v>100.6</v>
       </c>
       <c r="E205" s="25">
         <v>101.1</v>
       </c>
       <c r="F205" s="25">
         <v>98.9</v>
       </c>
-      <c r="G205" s="43">
+      <c r="G205" s="41">
         <v>96</v>
       </c>
       <c r="H205" s="28">
         <v>-0.3</v>
       </c>
       <c r="I205" s="28">
         <v>-0.6</v>
       </c>
       <c r="J205" s="28">
         <v>0.4</v>
       </c>
       <c r="K205" s="28" t="s">
         <v>25</v>
       </c>
       <c r="L205" s="25">
         <v>-0.4</v>
       </c>
       <c r="M205" s="25">
         <v>-0.7</v>
       </c>
       <c r="N205" s="25">
         <v>0.6</v>
       </c>
       <c r="O205" s="25" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="206" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B206" s="17"/>
       <c r="C206" s="19" t="s">
         <v>14</v>
       </c>
       <c r="D206" s="25">
         <v>100.2</v>
       </c>
       <c r="E206" s="25">
         <v>100.5</v>
       </c>
       <c r="F206" s="25">
         <v>99.3</v>
       </c>
-      <c r="G206" s="43">
+      <c r="G206" s="41">
         <v>96.1</v>
       </c>
       <c r="H206" s="28">
         <v>-0.4</v>
       </c>
       <c r="I206" s="28">
         <v>-0.6</v>
       </c>
       <c r="J206" s="28">
         <v>0.4</v>
       </c>
       <c r="K206" s="28" t="s">
         <v>25</v>
       </c>
       <c r="L206" s="25">
         <v>-0.1</v>
       </c>
       <c r="M206" s="25">
         <v>-0.3</v>
       </c>
       <c r="N206" s="25">
         <v>0.7</v>
       </c>
       <c r="O206" s="25" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="207" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B207" s="17"/>
       <c r="C207" s="19" t="s">
         <v>15</v>
       </c>
       <c r="D207" s="25">
         <v>100.2</v>
       </c>
       <c r="E207" s="25">
         <v>100.2</v>
       </c>
       <c r="F207" s="25">
         <v>100</v>
       </c>
-      <c r="G207" s="43">
+      <c r="G207" s="41">
         <v>95.5</v>
       </c>
       <c r="H207" s="28">
         <v>-0.1</v>
       </c>
       <c r="I207" s="28">
         <v>-0.3</v>
       </c>
       <c r="J207" s="28">
         <v>0.6</v>
       </c>
       <c r="K207" s="28" t="s">
         <v>25</v>
       </c>
       <c r="L207" s="25">
         <v>-0.3</v>
       </c>
       <c r="M207" s="25">
         <v>-0.9</v>
       </c>
       <c r="N207" s="25">
         <v>1.6</v>
       </c>
       <c r="O207" s="25" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="208" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B208" s="17"/>
       <c r="C208" s="19" t="s">
         <v>16</v>
       </c>
       <c r="D208" s="25">
         <v>100.9</v>
       </c>
       <c r="E208" s="25">
         <v>101.1</v>
       </c>
       <c r="F208" s="25">
         <v>100</v>
       </c>
-      <c r="G208" s="43">
+      <c r="G208" s="41">
         <v>95.6</v>
       </c>
       <c r="H208" s="28">
         <v>0.7</v>
       </c>
       <c r="I208" s="28">
         <v>0.9</v>
       </c>
       <c r="J208" s="28">
         <v>0</v>
       </c>
       <c r="K208" s="28" t="s">
         <v>25</v>
       </c>
       <c r="L208" s="25">
         <v>-0.2</v>
       </c>
       <c r="M208" s="25">
         <v>-0.8</v>
       </c>
       <c r="N208" s="25">
         <v>1.7</v>
       </c>
       <c r="O208" s="25" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="209" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B209" s="17"/>
       <c r="C209" s="19" t="s">
         <v>17</v>
       </c>
       <c r="D209" s="25">
         <v>101</v>
       </c>
       <c r="E209" s="25">
         <v>101.3</v>
       </c>
       <c r="F209" s="25">
         <v>100</v>
       </c>
-      <c r="G209" s="43">
+      <c r="G209" s="41">
         <v>95.3</v>
       </c>
       <c r="H209" s="28">
         <v>0.1</v>
       </c>
       <c r="I209" s="28">
         <v>0.2</v>
       </c>
       <c r="J209" s="28">
         <v>0</v>
       </c>
       <c r="K209" s="28" t="s">
         <v>25</v>
       </c>
       <c r="L209" s="25">
         <v>0.4</v>
       </c>
       <c r="M209" s="25">
         <v>-0.1</v>
       </c>
       <c r="N209" s="25">
         <v>1.8</v>
       </c>
       <c r="O209" s="25" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="210" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B210" s="17"/>
       <c r="C210" s="19" t="s">
         <v>18</v>
       </c>
       <c r="D210" s="25">
         <v>100.7</v>
       </c>
       <c r="E210" s="25">
         <v>100.9</v>
       </c>
       <c r="F210" s="25">
         <v>99.8</v>
       </c>
-      <c r="G210" s="43">
+      <c r="G210" s="41">
         <v>94.6</v>
       </c>
       <c r="H210" s="28">
         <v>-0.3</v>
       </c>
       <c r="I210" s="28">
         <v>-0.3</v>
       </c>
       <c r="J210" s="28">
         <v>-0.1</v>
       </c>
       <c r="K210" s="28" t="s">
         <v>25</v>
       </c>
       <c r="L210" s="25">
         <v>0.2</v>
       </c>
       <c r="M210" s="25">
         <v>-0.3</v>
       </c>
       <c r="N210" s="25">
         <v>1.8</v>
       </c>
       <c r="O210" s="25" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="211" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B211" s="18"/>
       <c r="C211" s="20" t="s">
         <v>19</v>
       </c>
       <c r="D211" s="29">
         <v>99.8</v>
       </c>
       <c r="E211" s="29">
         <v>99.8</v>
       </c>
       <c r="F211" s="29">
         <v>99.9</v>
       </c>
-      <c r="G211" s="44">
+      <c r="G211" s="42">
         <v>93.5</v>
       </c>
       <c r="H211" s="30">
         <v>-0.9</v>
       </c>
       <c r="I211" s="30">
         <v>-1.1000000000000001</v>
       </c>
       <c r="J211" s="30">
         <v>0</v>
       </c>
       <c r="K211" s="30" t="s">
         <v>25</v>
       </c>
       <c r="L211" s="29">
         <v>-0.5</v>
       </c>
       <c r="M211" s="29">
         <v>-1.2</v>
       </c>
       <c r="N211" s="29">
         <v>1.8</v>
       </c>
       <c r="O211" s="29" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="212" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B212" s="17">
         <v>2015</v>
       </c>
       <c r="C212" s="19" t="s">
         <v>8</v>
       </c>
       <c r="D212" s="25">
         <v>99.3</v>
       </c>
       <c r="E212" s="25">
         <v>99.1</v>
       </c>
       <c r="F212" s="25">
         <v>99.8</v>
       </c>
-      <c r="G212" s="43">
+      <c r="G212" s="41">
         <v>91.3</v>
       </c>
       <c r="H212" s="28">
         <v>-0.5</v>
       </c>
       <c r="I212" s="28">
         <v>-0.7</v>
       </c>
       <c r="J212" s="28">
         <v>-0.1</v>
       </c>
       <c r="K212" s="28" t="s">
         <v>25</v>
       </c>
       <c r="L212" s="25">
         <v>-0.9</v>
       </c>
       <c r="M212" s="25">
         <v>-1.7</v>
       </c>
       <c r="N212" s="25">
         <v>1.5</v>
       </c>
       <c r="O212" s="25" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="213" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B213" s="17"/>
       <c r="C213" s="19" t="s">
         <v>9</v>
       </c>
       <c r="D213" s="25">
         <v>99.5</v>
       </c>
       <c r="E213" s="25">
         <v>99.5</v>
       </c>
       <c r="F213" s="25">
         <v>99.8</v>
       </c>
-      <c r="G213" s="43">
+      <c r="G213" s="41">
         <v>92.5</v>
       </c>
       <c r="H213" s="28">
         <v>0.2</v>
       </c>
       <c r="I213" s="28">
         <v>0.3</v>
       </c>
       <c r="J213" s="28">
         <v>0</v>
       </c>
       <c r="K213" s="28" t="s">
         <v>25</v>
       </c>
       <c r="L213" s="25">
         <v>-0.4</v>
       </c>
       <c r="M213" s="25">
         <v>-1</v>
       </c>
       <c r="N213" s="25">
         <v>1.6</v>
       </c>
       <c r="O213" s="25" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="214" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B214" s="17"/>
       <c r="C214" s="19" t="s">
         <v>10</v>
       </c>
       <c r="D214" s="25">
         <v>100.5</v>
       </c>
       <c r="E214" s="25">
         <v>100.8</v>
       </c>
       <c r="F214" s="25">
         <v>99.7</v>
       </c>
-      <c r="G214" s="43">
+      <c r="G214" s="41">
         <v>93.7</v>
       </c>
       <c r="H214" s="28">
         <v>1</v>
       </c>
       <c r="I214" s="28">
         <v>1.3</v>
       </c>
       <c r="J214" s="28">
         <v>-0.2</v>
       </c>
       <c r="K214" s="28" t="s">
         <v>25</v>
       </c>
       <c r="L214" s="25">
         <v>0.1</v>
       </c>
       <c r="M214" s="25">
         <v>-0.4</v>
       </c>
       <c r="N214" s="25">
         <v>1.5</v>
       </c>
       <c r="O214" s="25" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="215" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B215" s="17"/>
       <c r="C215" s="19" t="s">
         <v>11</v>
       </c>
       <c r="D215" s="25">
         <v>100.6</v>
       </c>
       <c r="E215" s="25">
         <v>100.9</v>
       </c>
       <c r="F215" s="25">
         <v>99.7</v>
       </c>
-      <c r="G215" s="43">
+      <c r="G215" s="41">
         <v>93.1</v>
       </c>
       <c r="H215" s="28">
         <v>0.1</v>
       </c>
       <c r="I215" s="28">
         <v>0.1</v>
       </c>
       <c r="J215" s="28">
         <v>0</v>
       </c>
       <c r="K215" s="28" t="s">
         <v>25</v>
       </c>
       <c r="L215" s="25">
         <v>-0.1</v>
       </c>
       <c r="M215" s="25">
         <v>-0.6</v>
       </c>
       <c r="N215" s="25">
         <v>1.4</v>
       </c>
       <c r="O215" s="25" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="216" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B216" s="17"/>
       <c r="C216" s="19" t="s">
         <v>12</v>
       </c>
       <c r="D216" s="25">
         <v>101</v>
       </c>
       <c r="E216" s="25">
         <v>101.3</v>
       </c>
       <c r="F216" s="25">
         <v>99.7</v>
       </c>
-      <c r="G216" s="43">
+      <c r="G216" s="41">
         <v>93.7</v>
       </c>
       <c r="H216" s="28">
         <v>0.4</v>
       </c>
       <c r="I216" s="28">
         <v>0.5</v>
       </c>
       <c r="J216" s="28">
         <v>0.1</v>
       </c>
       <c r="K216" s="28" t="s">
         <v>25</v>
       </c>
       <c r="L216" s="25">
         <v>0</v>
       </c>
       <c r="M216" s="25">
         <v>-0.3</v>
       </c>
       <c r="N216" s="25">
         <v>1.2</v>
       </c>
       <c r="O216" s="25" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="217" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B217" s="17"/>
       <c r="C217" s="19" t="s">
         <v>13</v>
       </c>
       <c r="D217" s="25">
         <v>100.6</v>
       </c>
       <c r="E217" s="25">
         <v>100.8</v>
       </c>
       <c r="F217" s="25">
         <v>99.9</v>
       </c>
-      <c r="G217" s="43">
+      <c r="G217" s="41">
         <v>93.3</v>
       </c>
       <c r="H217" s="28">
         <v>-0.3</v>
       </c>
       <c r="I217" s="28">
         <v>-0.5</v>
       </c>
       <c r="J217" s="28">
         <v>0.2</v>
       </c>
       <c r="K217" s="28" t="s">
         <v>25</v>
       </c>
       <c r="L217" s="25">
         <v>0</v>
       </c>
       <c r="M217" s="25">
         <v>-0.3</v>
       </c>
       <c r="N217" s="25">
         <v>1</v>
       </c>
       <c r="O217" s="25" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="218" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B218" s="17"/>
       <c r="C218" s="19" t="s">
         <v>14</v>
       </c>
       <c r="D218" s="25">
         <v>99.8</v>
       </c>
       <c r="E218" s="25">
         <v>99.7</v>
       </c>
       <c r="F218" s="25">
         <v>100.3</v>
       </c>
-      <c r="G218" s="43">
+      <c r="G218" s="41">
         <v>92.8</v>
       </c>
       <c r="H218" s="28">
         <v>-0.8</v>
       </c>
       <c r="I218" s="28">
         <v>-1.1000000000000001</v>
       </c>
       <c r="J218" s="28">
         <v>0.4</v>
       </c>
       <c r="K218" s="28" t="s">
         <v>25</v>
       </c>
       <c r="L218" s="25">
         <v>-0.4</v>
       </c>
       <c r="M218" s="25">
         <v>-0.8</v>
       </c>
       <c r="N218" s="25">
         <v>1</v>
       </c>
       <c r="O218" s="25" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="219" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B219" s="17"/>
       <c r="C219" s="19" t="s">
         <v>15</v>
       </c>
       <c r="D219" s="25">
         <v>99.6</v>
       </c>
       <c r="E219" s="25">
         <v>99.4</v>
       </c>
       <c r="F219" s="25">
         <v>100.4</v>
       </c>
-      <c r="G219" s="43">
+      <c r="G219" s="41">
         <v>91.5</v>
       </c>
       <c r="H219" s="28">
         <v>-0.2</v>
       </c>
       <c r="I219" s="28">
         <v>-0.3</v>
       </c>
       <c r="J219" s="28">
         <v>0.1</v>
       </c>
       <c r="K219" s="28" t="s">
         <v>25</v>
       </c>
       <c r="L219" s="25">
         <v>-0.6</v>
       </c>
       <c r="M219" s="25">
         <v>-0.9</v>
       </c>
       <c r="N219" s="25">
         <v>0.5</v>
       </c>
       <c r="O219" s="25" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="220" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B220" s="17"/>
       <c r="C220" s="19" t="s">
         <v>16</v>
       </c>
       <c r="D220" s="25">
         <v>100</v>
       </c>
       <c r="E220" s="25">
         <v>99.7</v>
       </c>
       <c r="F220" s="25">
         <v>100.9</v>
       </c>
-      <c r="G220" s="43">
+      <c r="G220" s="41">
         <v>91.1</v>
       </c>
       <c r="H220" s="28">
         <v>0.4</v>
       </c>
       <c r="I220" s="28">
         <v>0.4</v>
       </c>
       <c r="J220" s="28">
         <v>0.5</v>
       </c>
       <c r="K220" s="28" t="s">
         <v>25</v>
       </c>
       <c r="L220" s="25">
         <v>-0.8</v>
       </c>
       <c r="M220" s="25">
         <v>-1.4</v>
       </c>
       <c r="N220" s="25">
         <v>1</v>
       </c>
       <c r="O220" s="25" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="221" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B221" s="17"/>
       <c r="C221" s="19" t="s">
         <v>17</v>
       </c>
       <c r="D221" s="25">
         <v>100.1</v>
       </c>
       <c r="E221" s="25">
         <v>100</v>
       </c>
       <c r="F221" s="25">
         <v>100.1</v>
       </c>
-      <c r="G221" s="43">
+      <c r="G221" s="41">
         <v>91.1</v>
       </c>
       <c r="H221" s="28">
         <v>0.1</v>
       </c>
       <c r="I221" s="28">
         <v>0.3</v>
       </c>
       <c r="J221" s="28">
         <v>-0.8</v>
       </c>
       <c r="K221" s="28" t="s">
         <v>25</v>
       </c>
       <c r="L221" s="25">
         <v>-0.9</v>
       </c>
       <c r="M221" s="25">
         <v>-1.2</v>
       </c>
       <c r="N221" s="25">
         <v>0.1</v>
       </c>
       <c r="O221" s="25" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="222" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B222" s="17"/>
       <c r="C222" s="19" t="s">
         <v>18</v>
       </c>
       <c r="D222" s="25">
         <v>99.8</v>
       </c>
       <c r="E222" s="25">
         <v>99.8</v>
       </c>
       <c r="F222" s="25">
         <v>99.8</v>
       </c>
-      <c r="G222" s="43">
+      <c r="G222" s="41">
         <v>90.5</v>
       </c>
       <c r="H222" s="28">
         <v>-0.3</v>
       </c>
       <c r="I222" s="28">
         <v>-0.2</v>
       </c>
       <c r="J222" s="28">
         <v>-0.3</v>
       </c>
       <c r="K222" s="28" t="s">
         <v>25</v>
       </c>
       <c r="L222" s="25">
         <v>-0.9</v>
       </c>
       <c r="M222" s="25">
         <v>-1.1000000000000001</v>
       </c>
       <c r="N222" s="25">
         <v>-0.1</v>
       </c>
       <c r="O222" s="25" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="223" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B223" s="18"/>
       <c r="C223" s="20" t="s">
         <v>19</v>
       </c>
       <c r="D223" s="29">
         <v>99.2</v>
       </c>
       <c r="E223" s="29">
         <v>99</v>
       </c>
       <c r="F223" s="29">
         <v>99.9</v>
       </c>
-      <c r="G223" s="44">
+      <c r="G223" s="42">
         <v>89.6</v>
       </c>
       <c r="H223" s="30">
         <v>-0.6</v>
       </c>
       <c r="I223" s="30">
         <v>-0.8</v>
       </c>
       <c r="J223" s="30">
         <v>0.1</v>
       </c>
       <c r="K223" s="30" t="s">
         <v>25</v>
       </c>
       <c r="L223" s="29">
         <v>-0.6</v>
       </c>
       <c r="M223" s="29">
         <v>-0.8</v>
       </c>
       <c r="N223" s="29">
         <v>0</v>
       </c>
       <c r="O223" s="29" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="224" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B224" s="17">
         <v>2016</v>
       </c>
       <c r="C224" s="19" t="s">
         <v>8</v>
       </c>
       <c r="D224" s="25">
         <v>98.5</v>
       </c>
       <c r="E224" s="25">
         <v>98</v>
       </c>
       <c r="F224" s="25">
         <v>99.9</v>
       </c>
-      <c r="G224" s="43">
+      <c r="G224" s="41">
         <v>88.7</v>
       </c>
       <c r="H224" s="28">
         <v>-0.7</v>
       </c>
       <c r="I224" s="28">
         <v>-1</v>
       </c>
       <c r="J224" s="28">
         <v>0</v>
       </c>
       <c r="K224" s="28" t="s">
         <v>25</v>
       </c>
       <c r="L224" s="25">
         <v>-0.8</v>
       </c>
       <c r="M224" s="25">
         <v>-1.1000000000000001</v>
       </c>
       <c r="N224" s="25">
         <v>0.1</v>
       </c>
       <c r="O224" s="25" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="225" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B225" s="17"/>
       <c r="C225" s="19" t="s">
         <v>9</v>
       </c>
       <c r="D225" s="25">
         <v>98.2</v>
       </c>
       <c r="E225" s="25">
         <v>97.6</v>
       </c>
       <c r="F225" s="25">
         <v>99.8</v>
       </c>
-      <c r="G225" s="43">
+      <c r="G225" s="41">
         <v>88</v>
       </c>
       <c r="H225" s="28">
         <v>-0.3</v>
       </c>
       <c r="I225" s="28">
         <v>-0.4</v>
       </c>
       <c r="J225" s="28">
         <v>0</v>
       </c>
       <c r="K225" s="28" t="s">
         <v>25</v>
       </c>
       <c r="L225" s="25">
         <v>-1.4</v>
       </c>
       <c r="M225" s="25">
         <v>-1.9</v>
       </c>
       <c r="N225" s="25">
         <v>0</v>
       </c>
       <c r="O225" s="25" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="226" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B226" s="17"/>
       <c r="C226" s="19" t="s">
         <v>10</v>
       </c>
       <c r="D226" s="25">
         <v>98.8</v>
       </c>
       <c r="E226" s="25">
         <v>98.5</v>
       </c>
       <c r="F226" s="25">
         <v>99.7</v>
       </c>
-      <c r="G226" s="43">
+      <c r="G226" s="41">
         <v>89</v>
       </c>
       <c r="H226" s="28">
         <v>0.7</v>
       </c>
       <c r="I226" s="28">
         <v>1</v>
       </c>
       <c r="J226" s="28">
         <v>-0.1</v>
       </c>
       <c r="K226" s="28" t="s">
         <v>25</v>
       </c>
       <c r="L226" s="25">
         <v>-1.7</v>
       </c>
       <c r="M226" s="25">
         <v>-2.2000000000000002</v>
       </c>
       <c r="N226" s="25">
         <v>0.1</v>
       </c>
       <c r="O226" s="25" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="227" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B227" s="17"/>
       <c r="C227" s="19" t="s">
         <v>11</v>
       </c>
       <c r="D227" s="25">
         <v>98.9</v>
       </c>
       <c r="E227" s="25">
         <v>98.6</v>
       </c>
       <c r="F227" s="25">
         <v>99.9</v>
       </c>
-      <c r="G227" s="43">
+      <c r="G227" s="41">
         <v>87.7</v>
       </c>
       <c r="H227" s="28">
         <v>0.1</v>
       </c>
       <c r="I227" s="28">
         <v>0.1</v>
       </c>
       <c r="J227" s="28">
         <v>0.1</v>
       </c>
       <c r="K227" s="28" t="s">
         <v>25</v>
       </c>
       <c r="L227" s="25">
         <v>-1.7</v>
       </c>
       <c r="M227" s="25">
         <v>-2.2999999999999998</v>
       </c>
       <c r="N227" s="25">
         <v>0.2</v>
       </c>
       <c r="O227" s="25" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="228" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B228" s="17"/>
       <c r="C228" s="19" t="s">
         <v>12</v>
       </c>
       <c r="D228" s="25">
         <v>99.1</v>
       </c>
       <c r="E228" s="25">
         <v>99</v>
       </c>
       <c r="F228" s="25">
         <v>99.5</v>
       </c>
-      <c r="G228" s="43">
+      <c r="G228" s="41">
         <v>87.8</v>
       </c>
       <c r="H228" s="28">
         <v>0.2</v>
       </c>
       <c r="I228" s="28">
         <v>0.4</v>
       </c>
       <c r="J228" s="28">
         <v>-0.3</v>
       </c>
       <c r="K228" s="28" t="s">
         <v>25</v>
       </c>
       <c r="L228" s="25">
         <v>-1.8</v>
       </c>
       <c r="M228" s="25">
         <v>-2.2999999999999998</v>
       </c>
       <c r="N228" s="25">
         <v>-0.2</v>
       </c>
       <c r="O228" s="25" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="229" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B229" s="17"/>
       <c r="C229" s="19" t="s">
         <v>13</v>
       </c>
       <c r="D229" s="25">
         <v>99</v>
       </c>
       <c r="E229" s="25">
         <v>98.8</v>
       </c>
       <c r="F229" s="25">
         <v>99.9</v>
       </c>
-      <c r="G229" s="43">
+      <c r="G229" s="41">
         <v>88.8</v>
       </c>
       <c r="H229" s="28">
         <v>-0.1</v>
       </c>
       <c r="I229" s="28">
         <v>-0.3</v>
       </c>
       <c r="J229" s="28">
         <v>0.3</v>
       </c>
       <c r="K229" s="28" t="s">
         <v>25</v>
       </c>
       <c r="L229" s="25">
         <v>-1.6</v>
       </c>
       <c r="M229" s="25">
         <v>-2</v>
       </c>
       <c r="N229" s="25">
         <v>-0.1</v>
       </c>
       <c r="O229" s="25" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="230" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B230" s="17"/>
       <c r="C230" s="19" t="s">
         <v>14</v>
       </c>
       <c r="D230" s="25">
         <v>98.3</v>
       </c>
       <c r="E230" s="25">
         <v>97.6</v>
       </c>
       <c r="F230" s="25">
         <v>100.3</v>
       </c>
-      <c r="G230" s="43">
+      <c r="G230" s="41">
         <v>88.2</v>
       </c>
       <c r="H230" s="28">
         <v>-0.7</v>
       </c>
       <c r="I230" s="28">
         <v>-1.2</v>
       </c>
       <c r="J230" s="28">
         <v>0.4</v>
       </c>
       <c r="K230" s="28" t="s">
         <v>25</v>
       </c>
       <c r="L230" s="25">
         <v>-1.5</v>
       </c>
       <c r="M230" s="25">
         <v>-2.1</v>
       </c>
       <c r="N230" s="25">
         <v>0</v>
       </c>
       <c r="O230" s="25" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="231" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B231" s="17"/>
       <c r="C231" s="19" t="s">
         <v>15</v>
       </c>
       <c r="D231" s="25">
         <v>98.1</v>
       </c>
       <c r="E231" s="25">
         <v>97.3</v>
       </c>
       <c r="F231" s="25">
         <v>100.4</v>
       </c>
-      <c r="G231" s="43">
+      <c r="G231" s="41">
         <v>87</v>
       </c>
       <c r="H231" s="28">
         <v>-0.2</v>
       </c>
       <c r="I231" s="28">
         <v>-0.3</v>
       </c>
       <c r="J231" s="28">
         <v>0.1</v>
       </c>
       <c r="K231" s="28" t="s">
         <v>25</v>
       </c>
       <c r="L231" s="25">
         <v>-1.5</v>
       </c>
       <c r="M231" s="25">
         <v>-2.1</v>
       </c>
       <c r="N231" s="25">
         <v>-0.1</v>
       </c>
       <c r="O231" s="25" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="232" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B232" s="17"/>
       <c r="C232" s="19" t="s">
         <v>16</v>
       </c>
       <c r="D232" s="25">
         <v>99.1</v>
       </c>
       <c r="E232" s="25">
         <v>98.9</v>
       </c>
       <c r="F232" s="25">
         <v>99.9</v>
       </c>
-      <c r="G232" s="43">
+      <c r="G232" s="41">
         <v>88.3</v>
       </c>
       <c r="H232" s="28">
         <v>1.1000000000000001</v>
       </c>
       <c r="I232" s="28">
         <v>1.6</v>
       </c>
       <c r="J232" s="28">
         <v>-0.4</v>
       </c>
       <c r="K232" s="28" t="s">
         <v>25</v>
       </c>
       <c r="L232" s="25">
         <v>-0.9</v>
       </c>
       <c r="M232" s="25">
         <v>-0.9</v>
       </c>
       <c r="N232" s="25">
         <v>-1</v>
       </c>
       <c r="O232" s="25" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="233" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B233" s="17"/>
       <c r="C233" s="19" t="s">
         <v>17</v>
       </c>
       <c r="D233" s="25">
         <v>99.5</v>
       </c>
       <c r="E233" s="25">
         <v>99.5</v>
       </c>
       <c r="F233" s="25">
         <v>99.7</v>
       </c>
-      <c r="G233" s="43">
+      <c r="G233" s="41">
         <v>89.2</v>
       </c>
       <c r="H233" s="28">
         <v>0.4</v>
       </c>
       <c r="I233" s="28">
         <v>0.6</v>
       </c>
       <c r="J233" s="28">
         <v>-0.2</v>
       </c>
       <c r="K233" s="28" t="s">
         <v>25</v>
       </c>
       <c r="L233" s="25">
         <v>-0.5</v>
       </c>
       <c r="M233" s="25">
         <v>-0.5</v>
       </c>
       <c r="N233" s="25">
         <v>-0.4</v>
       </c>
       <c r="O233" s="25" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="234" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B234" s="17"/>
       <c r="C234" s="19" t="s">
         <v>18</v>
       </c>
       <c r="D234" s="25">
         <v>99.6</v>
       </c>
       <c r="E234" s="25">
         <v>99.6</v>
       </c>
       <c r="F234" s="25">
         <v>99.6</v>
       </c>
-      <c r="G234" s="43">
+      <c r="G234" s="41">
         <v>88.1</v>
       </c>
       <c r="H234" s="28">
         <v>0</v>
       </c>
       <c r="I234" s="28">
         <v>0.1</v>
       </c>
       <c r="J234" s="28">
         <v>-0.1</v>
       </c>
       <c r="K234" s="28" t="s">
         <v>25</v>
       </c>
       <c r="L234" s="25">
         <v>-0.2</v>
       </c>
       <c r="M234" s="25">
         <v>-0.2</v>
       </c>
       <c r="N234" s="25">
         <v>-0.2</v>
       </c>
       <c r="O234" s="25" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="235" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B235" s="18"/>
       <c r="C235" s="21" t="s">
         <v>19</v>
       </c>
       <c r="D235" s="29">
         <v>99.4</v>
       </c>
       <c r="E235" s="29">
         <v>99.3</v>
       </c>
       <c r="F235" s="29">
         <v>99.8</v>
       </c>
-      <c r="G235" s="44">
+      <c r="G235" s="42">
         <v>89.7</v>
       </c>
       <c r="H235" s="30">
         <v>-0.20000000000000284</v>
       </c>
       <c r="I235" s="30">
         <v>-0.29999999999999716</v>
       </c>
       <c r="J235" s="30">
         <v>0.2</v>
       </c>
       <c r="K235" s="30" t="s">
         <v>25</v>
       </c>
       <c r="L235" s="29">
         <v>0.2</v>
       </c>
       <c r="M235" s="29">
         <v>0.3</v>
       </c>
       <c r="N235" s="29">
         <v>-9.9999999999994316E-2</v>
       </c>
       <c r="O235" s="29" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="236" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B236" s="17">
         <v>2017</v>
       </c>
       <c r="C236" s="19" t="s">
         <v>8</v>
       </c>
       <c r="D236" s="25">
         <v>99.3</v>
       </c>
       <c r="E236" s="25">
         <v>99.2</v>
       </c>
       <c r="F236" s="25">
         <v>99.7</v>
       </c>
-      <c r="G236" s="43">
+      <c r="G236" s="41">
         <v>90.3</v>
       </c>
       <c r="H236" s="28">
         <v>-9.9999999999994316E-2</v>
       </c>
       <c r="I236" s="28">
         <v>-9.9999999999994316E-2</v>
       </c>
       <c r="J236" s="28">
         <v>-9.9999999999994316E-2</v>
       </c>
       <c r="K236" s="28">
         <v>0.6</v>
       </c>
       <c r="L236" s="25">
         <v>0.9</v>
       </c>
       <c r="M236" s="25">
         <v>1.2000000000000028</v>
       </c>
       <c r="N236" s="25">
         <v>-9.9999999999994316E-2</v>
       </c>
       <c r="O236" s="25" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="237" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B237" s="17"/>
       <c r="C237" s="19" t="s">
         <v>9</v>
       </c>
       <c r="D237" s="25">
         <v>99.5</v>
       </c>
       <c r="E237" s="25">
         <v>99.5</v>
       </c>
       <c r="F237" s="25">
         <v>99.7</v>
       </c>
-      <c r="G237" s="43">
+      <c r="G237" s="41">
         <v>90.3</v>
       </c>
       <c r="H237" s="34">
         <v>0.20000000000000284</v>
       </c>
       <c r="I237" s="34">
         <v>0.3</v>
       </c>
       <c r="J237" s="34">
         <v>0</v>
       </c>
       <c r="K237" s="34">
         <v>0</v>
       </c>
       <c r="L237" s="35">
         <v>1.4</v>
       </c>
       <c r="M237" s="35">
         <v>2</v>
       </c>
       <c r="N237" s="36">
         <v>-9.9999999999994316E-2</v>
       </c>
       <c r="O237" s="33" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="238" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B238" s="17"/>
       <c r="C238" s="19" t="s">
         <v>10</v>
       </c>
       <c r="D238" s="25">
         <v>99.9</v>
       </c>
       <c r="E238" s="25">
         <v>100</v>
       </c>
       <c r="F238" s="25">
         <v>99.7</v>
       </c>
-      <c r="G238" s="43">
+      <c r="G238" s="41">
         <v>89.9</v>
       </c>
       <c r="H238" s="34">
         <v>0.3</v>
       </c>
       <c r="I238" s="34">
         <v>0.5</v>
       </c>
       <c r="J238" s="34">
         <v>-0.1</v>
       </c>
       <c r="K238" s="34">
         <v>-0.44296788482833449</v>
       </c>
       <c r="L238" s="35">
         <v>1.1000000000000001</v>
       </c>
       <c r="M238" s="35">
         <v>1.5</v>
       </c>
       <c r="N238" s="35">
         <v>-0.1</v>
       </c>
       <c r="O238" s="35" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="239" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B239" s="17"/>
       <c r="C239" s="19" t="s">
         <v>11</v>
       </c>
       <c r="D239" s="25">
         <v>100.3</v>
       </c>
       <c r="E239" s="25">
         <v>100.6</v>
       </c>
       <c r="F239" s="25">
         <v>99.6</v>
       </c>
-      <c r="G239" s="43">
+      <c r="G239" s="41">
         <v>90.3</v>
       </c>
       <c r="H239" s="34">
         <v>0.5</v>
       </c>
       <c r="I239" s="34">
         <v>0.7</v>
       </c>
       <c r="J239" s="34">
         <v>0</v>
       </c>
       <c r="K239" s="34">
         <v>0.44493882091212811</v>
       </c>
       <c r="L239" s="35">
         <v>1.4</v>
       </c>
       <c r="M239" s="35">
         <v>2.1</v>
       </c>
       <c r="N239" s="35">
         <v>-0.2</v>
       </c>
       <c r="O239" s="35" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="240" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B240" s="17"/>
       <c r="C240" s="22" t="s">
         <v>12</v>
       </c>
       <c r="D240" s="25">
         <v>100.2</v>
       </c>
       <c r="E240" s="25">
         <v>100.4</v>
       </c>
       <c r="F240" s="25">
         <v>99.7</v>
       </c>
-      <c r="G240" s="43">
+      <c r="G240" s="41">
         <v>89.8</v>
       </c>
       <c r="H240" s="34">
         <v>-0.2</v>
       </c>
       <c r="I240" s="34">
         <v>-0.2</v>
       </c>
       <c r="J240" s="34">
         <v>0</v>
       </c>
       <c r="K240" s="34">
         <v>-0.5</v>
       </c>
       <c r="L240" s="35">
         <v>1.1000000000000001</v>
       </c>
       <c r="M240" s="35">
         <v>1.4</v>
       </c>
       <c r="N240" s="35">
         <v>0.1</v>
       </c>
       <c r="O240" s="35" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="241" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B241" s="17"/>
       <c r="C241" s="22" t="s">
         <v>13</v>
       </c>
       <c r="D241" s="25">
         <v>99.7</v>
       </c>
       <c r="E241" s="25">
         <v>99.4</v>
       </c>
       <c r="F241" s="25">
         <v>100.7</v>
       </c>
-      <c r="G241" s="43">
+      <c r="G241" s="41">
         <v>89.1</v>
       </c>
       <c r="H241" s="34">
         <v>-0.5</v>
       </c>
       <c r="I241" s="34">
         <v>-1</v>
       </c>
       <c r="J241" s="34">
         <v>1</v>
       </c>
       <c r="K241" s="34">
         <v>-0.7</v>
       </c>
       <c r="L241" s="35">
         <v>0.70000000000000284</v>
       </c>
       <c r="M241" s="35">
         <v>0.70000000000000284</v>
       </c>
       <c r="N241" s="35">
         <v>0.8</v>
       </c>
       <c r="O241" s="35" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="242" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B242" s="17"/>
       <c r="C242" s="22" t="s">
         <v>14</v>
       </c>
       <c r="D242" s="25">
         <v>99</v>
       </c>
       <c r="E242" s="25">
         <v>98.4</v>
       </c>
       <c r="F242" s="25">
         <v>100.8</v>
       </c>
-      <c r="G242" s="43">
+      <c r="G242" s="41">
         <v>89.2</v>
       </c>
       <c r="H242" s="34">
         <v>-0.7</v>
       </c>
       <c r="I242" s="34">
         <v>-1</v>
       </c>
       <c r="J242" s="34">
         <v>0.1</v>
       </c>
       <c r="K242" s="34">
         <v>0.11223344556678683</v>
       </c>
       <c r="L242" s="35">
         <v>0.8</v>
       </c>
       <c r="M242" s="35">
         <v>0.8</v>
       </c>
       <c r="N242" s="35">
         <v>0.5</v>
       </c>
       <c r="O242" s="35" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="243" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B243" s="17"/>
       <c r="C243" s="22" t="s">
         <v>15</v>
       </c>
       <c r="D243" s="25">
         <v>99</v>
       </c>
       <c r="E243" s="25">
         <v>98.4</v>
       </c>
       <c r="F243" s="25">
         <v>101</v>
       </c>
-      <c r="G243" s="43">
+      <c r="G243" s="41">
         <v>89.8</v>
       </c>
       <c r="H243" s="34">
         <v>0</v>
       </c>
       <c r="I243" s="34">
         <v>-9.9999999999994316E-2</v>
       </c>
       <c r="J243" s="34">
         <v>0.20000000000000284</v>
       </c>
       <c r="K243" s="34">
         <v>0.6</v>
       </c>
       <c r="L243" s="35">
         <v>1</v>
       </c>
       <c r="M243" s="35">
         <v>1.1000000000000001</v>
       </c>
       <c r="N243" s="35">
         <v>0.7</v>
       </c>
       <c r="O243" s="35" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="244" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B244" s="17"/>
       <c r="C244" s="22" t="s">
         <v>16</v>
       </c>
       <c r="D244" s="25">
         <v>100.5</v>
       </c>
       <c r="E244" s="25">
         <v>100.4</v>
       </c>
       <c r="F244" s="25">
         <v>100.8</v>
       </c>
-      <c r="G244" s="43">
+      <c r="G244" s="41">
         <v>90.2</v>
       </c>
       <c r="H244" s="34">
         <v>1.5</v>
       </c>
       <c r="I244" s="34">
         <v>2.1</v>
       </c>
       <c r="J244" s="34">
         <v>-0.2</v>
       </c>
       <c r="K244" s="34">
         <v>0.44543429844100046</v>
       </c>
       <c r="L244" s="35">
         <v>1.4</v>
       </c>
       <c r="M244" s="35">
         <v>1.6</v>
       </c>
       <c r="N244" s="35">
         <v>0.9</v>
       </c>
       <c r="O244" s="35" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="245" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B245" s="17"/>
       <c r="C245" s="22" t="s">
         <v>17</v>
       </c>
       <c r="D245" s="25">
         <v>100.9</v>
       </c>
       <c r="E245" s="25">
         <v>101.1</v>
       </c>
       <c r="F245" s="25">
         <v>100.6</v>
       </c>
-      <c r="G245" s="43">
+      <c r="G245" s="41">
         <v>90.4</v>
       </c>
       <c r="H245" s="34">
         <v>0.4</v>
       </c>
       <c r="I245" s="34">
         <v>0.7</v>
       </c>
       <c r="J245" s="34">
         <v>-0.2</v>
       </c>
       <c r="K245" s="34">
         <v>0.3</v>
       </c>
       <c r="L245" s="35">
         <v>1.4</v>
       </c>
       <c r="M245" s="35">
         <v>1.6</v>
       </c>
       <c r="N245" s="35">
         <v>0.9</v>
       </c>
       <c r="O245" s="35" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="246" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B246" s="17"/>
       <c r="C246" s="22" t="s">
         <v>18</v>
       </c>
       <c r="D246" s="25">
         <v>101</v>
       </c>
       <c r="E246" s="25">
         <v>101.1</v>
       </c>
       <c r="F246" s="25">
         <v>100.6</v>
       </c>
-      <c r="G246" s="43">
+      <c r="G246" s="41">
         <v>91.6</v>
       </c>
       <c r="H246" s="34">
         <v>0</v>
       </c>
       <c r="I246" s="34">
         <v>0</v>
       </c>
       <c r="J246" s="34">
         <v>0</v>
       </c>
       <c r="K246" s="34">
         <v>1.3274336283185733</v>
       </c>
       <c r="L246" s="35">
         <v>1.4</v>
       </c>
       <c r="M246" s="35">
         <v>1.5</v>
       </c>
       <c r="N246" s="35">
         <v>1</v>
       </c>
       <c r="O246" s="35" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="247" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B247" s="23"/>
       <c r="C247" s="23" t="s">
         <v>19</v>
       </c>
       <c r="D247" s="29">
         <v>100.6</v>
       </c>
       <c r="E247" s="29">
         <v>100.6</v>
       </c>
       <c r="F247" s="29">
         <v>100.7</v>
       </c>
-      <c r="G247" s="44">
+      <c r="G247" s="42">
         <v>91.5</v>
       </c>
       <c r="H247" s="38">
         <v>-0.3</v>
       </c>
       <c r="I247" s="38">
         <v>-0.5</v>
       </c>
       <c r="J247" s="38">
         <v>0.1</v>
       </c>
       <c r="K247" s="38">
         <v>-0.10917030567685515</v>
       </c>
       <c r="L247" s="39">
         <v>1.2</v>
       </c>
       <c r="M247" s="39">
         <v>1.3</v>
       </c>
       <c r="N247" s="39">
         <v>1</v>
       </c>
       <c r="O247" s="37" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="248" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B248" s="17" t="s">
         <v>21</v>
       </c>
       <c r="C248" s="22" t="s">
         <v>8</v>
       </c>
       <c r="D248" s="25">
         <v>100.4</v>
       </c>
       <c r="E248" s="25">
         <v>100.3</v>
       </c>
       <c r="F248" s="25">
         <v>100.7</v>
       </c>
-      <c r="G248" s="43">
+      <c r="G248" s="41">
         <v>91.6</v>
       </c>
       <c r="H248" s="34">
         <v>-0.2</v>
       </c>
       <c r="I248" s="34">
         <v>-0.3</v>
       </c>
       <c r="J248" s="34">
         <v>0</v>
       </c>
       <c r="K248" s="34">
         <v>0.1092896174863256</v>
       </c>
       <c r="L248" s="35">
         <v>1.1000000000000001</v>
       </c>
       <c r="M248" s="35">
         <v>1.1000000000000001</v>
       </c>
       <c r="N248" s="35">
         <v>1</v>
       </c>
       <c r="O248" s="33">
         <v>1.5</v>
       </c>
     </row>
     <row r="249" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B249" s="17"/>
       <c r="C249" s="22" t="s">
         <v>9</v>
       </c>
       <c r="D249" s="25">
         <v>100.3</v>
       </c>
       <c r="E249" s="25">
         <v>100.2</v>
       </c>
       <c r="F249" s="25">
         <v>100.7</v>
       </c>
-      <c r="G249" s="43">
+      <c r="G249" s="41">
         <v>91.2</v>
       </c>
       <c r="H249" s="34">
         <v>-0.1</v>
       </c>
       <c r="I249" s="34">
         <v>-0.1</v>
       </c>
       <c r="J249" s="34">
         <v>0</v>
       </c>
       <c r="K249" s="34">
         <v>-0.5</v>
       </c>
       <c r="L249" s="35">
         <v>0.8</v>
       </c>
       <c r="M249" s="35">
         <v>0.7</v>
       </c>
       <c r="N249" s="35">
         <v>1</v>
       </c>
       <c r="O249" s="33">
         <v>1</v>
       </c>
     </row>
     <row r="250" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B250" s="17"/>
       <c r="C250" s="22" t="s">
         <v>10</v>
       </c>
       <c r="D250" s="25">
         <v>100.9</v>
       </c>
       <c r="E250" s="25">
         <v>101.1</v>
       </c>
       <c r="F250" s="25">
         <v>100.7</v>
       </c>
-      <c r="G250" s="43">
+      <c r="G250" s="41">
         <v>91.1</v>
       </c>
       <c r="H250" s="34">
         <v>0.6</v>
       </c>
       <c r="I250" s="34">
         <v>0.9</v>
       </c>
       <c r="J250" s="34">
         <v>-0.1</v>
       </c>
       <c r="K250" s="34">
         <v>-0.10964912280702777</v>
       </c>
       <c r="L250" s="35">
         <v>1.1000000000000001</v>
       </c>
       <c r="M250" s="35">
         <v>1.1000000000000001</v>
       </c>
       <c r="N250" s="35">
         <v>1</v>
       </c>
       <c r="O250" s="33">
         <v>1.2</v>
       </c>
     </row>
     <row r="251" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B251" s="17"/>
       <c r="C251" s="22" t="s">
         <v>11</v>
       </c>
       <c r="D251" s="25">
         <v>101.7</v>
       </c>
       <c r="E251" s="25">
         <v>102</v>
       </c>
       <c r="F251" s="25">
         <v>100.9</v>
       </c>
-      <c r="G251" s="43">
+      <c r="G251" s="41">
         <v>91.5</v>
       </c>
       <c r="H251" s="34">
         <v>0.7</v>
       </c>
       <c r="I251" s="34">
         <v>0.9</v>
       </c>
       <c r="J251" s="34">
         <v>0.2</v>
       </c>
       <c r="K251" s="34">
         <v>0.5</v>
       </c>
       <c r="L251" s="35">
         <v>1.3</v>
       </c>
       <c r="M251" s="35">
         <v>1.4</v>
       </c>
       <c r="N251" s="35">
         <v>1.3</v>
       </c>
       <c r="O251" s="33">
         <v>1.4</v>
       </c>
     </row>
     <row r="252" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B252" s="22"/>
       <c r="C252" s="17" t="s">
         <v>12</v>
       </c>
       <c r="D252" s="25">
         <v>102.1</v>
       </c>
       <c r="E252" s="25">
         <v>102.5</v>
       </c>
       <c r="F252" s="25">
         <v>101</v>
       </c>
-      <c r="G252" s="43">
+      <c r="G252" s="41">
         <v>92.3</v>
       </c>
       <c r="H252" s="34">
         <v>0.4</v>
       </c>
       <c r="I252" s="34">
         <v>0.5</v>
       </c>
       <c r="J252" s="34">
         <v>0.1</v>
       </c>
       <c r="K252" s="34">
         <v>0.8</v>
       </c>
       <c r="L252" s="35">
         <v>1.9</v>
       </c>
       <c r="M252" s="35">
         <v>2.1</v>
       </c>
       <c r="N252" s="35">
         <v>1.3</v>
       </c>
       <c r="O252" s="33">
         <v>2.9</v>
       </c>
     </row>
     <row r="253" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B253" s="22"/>
       <c r="C253" s="17" t="s">
         <v>13</v>
       </c>
       <c r="D253" s="25">
         <v>102.1</v>
       </c>
       <c r="E253" s="25">
         <v>102.2</v>
       </c>
       <c r="F253" s="25">
         <v>101.7</v>
       </c>
-      <c r="G253" s="43">
+      <c r="G253" s="41">
         <v>92.2</v>
       </c>
       <c r="H253" s="34">
         <v>0</v>
       </c>
       <c r="I253" s="34">
         <v>-0.2</v>
       </c>
       <c r="J253" s="34">
         <v>0.7</v>
       </c>
       <c r="K253" s="34">
         <v>-0.1</v>
       </c>
       <c r="L253" s="35">
         <v>2.4</v>
       </c>
       <c r="M253" s="35">
         <v>2.9</v>
       </c>
       <c r="N253" s="35">
         <v>1</v>
       </c>
       <c r="O253" s="33">
         <v>3.4</v>
       </c>
     </row>
     <row r="254" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B254" s="22"/>
       <c r="C254" s="17" t="s">
         <v>14</v>
       </c>
       <c r="D254" s="25">
         <v>101.1</v>
       </c>
       <c r="E254" s="25">
         <v>100.7</v>
       </c>
       <c r="F254" s="25">
         <v>102.3</v>
       </c>
-      <c r="G254" s="43">
+      <c r="G254" s="41">
         <v>92.8</v>
       </c>
       <c r="H254" s="34">
         <v>-0.9</v>
       </c>
       <c r="I254" s="34">
         <v>-1.5</v>
       </c>
       <c r="J254" s="34">
         <v>0.6</v>
       </c>
       <c r="K254" s="34">
         <v>0.65075921908892553</v>
       </c>
       <c r="L254" s="35">
         <v>2.1</v>
       </c>
       <c r="M254" s="35">
         <v>2.2999999999999998</v>
       </c>
       <c r="N254" s="35">
         <v>1.4</v>
       </c>
       <c r="O254" s="33">
         <v>4</v>
       </c>
     </row>
     <row r="255" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B255" s="17"/>
       <c r="C255" s="17" t="s">
         <v>15</v>
       </c>
       <c r="D255" s="25">
         <v>101.1</v>
       </c>
       <c r="E255" s="25">
         <v>100.6</v>
       </c>
       <c r="F255" s="25">
         <v>102.4</v>
       </c>
-      <c r="G255" s="43">
+      <c r="G255" s="41">
         <v>92.9</v>
       </c>
       <c r="H255" s="28">
         <v>0</v>
       </c>
       <c r="I255" s="28">
         <v>-0.1</v>
       </c>
       <c r="J255" s="28">
         <v>0.1</v>
       </c>
       <c r="K255" s="28">
         <v>0.10775862068965125</v>
       </c>
       <c r="L255" s="25">
         <v>2.1</v>
       </c>
       <c r="M255" s="25">
         <v>2.2999999999999998</v>
       </c>
       <c r="N255" s="25">
         <v>1.4</v>
       </c>
       <c r="O255" s="25">
         <v>3.4</v>
       </c>
     </row>
     <row r="256" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B256" s="17"/>
       <c r="C256" s="17" t="s">
         <v>16</v>
       </c>
       <c r="D256" s="25">
         <v>101.9</v>
       </c>
       <c r="E256" s="25">
         <v>101.8</v>
       </c>
       <c r="F256" s="25">
         <v>102.2</v>
       </c>
-      <c r="G256" s="43">
+      <c r="G256" s="41">
         <v>93.3</v>
       </c>
       <c r="H256" s="28">
         <v>0.8</v>
       </c>
       <c r="I256" s="28">
         <v>1.2</v>
       </c>
       <c r="J256" s="28">
         <v>-0.2</v>
       </c>
       <c r="K256" s="28">
         <v>0.43057050592032908</v>
       </c>
       <c r="L256" s="25">
         <v>1.4</v>
       </c>
       <c r="M256" s="25">
         <v>1.4</v>
       </c>
       <c r="N256" s="25">
         <v>1.4</v>
       </c>
       <c r="O256" s="25">
         <v>3.4</v>
       </c>
     </row>
     <row r="257" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B257" s="17"/>
       <c r="C257" s="17" t="s">
         <v>17</v>
       </c>
       <c r="D257" s="25">
         <v>102.5</v>
       </c>
       <c r="E257" s="25">
         <v>102.8</v>
       </c>
       <c r="F257" s="25">
         <v>101.8</v>
       </c>
-      <c r="G257" s="43">
+      <c r="G257" s="41">
         <v>93.7</v>
       </c>
       <c r="H257" s="28">
         <v>0.6</v>
       </c>
       <c r="I257" s="28">
         <v>1</v>
       </c>
       <c r="J257" s="28">
         <v>-0.4</v>
       </c>
       <c r="K257" s="28">
         <v>0.5</v>
       </c>
       <c r="L257" s="25">
         <v>1.6</v>
       </c>
       <c r="M257" s="25">
         <v>1.7</v>
       </c>
       <c r="N257" s="25">
         <v>1.2</v>
       </c>
       <c r="O257" s="25">
         <v>3.6</v>
       </c>
     </row>
     <row r="258" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B258" s="17"/>
       <c r="C258" s="17" t="s">
         <v>18</v>
       </c>
       <c r="D258" s="25">
         <v>102.3</v>
       </c>
       <c r="E258" s="25">
         <v>102.5</v>
       </c>
       <c r="F258" s="25">
         <v>101.6</v>
       </c>
-      <c r="G258" s="43">
+      <c r="G258" s="41">
         <v>93.2</v>
       </c>
       <c r="H258" s="28">
         <v>-0.3</v>
       </c>
       <c r="I258" s="28">
         <v>-0.3</v>
       </c>
       <c r="J258" s="28">
         <v>-0.2</v>
       </c>
       <c r="K258" s="28">
         <v>-0.6</v>
       </c>
       <c r="L258" s="25">
         <v>1.3</v>
       </c>
       <c r="M258" s="25">
         <v>1.1000000000000001</v>
       </c>
       <c r="N258" s="25">
         <v>1</v>
       </c>
       <c r="O258" s="25">
         <v>1.6</v>
       </c>
     </row>
     <row r="259" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B259" s="18"/>
       <c r="C259" s="18" t="s">
         <v>19</v>
       </c>
       <c r="D259" s="29">
         <v>101.5</v>
       </c>
       <c r="E259" s="29">
         <v>101.4</v>
       </c>
       <c r="F259" s="29">
         <v>101.9</v>
       </c>
-      <c r="G259" s="44">
+      <c r="G259" s="42">
         <v>92.1</v>
       </c>
       <c r="H259" s="30">
         <v>-0.8</v>
       </c>
       <c r="I259" s="30">
         <v>-1.2000000000000028</v>
       </c>
       <c r="J259" s="30">
         <v>0.2</v>
       </c>
       <c r="K259" s="30">
         <v>-1.0999999999999943</v>
       </c>
       <c r="L259" s="29">
         <v>0.8</v>
       </c>
       <c r="M259" s="29">
         <v>0.7</v>
       </c>
       <c r="N259" s="29">
         <v>1.1000000000000001</v>
       </c>
       <c r="O259" s="29">
         <v>0.5</v>
       </c>
     </row>
     <row r="260" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B260" s="17">
         <v>2019</v>
       </c>
       <c r="C260" s="22" t="s">
         <v>8</v>
       </c>
       <c r="D260" s="25">
         <v>100.6</v>
       </c>
       <c r="E260" s="25">
         <v>100.1</v>
       </c>
       <c r="F260" s="25">
         <v>101.9</v>
       </c>
-      <c r="G260" s="43">
+      <c r="G260" s="41">
         <v>92.2</v>
       </c>
       <c r="H260" s="28">
         <v>-0.9</v>
       </c>
       <c r="I260" s="28">
         <v>-1.2000000000000028</v>
       </c>
       <c r="J260" s="28">
         <v>0.2</v>
       </c>
       <c r="K260" s="28">
         <v>0.10857763300759871</v>
       </c>
       <c r="L260" s="25">
         <v>0.2</v>
       </c>
       <c r="M260" s="25">
         <v>-0.2</v>
       </c>
       <c r="N260" s="25">
         <v>1.2</v>
       </c>
       <c r="O260" s="25">
         <v>0.5</v>
       </c>
     </row>
     <row r="261" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B261" s="17"/>
       <c r="C261" s="22" t="s">
         <v>9</v>
       </c>
       <c r="D261" s="25">
         <v>100.8</v>
       </c>
       <c r="E261" s="25">
         <v>100.5</v>
       </c>
       <c r="F261" s="25">
         <v>101.8</v>
       </c>
-      <c r="G261" s="43">
+      <c r="G261" s="41">
         <v>92.6</v>
       </c>
       <c r="H261" s="28">
         <v>0.2</v>
       </c>
       <c r="I261" s="28">
         <v>0.4</v>
       </c>
       <c r="J261" s="28">
         <v>-0.2</v>
       </c>
       <c r="K261" s="28">
         <v>0.5</v>
       </c>
       <c r="L261" s="25">
         <v>0.5</v>
       </c>
       <c r="M261" s="25">
         <v>0.3</v>
       </c>
       <c r="N261" s="25">
         <v>1</v>
       </c>
       <c r="O261" s="25">
         <v>1.6</v>
       </c>
     </row>
     <row r="262" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B262" s="17"/>
       <c r="C262" s="22" t="s">
         <v>10</v>
       </c>
       <c r="D262" s="25">
         <v>101.9</v>
       </c>
       <c r="E262" s="25">
         <v>101.9</v>
       </c>
       <c r="F262" s="25">
         <v>101.9</v>
       </c>
-      <c r="G262" s="43">
+      <c r="G262" s="41">
         <v>93.2</v>
       </c>
       <c r="H262" s="28">
         <v>1</v>
       </c>
       <c r="I262" s="28">
         <v>1.4</v>
       </c>
       <c r="J262" s="28">
         <v>0.1</v>
       </c>
       <c r="K262" s="28">
         <v>0.64794816414688228</v>
       </c>
       <c r="L262" s="25">
         <v>0.9</v>
       </c>
       <c r="M262" s="25">
         <v>0.8</v>
       </c>
       <c r="N262" s="25">
         <v>1.2</v>
       </c>
       <c r="O262" s="25">
         <v>2.2999999999999998</v>
       </c>
     </row>
     <row r="263" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B263" s="17"/>
       <c r="C263" s="22" t="s">
         <v>11</v>
       </c>
       <c r="D263" s="25">
         <v>102.4</v>
       </c>
       <c r="E263" s="25">
         <v>102.5</v>
       </c>
       <c r="F263" s="25">
         <v>102.2</v>
       </c>
-      <c r="G263" s="43">
+      <c r="G263" s="41">
         <v>93.7</v>
       </c>
       <c r="H263" s="28">
         <v>0.6</v>
       </c>
       <c r="I263" s="28">
         <v>0.6</v>
       </c>
       <c r="J263" s="28">
         <v>0.3</v>
       </c>
       <c r="K263" s="28">
         <v>0.6</v>
       </c>
       <c r="L263" s="25">
         <v>0.7</v>
       </c>
       <c r="M263" s="25">
         <v>0.5</v>
       </c>
       <c r="N263" s="25">
         <v>1.4</v>
       </c>
       <c r="O263" s="25">
         <v>2.4</v>
       </c>
     </row>
     <row r="264" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B264" s="17"/>
       <c r="C264" s="17" t="s">
         <v>12</v>
       </c>
       <c r="D264" s="25">
         <v>103</v>
       </c>
       <c r="E264" s="25">
         <v>103.3</v>
       </c>
       <c r="F264" s="25">
         <v>102.3</v>
       </c>
-      <c r="G264" s="43">
+      <c r="G264" s="41">
         <v>93.7</v>
       </c>
       <c r="H264" s="28">
         <v>0.6</v>
       </c>
       <c r="I264" s="28">
         <v>0.8</v>
       </c>
       <c r="J264" s="28">
         <v>0</v>
       </c>
       <c r="K264" s="28">
         <v>-0.1</v>
       </c>
       <c r="L264" s="25">
         <v>0.9</v>
       </c>
       <c r="M264" s="25">
         <v>0.8</v>
       </c>
       <c r="N264" s="25">
         <v>1.3</v>
       </c>
       <c r="O264" s="25">
         <v>1.4</v>
       </c>
     </row>
     <row r="265" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B265" s="17"/>
       <c r="C265" s="17" t="s">
         <v>13</v>
       </c>
       <c r="D265" s="25">
         <v>102.7</v>
       </c>
       <c r="E265" s="25">
         <v>102.7</v>
       </c>
       <c r="F265" s="25">
         <v>103</v>
       </c>
-      <c r="G265" s="43">
+      <c r="G265" s="41">
         <v>92.6</v>
       </c>
       <c r="H265" s="28">
         <v>-0.29999999999999716</v>
       </c>
       <c r="I265" s="28">
         <v>-0.59999999999999432</v>
       </c>
       <c r="J265" s="28">
         <v>0.7</v>
       </c>
       <c r="K265" s="28">
         <v>-1.1000000000000001</v>
       </c>
       <c r="L265" s="25">
         <v>0.6</v>
       </c>
       <c r="M265" s="25">
         <v>0.4</v>
       </c>
       <c r="N265" s="25">
         <v>1.3</v>
       </c>
       <c r="O265" s="25">
         <v>0.4</v>
       </c>
     </row>
     <row r="266" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B266" s="17"/>
       <c r="C266" s="17" t="s">
         <v>14</v>
       </c>
       <c r="D266" s="25">
         <v>102.2</v>
       </c>
       <c r="E266" s="25">
         <v>101.8</v>
       </c>
       <c r="F266" s="25">
         <v>103.6</v>
       </c>
-      <c r="G266" s="43">
+      <c r="G266" s="41">
         <v>92.9</v>
       </c>
       <c r="H266" s="28">
         <v>-0.5</v>
       </c>
       <c r="I266" s="28">
         <v>-0.90000000000000568</v>
       </c>
       <c r="J266" s="28">
         <v>0.7</v>
       </c>
       <c r="K266" s="28">
         <v>0.32397408207344824</v>
       </c>
       <c r="L266" s="25">
         <v>1.1000000000000001</v>
       </c>
       <c r="M266" s="25">
         <v>1</v>
       </c>
       <c r="N266" s="25">
         <v>1.3</v>
       </c>
       <c r="O266" s="25">
         <v>0</v>
       </c>
     </row>
     <row r="267" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B267" s="17"/>
       <c r="C267" s="17" t="s">
         <v>15</v>
       </c>
       <c r="D267" s="25">
         <v>101.9</v>
       </c>
       <c r="E267" s="25">
         <v>101.3</v>
       </c>
       <c r="F267" s="25">
         <v>103.7</v>
       </c>
-      <c r="G267" s="43">
+      <c r="G267" s="41">
         <v>92.6</v>
       </c>
       <c r="H267" s="28">
         <v>-0.29999999999999716</v>
       </c>
       <c r="I267" s="28">
         <v>-0.5</v>
       </c>
       <c r="J267" s="28">
         <v>0</v>
       </c>
       <c r="K267" s="28">
         <v>-0.32292787944027168</v>
       </c>
       <c r="L267" s="25">
         <v>0.8</v>
       </c>
       <c r="M267" s="25">
         <v>0.7</v>
       </c>
       <c r="N267" s="25">
         <v>1.2</v>
       </c>
       <c r="O267" s="25">
         <v>-0.3</v>
       </c>
     </row>
     <row r="268" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B268" s="17"/>
       <c r="C268" s="17" t="s">
         <v>16</v>
       </c>
       <c r="D268" s="25">
         <v>102.7</v>
       </c>
       <c r="E268" s="25">
         <v>102.5</v>
       </c>
       <c r="F268" s="25">
         <v>103.4</v>
       </c>
-      <c r="G268" s="43">
+      <c r="G268" s="41">
         <v>93.1</v>
       </c>
       <c r="H268" s="28">
         <v>0.8</v>
       </c>
       <c r="I268" s="28">
         <v>1.2</v>
       </c>
       <c r="J268" s="28">
         <v>-0.2</v>
       </c>
       <c r="K268" s="28">
         <v>0.5399568034557376</v>
       </c>
       <c r="L268" s="25">
         <v>0.8</v>
       </c>
       <c r="M268" s="25">
         <v>0.7</v>
       </c>
       <c r="N268" s="25">
         <v>1.2</v>
       </c>
       <c r="O268" s="25">
         <v>-0.3</v>
       </c>
     </row>
     <row r="269" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B269" s="17"/>
       <c r="C269" s="17" t="s">
         <v>17</v>
       </c>
       <c r="D269" s="25">
         <v>103.2</v>
       </c>
       <c r="E269" s="25">
         <v>103.1</v>
       </c>
       <c r="F269" s="25">
         <v>103.4</v>
       </c>
-      <c r="G269" s="43">
+      <c r="G269" s="41">
         <v>93.3</v>
       </c>
       <c r="H269" s="28">
         <v>0.4</v>
       </c>
       <c r="I269" s="28">
         <v>0.6</v>
       </c>
       <c r="J269" s="28">
         <v>0</v>
       </c>
       <c r="K269" s="28">
         <v>0.21482277121374693</v>
       </c>
       <c r="L269" s="25">
         <v>0.6</v>
       </c>
       <c r="M269" s="25">
         <v>0.2</v>
       </c>
       <c r="N269" s="25">
         <v>1.6</v>
       </c>
       <c r="O269" s="25">
         <v>-0.5</v>
       </c>
     </row>
     <row r="270" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B270" s="17"/>
       <c r="C270" s="17" t="s">
         <v>18</v>
       </c>
       <c r="D270" s="25">
         <v>103</v>
       </c>
       <c r="E270" s="25">
         <v>103</v>
       </c>
       <c r="F270" s="25">
         <v>103.3</v>
       </c>
-      <c r="G270" s="43">
+      <c r="G270" s="41">
         <v>93.5</v>
       </c>
       <c r="H270" s="28">
         <v>-9.9999999999994316E-2</v>
       </c>
       <c r="I270" s="28">
         <v>-0.1</v>
       </c>
       <c r="J270" s="28">
         <v>-0.2</v>
       </c>
       <c r="K270" s="28">
         <v>0.21436227224009485</v>
       </c>
       <c r="L270" s="25">
         <v>0.7</v>
       </c>
       <c r="M270" s="25">
         <v>0.4</v>
       </c>
       <c r="N270" s="25">
         <v>1.6</v>
       </c>
       <c r="O270" s="25">
         <v>0.3</v>
       </c>
     </row>
     <row r="271" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B271" s="18"/>
       <c r="C271" s="18" t="s">
         <v>19</v>
       </c>
       <c r="D271" s="29">
         <v>102.9</v>
       </c>
       <c r="E271" s="29">
         <v>102.7</v>
       </c>
       <c r="F271" s="29">
         <v>103.4</v>
       </c>
-      <c r="G271" s="44">
+      <c r="G271" s="42">
         <v>93.5</v>
       </c>
       <c r="H271" s="30">
         <v>-0.1</v>
       </c>
       <c r="I271" s="30">
         <v>-0.2</v>
       </c>
       <c r="J271" s="30">
         <v>0.1</v>
       </c>
       <c r="K271" s="30">
         <v>0</v>
       </c>
       <c r="L271" s="29">
         <v>1.4</v>
       </c>
       <c r="M271" s="29">
         <v>1.4</v>
       </c>
       <c r="N271" s="29">
         <v>1.5</v>
       </c>
       <c r="O271" s="29">
         <v>1.4</v>
       </c>
     </row>
     <row r="272" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B272" s="17">
         <v>2020</v>
       </c>
       <c r="C272" s="17" t="s">
         <v>8</v>
       </c>
       <c r="D272" s="25">
         <v>102.6</v>
       </c>
       <c r="E272" s="25">
         <v>102.3</v>
       </c>
       <c r="F272" s="25">
         <v>103.7</v>
       </c>
-      <c r="G272" s="43">
+      <c r="G272" s="41">
         <v>93.9</v>
       </c>
       <c r="H272" s="28">
         <v>-0.3</v>
       </c>
       <c r="I272" s="28">
         <v>-0.5</v>
       </c>
       <c r="J272" s="28">
         <v>0.3</v>
       </c>
       <c r="K272" s="28">
         <v>0.5</v>
       </c>
       <c r="L272" s="25">
         <v>2</v>
       </c>
       <c r="M272" s="25">
         <v>2.1</v>
       </c>
       <c r="N272" s="25">
         <v>1.7</v>
       </c>
       <c r="O272" s="25">
         <v>1.8</v>
       </c>
     </row>
     <row r="273" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B273" s="17"/>
       <c r="C273" s="17" t="s">
         <v>9</v>
       </c>
       <c r="D273" s="25">
         <v>102.3</v>
       </c>
       <c r="E273" s="25">
         <v>101.8</v>
       </c>
       <c r="F273" s="25">
         <v>103.7</v>
       </c>
-      <c r="G273" s="43">
+      <c r="G273" s="41">
         <v>93.8</v>
       </c>
       <c r="H273" s="28">
         <v>-0.3</v>
       </c>
       <c r="I273" s="28">
         <v>-0.5</v>
       </c>
       <c r="J273" s="28">
         <v>0</v>
       </c>
       <c r="K273" s="28">
         <v>-0.10649627263046568</v>
       </c>
       <c r="L273" s="25">
         <v>1.5</v>
       </c>
       <c r="M273" s="25">
         <v>1.3</v>
       </c>
       <c r="N273" s="25">
         <v>1.9</v>
       </c>
       <c r="O273" s="25">
         <v>1.3</v>
       </c>
     </row>
     <row r="274" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B274" s="17"/>
       <c r="C274" s="17" t="s">
         <v>10</v>
       </c>
       <c r="D274" s="25">
         <v>102.5</v>
       </c>
       <c r="E274" s="25">
         <v>102.2</v>
       </c>
       <c r="F274" s="25">
         <v>103.6</v>
       </c>
-      <c r="G274" s="43">
+      <c r="G274" s="41">
         <v>92.1</v>
       </c>
       <c r="H274" s="28">
         <v>0.2</v>
       </c>
       <c r="I274" s="28">
         <v>0.4</v>
       </c>
       <c r="J274" s="28">
         <v>-0.1</v>
       </c>
       <c r="K274" s="28">
         <v>-1.9</v>
       </c>
       <c r="L274" s="25">
         <v>0.6</v>
       </c>
       <c r="M274" s="25">
         <v>0.3</v>
       </c>
       <c r="N274" s="25">
         <v>1.6</v>
       </c>
       <c r="O274" s="25">
         <v>-1.2</v>
       </c>
     </row>
     <row r="275" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B275" s="17"/>
       <c r="C275" s="17" t="s">
         <v>11</v>
       </c>
       <c r="D275" s="25">
         <v>102.3</v>
       </c>
       <c r="E275" s="25">
         <v>101.6</v>
       </c>
       <c r="F275" s="25">
         <v>104.1</v>
       </c>
-      <c r="G275" s="43">
+      <c r="G275" s="41">
         <v>89.9</v>
       </c>
       <c r="H275" s="28">
         <v>-0.2</v>
       </c>
       <c r="I275" s="28">
         <v>-0.5</v>
       </c>
       <c r="J275" s="28">
         <v>0.5</v>
       </c>
       <c r="K275" s="28">
         <v>-2.4</v>
       </c>
       <c r="L275" s="25">
         <v>-0.2</v>
       </c>
       <c r="M275" s="25">
         <v>-0.9</v>
       </c>
       <c r="N275" s="25">
         <v>1.8</v>
       </c>
       <c r="O275" s="25">
         <v>-4.2</v>
       </c>
     </row>
     <row r="276" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B276" s="17"/>
       <c r="C276" s="17" t="s">
         <v>12</v>
       </c>
       <c r="D276" s="25">
         <v>102.4</v>
       </c>
       <c r="E276" s="25">
         <v>101.8</v>
       </c>
       <c r="F276" s="25">
         <v>104.1</v>
       </c>
-      <c r="G276" s="43">
+      <c r="G276" s="41">
         <v>89.3</v>
       </c>
       <c r="H276" s="28">
         <v>0.1</v>
       </c>
       <c r="I276" s="28">
         <v>0.2</v>
       </c>
       <c r="J276" s="28">
         <v>0</v>
       </c>
       <c r="K276" s="28">
         <v>-0.6</v>
       </c>
       <c r="L276" s="25">
         <v>-0.59999999999999432</v>
       </c>
       <c r="M276" s="25">
         <v>-1.4</v>
       </c>
       <c r="N276" s="25">
         <v>1.8</v>
       </c>
       <c r="O276" s="25">
         <v>-4.7</v>
       </c>
     </row>
     <row r="277" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B277" s="17"/>
       <c r="C277" s="17" t="s">
         <v>13</v>
       </c>
       <c r="D277" s="25">
         <v>102.5</v>
       </c>
       <c r="E277" s="25">
         <v>101.8</v>
       </c>
       <c r="F277" s="25">
         <v>104.6</v>
       </c>
-      <c r="G277" s="43">
+      <c r="G277" s="41">
         <v>89.8</v>
       </c>
       <c r="H277" s="28">
         <v>0.1</v>
       </c>
       <c r="I277" s="28">
         <v>0</v>
       </c>
       <c r="J277" s="28">
         <v>0.5</v>
       </c>
       <c r="K277" s="28">
         <v>0.5</v>
       </c>
       <c r="L277" s="25">
         <v>-0.2</v>
       </c>
       <c r="M277" s="25">
         <v>-0.8</v>
       </c>
       <c r="N277" s="25">
         <v>1.6</v>
       </c>
       <c r="O277" s="25">
         <v>-3.1</v>
       </c>
     </row>
     <row r="278" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B278" s="17"/>
       <c r="C278" s="17" t="s">
         <v>14</v>
       </c>
       <c r="D278" s="25">
         <v>102</v>
       </c>
       <c r="E278" s="25">
         <v>100.8</v>
       </c>
       <c r="F278" s="25">
         <v>105.3</v>
       </c>
-      <c r="G278" s="43">
+      <c r="G278" s="41">
         <v>90.4</v>
       </c>
       <c r="H278" s="28">
         <v>-0.5</v>
       </c>
       <c r="I278" s="28">
         <v>-1</v>
       </c>
       <c r="J278" s="28">
         <v>0.7</v>
       </c>
       <c r="K278" s="28">
         <v>0.7</v>
       </c>
       <c r="L278" s="25">
         <v>-0.3</v>
       </c>
       <c r="M278" s="25">
         <v>-0.9</v>
       </c>
       <c r="N278" s="25">
         <v>1.6</v>
       </c>
       <c r="O278" s="25">
         <v>-2.7</v>
       </c>
     </row>
     <row r="279" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B279" s="17"/>
       <c r="C279" s="17" t="s">
         <v>15</v>
       </c>
       <c r="D279" s="25">
         <v>101.8</v>
       </c>
       <c r="E279" s="25">
         <v>100.6</v>
       </c>
       <c r="F279" s="25">
         <v>105.2</v>
       </c>
-      <c r="G279" s="43">
+      <c r="G279" s="41">
         <v>90.2</v>
       </c>
       <c r="H279" s="28">
         <v>-0.1</v>
       </c>
       <c r="I279" s="28">
         <v>-0.2</v>
       </c>
       <c r="J279" s="28">
         <v>-0.1</v>
       </c>
       <c r="K279" s="28">
         <v>-0.3</v>
       </c>
       <c r="L279" s="25">
         <v>-0.1</v>
       </c>
       <c r="M279" s="25">
         <v>-0.6</v>
       </c>
       <c r="N279" s="25">
         <v>1.5</v>
       </c>
       <c r="O279" s="25">
         <v>-2.7</v>
       </c>
     </row>
     <row r="280" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B280" s="17"/>
       <c r="C280" s="17" t="s">
         <v>16</v>
       </c>
       <c r="D280" s="25">
         <v>102.7</v>
       </c>
       <c r="E280" s="25">
         <v>101.9</v>
       </c>
       <c r="F280" s="25">
         <v>104.9</v>
       </c>
-      <c r="G280" s="43">
+      <c r="G280" s="41">
         <v>90.2</v>
       </c>
       <c r="H280" s="28">
         <v>0.8</v>
       </c>
       <c r="I280" s="28">
         <v>1.2</v>
       </c>
       <c r="J280" s="28">
         <v>-0.3</v>
       </c>
       <c r="K280" s="28">
         <v>0</v>
       </c>
       <c r="L280" s="25">
         <v>0</v>
       </c>
       <c r="M280" s="25">
         <v>-0.6</v>
       </c>
       <c r="N280" s="25">
         <v>1.4</v>
       </c>
       <c r="O280" s="25">
         <v>-3.2</v>
       </c>
     </row>
     <row r="281" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B281" s="17"/>
       <c r="C281" s="17" t="s">
         <v>17</v>
       </c>
       <c r="D281" s="25">
         <v>103.1</v>
       </c>
       <c r="E281" s="25">
         <v>102.4</v>
       </c>
       <c r="F281" s="25">
         <v>105</v>
       </c>
-      <c r="G281" s="43">
+      <c r="G281" s="41">
         <v>91.2</v>
       </c>
       <c r="H281" s="28">
         <v>0.4</v>
       </c>
       <c r="I281" s="28">
         <v>0.5</v>
       </c>
       <c r="J281" s="28">
         <v>0.1</v>
       </c>
       <c r="K281" s="28">
         <v>1.1000000000000001</v>
       </c>
       <c r="L281" s="25">
         <v>-0.1</v>
       </c>
       <c r="M281" s="25">
         <v>-0.6</v>
       </c>
       <c r="N281" s="25">
         <v>1.5</v>
       </c>
       <c r="O281" s="25">
         <v>-2.4</v>
       </c>
     </row>
     <row r="282" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B282" s="17"/>
       <c r="C282" s="17" t="s">
         <v>18</v>
       </c>
       <c r="D282" s="25">
         <v>102.8</v>
       </c>
       <c r="E282" s="25">
         <v>102</v>
       </c>
       <c r="F282" s="25">
         <v>105.2</v>
       </c>
-      <c r="G282" s="43">
+      <c r="G282" s="41">
         <v>91.4</v>
       </c>
       <c r="H282" s="28">
         <v>-0.3</v>
       </c>
       <c r="I282" s="28">
         <v>-0.4</v>
       </c>
       <c r="J282" s="28">
         <v>0.1</v>
       </c>
       <c r="K282" s="28">
         <v>0.3</v>
       </c>
       <c r="L282" s="25">
         <v>-0.2</v>
       </c>
       <c r="M282" s="25">
         <v>-1</v>
       </c>
       <c r="N282" s="25">
         <v>1.8</v>
       </c>
       <c r="O282" s="25">
         <v>-2.2999999999999998</v>
       </c>
     </row>
     <row r="283" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B283" s="18"/>
       <c r="C283" s="18" t="s">
         <v>19</v>
       </c>
       <c r="D283" s="29">
         <v>102.2</v>
       </c>
       <c r="E283" s="29">
         <v>101.2</v>
       </c>
       <c r="F283" s="29">
         <v>105.2</v>
       </c>
-      <c r="G283" s="44">
+      <c r="G283" s="42">
         <v>92.4</v>
       </c>
       <c r="H283" s="30">
         <v>-0.6</v>
       </c>
       <c r="I283" s="30">
         <v>-0.8</v>
       </c>
       <c r="J283" s="30">
         <v>0</v>
       </c>
       <c r="K283" s="30">
         <v>1</v>
       </c>
       <c r="L283" s="29">
         <v>-0.7</v>
       </c>
       <c r="M283" s="29">
         <v>-1.5</v>
       </c>
       <c r="N283" s="29">
         <v>1.8</v>
       </c>
       <c r="O283" s="29">
         <v>-1.2</v>
       </c>
     </row>
     <row r="284" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B284" s="17">
         <v>2021</v>
       </c>
       <c r="C284" s="17" t="s">
         <v>8</v>
       </c>
       <c r="D284" s="25">
         <v>102.3</v>
       </c>
       <c r="E284" s="25">
         <v>101.3</v>
       </c>
       <c r="F284" s="25">
         <v>105.3</v>
       </c>
-      <c r="G284" s="43">
+      <c r="G284" s="41">
         <v>92.9</v>
       </c>
       <c r="H284" s="28">
         <v>0.1</v>
       </c>
       <c r="I284" s="28">
         <v>0.1</v>
       </c>
       <c r="J284" s="28">
         <v>0.1</v>
       </c>
       <c r="K284" s="28">
         <v>0.6</v>
       </c>
       <c r="L284" s="25">
         <v>-0.3</v>
       </c>
       <c r="M284" s="25">
         <v>-1</v>
       </c>
       <c r="N284" s="25">
         <v>1.6</v>
       </c>
       <c r="O284" s="25">
         <v>-1.2</v>
       </c>
     </row>
     <row r="285" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B285" s="17"/>
       <c r="C285" s="17" t="s">
         <v>9</v>
       </c>
       <c r="D285" s="25">
         <v>102.6</v>
       </c>
       <c r="E285" s="25">
         <v>101.6</v>
       </c>
       <c r="F285" s="25">
         <v>105.5</v>
       </c>
-      <c r="G285" s="43">
+      <c r="G285" s="41">
         <v>94.2</v>
       </c>
       <c r="H285" s="28">
         <v>0.3</v>
       </c>
       <c r="I285" s="28">
         <v>0.3</v>
       </c>
       <c r="J285" s="28">
         <v>0.1</v>
       </c>
       <c r="K285" s="28">
         <v>1.3993541442411299</v>
       </c>
       <c r="L285" s="25">
         <v>0.3</v>
       </c>
       <c r="M285" s="25">
         <v>-0.2</v>
       </c>
       <c r="N285" s="25">
         <v>1.7</v>
       </c>
       <c r="O285" s="25">
         <v>0.2</v>
       </c>
     </row>
     <row r="286" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B286" s="17"/>
       <c r="C286" s="17" t="s">
         <v>10</v>
       </c>
       <c r="D286" s="25">
         <v>103.7</v>
       </c>
       <c r="E286" s="25">
         <v>103.2</v>
       </c>
       <c r="F286" s="25">
         <v>105.4</v>
       </c>
-      <c r="G286" s="43">
+      <c r="G286" s="41">
         <v>95.2</v>
       </c>
       <c r="H286" s="28">
         <v>1.1000000000000001</v>
       </c>
       <c r="I286" s="28">
         <v>1.6</v>
       </c>
       <c r="J286" s="28">
         <v>-0.1</v>
       </c>
       <c r="K286" s="28">
         <v>1</v>
       </c>
       <c r="L286" s="25">
         <v>1.2</v>
       </c>
       <c r="M286" s="25">
         <v>1</v>
       </c>
       <c r="N286" s="25">
         <v>1.7</v>
       </c>
       <c r="O286" s="25">
         <v>3.2</v>
       </c>
     </row>
     <row r="287" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B287" s="17"/>
       <c r="C287" s="17" t="s">
         <v>11</v>
       </c>
       <c r="D287" s="25">
         <v>104.4</v>
       </c>
       <c r="E287" s="25">
         <v>104</v>
       </c>
       <c r="F287" s="25">
         <v>105.6</v>
       </c>
-      <c r="G287" s="43">
+      <c r="G287" s="41">
         <v>94.9</v>
       </c>
       <c r="H287" s="28">
         <v>0.7</v>
       </c>
       <c r="I287" s="28">
         <v>0.8</v>
       </c>
       <c r="J287" s="28">
         <v>0.2</v>
       </c>
       <c r="K287" s="28">
         <v>-0.4</v>
       </c>
       <c r="L287" s="25">
         <v>2.1</v>
       </c>
       <c r="M287" s="25">
         <v>2.2999999999999998</v>
       </c>
       <c r="N287" s="25">
         <v>1.5</v>
       </c>
       <c r="O287" s="25">
         <v>5.3</v>
       </c>
     </row>
     <row r="288" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B288" s="17"/>
       <c r="C288" s="17" t="s">
         <v>12</v>
       </c>
       <c r="D288" s="25">
         <v>104.6</v>
       </c>
       <c r="E288" s="25">
         <v>104.1</v>
       </c>
       <c r="F288" s="25">
         <v>105.9</v>
       </c>
-      <c r="G288" s="43">
+      <c r="G288" s="41">
         <v>96</v>
       </c>
       <c r="H288" s="28">
         <v>0.1</v>
       </c>
       <c r="I288" s="28">
         <v>0.1</v>
       </c>
       <c r="J288" s="28">
         <v>0.2</v>
       </c>
       <c r="K288" s="28">
         <v>1.1591148577449815</v>
       </c>
       <c r="L288" s="25">
         <v>2.1</v>
       </c>
       <c r="M288" s="25">
         <v>2.2000000000000002</v>
       </c>
       <c r="N288" s="25">
         <v>1.7</v>
       </c>
       <c r="O288" s="25">
         <v>7.3</v>
       </c>
     </row>
     <row r="289" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B289" s="17"/>
       <c r="C289" s="17" t="s">
         <v>13</v>
       </c>
       <c r="D289" s="25">
         <v>104.6</v>
       </c>
       <c r="E289" s="25">
         <v>104</v>
       </c>
       <c r="F289" s="25">
         <v>106.2</v>
       </c>
-      <c r="G289" s="43">
+      <c r="G289" s="41">
         <v>97</v>
       </c>
       <c r="H289" s="28">
         <v>0</v>
       </c>
       <c r="I289" s="28">
         <v>-0.1</v>
       </c>
       <c r="J289" s="28">
         <v>0.3</v>
       </c>
       <c r="K289" s="28">
         <v>1.1000000000000001</v>
       </c>
       <c r="L289" s="25">
         <v>2</v>
       </c>
       <c r="M289" s="25">
         <v>2.1</v>
       </c>
       <c r="N289" s="25">
         <v>1.6</v>
       </c>
       <c r="O289" s="25">
         <v>7.8</v>
       </c>
     </row>
     <row r="290" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B290" s="17"/>
       <c r="C290" s="17" t="s">
         <v>14</v>
       </c>
       <c r="D290" s="25">
         <v>104.8</v>
       </c>
       <c r="E290" s="25">
         <v>104</v>
       </c>
       <c r="F290" s="25">
         <v>107.1</v>
       </c>
-      <c r="G290" s="43">
+      <c r="G290" s="41">
         <v>98.4</v>
       </c>
       <c r="H290" s="28">
         <v>0.2</v>
       </c>
       <c r="I290" s="28">
         <v>0</v>
       </c>
       <c r="J290" s="28">
         <v>0.8</v>
       </c>
       <c r="K290" s="28">
         <v>1.5</v>
       </c>
       <c r="L290" s="25">
         <v>2.8</v>
       </c>
       <c r="M290" s="25">
         <v>3.2</v>
       </c>
       <c r="N290" s="25">
         <v>1.7</v>
       </c>
       <c r="O290" s="25">
         <v>8.6999999999999993</v>
       </c>
     </row>
     <row r="291" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B291" s="17"/>
       <c r="C291" s="17" t="s">
         <v>15</v>
       </c>
       <c r="D291" s="25">
         <v>105</v>
       </c>
       <c r="E291" s="25">
         <v>104.2</v>
       </c>
       <c r="F291" s="25">
         <v>107.4</v>
       </c>
-      <c r="G291" s="43">
+      <c r="G291" s="41">
         <v>99.5</v>
       </c>
       <c r="H291" s="28">
         <v>0.2</v>
       </c>
       <c r="I291" s="28">
         <v>0.1</v>
       </c>
       <c r="J291" s="28">
         <v>0.3</v>
       </c>
       <c r="K291" s="28">
         <v>1</v>
       </c>
       <c r="L291" s="25">
         <v>3.1</v>
       </c>
       <c r="M291" s="25">
         <v>3.5</v>
       </c>
       <c r="N291" s="25">
         <v>2</v>
       </c>
       <c r="O291" s="25">
         <v>10.199999999999999</v>
       </c>
     </row>
     <row r="292" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B292" s="17"/>
       <c r="C292" s="17" t="s">
         <v>16</v>
       </c>
       <c r="D292" s="25">
         <v>106</v>
       </c>
       <c r="E292" s="25">
         <v>105.7</v>
       </c>
       <c r="F292" s="25">
         <v>106.8</v>
       </c>
-      <c r="G292" s="43">
+      <c r="G292" s="41">
         <v>102.7</v>
       </c>
       <c r="H292" s="28">
         <v>1</v>
       </c>
       <c r="I292" s="28">
         <v>1.5</v>
       </c>
       <c r="J292" s="28">
         <v>-0.5</v>
       </c>
       <c r="K292" s="28">
         <v>3.2</v>
       </c>
       <c r="L292" s="25">
         <v>3.3</v>
       </c>
       <c r="M292" s="25">
         <v>3.7</v>
       </c>
       <c r="N292" s="25">
         <v>1.9</v>
       </c>
       <c r="O292" s="25">
         <v>13.7</v>
       </c>
     </row>
     <row r="293" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B293" s="17"/>
       <c r="C293" s="17" t="s">
         <v>17</v>
       </c>
       <c r="D293" s="25">
         <v>107</v>
       </c>
       <c r="E293" s="25">
         <v>107.1</v>
       </c>
       <c r="F293" s="25">
         <v>106.7</v>
       </c>
-      <c r="G293" s="43">
+      <c r="G293" s="41">
         <v>109.1</v>
       </c>
       <c r="H293" s="28">
         <v>1</v>
       </c>
       <c r="I293" s="28">
         <v>1.3</v>
       </c>
       <c r="J293" s="28">
         <v>-0.1</v>
       </c>
       <c r="K293" s="28">
         <v>6.3</v>
       </c>
       <c r="L293" s="25">
         <v>3.8</v>
       </c>
       <c r="M293" s="25">
         <v>4.5</v>
       </c>
       <c r="N293" s="25">
         <v>1.6</v>
       </c>
       <c r="O293" s="25">
         <v>19.600000000000001</v>
       </c>
     </row>
     <row r="294" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B294" s="17"/>
       <c r="C294" s="17" t="s">
         <v>18</v>
       </c>
       <c r="D294" s="25">
         <v>107.8</v>
       </c>
       <c r="E294" s="25">
         <v>108</v>
       </c>
       <c r="F294" s="25">
         <v>106.7</v>
       </c>
-      <c r="G294" s="43">
+      <c r="G294" s="41">
         <v>109.7</v>
       </c>
       <c r="H294" s="28">
         <v>0.7</v>
       </c>
       <c r="I294" s="28">
         <v>0.9</v>
       </c>
       <c r="J294" s="28">
         <v>0</v>
       </c>
       <c r="K294" s="28">
         <v>0.5</v>
       </c>
       <c r="L294" s="25">
         <v>4.8</v>
       </c>
       <c r="M294" s="25">
         <v>5.9</v>
       </c>
       <c r="N294" s="25">
         <v>1.4</v>
       </c>
       <c r="O294" s="25">
         <v>19.8</v>
       </c>
     </row>
     <row r="295" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B295" s="18"/>
       <c r="C295" s="18" t="s">
         <v>19</v>
       </c>
       <c r="D295" s="29">
         <v>107.8</v>
       </c>
       <c r="E295" s="29">
         <v>108</v>
       </c>
       <c r="F295" s="29">
         <v>107</v>
       </c>
-      <c r="G295" s="44">
+      <c r="G295" s="42">
         <v>110.6</v>
       </c>
       <c r="H295" s="30">
         <v>0</v>
       </c>
       <c r="I295" s="30">
         <v>0</v>
       </c>
       <c r="J295" s="30">
         <v>0.3</v>
       </c>
       <c r="K295" s="30">
         <v>0.82041932543299367</v>
       </c>
       <c r="L295" s="29">
         <v>5.5</v>
       </c>
       <c r="M295" s="29">
         <v>6.7</v>
       </c>
       <c r="N295" s="29">
         <v>1.7</v>
       </c>
       <c r="O295" s="29">
         <v>19.600000000000001</v>
       </c>
     </row>
     <row r="296" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B296" s="17">
         <v>2022</v>
       </c>
       <c r="C296" s="17" t="s">
         <v>8</v>
       </c>
       <c r="D296" s="25">
         <v>108.1</v>
       </c>
       <c r="E296" s="25">
         <v>108.5</v>
       </c>
       <c r="F296" s="25">
         <v>106.8</v>
       </c>
-      <c r="G296" s="43">
+      <c r="G296" s="41">
         <v>112.2</v>
       </c>
       <c r="H296" s="28">
         <v>0.3</v>
       </c>
       <c r="I296" s="28">
         <v>0.5</v>
       </c>
       <c r="J296" s="28">
         <v>-0.2</v>
       </c>
       <c r="K296" s="28">
         <v>1.5</v>
       </c>
       <c r="L296" s="25">
         <v>5.7</v>
       </c>
       <c r="M296" s="25">
         <v>7.1</v>
       </c>
       <c r="N296" s="25">
         <v>1.4</v>
       </c>
       <c r="O296" s="25">
         <v>20.7</v>
       </c>
     </row>
     <row r="297" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B297" s="17"/>
       <c r="C297" s="17" t="s">
         <v>9</v>
       </c>
       <c r="D297" s="25">
         <v>109.1</v>
       </c>
       <c r="E297" s="25">
         <v>109.6</v>
       </c>
       <c r="F297" s="25">
         <v>107.3</v>
       </c>
-      <c r="G297" s="43">
+      <c r="G297" s="41">
         <v>114.4</v>
       </c>
       <c r="H297" s="28">
         <v>0.9</v>
       </c>
       <c r="I297" s="28">
         <v>1</v>
       </c>
       <c r="J297" s="28">
         <v>0.5</v>
       </c>
       <c r="K297" s="28">
         <v>1.9</v>
       </c>
       <c r="L297" s="25">
         <v>6.3</v>
       </c>
       <c r="M297" s="25">
         <v>7.9</v>
       </c>
       <c r="N297" s="25">
         <v>1.7</v>
       </c>
       <c r="O297" s="25">
         <v>21.3</v>
       </c>
     </row>
     <row r="298" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B298" s="17"/>
       <c r="C298" s="17" t="s">
         <v>10</v>
       </c>
       <c r="D298" s="25">
         <v>111.3</v>
       </c>
       <c r="E298" s="25">
         <v>112.4</v>
       </c>
       <c r="F298" s="25">
         <v>108.1</v>
       </c>
-      <c r="G298" s="43">
+      <c r="G298" s="41">
         <v>118.8</v>
       </c>
       <c r="H298" s="28">
         <v>2.1</v>
       </c>
       <c r="I298" s="28">
         <v>2.5</v>
       </c>
       <c r="J298" s="28">
         <v>0.8</v>
       </c>
       <c r="K298" s="28">
         <v>3.9</v>
       </c>
       <c r="L298" s="25">
         <v>7.3</v>
       </c>
       <c r="M298" s="25">
         <v>8.9</v>
       </c>
       <c r="N298" s="25">
         <v>2.6</v>
       </c>
       <c r="O298" s="25">
         <v>24.7</v>
       </c>
     </row>
     <row r="299" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B299" s="17"/>
       <c r="C299" s="17" t="s">
         <v>11</v>
       </c>
       <c r="D299" s="25">
         <v>114.3</v>
       </c>
       <c r="E299" s="25">
         <v>115.8</v>
       </c>
       <c r="F299" s="25">
         <v>109.6</v>
       </c>
-      <c r="G299" s="43">
+      <c r="G299" s="41">
         <v>121.8</v>
       </c>
       <c r="H299" s="28">
         <v>2.6</v>
       </c>
       <c r="I299" s="28">
         <v>3.1</v>
       </c>
       <c r="J299" s="28">
         <v>1.4</v>
       </c>
       <c r="K299" s="28">
         <v>2.6</v>
       </c>
       <c r="L299" s="25">
         <v>9.4</v>
       </c>
       <c r="M299" s="25">
         <v>11.4</v>
       </c>
       <c r="N299" s="25">
         <v>3.8</v>
       </c>
       <c r="O299" s="25">
         <v>28.4</v>
       </c>
     </row>
     <row r="300" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B300" s="17"/>
       <c r="C300" s="17" t="s">
         <v>12</v>
       </c>
       <c r="D300" s="25">
         <v>115.9</v>
       </c>
       <c r="E300" s="25">
         <v>117.9</v>
       </c>
       <c r="F300" s="25">
         <v>110.1</v>
       </c>
-      <c r="G300" s="43">
+      <c r="G300" s="41">
         <v>125.9</v>
       </c>
       <c r="H300" s="28">
         <v>1.4</v>
       </c>
       <c r="I300" s="28">
         <v>1.7</v>
       </c>
       <c r="J300" s="28">
         <v>0.5</v>
       </c>
       <c r="K300" s="28">
         <v>3.3661740558292479</v>
       </c>
       <c r="L300" s="25">
         <v>10.8</v>
       </c>
       <c r="M300" s="25">
         <v>13.2</v>
       </c>
       <c r="N300" s="25">
         <v>4</v>
       </c>
       <c r="O300" s="25">
         <v>31.2</v>
       </c>
     </row>
     <row r="301" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B301" s="17"/>
       <c r="C301" s="17" t="s">
         <v>13</v>
       </c>
       <c r="D301" s="25">
         <v>117.2</v>
       </c>
       <c r="E301" s="25">
         <v>119.1</v>
       </c>
       <c r="F301" s="25">
         <v>111.8</v>
       </c>
-      <c r="G301" s="43">
+      <c r="G301" s="41">
         <v>127</v>
       </c>
       <c r="H301" s="28">
         <v>1.0999999999999943</v>
       </c>
       <c r="I301" s="28">
         <v>1</v>
       </c>
       <c r="J301" s="28">
         <v>1.5</v>
       </c>
       <c r="K301" s="28">
         <v>0.8</v>
       </c>
       <c r="L301" s="25">
         <v>12.099999999999994</v>
       </c>
       <c r="M301" s="25">
         <v>14.5</v>
       </c>
       <c r="N301" s="25">
         <v>5.2999999999999972</v>
       </c>
       <c r="O301" s="25">
         <v>30.8</v>
       </c>
     </row>
     <row r="302" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B302" s="17"/>
       <c r="C302" s="17" t="s">
         <v>14</v>
       </c>
       <c r="D302" s="25">
         <v>117.7</v>
       </c>
       <c r="E302" s="25">
         <v>119.1</v>
       </c>
       <c r="F302" s="25">
         <v>113.6</v>
       </c>
-      <c r="G302" s="43">
+      <c r="G302" s="41">
         <v>129.30000000000001</v>
       </c>
       <c r="H302" s="28">
         <v>0.4</v>
       </c>
       <c r="I302" s="28">
         <v>0</v>
       </c>
       <c r="J302" s="28">
         <v>1.6</v>
       </c>
       <c r="K302" s="28">
         <v>1.8</v>
       </c>
       <c r="L302" s="25">
         <v>12.3</v>
       </c>
       <c r="M302" s="25">
         <v>14.5</v>
       </c>
       <c r="N302" s="25">
         <v>6.1</v>
       </c>
       <c r="O302" s="25">
         <v>31.2</v>
       </c>
     </row>
     <row r="303" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B303" s="17"/>
       <c r="C303" s="17" t="s">
         <v>15</v>
       </c>
       <c r="D303" s="25">
         <v>117.9</v>
       </c>
       <c r="E303" s="25">
         <v>119</v>
       </c>
       <c r="F303" s="25">
         <v>114.3</v>
       </c>
-      <c r="G303" s="43">
+      <c r="G303" s="41">
         <v>129.80000000000001</v>
       </c>
       <c r="H303" s="28">
         <v>0.1</v>
       </c>
       <c r="I303" s="28">
         <v>-0.1</v>
       </c>
       <c r="J303" s="28">
         <v>0.6</v>
       </c>
       <c r="K303" s="28">
         <v>0.5</v>
       </c>
       <c r="L303" s="25">
         <v>12.3</v>
       </c>
       <c r="M303" s="25">
         <v>14.3</v>
       </c>
       <c r="N303" s="25">
         <v>6.5</v>
       </c>
       <c r="O303" s="25">
         <v>30.5</v>
       </c>
     </row>
     <row r="304" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B304" s="17"/>
       <c r="C304" s="17" t="s">
         <v>16</v>
       </c>
       <c r="D304" s="25">
         <v>119.6</v>
       </c>
       <c r="E304" s="25">
         <v>121.4</v>
       </c>
       <c r="F304" s="25">
         <v>114.2</v>
       </c>
-      <c r="G304" s="43">
+      <c r="G304" s="41">
         <v>133.69999999999999</v>
       </c>
       <c r="H304" s="28">
         <v>1.5</v>
       </c>
       <c r="I304" s="28">
         <v>2</v>
       </c>
       <c r="J304" s="28">
         <v>-0.1</v>
       </c>
       <c r="K304" s="28">
         <v>3</v>
       </c>
       <c r="L304" s="25">
         <v>12.8</v>
       </c>
       <c r="M304" s="25">
         <v>14.9</v>
       </c>
       <c r="N304" s="25">
         <v>6.9</v>
       </c>
       <c r="O304" s="25">
         <v>30.2</v>
       </c>
     </row>
     <row r="305" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B305" s="17"/>
       <c r="C305" s="17" t="s">
         <v>17</v>
       </c>
       <c r="D305" s="25">
         <v>121.2</v>
       </c>
       <c r="E305" s="25">
         <v>123.5</v>
       </c>
       <c r="F305" s="25">
         <v>114.3</v>
       </c>
-      <c r="G305" s="43">
+      <c r="G305" s="41">
         <v>134.9</v>
       </c>
       <c r="H305" s="28">
         <v>1.3</v>
       </c>
       <c r="I305" s="28">
         <v>1.7</v>
       </c>
       <c r="J305" s="28">
         <v>0.1</v>
       </c>
       <c r="K305" s="28">
         <v>0.9</v>
       </c>
       <c r="L305" s="25">
         <v>13.2</v>
       </c>
       <c r="M305" s="25">
         <v>15.3</v>
       </c>
       <c r="N305" s="25">
         <v>7.2</v>
       </c>
       <c r="O305" s="25">
         <v>23.6</v>
       </c>
     </row>
     <row r="306" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B306" s="17"/>
       <c r="C306" s="17" t="s">
         <v>18</v>
       </c>
       <c r="D306" s="25">
         <v>122.3</v>
       </c>
       <c r="E306" s="25">
         <v>124.9</v>
       </c>
       <c r="F306" s="25">
         <v>114.7</v>
       </c>
-      <c r="G306" s="43">
+      <c r="G306" s="41">
         <v>136.30000000000001</v>
       </c>
       <c r="H306" s="28">
         <v>0.9</v>
       </c>
       <c r="I306" s="28">
         <v>1.1000000000000001</v>
       </c>
       <c r="J306" s="28">
         <v>0.3</v>
       </c>
       <c r="K306" s="28">
         <v>1</v>
       </c>
       <c r="L306" s="25">
         <v>13.5</v>
       </c>
       <c r="M306" s="25">
         <v>15.6</v>
       </c>
       <c r="N306" s="25">
         <v>7.5</v>
       </c>
       <c r="O306" s="25">
         <v>24.2</v>
       </c>
     </row>
     <row r="307" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B307" s="18"/>
       <c r="C307" s="18" t="s">
         <v>19</v>
       </c>
       <c r="D307" s="29">
         <v>121.9</v>
       </c>
       <c r="E307" s="29">
         <v>124.1</v>
       </c>
       <c r="F307" s="29">
         <v>115.4</v>
       </c>
-      <c r="G307" s="44">
+      <c r="G307" s="42">
         <v>132.69999999999999</v>
       </c>
       <c r="H307" s="30">
         <v>-0.3</v>
       </c>
       <c r="I307" s="30">
         <v>-0.7</v>
       </c>
       <c r="J307" s="30">
         <v>0.7</v>
       </c>
       <c r="K307" s="30">
         <v>-2.6</v>
       </c>
       <c r="L307" s="29">
         <v>13.1</v>
       </c>
       <c r="M307" s="29">
         <v>14.9</v>
       </c>
       <c r="N307" s="29">
         <v>7.9</v>
       </c>
       <c r="O307" s="29">
         <v>19.899999999999999</v>
       </c>
     </row>
     <row r="308" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B308" s="17">
         <v>2023</v>
       </c>
       <c r="C308" s="17" t="s">
         <v>8</v>
       </c>
       <c r="D308" s="25">
         <v>121.9</v>
       </c>
       <c r="E308" s="25">
         <v>123.6</v>
       </c>
       <c r="F308" s="25">
         <v>116.7</v>
       </c>
-      <c r="G308" s="43">
+      <c r="G308" s="41">
         <v>133.80000000000001</v>
       </c>
       <c r="H308" s="28">
         <v>0</v>
       </c>
       <c r="I308" s="28">
         <v>-0.4</v>
       </c>
       <c r="J308" s="28">
         <v>1.1000000000000001</v>
       </c>
       <c r="K308" s="28">
         <v>0.9</v>
       </c>
       <c r="L308" s="25">
         <v>12.7</v>
       </c>
       <c r="M308" s="25">
         <v>13.9</v>
       </c>
       <c r="N308" s="25">
         <v>9.3000000000000007</v>
       </c>
       <c r="O308" s="25">
         <v>19.2</v>
       </c>
     </row>
     <row r="309" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B309" s="17"/>
       <c r="C309" s="17" t="s">
         <v>9</v>
       </c>
       <c r="D309" s="25">
         <v>122.1</v>
       </c>
       <c r="E309" s="25">
         <v>123.9</v>
       </c>
       <c r="F309" s="25">
         <v>116.8</v>
       </c>
-      <c r="G309" s="43">
+      <c r="G309" s="41">
         <v>134.69999999999999</v>
       </c>
       <c r="H309" s="28">
         <v>0.2</v>
       </c>
       <c r="I309" s="28">
         <v>0.3</v>
       </c>
       <c r="J309" s="28">
         <v>0.1</v>
       </c>
       <c r="K309" s="28">
         <v>0.67264573991030829</v>
       </c>
       <c r="L309" s="25">
         <v>12</v>
       </c>
       <c r="M309" s="25">
         <v>13.1</v>
       </c>
       <c r="N309" s="25">
         <v>8.9</v>
       </c>
       <c r="O309" s="25">
         <v>17.8</v>
       </c>
     </row>
     <row r="310" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B310" s="17"/>
       <c r="C310" s="17" t="s">
         <v>10</v>
       </c>
       <c r="D310" s="25">
         <v>123.2</v>
       </c>
       <c r="E310" s="25">
         <v>125.3</v>
       </c>
       <c r="F310" s="25">
         <v>117</v>
       </c>
-      <c r="G310" s="43">
+      <c r="G310" s="41">
         <v>135.4</v>
       </c>
       <c r="H310" s="28">
         <v>0.9</v>
       </c>
       <c r="I310" s="28">
         <v>1.1000000000000001</v>
       </c>
       <c r="J310" s="28">
         <v>0.2</v>
       </c>
       <c r="K310" s="28">
         <v>0.6</v>
       </c>
       <c r="L310" s="25">
         <v>10.7</v>
       </c>
       <c r="M310" s="25">
         <v>11.5</v>
       </c>
       <c r="N310" s="25">
         <v>8.1999999999999993</v>
       </c>
       <c r="O310" s="25">
         <v>14</v>
       </c>
     </row>
     <row r="311" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B311" s="17"/>
       <c r="C311" s="17" t="s">
         <v>11</v>
       </c>
       <c r="D311" s="25">
         <v>124.4</v>
       </c>
       <c r="E311" s="25">
         <v>126.6</v>
       </c>
       <c r="F311" s="25">
         <v>118.2</v>
       </c>
-      <c r="G311" s="43">
+      <c r="G311" s="41">
         <v>132.9</v>
       </c>
       <c r="H311" s="28">
         <v>1</v>
       </c>
       <c r="I311" s="28">
         <v>1</v>
       </c>
       <c r="J311" s="28">
         <v>1</v>
       </c>
       <c r="K311" s="28">
         <v>-1.8</v>
       </c>
       <c r="L311" s="25">
         <v>8.9</v>
       </c>
       <c r="M311" s="25">
         <v>9.1999999999999993</v>
       </c>
       <c r="N311" s="25">
         <v>7.8</v>
       </c>
       <c r="O311" s="25">
         <v>9.1999999999999993</v>
       </c>
     </row>
     <row r="312" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B312" s="17"/>
       <c r="C312" s="17" t="s">
         <v>12</v>
       </c>
       <c r="D312" s="25">
         <v>125</v>
       </c>
       <c r="E312" s="25">
         <v>127.1</v>
       </c>
       <c r="F312" s="25">
         <v>119</v>
       </c>
-      <c r="G312" s="43">
+      <c r="G312" s="41">
         <v>130.6</v>
       </c>
       <c r="H312" s="28">
         <v>0.5</v>
       </c>
       <c r="I312" s="28">
         <v>0.4</v>
       </c>
       <c r="J312" s="28">
         <v>0.7</v>
       </c>
       <c r="K312" s="28">
         <v>-1.7306245297216094</v>
       </c>
       <c r="L312" s="25">
         <v>7.9</v>
       </c>
       <c r="M312" s="25">
         <v>7.8</v>
       </c>
       <c r="N312" s="25">
         <v>8</v>
       </c>
       <c r="O312" s="25">
         <v>3.8</v>
       </c>
     </row>
     <row r="313" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B313" s="17"/>
       <c r="C313" s="17" t="s">
         <v>13</v>
       </c>
       <c r="D313" s="25">
         <v>126.1</v>
       </c>
       <c r="E313" s="25">
         <v>128.1</v>
       </c>
       <c r="F313" s="25">
         <v>120.4</v>
       </c>
-      <c r="G313" s="43">
+      <c r="G313" s="41">
         <v>132.30000000000001</v>
       </c>
       <c r="H313" s="28">
         <v>0.9</v>
       </c>
       <c r="I313" s="28">
         <v>0.8</v>
       </c>
       <c r="J313" s="28">
         <v>1.2</v>
       </c>
       <c r="K313" s="28">
         <v>1.2</v>
       </c>
       <c r="L313" s="25">
         <v>7.6</v>
       </c>
       <c r="M313" s="25">
         <v>7.6</v>
       </c>
       <c r="N313" s="25">
         <v>7.6</v>
       </c>
       <c r="O313" s="25">
         <v>4.3</v>
       </c>
     </row>
     <row r="314" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B314" s="17"/>
       <c r="C314" s="17" t="s">
         <v>14</v>
       </c>
       <c r="D314" s="25">
         <v>126.4</v>
       </c>
       <c r="E314" s="25">
         <v>127.7</v>
       </c>
       <c r="F314" s="25">
         <v>122.4</v>
       </c>
-      <c r="G314" s="43">
+      <c r="G314" s="41">
         <v>134</v>
       </c>
       <c r="H314" s="28">
         <v>0.2</v>
       </c>
       <c r="I314" s="28">
         <v>-0.3</v>
       </c>
       <c r="J314" s="28">
         <v>1.7</v>
       </c>
       <c r="K314" s="28">
         <v>1.2</v>
       </c>
       <c r="L314" s="25">
         <v>7.3</v>
       </c>
       <c r="M314" s="25">
         <v>7.2</v>
       </c>
       <c r="N314" s="25">
         <v>7.7</v>
       </c>
       <c r="O314" s="25">
         <v>3.7</v>
       </c>
     </row>
     <row r="315" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B315" s="17"/>
       <c r="C315" s="17" t="s">
         <v>15</v>
       </c>
       <c r="D315" s="25">
         <v>127</v>
       </c>
       <c r="E315" s="25">
         <v>128.19999999999999</v>
       </c>
       <c r="F315" s="25">
         <v>123.3</v>
       </c>
-      <c r="G315" s="43">
+      <c r="G315" s="41">
         <v>135</v>
       </c>
       <c r="H315" s="28">
         <v>0.5</v>
       </c>
       <c r="I315" s="28">
         <v>0.4</v>
       </c>
       <c r="J315" s="28">
         <v>0.7</v>
       </c>
       <c r="K315" s="28">
         <v>0.8</v>
       </c>
       <c r="L315" s="25">
         <v>7.8</v>
       </c>
       <c r="M315" s="25">
         <v>7.7</v>
       </c>
       <c r="N315" s="25">
         <v>7.8</v>
       </c>
       <c r="O315" s="25">
         <v>4</v>
       </c>
     </row>
     <row r="316" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B316" s="17"/>
       <c r="C316" s="17" t="s">
         <v>16</v>
       </c>
       <c r="D316" s="25">
         <v>127.6</v>
       </c>
       <c r="E316" s="25">
         <v>129.5</v>
       </c>
       <c r="F316" s="25">
         <v>122.1</v>
       </c>
-      <c r="G316" s="43">
+      <c r="G316" s="41">
         <v>135.69999999999999</v>
       </c>
       <c r="H316" s="28">
         <v>0.5</v>
       </c>
       <c r="I316" s="28">
         <v>1</v>
       </c>
       <c r="J316" s="28">
         <v>-1</v>
       </c>
       <c r="K316" s="28">
         <v>0.6</v>
       </c>
       <c r="L316" s="25">
         <v>6.7</v>
       </c>
       <c r="M316" s="25">
         <v>6.7</v>
       </c>
       <c r="N316" s="25">
         <v>6.9</v>
       </c>
       <c r="O316" s="25">
         <v>1.5</v>
       </c>
     </row>
     <row r="317" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B317" s="17"/>
       <c r="C317" s="17" t="s">
         <v>17</v>
       </c>
       <c r="D317" s="25">
         <v>128.19999999999999</v>
       </c>
       <c r="E317" s="25">
         <v>130.1</v>
       </c>
       <c r="F317" s="25">
         <v>122.6</v>
       </c>
-      <c r="G317" s="43">
+      <c r="G317" s="41">
         <v>134.19999999999999</v>
       </c>
       <c r="H317" s="28">
         <v>0.5</v>
       </c>
       <c r="I317" s="28">
         <v>0.5</v>
       </c>
       <c r="J317" s="28">
         <v>0.4</v>
       </c>
       <c r="K317" s="28">
         <v>-1.1000000000000001</v>
       </c>
       <c r="L317" s="25">
         <v>5.8</v>
       </c>
       <c r="M317" s="25">
         <v>5.4</v>
       </c>
       <c r="N317" s="25">
         <v>7.3</v>
       </c>
       <c r="O317" s="25">
         <v>-0.5</v>
       </c>
     </row>
     <row r="318" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B318" s="17"/>
       <c r="C318" s="17" t="s">
         <v>18</v>
       </c>
       <c r="D318" s="25">
         <v>128.1</v>
       </c>
       <c r="E318" s="25">
         <v>129.9</v>
       </c>
       <c r="F318" s="25">
         <v>122.6</v>
       </c>
-      <c r="G318" s="43">
+      <c r="G318" s="41">
         <v>134.30000000000001</v>
       </c>
       <c r="H318" s="28">
         <v>-0.1</v>
       </c>
       <c r="I318" s="28">
         <v>-0.2</v>
       </c>
       <c r="J318" s="28">
         <v>0</v>
       </c>
       <c r="K318" s="28">
         <v>0.1</v>
       </c>
       <c r="L318" s="25">
         <v>4.7</v>
       </c>
       <c r="M318" s="25">
         <v>4</v>
       </c>
       <c r="N318" s="25">
         <v>6.9</v>
       </c>
       <c r="O318" s="25">
         <v>-1.4</v>
       </c>
     </row>
     <row r="319" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B319" s="18"/>
       <c r="C319" s="18" t="s">
         <v>19</v>
       </c>
       <c r="D319" s="29">
         <v>127.4</v>
       </c>
       <c r="E319" s="29">
         <v>128.9</v>
       </c>
       <c r="F319" s="29">
         <v>122.7</v>
       </c>
-      <c r="G319" s="44">
+      <c r="G319" s="42">
         <v>133.5</v>
       </c>
       <c r="H319" s="30">
         <v>-0.5</v>
       </c>
       <c r="I319" s="30">
         <v>-0.7</v>
       </c>
       <c r="J319" s="30">
         <v>0.1</v>
       </c>
       <c r="K319" s="30">
         <v>-0.6</v>
       </c>
       <c r="L319" s="29">
         <v>4.5</v>
       </c>
       <c r="M319" s="29">
         <v>3.9</v>
       </c>
       <c r="N319" s="29">
         <v>6.3</v>
       </c>
       <c r="O319" s="29">
         <v>0.7</v>
       </c>
     </row>
     <row r="320" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B320" s="17">
         <v>2024</v>
       </c>
       <c r="C320" s="17" t="s">
         <v>8</v>
       </c>
       <c r="D320" s="25">
         <v>126.9</v>
       </c>
       <c r="E320" s="25">
         <v>127.9</v>
       </c>
       <c r="F320" s="25">
         <v>123.6</v>
       </c>
-      <c r="G320" s="43">
+      <c r="G320" s="41">
         <v>132.30000000000001</v>
       </c>
       <c r="H320" s="28">
         <v>-0.4</v>
       </c>
       <c r="I320" s="28">
         <v>-0.8</v>
       </c>
       <c r="J320" s="28">
         <v>7</v>
       </c>
       <c r="K320" s="28">
         <v>-0.9</v>
       </c>
       <c r="L320" s="25">
         <v>4.0999999999999996</v>
       </c>
       <c r="M320" s="25">
         <v>3.5</v>
       </c>
       <c r="N320" s="25">
         <v>5.9</v>
       </c>
       <c r="O320" s="25">
         <v>-1.0900000000000001</v>
@@ -14474,839 +14465,927 @@
       <c r="H324" s="28">
         <v>0.1</v>
       </c>
       <c r="I324" s="28">
         <v>-0.1</v>
       </c>
       <c r="J324" s="28">
         <v>0.5</v>
       </c>
       <c r="K324" s="28">
         <v>-4.0999999999999996</v>
       </c>
       <c r="L324" s="25">
         <v>3.3</v>
       </c>
       <c r="M324" s="25">
         <v>2.2999999999999998</v>
       </c>
       <c r="N324" s="25">
         <v>6.1</v>
       </c>
       <c r="O324" s="25">
         <v>-4.5999999999999996</v>
       </c>
     </row>
-    <row r="325" spans="2:17" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C325" s="46" t="s">
+    <row r="325" spans="2:17" s="43" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B325" s="44"/>
+      <c r="C325" s="44" t="s">
         <v>13</v>
       </c>
-      <c r="D325" s="47">
+      <c r="D325" s="45">
         <v>129.19999999999999</v>
       </c>
-      <c r="E325" s="47">
+      <c r="E325" s="45">
         <v>129.80000000000001</v>
       </c>
-      <c r="F325" s="47">
+      <c r="F325" s="45">
         <v>127</v>
       </c>
-      <c r="G325" s="47">
+      <c r="G325" s="45">
         <v>125.9</v>
       </c>
-      <c r="H325" s="48">
+      <c r="H325" s="46">
         <v>0</v>
       </c>
-      <c r="I325" s="48">
+      <c r="I325" s="46">
         <v>-0.2</v>
       </c>
-      <c r="J325" s="48">
+      <c r="J325" s="46">
         <v>0.6</v>
       </c>
-      <c r="K325" s="48">
+      <c r="K325" s="46">
         <v>0.9</v>
       </c>
-      <c r="L325" s="47">
+      <c r="L325" s="45">
         <v>2.4</v>
       </c>
-      <c r="M325" s="47">
+      <c r="M325" s="45">
         <v>1.3</v>
       </c>
-      <c r="N325" s="47">
+      <c r="N325" s="45">
         <v>5.5</v>
       </c>
-      <c r="O325" s="47">
+      <c r="O325" s="45">
         <v>-4.9000000000000004</v>
       </c>
     </row>
-    <row r="326" spans="2:17" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C326" s="46" t="s">
+    <row r="326" spans="2:17" s="43" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B326" s="44"/>
+      <c r="C326" s="44" t="s">
         <v>14</v>
       </c>
-      <c r="D326" s="47">
+      <c r="D326" s="45">
         <v>129.19999999999999</v>
       </c>
-      <c r="E326" s="47">
+      <c r="E326" s="45">
         <v>128.9</v>
       </c>
-      <c r="F326" s="47">
+      <c r="F326" s="45">
         <v>129.5</v>
       </c>
-      <c r="G326" s="47">
+      <c r="G326" s="45">
         <v>128</v>
       </c>
-      <c r="H326" s="48">
+      <c r="H326" s="46">
         <v>0</v>
       </c>
-      <c r="I326" s="48">
+      <c r="I326" s="46">
         <v>-0.7</v>
       </c>
-      <c r="J326" s="48">
+      <c r="J326" s="46">
         <v>1.9</v>
       </c>
-      <c r="K326" s="48">
+      <c r="K326" s="46">
         <v>1.6</v>
       </c>
-      <c r="L326" s="47">
+      <c r="L326" s="45">
         <v>2.2000000000000002</v>
       </c>
-      <c r="M326" s="47">
+      <c r="M326" s="45">
         <v>1</v>
       </c>
-      <c r="N326" s="47">
+      <c r="N326" s="45">
         <v>5.8</v>
       </c>
-      <c r="O326" s="47">
+      <c r="O326" s="45">
         <v>-4.5</v>
       </c>
     </row>
-    <row r="327" spans="2:17" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C327" s="46" t="s">
+    <row r="327" spans="2:17" s="43" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B327" s="44"/>
+      <c r="C327" s="44" t="s">
         <v>15</v>
       </c>
-      <c r="D327" s="47">
+      <c r="D327" s="45">
         <v>129.19999999999999</v>
       </c>
-      <c r="E327" s="47">
+      <c r="E327" s="45">
         <v>128.6</v>
       </c>
-      <c r="F327" s="47">
+      <c r="F327" s="45">
         <v>130.5</v>
       </c>
-      <c r="G327" s="47">
+      <c r="G327" s="45">
         <v>127.4</v>
       </c>
-      <c r="H327" s="48">
+      <c r="H327" s="46">
         <v>0</v>
       </c>
-      <c r="I327" s="48">
+      <c r="I327" s="46">
         <v>-0.3</v>
       </c>
-      <c r="J327" s="48">
+      <c r="J327" s="46">
         <v>0.8</v>
       </c>
-      <c r="K327" s="48">
+      <c r="K327" s="46">
         <v>-0.5</v>
       </c>
-      <c r="L327" s="47">
+      <c r="L327" s="45">
         <v>1.8</v>
       </c>
-      <c r="M327" s="47">
+      <c r="M327" s="45">
         <v>0.3</v>
       </c>
-      <c r="N327" s="47">
+      <c r="N327" s="45">
         <v>5.9</v>
       </c>
-      <c r="O327" s="47">
+      <c r="O327" s="45">
         <v>-5.7</v>
       </c>
     </row>
-    <row r="328" spans="2:17" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C328" s="46" t="s">
+    <row r="328" spans="2:17" s="43" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B328" s="44"/>
+      <c r="C328" s="44" t="s">
         <v>16</v>
       </c>
-      <c r="D328" s="47">
+      <c r="D328" s="45">
         <v>129.69999999999999</v>
       </c>
-      <c r="E328" s="47">
+      <c r="E328" s="45">
         <v>129.5</v>
       </c>
-      <c r="F328" s="47">
+      <c r="F328" s="45">
         <v>129.6</v>
       </c>
-      <c r="G328" s="47">
+      <c r="G328" s="45">
         <v>127.2</v>
       </c>
-      <c r="H328" s="48">
+      <c r="H328" s="46">
         <v>0.4</v>
       </c>
-      <c r="I328" s="48">
+      <c r="I328" s="46">
         <v>0.7</v>
       </c>
-      <c r="J328" s="48">
+      <c r="J328" s="46">
         <v>-0.7</v>
       </c>
-      <c r="K328" s="48">
+      <c r="K328" s="46">
         <v>-0.2</v>
       </c>
-      <c r="L328" s="47">
+      <c r="L328" s="45">
         <v>1.6</v>
       </c>
-      <c r="M328" s="47">
+      <c r="M328" s="45">
         <v>0</v>
       </c>
-      <c r="N328" s="47">
+      <c r="N328" s="45">
         <v>6.2</v>
       </c>
-      <c r="O328" s="47">
+      <c r="O328" s="45">
         <v>-6.4</v>
       </c>
     </row>
-    <row r="329" spans="2:17" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C329" s="49" t="s">
+    <row r="329" spans="2:17" s="43" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B329" s="44"/>
+      <c r="C329" s="47" t="s">
         <v>17</v>
       </c>
-      <c r="D329" s="47">
+      <c r="D329" s="45">
         <v>131.1</v>
       </c>
-      <c r="E329" s="47">
+      <c r="E329" s="45">
         <v>131.69999999999999</v>
       </c>
-      <c r="F329" s="47">
+      <c r="F329" s="45">
         <v>128.9</v>
       </c>
-      <c r="G329" s="47">
+      <c r="G329" s="45">
         <v>127.7</v>
       </c>
-      <c r="H329" s="48">
+      <c r="H329" s="46">
         <v>1.1000000000000001</v>
       </c>
-      <c r="I329" s="48">
+      <c r="I329" s="46">
         <v>1.7</v>
       </c>
-      <c r="J329" s="48">
+      <c r="J329" s="46">
         <v>-0.5</v>
       </c>
-      <c r="K329" s="48">
+      <c r="K329" s="46">
         <v>0.4</v>
       </c>
-      <c r="L329" s="47">
+      <c r="L329" s="45">
         <v>2.2000000000000002</v>
       </c>
-      <c r="M329" s="47">
+      <c r="M329" s="45">
         <v>1.2</v>
       </c>
-      <c r="N329" s="47">
+      <c r="N329" s="45">
         <v>5.0999999999999996</v>
       </c>
-      <c r="O329" s="47">
+      <c r="O329" s="45">
         <v>-4.9000000000000004</v>
       </c>
     </row>
-    <row r="330" spans="2:17" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C330" s="49" t="s">
+    <row r="330" spans="2:17" s="43" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B330" s="44"/>
+      <c r="C330" s="47" t="s">
         <v>18</v>
       </c>
-      <c r="D330" s="47">
+      <c r="D330" s="45">
         <v>131.6</v>
       </c>
-      <c r="E330" s="47">
+      <c r="E330" s="45">
         <v>132.5</v>
       </c>
-      <c r="F330" s="47">
+      <c r="F330" s="45">
         <v>128.80000000000001</v>
       </c>
-      <c r="G330" s="47">
+      <c r="G330" s="45">
         <v>127.4</v>
       </c>
-      <c r="H330" s="48">
+      <c r="H330" s="46">
         <v>0.4</v>
       </c>
-      <c r="I330" s="48">
+      <c r="I330" s="46">
         <v>0.6</v>
       </c>
-      <c r="J330" s="48">
+      <c r="J330" s="46">
         <v>-0.1</v>
       </c>
-      <c r="K330" s="48">
+      <c r="K330" s="46">
         <v>-0.2</v>
       </c>
-      <c r="L330" s="47">
+      <c r="L330" s="45">
         <v>2.8</v>
       </c>
-      <c r="M330" s="47">
+      <c r="M330" s="45">
         <v>2</v>
       </c>
-      <c r="N330" s="47">
+      <c r="N330" s="45">
         <v>5.0999999999999996</v>
       </c>
-      <c r="O330" s="47">
+      <c r="O330" s="45">
         <v>-5.3</v>
       </c>
     </row>
     <row r="331" spans="2:17" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B331" s="18"/>
       <c r="C331" s="18" t="s">
         <v>19</v>
       </c>
       <c r="D331" s="29">
         <v>131.80000000000001</v>
       </c>
       <c r="E331" s="29">
         <v>132.4</v>
       </c>
       <c r="F331" s="29">
         <v>129.5</v>
       </c>
       <c r="G331" s="29">
         <v>130.5</v>
       </c>
       <c r="H331" s="30">
         <v>0.1</v>
       </c>
       <c r="I331" s="30">
         <v>-0.1</v>
       </c>
       <c r="J331" s="30">
         <v>0.6</v>
       </c>
       <c r="K331" s="30">
         <v>2.4</v>
       </c>
       <c r="L331" s="29">
         <v>3.4</v>
       </c>
       <c r="M331" s="29">
         <v>2.7</v>
       </c>
       <c r="N331" s="29">
         <v>5.6</v>
       </c>
       <c r="O331" s="29">
         <v>-2.2999999999999998</v>
       </c>
     </row>
-    <row r="332" spans="2:17" s="45" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B332" s="46">
+    <row r="332" spans="2:17" s="43" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B332" s="44">
         <v>2025</v>
       </c>
-      <c r="C332" s="46" t="s">
+      <c r="C332" s="44" t="s">
         <v>8</v>
       </c>
       <c r="D332" s="25">
         <v>132</v>
       </c>
       <c r="E332" s="25">
         <v>132</v>
       </c>
       <c r="F332" s="25">
         <v>131.30000000000001</v>
       </c>
-      <c r="G332" s="43">
+      <c r="G332" s="41">
         <v>132.6</v>
       </c>
       <c r="H332" s="28">
         <v>0.1</v>
       </c>
       <c r="I332" s="28">
         <v>-0.3</v>
       </c>
       <c r="J332" s="28">
         <v>1.4</v>
       </c>
       <c r="K332" s="26">
         <v>1.6</v>
       </c>
       <c r="L332" s="25">
         <v>4</v>
       </c>
       <c r="M332" s="25">
         <v>3.2</v>
       </c>
       <c r="N332" s="25">
         <v>6.3</v>
       </c>
       <c r="O332" s="27">
         <v>0.1</v>
       </c>
-      <c r="P332" s="53"/>
-[...4 lines deleted...]
-      <c r="C333" s="46" t="s">
+      <c r="P332" s="51"/>
+      <c r="Q332" s="54"/>
+    </row>
+    <row r="333" spans="2:17" s="43" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B333" s="44"/>
+      <c r="C333" s="44" t="s">
         <v>9</v>
       </c>
       <c r="D333" s="25">
         <v>131.80000000000001</v>
       </c>
       <c r="E333" s="25">
         <v>131.80000000000001</v>
       </c>
       <c r="F333" s="25">
         <v>131.30000000000001</v>
       </c>
-      <c r="G333" s="43">
+      <c r="G333" s="41">
         <v>133</v>
       </c>
       <c r="H333" s="28">
         <v>-0.1</v>
       </c>
       <c r="I333" s="28">
         <v>-0.2</v>
       </c>
       <c r="J333" s="28">
         <v>0</v>
       </c>
       <c r="K333" s="26">
         <v>0.3</v>
       </c>
       <c r="L333" s="25">
         <v>3.7</v>
       </c>
       <c r="M333" s="25">
         <v>3</v>
       </c>
       <c r="N333" s="25">
         <v>5.7</v>
       </c>
       <c r="O333" s="27">
         <v>0.4</v>
       </c>
-      <c r="P333" s="53"/>
-[...4 lines deleted...]
-      <c r="C334" s="46" t="s">
+      <c r="P333" s="51"/>
+      <c r="Q333" s="54"/>
+    </row>
+    <row r="334" spans="2:17" s="43" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B334" s="44"/>
+      <c r="C334" s="44" t="s">
         <v>10</v>
       </c>
       <c r="D334" s="25">
         <v>132.30000000000001</v>
       </c>
       <c r="E334" s="25">
         <v>132.19999999999999</v>
       </c>
       <c r="F334" s="25">
         <v>132.19999999999999</v>
       </c>
-      <c r="G334" s="43">
+      <c r="G334" s="41">
         <v>132.69999999999999</v>
       </c>
       <c r="H334" s="28">
         <v>0.4</v>
       </c>
       <c r="I334" s="28">
         <v>0.3</v>
       </c>
       <c r="J334" s="28">
         <v>0.7</v>
       </c>
       <c r="K334" s="26">
         <v>-0.3</v>
       </c>
       <c r="L334" s="25">
         <v>3.2</v>
       </c>
       <c r="M334" s="25">
         <v>2.2000000000000002</v>
       </c>
       <c r="N334" s="25">
         <v>6</v>
       </c>
       <c r="O334" s="27">
         <v>0</v>
       </c>
-      <c r="P334" s="53"/>
-[...4 lines deleted...]
-      <c r="C335" s="46" t="s">
+      <c r="P334" s="51"/>
+      <c r="Q334" s="54"/>
+    </row>
+    <row r="335" spans="2:17" s="43" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B335" s="44"/>
+      <c r="C335" s="44" t="s">
         <v>11</v>
       </c>
       <c r="D335" s="25">
         <v>133.19999999999999</v>
       </c>
       <c r="E335" s="25">
         <v>133</v>
       </c>
       <c r="F335" s="25">
         <v>133.30000000000001</v>
       </c>
-      <c r="G335" s="43">
+      <c r="G335" s="41">
         <v>129.69999999999999</v>
       </c>
       <c r="H335" s="28">
         <v>0.6</v>
       </c>
       <c r="I335" s="28">
         <v>0.6</v>
       </c>
       <c r="J335" s="28">
         <v>0.8</v>
       </c>
       <c r="K335" s="26">
         <v>-2.2999999999999998</v>
       </c>
       <c r="L335" s="25">
         <v>3.2</v>
       </c>
       <c r="M335" s="25">
         <v>2.1</v>
       </c>
       <c r="N335" s="25">
         <v>6.1</v>
       </c>
       <c r="O335" s="27">
         <v>-0.4</v>
       </c>
-      <c r="P335" s="53"/>
-[...4 lines deleted...]
-      <c r="C336" s="46" t="s">
+      <c r="P335" s="51"/>
+      <c r="Q335" s="54"/>
+    </row>
+    <row r="336" spans="2:17" s="43" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B336" s="44"/>
+      <c r="C336" s="44" t="s">
         <v>12</v>
       </c>
       <c r="D336" s="25">
         <v>133.6</v>
       </c>
       <c r="E336" s="25">
         <v>133.30000000000001</v>
       </c>
       <c r="F336" s="25">
         <v>134.1</v>
       </c>
-      <c r="G336" s="43">
+      <c r="G336" s="41">
         <v>127.4</v>
       </c>
       <c r="H336" s="28">
         <v>0.3</v>
       </c>
       <c r="I336" s="28">
         <v>0.2</v>
       </c>
       <c r="J336" s="28">
         <v>0.6</v>
       </c>
       <c r="K336" s="26">
         <v>-1.8</v>
       </c>
       <c r="L336" s="25">
         <v>3.5</v>
       </c>
       <c r="M336" s="25">
         <v>2.5</v>
       </c>
       <c r="N336" s="25">
         <v>6.2</v>
       </c>
       <c r="O336" s="27">
         <v>2</v>
       </c>
-      <c r="P336" s="53"/>
-[...4 lines deleted...]
-      <c r="C337" s="46" t="s">
+      <c r="P336" s="51"/>
+      <c r="Q336" s="54"/>
+    </row>
+    <row r="337" spans="2:17" s="43" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B337" s="44"/>
+      <c r="C337" s="44" t="s">
         <v>13</v>
       </c>
       <c r="D337" s="25">
         <v>133.9</v>
       </c>
       <c r="E337" s="25">
         <v>133.19999999999999</v>
       </c>
       <c r="F337" s="25">
         <v>135.5</v>
       </c>
-      <c r="G337" s="43">
+      <c r="G337" s="41">
         <v>128.9</v>
       </c>
       <c r="H337" s="28">
         <v>0.2</v>
       </c>
       <c r="I337" s="28">
         <v>0</v>
       </c>
       <c r="J337" s="28">
         <v>1</v>
       </c>
       <c r="K337" s="26">
         <v>1.2</v>
       </c>
       <c r="L337" s="25">
         <v>3.7</v>
       </c>
       <c r="M337" s="25">
         <v>2.6</v>
       </c>
       <c r="N337" s="25">
         <v>6.7</v>
       </c>
       <c r="O337" s="27">
         <v>2.2999999999999998</v>
       </c>
-      <c r="P337" s="53"/>
-[...4 lines deleted...]
-      <c r="C338" s="52" t="s">
+      <c r="P337" s="51"/>
+      <c r="Q337" s="55"/>
+    </row>
+    <row r="338" spans="2:17" s="49" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B338" s="50"/>
+      <c r="C338" s="50" t="s">
         <v>14</v>
       </c>
       <c r="D338" s="25">
         <v>134.5</v>
       </c>
       <c r="E338" s="25">
         <v>133.4</v>
       </c>
       <c r="F338" s="25">
         <v>136.9</v>
       </c>
       <c r="G338" s="25">
         <v>129.69999999999999</v>
       </c>
       <c r="H338" s="28">
         <v>0.4</v>
       </c>
       <c r="I338" s="28">
         <v>0.2</v>
       </c>
       <c r="J338" s="28">
         <v>1.1000000000000001</v>
       </c>
       <c r="K338" s="26">
         <v>0.6</v>
       </c>
       <c r="L338" s="25">
         <v>4.0999999999999996</v>
       </c>
       <c r="M338" s="25">
         <v>3.5</v>
       </c>
       <c r="N338" s="25">
         <v>5.7</v>
       </c>
       <c r="O338" s="27">
         <v>1.2</v>
       </c>
-      <c r="P338" s="53"/>
-[...4 lines deleted...]
-      <c r="C339" s="46" t="s">
+      <c r="P338" s="51"/>
+      <c r="Q338" s="56"/>
+    </row>
+    <row r="339" spans="2:17" s="43" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B339" s="44"/>
+      <c r="C339" s="44" t="s">
         <v>15</v>
       </c>
       <c r="D339" s="25">
         <v>134.6</v>
       </c>
       <c r="E339" s="25">
         <v>132.9</v>
       </c>
       <c r="F339" s="25">
         <v>138.80000000000001</v>
       </c>
       <c r="G339" s="25">
         <v>130.1</v>
       </c>
       <c r="H339" s="28">
         <v>0.1</v>
       </c>
       <c r="I339" s="28">
         <v>-0.4</v>
       </c>
       <c r="J339" s="28">
         <v>1.4</v>
       </c>
       <c r="K339" s="26">
         <v>0.3</v>
       </c>
       <c r="L339" s="25">
         <v>4.0999999999999996</v>
       </c>
       <c r="M339" s="25">
         <v>3.4</v>
       </c>
       <c r="N339" s="25">
         <v>6.4</v>
       </c>
       <c r="O339" s="27">
         <v>2.1</v>
       </c>
-      <c r="P339" s="53"/>
-[...4 lines deleted...]
-      <c r="C340" s="46" t="s">
+      <c r="P339" s="51"/>
+      <c r="Q339" s="56"/>
+    </row>
+    <row r="340" spans="2:17" s="43" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B340" s="44"/>
+      <c r="C340" s="44" t="s">
         <v>16</v>
       </c>
       <c r="D340" s="25">
         <v>135.1</v>
       </c>
       <c r="E340" s="25">
         <v>134.1</v>
       </c>
       <c r="F340" s="25">
         <v>137.4</v>
       </c>
       <c r="G340" s="25">
         <v>130.4</v>
       </c>
       <c r="H340" s="28">
         <v>0.4</v>
       </c>
       <c r="I340" s="28">
         <v>0.9</v>
       </c>
       <c r="J340" s="28">
         <v>-1.1000000000000001</v>
       </c>
       <c r="K340" s="26">
         <v>0.3</v>
       </c>
       <c r="L340" s="25">
         <v>4.2</v>
       </c>
       <c r="M340" s="25">
         <v>3.6</v>
       </c>
       <c r="N340" s="25">
         <v>6</v>
       </c>
       <c r="O340" s="27">
         <v>2.5</v>
       </c>
-      <c r="P340" s="53"/>
-[...4 lines deleted...]
-      <c r="C341" s="50" t="s">
+      <c r="P340" s="51"/>
+      <c r="Q340" s="56"/>
+    </row>
+    <row r="341" spans="2:17" s="43" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B341" s="44"/>
+      <c r="C341" s="44" t="s">
         <v>17</v>
       </c>
-      <c r="D341" s="42">
+      <c r="D341" s="25">
         <v>135.9</v>
       </c>
-      <c r="E341" s="42">
+      <c r="E341" s="25">
         <v>135.19999999999999</v>
       </c>
-      <c r="F341" s="42">
+      <c r="F341" s="25">
         <v>137.19999999999999</v>
       </c>
-      <c r="G341" s="40">
+      <c r="G341" s="25">
         <v>130.30000000000001</v>
       </c>
-      <c r="H341" s="41">
+      <c r="H341" s="28">
         <v>0.6</v>
       </c>
-      <c r="I341" s="41">
+      <c r="I341" s="28">
         <v>0.8</v>
       </c>
-      <c r="J341" s="41">
+      <c r="J341" s="28">
         <v>-0.1</v>
       </c>
-      <c r="K341" s="54">
+      <c r="K341" s="26">
         <v>0</v>
       </c>
-      <c r="L341" s="42">
+      <c r="L341" s="25">
         <v>3.6</v>
       </c>
-      <c r="M341" s="42">
+      <c r="M341" s="25">
         <v>2.7</v>
       </c>
-      <c r="N341" s="42">
+      <c r="N341" s="25">
         <v>6.4</v>
       </c>
-      <c r="O341" s="55">
+      <c r="O341" s="27">
         <v>2</v>
       </c>
-      <c r="P341" s="53"/>
-[...3 lines deleted...]
-      <c r="B343" s="12" t="s">
+      <c r="P341" s="51"/>
+      <c r="Q341" s="58"/>
+    </row>
+    <row r="342" spans="2:17" s="43" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B342" s="44"/>
+      <c r="C342" s="44" t="s">
+        <v>18</v>
+      </c>
+      <c r="D342" s="25">
+        <v>136.6</v>
+      </c>
+      <c r="E342" s="25">
+        <v>136.19999999999999</v>
+      </c>
+      <c r="F342" s="25">
+        <v>137.30000000000001</v>
+      </c>
+      <c r="G342" s="25">
+        <v>131.1</v>
+      </c>
+      <c r="H342" s="28">
+        <v>0.6</v>
+      </c>
+      <c r="I342" s="28">
+        <v>0.8</v>
+      </c>
+      <c r="J342" s="28">
+        <v>0</v>
+      </c>
+      <c r="K342" s="26">
+        <v>0.6</v>
+      </c>
+      <c r="L342" s="25">
+        <v>3.8</v>
+      </c>
+      <c r="M342" s="25">
+        <v>2.8</v>
+      </c>
+      <c r="N342" s="25">
+        <v>6.6</v>
+      </c>
+      <c r="O342" s="27">
+        <v>2.9</v>
+      </c>
+      <c r="P342" s="51"/>
+      <c r="Q342" s="58"/>
+    </row>
+    <row r="343" spans="2:17" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B343" s="48"/>
+      <c r="C343" s="48" t="s">
+        <v>19</v>
+      </c>
+      <c r="D343" s="40">
+        <v>136</v>
+      </c>
+      <c r="E343" s="40">
+        <v>135.30000000000001</v>
+      </c>
+      <c r="F343" s="40">
+        <v>137.69999999999999</v>
+      </c>
+      <c r="G343" s="40">
+        <v>130.6</v>
+      </c>
+      <c r="H343" s="70">
+        <v>-0.4</v>
+      </c>
+      <c r="I343" s="70">
+        <v>-0.7</v>
+      </c>
+      <c r="J343" s="70">
+        <v>0.3</v>
+      </c>
+      <c r="K343" s="52">
+        <v>-0.4</v>
+      </c>
+      <c r="L343" s="40">
+        <v>3.3</v>
+      </c>
+      <c r="M343" s="40">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="N343" s="40">
+        <v>6.3</v>
+      </c>
+      <c r="O343" s="53">
+        <v>0.1</v>
+      </c>
+      <c r="P343" s="51"/>
+      <c r="Q343" s="57"/>
+    </row>
+    <row r="345" spans="2:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B345" s="12" t="s">
         <v>23</v>
-      </c>
-[...34 lines deleted...]
-        <v>24</v>
       </c>
       <c r="C345" s="1"/>
       <c r="D345" s="1"/>
       <c r="E345" s="1"/>
       <c r="F345" s="1"/>
       <c r="G345" s="1"/>
       <c r="H345" s="1"/>
       <c r="I345" s="1"/>
       <c r="J345" s="1"/>
       <c r="K345" s="1"/>
       <c r="L345" s="1"/>
       <c r="M345" s="1"/>
       <c r="N345" s="1"/>
       <c r="O345" s="1"/>
+    </row>
+    <row r="346" spans="2:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B346" s="12" t="s">
+        <v>29</v>
+      </c>
+      <c r="C346" s="1"/>
+      <c r="D346" s="1"/>
+      <c r="E346" s="1"/>
+      <c r="F346" s="1"/>
+      <c r="G346" s="1"/>
+      <c r="H346" s="1"/>
+      <c r="I346" s="1"/>
+      <c r="J346" s="1"/>
+      <c r="K346" s="1"/>
+      <c r="L346" s="1"/>
+      <c r="M346" s="1"/>
+      <c r="N346" s="1"/>
+      <c r="O346" s="1"/>
+    </row>
+    <row r="347" spans="2:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B347" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C347" s="1"/>
+      <c r="D347" s="1"/>
+      <c r="E347" s="1"/>
+      <c r="F347" s="1"/>
+      <c r="G347" s="1"/>
+      <c r="H347" s="1"/>
+      <c r="I347" s="1"/>
+      <c r="J347" s="1"/>
+      <c r="K347" s="1"/>
+      <c r="L347" s="1"/>
+      <c r="M347" s="1"/>
+      <c r="N347" s="1"/>
+      <c r="O347" s="1"/>
     </row>
   </sheetData>
   <mergeCells count="11">
     <mergeCell ref="O6:O7"/>
     <mergeCell ref="B5:B7"/>
     <mergeCell ref="C5:C7"/>
     <mergeCell ref="D5:G5"/>
     <mergeCell ref="H5:K5"/>
     <mergeCell ref="L5:O5"/>
     <mergeCell ref="D6:F6"/>
     <mergeCell ref="G6:G7"/>
     <mergeCell ref="H6:J6"/>
     <mergeCell ref="K6:K7"/>
     <mergeCell ref="L6:N6"/>
   </mergeCells>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup paperSize="9" orientation="landscape" horizontalDpi="4294967292" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>