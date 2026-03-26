--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -2,83 +2,83 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24334"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\OES-GES\CIJENE_Metodologija_2026\Statističke tablice_NOVO_Veljača 2026\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\Statistika i istraživanje\BILTEN\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{EECF958B-F8A6-496C-8EB5-81A8B65E0AA2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D4D0ED95-6592-4BB8-8527-19DC7D190412}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="ENG" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="981" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="982" uniqueCount="43">
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Monthly rate of change  (in %)</t>
   </si>
   <si>
     <t>Annual rate of change (in %)</t>
   </si>
   <si>
     <t>Harmonised index of consumer prices (HICP)</t>
   </si>
   <si>
     <t xml:space="preserve">Total </t>
   </si>
   <si>
     <t>Goods</t>
   </si>
   <si>
     <t>Services</t>
   </si>
   <si>
@@ -861,51 +861,51 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="B2:X346"/>
+  <dimension ref="B2:X347"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScale="110" zoomScaleNormal="110" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.1640625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="3.6640625" style="3" customWidth="1"/>
     <col min="2" max="2" width="8.5" style="1" customWidth="1"/>
     <col min="3" max="3" width="12" style="1" customWidth="1"/>
     <col min="4" max="4" width="10.5" style="1" customWidth="1"/>
     <col min="5" max="6" width="10.1640625" style="1" customWidth="1"/>
     <col min="7" max="9" width="10.1640625" style="67" customWidth="1"/>
     <col min="10" max="10" width="10.5" style="3" customWidth="1"/>
     <col min="11" max="12" width="10.1640625" style="3" customWidth="1"/>
     <col min="13" max="15" width="10.1640625" style="69" customWidth="1"/>
     <col min="16" max="16" width="10.5" style="4" customWidth="1"/>
     <col min="17" max="18" width="10.1640625" style="3" customWidth="1"/>
     <col min="19" max="21" width="10.1640625" style="69" customWidth="1"/>
     <col min="22" max="23" width="9.1640625" style="69"/>
     <col min="24" max="16384" width="9.1640625" style="3"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="50" t="s">
         <v>38</v>
       </c>
@@ -21314,144 +21314,206 @@
       </c>
       <c r="O343" s="30">
         <v>0.5</v>
       </c>
       <c r="P343" s="17">
         <v>3.8</v>
       </c>
       <c r="Q343" s="17">
         <v>2</v>
       </c>
       <c r="R343" s="17">
         <v>7.4</v>
       </c>
       <c r="S343" s="17">
         <v>3.6</v>
       </c>
       <c r="T343" s="17">
         <v>1.9</v>
       </c>
       <c r="U343" s="17">
         <v>7.4</v>
       </c>
       <c r="V343" s="80"/>
       <c r="W343" s="74"/>
     </row>
-    <row r="344" spans="2:24" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B344" s="77">
+    <row r="344" spans="2:24" s="52" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B344" s="53">
         <v>2026</v>
       </c>
-      <c r="C344" s="77" t="s">
+      <c r="C344" s="53" t="s">
         <v>9</v>
       </c>
-      <c r="D344" s="78">
+      <c r="D344" s="54">
         <v>101.25</v>
       </c>
-      <c r="E344" s="78">
+      <c r="E344" s="54">
         <v>100.82</v>
       </c>
-      <c r="F344" s="25">
+      <c r="F344" s="54">
         <v>102.13</v>
       </c>
-      <c r="G344" s="25">
+      <c r="G344" s="54">
         <v>101.07</v>
       </c>
-      <c r="H344" s="25">
+      <c r="H344" s="54">
         <v>100.55</v>
       </c>
-      <c r="I344" s="25">
+      <c r="I344" s="54">
         <v>102.13</v>
       </c>
-      <c r="J344" s="35">
+      <c r="J344" s="55">
         <v>0.1</v>
       </c>
-      <c r="K344" s="35">
+      <c r="K344" s="55">
         <v>-0.3</v>
       </c>
-      <c r="L344" s="35">
+      <c r="L344" s="55">
         <v>0.8</v>
       </c>
-      <c r="M344" s="35">
+      <c r="M344" s="55">
         <v>0</v>
       </c>
-      <c r="N344" s="35">
+      <c r="N344" s="55">
         <v>-0.4</v>
       </c>
-      <c r="O344" s="35">
+      <c r="O344" s="55">
         <v>0.8</v>
       </c>
-      <c r="P344" s="26">
+      <c r="P344" s="56">
         <v>3.6</v>
       </c>
-      <c r="Q344" s="26">
+      <c r="Q344" s="56">
         <v>1.9</v>
       </c>
-      <c r="R344" s="26">
+      <c r="R344" s="56">
         <v>7.2</v>
       </c>
-      <c r="S344" s="26">
+      <c r="S344" s="56">
         <v>3.4</v>
       </c>
-      <c r="T344" s="26">
+      <c r="T344" s="56">
         <v>1.5</v>
       </c>
-      <c r="U344" s="26">
+      <c r="U344" s="56">
         <v>7.2</v>
       </c>
-      <c r="V344" s="79"/>
+      <c r="V344" s="80"/>
       <c r="W344" s="74"/>
-      <c r="X344" s="52"/>
     </row>
     <row r="345" spans="2:24" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B345" s="7"/>
-[...18 lines deleted...]
-      <c r="U345" s="65"/>
+      <c r="B345" s="77"/>
+      <c r="C345" s="77" t="s">
+        <v>10</v>
+      </c>
+      <c r="D345" s="78">
+        <v>101.55</v>
+      </c>
+      <c r="E345" s="78">
+        <v>101.04</v>
+      </c>
+      <c r="F345" s="25">
+        <v>102.58</v>
+      </c>
+      <c r="G345" s="25">
+        <v>101.37</v>
+      </c>
+      <c r="H345" s="25">
+        <v>100.77</v>
+      </c>
+      <c r="I345" s="25">
+        <v>102.58</v>
+      </c>
+      <c r="J345" s="35">
+        <v>0.3</v>
+      </c>
+      <c r="K345" s="35">
+        <v>0.2</v>
+      </c>
+      <c r="L345" s="35">
+        <v>0.4</v>
+      </c>
+      <c r="M345" s="35">
+        <v>0.3</v>
+      </c>
+      <c r="N345" s="35">
+        <v>0.2</v>
+      </c>
+      <c r="O345" s="35">
+        <v>0.4</v>
+      </c>
+      <c r="P345" s="26">
+        <v>3.9</v>
+      </c>
+      <c r="Q345" s="26">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="R345" s="26">
+        <v>7.2</v>
+      </c>
+      <c r="S345" s="26">
+        <v>3.7</v>
+      </c>
+      <c r="T345" s="26">
+        <v>1.9</v>
+      </c>
+      <c r="U345" s="26">
+        <v>7.2</v>
+      </c>
+      <c r="V345" s="79"/>
+      <c r="W345" s="74"/>
+      <c r="X345" s="52"/>
     </row>
     <row r="346" spans="2:24" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B346" s="51" t="s">
+      <c r="B346" s="7"/>
+      <c r="C346" s="8"/>
+      <c r="D346" s="9"/>
+      <c r="E346" s="9"/>
+      <c r="F346" s="9"/>
+      <c r="G346" s="65"/>
+      <c r="H346" s="65"/>
+      <c r="I346" s="65"/>
+      <c r="J346" s="9"/>
+      <c r="K346" s="9"/>
+      <c r="L346" s="9"/>
+      <c r="M346" s="65"/>
+      <c r="N346" s="65"/>
+      <c r="O346" s="65"/>
+      <c r="P346" s="10"/>
+      <c r="Q346" s="9"/>
+      <c r="R346" s="9"/>
+      <c r="S346" s="65"/>
+      <c r="T346" s="65"/>
+      <c r="U346" s="65"/>
+    </row>
+    <row r="347" spans="2:24" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B347" s="51" t="s">
         <v>40</v>
       </c>
-      <c r="E346" s="6"/>
-[...1 lines deleted...]
-      <c r="G346" s="66"/>
+      <c r="E347" s="6"/>
+      <c r="F347" s="6"/>
+      <c r="G347" s="66"/>
     </row>
   </sheetData>
   <mergeCells count="12">
     <mergeCell ref="P6:R6"/>
     <mergeCell ref="S6:U6"/>
     <mergeCell ref="T2:U2"/>
     <mergeCell ref="B5:B7"/>
     <mergeCell ref="C5:C7"/>
     <mergeCell ref="D5:I5"/>
     <mergeCell ref="J5:O5"/>
     <mergeCell ref="P5:U5"/>
     <mergeCell ref="D6:F6"/>
     <mergeCell ref="G6:I6"/>
     <mergeCell ref="J6:L6"/>
     <mergeCell ref="M6:O6"/>
   </mergeCells>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup paperSize="9" orientation="landscape" horizontalDpi="4294967292" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <ignoredErrors>
     <ignoredError sqref="B8:B284 B296" numberStoredAsText="1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 