--- v1 (2025-12-14)
+++ v2 (2026-01-25)
@@ -6,51 +6,51 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="L:\GOTOVINA\WEB\2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{04F5A7EF-614B-404A-BF5D-92D7D3478A7C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{20A86E28-DC7B-4D03-9184-6250A28D1470}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Overview of minted euro coins" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Overview of minted euro coins'!$A$1:$N$33</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
@@ -131,54 +131,54 @@
   <si>
     <t>Commemorative coin - Old Town of Varaždin</t>
   </si>
   <si>
     <t xml:space="preserve">Circulation coins in total </t>
   </si>
   <si>
     <t>Mint year</t>
   </si>
   <si>
     <t>An overview of minted circulation euro coins with the national side of the Republic of Croatia, by designation of the year</t>
   </si>
   <si>
     <t>Commemorative coin - Marko Marulić</t>
   </si>
   <si>
     <t>2025.</t>
   </si>
   <si>
     <t>Commemorative coin - 1100th anniversary of the Croatian Kingdom</t>
   </si>
   <si>
     <t>and the coronation of King Tomislav</t>
   </si>
   <si>
-    <t>30 st November 2025</t>
-[...1 lines deleted...]
-  <si>
     <t>Commemorative coin - City of Pula - Arena</t>
+  </si>
+  <si>
+    <t>31 st December 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
     <numFmt numFmtId="165" formatCode="[$-F800]dddd\,\ mmmm\ dd\,\ yyyy"/>
     <numFmt numFmtId="166" formatCode="#,##0_);\(#,##0\)"/>
   </numFmts>
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -640,85 +640,85 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B2:M21"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="M32" sqref="M32"/>
+      <selection activeCell="G38" sqref="G38"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8" defaultRowHeight="12.95" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.42578125" style="1" customWidth="1"/>
     <col min="2" max="2" width="6.85546875" style="1" customWidth="1"/>
     <col min="3" max="3" width="42.85546875" style="1" customWidth="1"/>
     <col min="4" max="4" width="10.140625" style="1" customWidth="1"/>
     <col min="5" max="12" width="11" style="1" customWidth="1"/>
     <col min="13" max="13" width="12.5703125" style="1" customWidth="1"/>
     <col min="14" max="15" width="8" style="1"/>
     <col min="16" max="16" width="12.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="17" max="16384" width="8" style="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:13" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B2" s="15" t="s">
         <v>18</v>
       </c>
       <c r="C2" s="13"/>
       <c r="D2" s="14"/>
       <c r="E2" s="14"/>
       <c r="F2" s="14"/>
       <c r="G2" s="14"/>
       <c r="H2" s="16"/>
       <c r="I2" s="16"/>
       <c r="J2" s="16"/>
     </row>
     <row r="3" spans="2:13" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="4" spans="2:13" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B4" s="4"/>
       <c r="C4" s="4"/>
     </row>
     <row r="5" spans="2:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="4"/>
       <c r="C5" s="4"/>
     </row>
     <row r="6" spans="2:13" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B6" s="5" t="s">
         <v>1</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="7" t="s">
         <v>17</v>
       </c>
       <c r="E6" s="8" t="s">
         <v>2</v>
       </c>
       <c r="F6" s="8" t="s">
         <v>3</v>
       </c>
       <c r="G6" s="8" t="s">
@@ -991,51 +991,51 @@
       <c r="L13" s="23">
         <v>0</v>
       </c>
       <c r="M13" s="26">
         <f t="shared" ref="M13:M15" si="1">SUM(E13:L13)</f>
         <v>400000</v>
       </c>
     </row>
     <row r="14" spans="2:13" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D14" s="24"/>
       <c r="E14" s="25"/>
       <c r="F14" s="23"/>
       <c r="G14" s="23"/>
       <c r="H14" s="23"/>
       <c r="I14" s="23"/>
       <c r="J14" s="23"/>
       <c r="K14" s="23"/>
       <c r="L14" s="23"/>
       <c r="M14" s="26"/>
     </row>
     <row r="15" spans="2:13" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B15" s="1" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="D15" s="18" t="s">
         <v>20</v>
       </c>
       <c r="E15" s="19">
         <v>200000</v>
       </c>
       <c r="F15" s="22">
         <v>0</v>
       </c>
       <c r="G15" s="22">
         <v>0</v>
       </c>
       <c r="H15" s="22">
         <v>0</v>
       </c>
       <c r="I15" s="22">
         <v>0</v>
       </c>
       <c r="J15" s="22">
         <v>0</v>
       </c>
       <c r="K15" s="22">
         <v>0</v>
       </c>