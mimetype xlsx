--- v2 (2026-01-25)
+++ v3 (2026-02-15)
@@ -3,108 +3,107 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="L:\GOTOVINA\WEB\2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\local_pkrizic\INetCache\Content.Outlook\1PRPEHCU\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{20A86E28-DC7B-4D03-9184-6250A28D1470}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0D946CED-03F4-493F-9653-996E50B73FCC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Overview of minted euro coins" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'Overview of minted euro coins'!$A$1:$N$33</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'Overview of minted euro coins'!$A$1:$N$34</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="F16" i="1" l="1"/>
-[...9 lines deleted...]
-  <c r="M9" i="1" l="1"/>
+  <c r="E17" i="1" l="1"/>
+  <c r="M17" i="1" l="1"/>
+  <c r="F17" i="1"/>
+  <c r="G17" i="1"/>
+  <c r="H17" i="1"/>
+  <c r="I17" i="1"/>
+  <c r="J17" i="1"/>
+  <c r="K17" i="1"/>
+  <c r="L17" i="1"/>
+  <c r="M7" i="1"/>
+  <c r="M8" i="1"/>
+  <c r="M9" i="1"/>
   <c r="M10" i="1"/>
   <c r="M11" i="1"/>
-  <c r="M12" i="1"/>
-[...1 lines deleted...]
-  <c r="M7" i="1"/>
   <c r="M13" i="1"/>
+  <c r="M15" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="25">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="34" uniqueCount="26">
   <si>
     <t>As at</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>2 euro</t>
   </si>
   <si>
     <t>1 euro</t>
   </si>
   <si>
     <t>50 cent</t>
   </si>
   <si>
     <t>20 cent</t>
   </si>
   <si>
     <t>10 cent</t>
   </si>
   <si>
     <t>5 cent</t>
   </si>
   <si>
@@ -134,63 +133,67 @@
   <si>
     <t xml:space="preserve">Circulation coins in total </t>
   </si>
   <si>
     <t>Mint year</t>
   </si>
   <si>
     <t>An overview of minted circulation euro coins with the national side of the Republic of Croatia, by designation of the year</t>
   </si>
   <si>
     <t>Commemorative coin - Marko Marulić</t>
   </si>
   <si>
     <t>2025.</t>
   </si>
   <si>
     <t>Commemorative coin - 1100th anniversary of the Croatian Kingdom</t>
   </si>
   <si>
     <t>and the coronation of King Tomislav</t>
   </si>
   <si>
     <t>Commemorative coin - City of Pula - Arena</t>
   </si>
   <si>
-    <t>31 st December 2025</t>
+    <t>31 st January 2026</t>
+  </si>
+  <si>
+    <t>2026.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="3">
+  <numFmts count="4">
+    <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
     <numFmt numFmtId="165" formatCode="[$-F800]dddd\,\ mmmm\ dd\,\ yyyy"/>
     <numFmt numFmtId="166" formatCode="#,##0_);\(#,##0\)"/>
   </numFmts>
-  <fonts count="7" x14ac:knownFonts="1">
+  <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
@@ -199,166 +202,217 @@
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color rgb="FF484C50"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="8"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <b/>
+      <i/>
+      <sz val="8"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="3">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FFFF0000"/>
       </top>
       <bottom style="thin">
         <color rgb="FFFF0000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color rgb="FFFF0000"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="6">
+  <cellStyleXfs count="14">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="1" applyNumberFormat="0" applyFill="0" applyProtection="0">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="2" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="27">
+  <cellXfs count="30">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="2"/>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="165" fontId="3" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="0" xfId="3" applyNumberFormat="1"/>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="1" xfId="4" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="1" xfId="4" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="1" xfId="4">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="1" xfId="4" quotePrefix="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="2" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="166" fontId="2" fillId="0" borderId="0" xfId="2" applyNumberFormat="1"/>
-    <xf numFmtId="3" fontId="4" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="2" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="0" xfId="2" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="2" applyFont="1"/>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="5" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="166" fontId="2" fillId="0" borderId="0" xfId="5" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="166" fontId="4" fillId="0" borderId="2" xfId="5" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="2" xfId="5" applyFont="1"/>
     <xf numFmtId="166" fontId="2" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="166" fontId="2" fillId="0" borderId="0" xfId="5" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
+    <xf numFmtId="3" fontId="4" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="164" fontId="9" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="37" fontId="9" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="3" fontId="10" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="2" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="2" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="4" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
   </cellXfs>
-  <cellStyles count="6">
+  <cellStyles count="14">
+    <cellStyle name="Comma 2" xfId="11" xr:uid="{C787E680-42F7-436B-9273-4F357C3101C1}"/>
     <cellStyle name="Heading 1 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="Heading 2 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
+    <cellStyle name="Normal 2" xfId="10" xr:uid="{5FF6D937-098A-4E79-B2EF-93052570CAF0}"/>
+    <cellStyle name="Normal 2 2" xfId="13" xr:uid="{00E3CAD6-225F-4404-9C7E-78FE5FBF732B}"/>
     <cellStyle name="Normal 6" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Normalno" xfId="0" builtinId="0"/>
+    <cellStyle name="Normalno 2" xfId="6" xr:uid="{A516CAB1-3B7D-4D58-9D71-810ECDBF9F06}"/>
+    <cellStyle name="Percent 5" xfId="9" xr:uid="{CECB56AF-08CE-441C-B44A-000E51A43D2D}"/>
+    <cellStyle name="Percent 5 2" xfId="12" xr:uid="{75E147E0-9EB1-4DE4-BCCF-1C9709E9692D}"/>
+    <cellStyle name="Postotak 2" xfId="8" xr:uid="{EFA312FB-D9DB-401D-BB2B-4C60BBE581CF}"/>
     <cellStyle name="Ukupno - zadnji redak" xfId="5" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="Zaglavlje" xfId="4" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
+    <cellStyle name="Zarez 2" xfId="7" xr:uid="{44A0ECE7-0F2F-4FEF-84D6-8E3B8DD48AA5}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema sustava Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -637,81 +691,81 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="B2:M21"/>
+  <dimension ref="B2:M22"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="G38" sqref="G38"/>
+      <selection activeCell="M20" sqref="M20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8" defaultRowHeight="12.95" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.42578125" style="1" customWidth="1"/>
     <col min="2" max="2" width="6.85546875" style="1" customWidth="1"/>
     <col min="3" max="3" width="42.85546875" style="1" customWidth="1"/>
     <col min="4" max="4" width="10.140625" style="1" customWidth="1"/>
     <col min="5" max="12" width="11" style="1" customWidth="1"/>
     <col min="13" max="13" width="12.5703125" style="1" customWidth="1"/>
     <col min="14" max="15" width="8" style="1"/>
     <col min="16" max="16" width="12.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="17" max="16384" width="8" style="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:13" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B2" s="15" t="s">
+      <c r="B2" s="14" t="s">
         <v>18</v>
       </c>
-      <c r="C2" s="13"/>
-[...6 lines deleted...]
-      <c r="J2" s="16"/>
+      <c r="C2" s="12"/>
+      <c r="D2" s="13"/>
+      <c r="E2" s="13"/>
+      <c r="F2" s="13"/>
+      <c r="G2" s="13"/>
+      <c r="H2" s="15"/>
+      <c r="I2" s="15"/>
+      <c r="J2" s="15"/>
     </row>
     <row r="3" spans="2:13" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="4" spans="2:13" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B4" s="4"/>
       <c r="C4" s="4"/>
     </row>
     <row r="5" spans="2:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="4"/>
       <c r="C5" s="4"/>
     </row>
     <row r="6" spans="2:13" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B6" s="5" t="s">
         <v>1</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="7" t="s">
         <v>17</v>
       </c>
@@ -752,380 +806,415 @@
       </c>
       <c r="E7" s="10">
         <v>79368450</v>
       </c>
       <c r="F7" s="10">
         <v>48061650</v>
       </c>
       <c r="G7" s="10">
         <v>65039479</v>
       </c>
       <c r="H7" s="10">
         <v>89180020</v>
       </c>
       <c r="I7" s="10">
         <v>102879740</v>
       </c>
       <c r="J7" s="10">
         <v>95464500</v>
       </c>
       <c r="K7" s="10">
         <v>69313000</v>
       </c>
       <c r="L7" s="10">
         <v>93006050</v>
       </c>
-      <c r="M7" s="11">
+      <c r="M7" s="23">
         <f>SUM(E7:L7)</f>
         <v>642312889</v>
       </c>
     </row>
     <row r="8" spans="2:13" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B8" s="1" t="s">
         <v>13</v>
       </c>
       <c r="D8" s="9" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="10">
         <v>250000</v>
       </c>
       <c r="F8" s="10">
         <v>0</v>
       </c>
       <c r="G8" s="10">
         <v>0</v>
       </c>
       <c r="H8" s="10">
         <v>0</v>
       </c>
       <c r="I8" s="10">
         <v>0</v>
       </c>
       <c r="J8" s="10">
         <v>0</v>
       </c>
       <c r="K8" s="10">
         <v>0</v>
       </c>
       <c r="L8" s="10">
         <v>0</v>
       </c>
-      <c r="M8" s="11">
+      <c r="M8" s="23">
         <f>SUM(E8:L8)</f>
         <v>250000</v>
       </c>
     </row>
     <row r="9" spans="2:13" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B9" s="1" t="s">
         <v>11</v>
       </c>
       <c r="D9" s="9" t="s">
         <v>14</v>
       </c>
       <c r="E9" s="10">
         <v>1008006</v>
       </c>
       <c r="F9" s="10">
         <v>1028006</v>
       </c>
       <c r="G9" s="10">
         <v>1028006</v>
       </c>
       <c r="H9" s="10">
         <v>4508006</v>
       </c>
       <c r="I9" s="10">
         <v>1048006</v>
       </c>
       <c r="J9" s="10">
         <v>13088006</v>
       </c>
       <c r="K9" s="10">
         <v>1088006</v>
       </c>
       <c r="L9" s="10">
         <v>1089506</v>
       </c>
-      <c r="M9" s="11">
-        <f t="shared" ref="M9:M12" si="0">SUM(E9:L9)</f>
+      <c r="M9" s="23">
+        <f t="shared" ref="M9:M11" si="0">SUM(E9:L9)</f>
         <v>23885548</v>
       </c>
     </row>
     <row r="10" spans="2:13" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D10" s="9" t="s">
         <v>14</v>
       </c>
       <c r="E10" s="10">
         <v>200000</v>
       </c>
       <c r="F10" s="10">
         <v>0</v>
       </c>
       <c r="G10" s="10">
         <v>0</v>
       </c>
       <c r="H10" s="10">
         <v>0</v>
       </c>
       <c r="I10" s="10">
         <v>0</v>
       </c>
       <c r="J10" s="10">
         <v>0</v>
       </c>
       <c r="K10" s="10">
         <v>0</v>
       </c>
       <c r="L10" s="10">
         <v>0</v>
       </c>
-      <c r="M10" s="11">
+      <c r="M10" s="23">
         <f t="shared" si="0"/>
         <v>200000</v>
       </c>
     </row>
     <row r="11" spans="2:13" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="1" t="s">
         <v>19</v>
       </c>
       <c r="D11" s="9" t="s">
         <v>14</v>
       </c>
       <c r="E11" s="10">
         <v>200000</v>
       </c>
       <c r="F11" s="10">
         <v>0</v>
       </c>
       <c r="G11" s="10">
         <v>0</v>
       </c>
       <c r="H11" s="10">
         <v>0</v>
       </c>
       <c r="I11" s="10">
         <v>0</v>
       </c>
       <c r="J11" s="10">
         <v>0</v>
       </c>
       <c r="K11" s="10">
         <v>0</v>
       </c>
       <c r="L11" s="10">
         <v>0</v>
       </c>
-      <c r="M11" s="11">
+      <c r="M11" s="23">
         <f t="shared" si="0"/>
         <v>200000</v>
       </c>
     </row>
     <row r="12" spans="2:13" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B12" s="17" t="s">
+      <c r="B12" s="16" t="s">
         <v>11</v>
       </c>
-      <c r="C12" s="17"/>
-      <c r="D12" s="18" t="s">
+      <c r="C12" s="16"/>
+      <c r="D12" s="17" t="s">
         <v>20</v>
       </c>
-      <c r="E12" s="19">
+      <c r="E12" s="18">
         <v>100000</v>
       </c>
-      <c r="F12" s="19">
+      <c r="F12" s="18">
         <v>50000</v>
       </c>
-      <c r="G12" s="19">
+      <c r="G12" s="18">
         <v>50000</v>
       </c>
-      <c r="H12" s="19">
-[...5 lines deleted...]
-      <c r="J12" s="19">
+      <c r="H12" s="18">
+        <v>16180000</v>
+      </c>
+      <c r="I12" s="18">
+        <v>22000000</v>
+      </c>
+      <c r="J12" s="18">
         <v>8700000</v>
       </c>
-      <c r="K12" s="19">
+      <c r="K12" s="18">
         <v>6420000</v>
       </c>
-      <c r="L12" s="19">
+      <c r="L12" s="18">
         <v>9600000</v>
       </c>
-      <c r="M12" s="11">
-[...1 lines deleted...]
-        <v>60460000</v>
+      <c r="M12" s="23">
+        <v>63100000</v>
       </c>
     </row>
     <row r="13" spans="2:13" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B13" s="1" t="s">
         <v>21</v>
       </c>
-      <c r="D13" s="24" t="s">
+      <c r="D13" s="27" t="s">
         <v>20</v>
       </c>
-      <c r="E13" s="25">
+      <c r="E13" s="28">
         <v>400000</v>
       </c>
-      <c r="F13" s="23">
-[...20 lines deleted...]
-      <c r="M13" s="26">
+      <c r="F13" s="22">
+        <v>0</v>
+      </c>
+      <c r="G13" s="22">
+        <v>0</v>
+      </c>
+      <c r="H13" s="22">
+        <v>0</v>
+      </c>
+      <c r="I13" s="22">
+        <v>0</v>
+      </c>
+      <c r="J13" s="22">
+        <v>0</v>
+      </c>
+      <c r="K13" s="22">
+        <v>0</v>
+      </c>
+      <c r="L13" s="22">
+        <v>0</v>
+      </c>
+      <c r="M13" s="29">
         <f t="shared" ref="M13:M15" si="1">SUM(E13:L13)</f>
         <v>400000</v>
       </c>
     </row>
     <row r="14" spans="2:13" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="D14" s="24"/>
-[...8 lines deleted...]
-      <c r="M14" s="26"/>
+      <c r="D14" s="27"/>
+      <c r="E14" s="28"/>
+      <c r="F14" s="22"/>
+      <c r="G14" s="22"/>
+      <c r="H14" s="22"/>
+      <c r="I14" s="22"/>
+      <c r="J14" s="22"/>
+      <c r="K14" s="22"/>
+      <c r="L14" s="22"/>
+      <c r="M14" s="29"/>
     </row>
     <row r="15" spans="2:13" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B15" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="D15" s="18" t="s">
+      <c r="D15" s="17" t="s">
         <v>20</v>
       </c>
-      <c r="E15" s="19">
+      <c r="E15" s="18">
         <v>200000</v>
       </c>
-      <c r="F15" s="22">
-[...20 lines deleted...]
-      <c r="M15" s="11">
+      <c r="F15" s="21">
+        <v>0</v>
+      </c>
+      <c r="G15" s="21">
+        <v>0</v>
+      </c>
+      <c r="H15" s="21">
+        <v>0</v>
+      </c>
+      <c r="I15" s="21">
+        <v>0</v>
+      </c>
+      <c r="J15" s="21">
+        <v>0</v>
+      </c>
+      <c r="K15" s="21">
+        <v>0</v>
+      </c>
+      <c r="L15" s="21">
+        <v>0</v>
+      </c>
+      <c r="M15" s="23">
         <f t="shared" si="1"/>
         <v>200000</v>
       </c>
     </row>
     <row r="16" spans="2:13" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B16" s="21" t="s">
+      <c r="B16" s="16" t="s">
+        <v>11</v>
+      </c>
+      <c r="C16" s="16"/>
+      <c r="D16" s="24" t="s">
+        <v>25</v>
+      </c>
+      <c r="E16" s="25">
+        <v>5006</v>
+      </c>
+      <c r="F16" s="25">
+        <v>5006</v>
+      </c>
+      <c r="G16" s="25">
+        <v>5006</v>
+      </c>
+      <c r="H16" s="25">
+        <v>5006</v>
+      </c>
+      <c r="I16" s="25">
+        <v>5006</v>
+      </c>
+      <c r="J16" s="25">
+        <v>5006</v>
+      </c>
+      <c r="K16" s="25">
+        <v>5006</v>
+      </c>
+      <c r="L16" s="25">
+        <v>6006</v>
+      </c>
+      <c r="M16" s="26">
+        <v>41048</v>
+      </c>
+    </row>
+    <row r="17" spans="2:13" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B17" s="20" t="s">
         <v>16</v>
       </c>
-      <c r="C16" s="21"/>
-[...9 lines deleted...]
-      <c r="G16" s="20">
+      <c r="C17" s="20"/>
+      <c r="D17" s="19"/>
+      <c r="E17" s="19">
+        <f>SUM(E7:E16)</f>
+        <v>81731462</v>
+      </c>
+      <c r="F17" s="19">
+        <f t="shared" ref="F17:L17" si="2">SUM(F7:F16)</f>
+        <v>49144662</v>
+      </c>
+      <c r="G17" s="19">
         <f t="shared" si="2"/>
-        <v>66117485</v>
-[...1 lines deleted...]
-      <c r="H16" s="20">
+        <v>66122491</v>
+      </c>
+      <c r="H17" s="19">
         <f t="shared" si="2"/>
-        <v>108188026</v>
-[...1 lines deleted...]
-      <c r="I16" s="20">
+        <v>109873032</v>
+      </c>
+      <c r="I17" s="19">
         <f t="shared" si="2"/>
-        <v>124967746</v>
-[...1 lines deleted...]
-      <c r="J16" s="20">
+        <v>125932752</v>
+      </c>
+      <c r="J17" s="19">
         <f t="shared" si="2"/>
-        <v>117252506</v>
-[...1 lines deleted...]
-      <c r="K16" s="20">
+        <v>117257512</v>
+      </c>
+      <c r="K17" s="19">
         <f t="shared" si="2"/>
-        <v>76821006</v>
-[...1 lines deleted...]
-      <c r="L16" s="20">
+        <v>76826012</v>
+      </c>
+      <c r="L17" s="19">
         <f t="shared" si="2"/>
-        <v>103695556</v>
-[...19 lines deleted...]
-      <c r="D21" s="12"/>
+        <v>103701562</v>
+      </c>
+      <c r="M17" s="19">
+        <f>SUM(M7:M16)</f>
+        <v>730589485</v>
+      </c>
+    </row>
+    <row r="18" spans="2:13" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="D18" s="11"/>
+    </row>
+    <row r="19" spans="2:13" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="D19" s="11"/>
+    </row>
+    <row r="20" spans="2:13" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="D20" s="11"/>
+    </row>
+    <row r="21" spans="2:13" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="D21" s="11"/>
+    </row>
+    <row r="22" spans="2:13" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="D22" s="11"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="D13:D14"/>
     <mergeCell ref="E13:E14"/>
     <mergeCell ref="M13:M14"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="77" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Radni listovi</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>